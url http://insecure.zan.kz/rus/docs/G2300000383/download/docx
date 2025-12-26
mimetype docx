--- v0 (2025-11-08)
+++ v1 (2025-12-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6b832d3" w14:textId="6b832d3">
+    <w:p w14:paraId="35d4521" w14:textId="35d4521">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Положения республиканского государственного учреждения "Комитет по делам гражданского общества Министерства культуры и информации Республики Казахстан"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра культуры и информации Республики Казахстан от 27 сентября 2023 года № 383-НҚ</w:t>
+        <w:t>Приказ Министра культуры и информации Республики Казахстан от 27 сентября 2023 года № 383-НҚ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
@@ -602,51 +602,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Утверждено</w:t>
+              <w:t xml:space="preserve">Утверждено </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приказом Министра</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -654,56 +654,107 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от "__"_________ 2023 года № __</w:t>
+              <w:t>от 27 сентября 2023 года</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 383-НҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правый верхний угол положения – в редакции приказа Заместителя Премьер-Министра - Министра культуры и информации РК от 11.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 650-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение Республиканского государственного учреждения "Комитет по делам гражданского общества Министерства культуры и информации Республики Казахстан"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -712,54 +763,116 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Республиканское государственное учреждение "Комитет по делам гражданского общества Министерства культуры и информации Республики Казахстан" (далее – Комитет) является ведомством Министерства культуры и информации Республики Казахстан (далее – Министерство), осуществляющим руководство в сферах взаимодействия государства и гражданского общества, государственного социального заказа, предоставления грантов и присуждения премий для неправительственных организаций, волонтерской деятельности, деятельности общественных советов, благотворительности, медиации, модернизации общественного сознания и внутриполитической стабильности.</w:t>
+      1. Республиканское государственное учреждение "Комитет по делам гражданского общества Министерства культуры и информации Республики Казахстан" (далее – Комитет) является ведомством Министерства культуры и информации Республики Казахстан (далее – Министерство), осуществляющим руководство в сферах взаимодействия государства и гражданского общества, государственного социального заказа, государственного заказа на реализацию стратегического партнерства, предоставления грантов и присуждения премий для неправительственных организаций, волонтерской деятельности, деятельности общественных советов, благотворительности, медиации и внутриполитической стабильности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа Заместителя Премьер-Министра - Министра культуры и информации РК от 11.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 650-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Комитет осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -1170,6522 +1283,4086 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Задачи:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) участие в формировании и реализации государственной политики в сферах взаимодействия государства и гражданского общества, внутриполитической стабильности, государственного социального заказа, предоставления грантов и присуждения премий для неправительственных организаций, волонтерской деятельности, деятельности общественных советов, благотворительности, модернизации общественного сознания, содействие в развитии и координация в сфере медиации;</w:t>
+      1) участие в формировании и реализации государственной политики в сферах взаимодействия государства и гражданского общества, внутриполитической стабильности, государственного социального заказа, государственного заказа на реализацию стратегического партнерства, предоставления грантов и присуждения премий для неправительственных организаций, волонтерской деятельности, деятельности общественных советов, благотворительности, содействие в развитии и координация в сфере медиации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z41" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осуществление межотраслевой координации в сферах деятельности, отнесенных к компетенции Комитета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z42" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) иные, возложенные на Комитет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 с изменением, внесенным – в редакции приказом Заместителя Премьер-Министра - Министра культуры и информации РК от 11.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 650-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z43" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функции Комитета:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z44" w:id="38"/>
-[...15 lines deleted...]
-      Функции:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) общие функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      стратегические:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение реализации основных направлений государственной политики в сфере взаимодействия государства и гражданского общества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участие в разработке стратегических и программных документов по вопросам, относящимся к компетенции Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      регулятивные:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка и согласование нормативных правовых актов по вопросам, входящим в компетенцию ведомства при наличии прямой компетенции по их утверждению в приказах Министра, за исключением нормативных правовых актов, затрагивающих права и свободы человека и гражданина, в пределах компетенции Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      реализационные:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение соблюдения законов и иных нормативных правовых актов в пределах компетенции Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проведение правового мониторинга нормативных правовых актов в рамках компетенции Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      внесение предложений по совершенствованию законодательства в рамках компетенции Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение работы по достижению целевых индикаторов, показателей, качественному и своевременному исполнению мероприятий документов Системы государственного планирования в рамках компетенции Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      участие в формировании направлений и проведении оценки эффективности государственных грантов и рассмотрение отчета оператора о результатах реализации государственных грантов в рамках компетенции Комитета; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участие в формировании, мониторинге реализации и оценке результатов государственного социального заказа в рамках компетенции Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участие в проведение конкурсного отбора стратегических партнеров и заключение с ними договоров, а также в осуществлении оценки исполнения стратегическими партнерами обязательств в соответствии с заключенными договорами и правилами осуществления государственного заказа на реализацию стратегического партнерства по вопросам компетенции Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      координация деятельности по реализации программ и проектов, мероприятий в сфере взаимодействия государства и гражданского общества в рамках компетенции Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка соглашений, меморандумов и договоров в соответствующих сферах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение осуществления информационно-разъяснительной, консультативной, методической работы по вопросам, относящимся к компетенции Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рассмотрение рекомендаций общественного совета по вопросам, относящимся к компетенции Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проведение внутреннего контроля за исполнением правовых актов индивидуального применения (мероприятий, выполнение которых предусмотрено правовыми актами) и поручений Президента Республики Казахстан, Правительства Республики Казахстан и руководящих должностных лиц государственного органа, вытекающих из иных документов служебного характера;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участие в судебных процессах и подготовка соответствующих материалов в соответствии с законодательством Республики Казахстан по вопросам, относящимся к компетенции Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление координации и методического сопровождения местных исполнительных органов в регулируемых Комитетом сферах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      создание и размещение публикаций на официальном сайте, страницах в социальных сетях, ведение аккаунтов Комитета, и обратная связь с пользователями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рассмотрение обращений физических и юридических лиц в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      размещение и актуализация информации на Единой платформе интернет-ресурсов государственных органов в пределах компетенции Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подготовка аналитических, справочных материалов, организация экспертно-аналитической деятельности по вопросам входящим в компетенцию Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация и проведение республиканских, международных и иных мероприятий по вопросам входящим в компетенцию Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участие в разработке и исполнение Плана развития Министерства, Плана мероприятий по реализации Концепции развития гражданского общества, Плана по реализации рекомендаций Гражданского форума, а также Комплексного плана Комитета по вопросам входящим в компетенцию Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      взаимодействие с некоммерческими организациями и иными организациями по вопросам, относящимся к компетенции Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка форм, предназначенных для сбора административных данных, регулируемый Комитетом сферах, по согласованию с уполномоченным органом в области государственной статистики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление иных функций, предусмотренных законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, а также поручениями руководства Министерства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Функции, предусмотренные подпунктом 1) настоящего пункта являются общими и реализуются всеми управлениями Комитета в пределах их компетенций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Управления межведомственной координации:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      стратегические:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление международного сотрудничества по вопросам, относящимся к компетенции Комитета, а также разработка и заключение соглашений, меморандумов и договоров, в том числе международных, по вопросам, относящимся к компетенции Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      регулятивные:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка правил формирования Базы данных неправительственных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      реализационные:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      внесение предложений по совершенствованию законодательства о некоммерческих организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление межотраслевой координации в сфере деятельности неправительственных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      формирование, осуществление ведения и развития Базы данных неправительственных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление проверки сведений, представляемых для включения в Базу данных неправительственных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение работы по реализации целей устойчивого развития Организации Объединенных Наций №16 (Мир, правосудие и эффективные институты);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      координация работы Комитета в сфере международного сотрудничества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      взаимодействие с международными организациями, с международными неправительственными и иными организациями в рамках компетенции Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление международного сотрудничества по вопросам, относящимся к компетенции Комитета, а также разработка и заключение соглашений, меморандумов и договоров, в том числе международных, по вопросам, относящимся к компетенции Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      направление в центральные государственные и местные органы рекомендаций по взаимодействию с международными неправительственными организациями по вопросам мониторинга, предоставления отчетности, выполнению рекомендации ФАТФ и иных международных организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      координация исполнения рекомендации международных организации касательно вопросов развития гражданского общества в рамках компетенций Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      проведение анализа и мониторинга деятельности некоммерческих организаций на предмет выявления рисков финансирования терроризма с представлением такой информации в уполномоченный орган в сфере противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проведение информационно-разъяснительной работы в сфере противодействия легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма для некоммерческих организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление взаимодействия с государственными органами и некоммерческими организациями по вопросу проведения секторальной оценки рисков и соблюдения законодательства по противодействию легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Управление по вопросам деятельности общественных советов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      стратегические: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение реализации государственной политики по вопросам деятельности общественных советов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      регулятивные:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка типового положения об Общественном совете;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка правил организации и проведения общественного контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      реализационные:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      внесение предложений по совершенствованию законодательства, регулирующего деятельность общественных советов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      внесение предложений по совершенствованию законодательства, регулирующего сферу общественного контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация работы по формированию общественного совета при Министерстве;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление организационного обеспечения деятельности общественного совета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      взаимодействие с общественными советами, образованными на республиканском и местном уровнях, по вопросам, относящимся к компетенции Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление координации и методического сопровождения деятельности общественных советов на республиканском и местном уровнях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление подготовки и внесение Национального доклада о деятельности общественных советов в Республике Казахстан не менее одного раза в три года в Правительство Республики Казахстан для последующего представления Президенту Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выработка рекомендаций по формированию состава общественных советов, а также по количественному составу на местном уровне;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      координация работы площадки Координационного центра общественных советов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      прием и обработка административных данных в сфере деятельности общественных советов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление координации и методического сопровождения государственных органов и квазигосударственного сектора в регулируемых Управлением сферах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      взаимодействие с субъектами общественного контроля по вопросам проведения общественного контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление руководства соответствующей отраслью (сферой) государственного управления в отношении подведомственных организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Управление поддержки гражданских инициатив:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      стратегические:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение реализации государственной политики в сфере государственного социального заказа, государственного заказа на реализацию стратегического партнерства, предоставления грантов и присуждения премий для неправительственных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      регулятивные:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка правил формирования, предоставления, мониторинга и оценки эффективности государственных грантов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка правил осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка правил формирования, мониторинга реализации, оценки результатов государственного социального заказа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка стандартов государственного социального заказа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка правил присуждения премий для неправительственных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка формы отчета оператора в сфере грантового финансирования неправительственных организаций о результатах его деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      реализационные:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      внесение предложений по совершенствованию законодательства в сфере государственного социального заказа, государственного заказа на реализацию стратегического партнерства, предоставления грантов и присуждения премий для неправительственных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление взаимодействия и сотрудничества с неправительственными организациями по вопросам государственного социального заказа, государственного заказа на реализацию стратегического партнерства, предоставления грантов и присуждения премий для неправительственных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление координации деятельности государственных органов по формированию, мониторингу реализации и оценке результатов государственного социального заказа, предоставлению государственных грантов и осуществлению государственного заказа на реализацию стратегического партнерства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказание информационной, консультативной, методической поддержки государственным органам, осуществляющим формирование, реализацию, мониторинг реализации и оценку результатов государственного социального заказа на центральном и местном уровнях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказание информационной, консультативной, методической поддержки неправительственным организациям, осуществляющим государственный социальный заказ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ежегодное представление информации в Правительство Республики Казахстан по итогам реализации государственного социального заказа в Республике Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      размещение на своем интернет-ресурсе тем государственного социального заказа, формируемого государственными органами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      координация деятельности Комитета по формированию, мониторингу реализации и оценке результатов государственного социального заказа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      размещение на интернет-ресурсе Министерства, планируемых тем и информации по реализации государственного социального заказа и оценки результатов государственного социального заказа реализуемых в рамках курируемых сфер Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на основе рекомендаций Координационного совета по взаимодействию с неправительственными организациями при уполномоченном органе в сфере взаимодействия с неправительственными организациями формирование государственных грантов по направлениям и объемам финансирования в пределах компетенций Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подготовка перечня направлений государственных грантов для неправительственных организации, согласно предложениям структурных подразделений Министерства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      координация деятельности Комитета по предоставлению государственных грантов оператору в сфере грантового финансирования неправительственных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      координация деятельности Комитета по осуществлению оценки эффективности государственных грантов с привлечением представителей гражданского общества в соответствии с правилами формирования, предоставления, мониторинга и оценки эффективности государственных грантов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рассмотрение отчета оператора в сфере грантового финансирования неправительственных организаций о результатах его деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление присуждения премий для неправительственных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проведение работы по организации конкурса по присуждению премий для неправительственных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      формирование направлений государственного заказа на реализацию стратегического партнерства согласно предложениям структурных подразделений Министерства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      координация деятельности Комитета по проведению конкурсного отбора стратегических партнеров и заключение с ними договоров, а также по осуществлению оценки исполнения стратегическими партнерами обязательств в соответствии с заключенными договорами и в соответствии с правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      направление на рассмотрение Координационного совета перечня направлений государственных грантов, планируемые темы социальных проектов в рамках государственного социального заказа и государственного заказа на реализацию стратегического партнерства относящихся к компетенции центральных государственных органов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация сбора предложений от неправительственных организации и граждан организаций для формирования тем социальных проектов в рамках государственного социального заказа и грантового финансирования, по вопросам, относящимся к компетенции Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление руководства соответствующей отраслью (сферой) государственного управления в отношении подведомственных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участие в реализации республиканских бюджетных программ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Управление по взаимодействию с институтами гражданского общества:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      реализационные:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление взаимодействия и сотрудничества с неправительственными организациями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация работы по проведению Гражданского форума Казахстана;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      координация работы по проведению региональных гражданских форумов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      формирование и мониторинг исполнения Плана по реализации рекомендаций Гражданского форума;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      формирование и мониторинг исполнения Плана мероприятий по реализации Концепции развития гражданского общества в Республике Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      создание Координационного совета по взаимодействию с неправительственными организациями при уполномоченном органе, разработка и утверждение Положения, состава и Плана работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация деятельности Координационного совета по взаимодействию с неправительственными организациями при уполномоченном органе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мониторинг и анализ исполнения рекомендаций членов Координационного совета по взаимодействию с неправительственными организациями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      направление в центральные государственные органы рекомендаций Координационного совета по направлениям государственных грантов, по планируемым темам социальных проектов в рамках государственного социального заказа и государственного заказа на реализацию стратегического партнерства в соответствии с их компетенцией;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      координация и мониторинг деятельности Советов по взаимодействию и сотрудничеству с неправительственными организациями в государственных органах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация деятельности рабочих групп при Координационном совете в области социальной защиты лиц с инвалидностью по направлениям культуру и информации, поддержки общественных объединений лиц с инвалидностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      координация и мониторинг деятельности уполномоченных по взаимодействию с неправительственными организациями в государственных органах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мониторинг и анализ интернет-ресурсов государственных органов по вопросам взаимодействия с неправительственными организациями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      координация информационно-аналитической деятельности в рамках компетенции Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация деятельности Национального курултая при Президенте Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      координация осуществления информационно-аналитического обеспечения деятельности Национального курултая при Президенте Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление мониторинга реализации рекомендаций и предложений, принятых Национальным курултаем при Президенте Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление иных полномочий, необходимых для обеспечения деятельности Национального курултая при Президенте Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выработка предложений по взаимодействию с институтами гражданского общества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Управление общественно-политической работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      стратегические:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение реализации государственной политики в сфере внутриполитической стабильности пределах компетенции Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение реализации государственной политики в сфере медиации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      регулятивные:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка правил избрания общественного медиатора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      разработка правил ведения реестра общественных медиаторов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      разработка Правил прохождения обучения по программе подготовки медиаторов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка нормативных правовых актов по вопросам медиации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведение реестра организаций медиаторов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведение реестра судей в отставке, осуществляющих деятельность медиатора на профессиональной основе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      реализационные:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      координация деятельности организаций медиаторов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка и утверждение форм отличительных знаков организатора мирных собраний;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация деятельности Координационного совета по развитию института медиации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение функционирования и развития системы медиации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение информирования населения об организациях медиаторов, механизмах, основаниях и условиях применения медиации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      содействие в развитии и координация медиации в пределах компетенции управления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      изучение общественного мнения и политических процессов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Управление по вопросам благотворительности и волонтерства:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      стратегические:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение реализации государственной политики в сферах благотворительности и волонтерской деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      регулятивные:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка правил по ведению реестра учета волонтерской деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка правил присуждения международной премии "Волонтер года";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка правил присуждения почетного звания в сфере благотворительности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка типового устава фонда целевого капитала по согласованию с уполномоченным органом в области науки и высшего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведение реестра учета волонтерской деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      реализационные:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      внесение предложений по совершенствованию законодательства в сфере благотворительности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      внесение предложений по совершенствованию законодательства в сфере волонтерской деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление международного сотрудничества в сфере волонтерской деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление мониторинга исполнения законодательства в сфере волонтерской деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      координация и организация методического сопровождения деятельности государственных органов в сфере развития волонтерской деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление свода и обобщения информации о волонтерской деятельности в Республике Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка рекомендаций по порядку привлечения волонтерских организаций и волонтеров к участию в реализации волонтерских программ (проектов) и проведению волонтерских акций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      координация деятельности центральных и местных исполнительных органов в части организации волонтерской деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      взаимодействие с физическими, юридическими лицами и государственными органами в сфере волонтерской деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление мониторинга за исполнением законодательства в сфере благотворительности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      взаимодействие с благотворительными и иными организациями по вопросам совершенствования сферы благотворительности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      взаимодействие с физическими, юридическими лицами и государственными органами в сфере благотворительности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      содействие в развитии и координация благотворительности в пределах компетенции Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение выполнения обязательств по международным договорам Республики Казахстан, заключаемым от имени Республики Казахстан, в сфере волонтерской деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      присуждение почетного звания в сфере благотворительности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      присуждения международной премии "Волонтер года";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      размещение на своем интернет-ресурсе реестра учета волонтерской деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 – в редакции приказа Заместителя Премьер-Министра - Министра культуры и информации РК от 11.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 650-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z325" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Права и обязанности:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z45" w:id="39"/>
-[...15 lines deleted...]
-      Управление межведомственной координации: </w:t>
+    <w:bookmarkStart w:name="z326" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) принимать правовые акты в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z46" w:id="40"/>
-[...15 lines deleted...]
-      регулятивные:</w:t>
+    <w:bookmarkStart w:name="z327" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) запрашивать и получать в установленном законодательством порядке от государственных органов, организаций, их должностных лиц необходимую информацию и материалы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z47" w:id="41"/>
-[...15 lines deleted...]
-      разработка и согласование нормативных правовых актов по вопросам, входящим в компетенцию ведомства при наличии прямой компетенции по их утверждению в приказах Министра, за исключением нормативных правовых актов, затрагивающих права и свободы человека и гражданина, в пределах компетенции управления;</w:t>
+    <w:bookmarkStart w:name="z328" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) соблюдать законодательство Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z48" w:id="42"/>
-[...15 lines deleted...]
-      разработка правил формирования Базы данных неправительственных организаций;</w:t>
+    <w:bookmarkStart w:name="z329" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) создавать консультативно-совещательные органы при Комитете;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z49" w:id="43"/>
-[...15 lines deleted...]
-      организация работ по разработке технических регламентов и национальных стандартов в пределах своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z330" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) организовывать и проводить мероприятия в пределах компетенции Комитета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z50" w:id="44"/>
-[...15 lines deleted...]
-      реализационные:</w:t>
+    <w:bookmarkStart w:name="z331" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) вносить предложения о представлении лиц, внесших вклад в развитие гражданского общества, к государственным наградам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z51" w:id="45"/>
-[...15 lines deleted...]
-      обеспечение реализации государственной политики в пределах компетенции управления;</w:t>
+    <w:bookmarkStart w:name="z332" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) взаимодействовать с государственными органами, организациями включая международными и должностными лицами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z52" w:id="46"/>
-[...15 lines deleted...]
-      обеспечение соблюдения законов и иных нормативных правовых актов в пределах компетенции управления;</w:t>
+    <w:bookmarkStart w:name="z333" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) осуществлять иные права, предусмотренные действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z53" w:id="47"/>
-[...15 lines deleted...]
-      участие в разработке стратегических и программных документов по вопросам, относящимся к компетенции управления;</w:t>
+    <w:bookmarkStart w:name="z334" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Организация деятельности Комитета</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z54" w:id="48"/>
-[...15 lines deleted...]
-      осуществление межотраслевой координации в сфере деятельности неправительственных организаций;</w:t>
+    <w:bookmarkStart w:name="z335" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Руководство Комитетом осуществляется Председателем, который несет персональную ответственность за выполнение возложенных на Комитет задач и осуществление им своих функций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z55" w:id="49"/>
-[...15 lines deleted...]
-      внесение предложений по совершенствованию законодательства по вопросам деятельности управления;</w:t>
+    <w:bookmarkStart w:name="z336" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Председатель назначается на должность и освобождается от должности Министром культуры и информации Республики Казахстан, в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z56" w:id="50"/>
-[...15 lines deleted...]
-      формирование и осуществление ведения Базы данных неправительственных организаций;</w:t>
+    <w:bookmarkStart w:name="z337" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Председатель Комитета имеет заместителей, назначаемых на должности и освобождаемых от должностей Руководителем аппарата Министерства по согласованию с министром в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z57" w:id="51"/>
-[...15 lines deleted...]
-      осуществление проверки сведений, представляемых для включения в Базу данных неправительственных организаций;</w:t>
+    <w:bookmarkStart w:name="z338" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Председатель Комитета:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z58" w:id="52"/>
-[...15 lines deleted...]
-      обеспечение работы по имплементации целей устойчивого развития Организации Объединенных Наций в пределах компетенции Управления;</w:t>
+    <w:bookmarkStart w:name="z339" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) определяет обязанности и полномочия своих заместителей и руководителей структурных подразделений Комитета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z59" w:id="53"/>
-[...15 lines deleted...]
-      координация работы Комитета в сфере международного сотрудничества;</w:t>
+    <w:bookmarkStart w:name="z340" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) утверждает положения структурных подразделений Комитета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z60" w:id="54"/>
-[...15 lines deleted...]
-      обеспечение работы по достижению целевых индикаторов, показателей, качественному и своевременному исполнению мероприятий документов Системы государственного планирования в рамках компетенции Комитета;</w:t>
+    <w:bookmarkStart w:name="z341" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) назначает на должности и освобождает от должностей работников Комитета, за исключением заместителей председателя Комитета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z61" w:id="55"/>
-[...15 lines deleted...]
-      участие в формировании, реализации, мониторинге реализации и оценке результатов государственного социального заказа по вопросам управления; </w:t>
+    <w:bookmarkStart w:name="z342" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) решает вопросы командирования, предоставления отпусков, оказания материальной помощи, подготовки (переподготовки), повышения квалификации, поощрения выплаты надбавок и премирования, а также привлечения к дисциплинарной ответственности работников Комитета, за исключением заместителей председателя Комитета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z62" w:id="56"/>
-[...15 lines deleted...]
-      разработка нормативных правовых и правовых актов, а также соглашений, меморандумов и договоров в соответствующих сферах;</w:t>
+    <w:bookmarkStart w:name="z343" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) в пределах своей компетенции издает приказы, дает указания, обязательные для исполнения работниками Комитета и подведомственных организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z63" w:id="57"/>
-[...15 lines deleted...]
-      осуществление международного сотрудничества по вопросам, относящимся к компетенции Комитета, а также разработка и заключение соглашений, меморандумов и договоров, в том числе международных, по вопросам, относящимся к компетенции Комитета;</w:t>
+    <w:bookmarkStart w:name="z344" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) курирует деятельность структурных подразделений Комитета, обеспечивает межотраслевую координацию в пределах, предусмотренных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z64" w:id="58"/>
-[...15 lines deleted...]
-      обеспечение осуществления информационно-разъяснительной работы по вопросам, относящимся к компетенции Комитета;</w:t>
+    <w:bookmarkStart w:name="z345" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) представляет Комитет в государственных органах и иных организациях в соответствии с законодательством;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z65" w:id="59"/>
-[...15 lines deleted...]
-      осуществление руководства соответствующей отраслью (сферой) государственного управления в отношении подведомственных организаций;</w:t>
+    <w:bookmarkStart w:name="z346" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) принимает меры, направленные на противодействие коррупции в Комитете, несет персональную ответственность за принятие антикоррупционных мер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z66" w:id="60"/>
-[...15 lines deleted...]
-      рассмотрение обращений физических и юридических лиц в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z347" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) решает вопросы поощрения благодарственными письмами и почетными грамотами лиц, внесших вклад в развитие гражданского общества;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z67" w:id="61"/>
-[...15 lines deleted...]
-      обеспечение реализации основных направлений государственной политики в сфере взаимодействия государства и гражданского общества;</w:t>
+    <w:bookmarkStart w:name="z348" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) принимает решения по другим вопросам, относящимся к его компетенции.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z68" w:id="62"/>
-[...15 lines deleted...]
-      размещение на интернет-ресурсе Министерства планируемых и реализуемых тем государственного социального заказа и оценки результатов государственного социального заказа в пределах компетенции Управления;</w:t>
+    <w:bookmarkStart w:name="z349" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Исполнение полномочий Председателя Комитета в период его отсутствия осуществляется лицом, его замещающим, в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z69" w:id="63"/>
-[...15 lines deleted...]
-      размещение и актуализация информации на Единой платформе интернет-ресурсов государственных органов в пределах компетенции Комитета;</w:t>
+    <w:bookmarkStart w:name="z350" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Заместители Председателя Комитета:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z70" w:id="64"/>
-[...15 lines deleted...]
-      обеспечение деятельности консультативно-совещательных органов при Президенте Республики Казахстан, Правительстве Республики Казахстан по вопросам, относящимся к компетенции Управления;</w:t>
+    <w:bookmarkStart w:name="z351" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) координируют деятельность Комитета в пределах своих полномочий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z71" w:id="65"/>
-[...15 lines deleted...]
-      направление в Национальную палату предпринимателей Республики Казахстан и экспертные советы уведомления о размещении консультативного документа или соответствующего проекта нормативного правового акта, затрагивающего интересы субъектов предпринимательства, на интернет-портале открытых нормативных правовых актов для получения экспертных заключений, за исключением нормативных правовых актов, содержащих государственные секреты;</w:t>
+    <w:bookmarkStart w:name="z352" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществляют иные функции, определяемые Председателем Комитета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z72" w:id="66"/>
-[...15 lines deleted...]
-      рассмотрение рекомендаций общественного совета;</w:t>
+    <w:bookmarkStart w:name="z353" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Комитет может иметь коллегию, которая является консультативно-совещательным органом. Численный и персональный состав коллегии утверждается Председателем.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z73" w:id="67"/>
-[...15 lines deleted...]
-      проведение внутреннего контроля за исполнением правовых актов индивидуального применения (мероприятий, выполнение которых предусмотрено правовыми актами) и поручений Президента Республики Казахстан, Правительства Республики Казахстан и руководящих должностных лиц государственного органа, вытекающих из иных документов служебного характера;</w:t>
+    <w:bookmarkStart w:name="z354" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Иные вопросы организации деятельности Комитета регламентируются нормативными правовыми актами Республики Казахстан, приказами Министерства и Комитета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z74" w:id="68"/>
-[...15 lines deleted...]
-      предоставление, при необходимости, по запросу Министерства юстиции Республики Казахстан заключения по полноте способа уведомления и способа (ов) проведения публичных обсуждений консультативного документа регуляторной политики;</w:t>
+    <w:bookmarkStart w:name="z355" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Имущество Комитета</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z75" w:id="69"/>
-[...15 lines deleted...]
-      участие в формировании приоритетных направлений и проведении оценки эффективности государственных грантов и рассмотрение отчета оператора о результатах реализации государственных грантов по вопросам компетенции управления;</w:t>
+    <w:bookmarkStart w:name="z356" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Комитет имеет на праве оперативного управления обособленное имущество.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z76" w:id="70"/>
-[...15 lines deleted...]
-      участие в формировании, мониторинге реализации и оценке результатов государственного социального заказа по вопросам компетенции управления;</w:t>
+    <w:bookmarkStart w:name="z357" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имущество Комитета формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z77" w:id="71"/>
-[...15 lines deleted...]
-      участие в проведение конкурсного отбора стратегических партнеров и заключение с ними договоров в соответствии с правилами осуществления государственного заказа на реализацию стратегического партнерства по вопросам компетенции управления;</w:t>
+    <w:bookmarkStart w:name="z358" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Имущество, закрепленное за Комитетом, относится к республиканской собственности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z78" w:id="72"/>
-[...15 lines deleted...]
-      проведение анализа и мониторинга деятельности некоммерческих организаций на предмет выявления рисков финансирования терроризма с представлением такой информации в уполномоченный орган в сфере противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма;</w:t>
+    <w:bookmarkStart w:name="z359" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Комитет не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z79" w:id="73"/>
-[...15 lines deleted...]
-      проведение информационно-разъяснительной работы в сфере противодействия легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма для некоммерческих организаций;</w:t>
+    <w:bookmarkStart w:name="z360" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Комитета</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z80" w:id="74"/>
-[...15 lines deleted...]
-      осуществление иных функций, предусмотренных законами Республики Казахстан, актами Президента и Правительства Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z361" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Реорганизация и упразднение Комитета осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z81" w:id="75"/>
-[...5612 lines deleted...]
-    <w:bookmarkEnd w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -8011,31 +5688,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>