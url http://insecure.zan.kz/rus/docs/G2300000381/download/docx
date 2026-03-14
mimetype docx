--- v0 (2025-11-08)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="27fcdc0" w14:textId="27fcdc0">
+    <w:p w14:paraId="ec2d45f" w14:textId="ec2d45f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Положения республиканского государственного учреждения "Комитет по делам молодежи и семьи Министерства культуры и информации Республики Казахстан"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра культуры и информации Республики Казахстан от 27 сентября 2023 года № 381-НҚ</w:t>
+        <w:t>Приказ Министра культуры и информации Республики Казахстан от 27 сентября 2023 года № 381-НҚ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
@@ -662,51 +662,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Утверждено </w:t>
+              <w:t>Утверждено</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приказом Министра</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -714,56 +714,107 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от "__"_________ 2023 года № __</w:t>
+              <w:t>от 27 сентября 2023 года</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 381-НҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правый верхний угол положения – в редакции приказа и.о. Министра культуры и информации РК от 02.03.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 88-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение республиканского государственного учреждения "Комитет по делам молодежи и семьи Министерства культуры и информации Республики Казахстан"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -1056,5976 +1107,3818 @@
         <w:t>
       Если Комитету законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в государственный бюджет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Комитет состоит из:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z34" w:id="28"/>
-[...15 lines deleted...]
-      1) Управления координации молодежной политики;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Управления молодежных программ и сотрудничества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Управления координации семейной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Управления межведомственного взаимодействия в сфере молодежной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Управление координации регионов по вопросам молодежной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Управления сводного анализа и мониторинга;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Управления координации гендерной политики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 13 – в редакции приказа и.о. Министра культуры и информации РК от 02.03.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 88-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Задачи, права и обязанности Комитета</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z35" w:id="29"/>
-[...15 lines deleted...]
-      2) Управления координации семейной политики;</w:t>
+    <w:bookmarkStart w:name="z41" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Задачи:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z36" w:id="30"/>
-[...15 lines deleted...]
-      3) Управления мониторинга и анализа;</w:t>
+    <w:bookmarkStart w:name="z42" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) участие в реализации государственной молодежной и семейной политики;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
-[...15 lines deleted...]
-      4) Управления межведомственной координации и регионального взаимодействия;</w:t>
+    <w:bookmarkStart w:name="z43" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществление руководства и межотраслевой координации в сферах деятельности, отнесенных к компетенции Комитета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
-[...15 lines deleted...]
-      5) Управления координации проектов; </w:t>
+    <w:bookmarkStart w:name="z44" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществление иных задач, возложенных на Комитет, в пределах своей компетенции.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z39" w:id="33"/>
-[...15 lines deleted...]
-      6) Управления координации гендерной политики.</w:t>
+    <w:bookmarkStart w:name="z45" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Права и обязанности:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z40" w:id="34"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Задачи, права и обязанности Комитета</w:t>
+    <w:bookmarkStart w:name="z46" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15.1 Права:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z41" w:id="35"/>
-[...15 lines deleted...]
-      14. Задачи:</w:t>
+    <w:bookmarkStart w:name="z47" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) принимать в пределах своей компетенции правовые акты, в порядке, предусмотренном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z42" w:id="36"/>
-[...15 lines deleted...]
-      1) участие в реализации государственной молодежной и семейной политики;</w:t>
+    <w:bookmarkStart w:name="z48" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) создавать консультативно-совещательные органы при Комитете;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z43" w:id="37"/>
-[...15 lines deleted...]
-      2) осуществление руководства и межотраслевой координации в сферах деятельности, отнесенных к компетенции Комитета;</w:t>
+    <w:bookmarkStart w:name="z49" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) запрашивать и получать в установленном законодательством порядке от государственных органов, организаций, их должностных лиц необходимую информацию и материалы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z44" w:id="38"/>
-[...15 lines deleted...]
-      3) осуществление иных задач, возложенных на Комитет, в пределах своей компетенции.</w:t>
+    <w:bookmarkStart w:name="z50" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) взаимодействовать с государственными органами, некоммерческими и международными организациями в порядке, определенном законодательными актами Республики Казахстан, а также на основании совместных актов соответствующих государственных органов по согласованию с ними;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z45" w:id="39"/>
-[...15 lines deleted...]
-      15. Права и обязанности:</w:t>
+    <w:bookmarkStart w:name="z51" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) вносить предложения о представлении лиц, внесших вклад в развитие молодежной и семейной политики, к государственным наградам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z46" w:id="40"/>
-[...15 lines deleted...]
-      15.1 Права:</w:t>
+    <w:bookmarkStart w:name="z52" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществлять иные права, предусмотренные действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z47" w:id="41"/>
-[...15 lines deleted...]
-      1) принимать в пределах своей компетенции правовые акты, в порядке, предусмотренном законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z53" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15.2. Обязанности:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z48" w:id="42"/>
-[...15 lines deleted...]
-      2) создавать консультативно-совещательные органы при Комитете;</w:t>
+    <w:bookmarkStart w:name="z54" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) организовывать и проводить мероприятия в пределах компетенции Комитета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z49" w:id="43"/>
-[...15 lines deleted...]
-      3) запрашивать и получать в установленном законодательством порядке от государственных органов, организаций, их должностных лиц необходимую информацию и материалы;</w:t>
+    <w:bookmarkStart w:name="z55" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществлять управление имуществом, переданным Комитету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z50" w:id="44"/>
-[...15 lines deleted...]
-      4) взаимодействовать с государственными органами, некоммерческими и международными организациями в порядке, определенном законодательными актами Республики Казахстан, а также на основании совместных актов соответствующих государственных органов по согласованию с ними;</w:t>
+    <w:bookmarkStart w:name="z56" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) давать разъяснения и комментарии по применению действующего законодательства по вопросам, входящим в компетенцию Комитета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z51" w:id="45"/>
-[...15 lines deleted...]
-      5) вносить предложения о представлении лиц, внесших вклад в развитие молодежной и семейной политики, к государственным наградам;</w:t>
+    <w:bookmarkStart w:name="z57" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) организовывать и проводить конкурсы, фестивали, конференции, семинары и другие мероприятия в пределах компетенции Комитета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z52" w:id="46"/>
-[...15 lines deleted...]
-      6) осуществлять иные права, предусмотренные действующим законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z58" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) соблюдать законодательство Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z53" w:id="47"/>
-[...119 lines deleted...]
-    <w:bookmarkStart w:name="z59" w:id="53"/>
+    <w:bookmarkStart w:name="z59" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) осуществлять иные обязанности, предусмотренные действующим законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z60" w:id="54"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z60" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-[...60 lines deleted...]
-    <w:bookmarkStart w:name="z64" w:id="58"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) общие функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      стратегические:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка стратегических и программных документов по вопросам, относящимся к компетенции Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление международного сотрудничества в сфере государственной молодежной, семейной и гендерной политики;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       регулятивные:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-[...80 lines deleted...]
-    <w:bookmarkStart w:name="z69" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка, согласование и утверждение нормативных правовых актов по вопросам, входящим в компетенцию ведомства при наличии прямой компетенции по их утверждению в приказах Министра, за исключением нормативных правовых актов, затрагивающих права и свободы человека и гражданина в пределах компетенции Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление координации и методического руководства местных исполнительных органов;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       реализационные:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z70" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение реализации государственной политики в пределах компетенции Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рассмотрение обращений физических и юридических лиц в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение работы по достижению целевых индикаторов, показателей, качественному и своевременному исполнению мероприятий документов Системы государственного планирования в рамках компетенции Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участие в реализации республиканских бюджетных программ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      предъявление в суды исков в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение соблюдения законов и иных нормативных правовых актов в пределах компетенции Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление деятельности в сфере государственных закупок в пределах компетенции Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подготовка аналитической информации, справок, обзоров по вопросам, входящим в компетенцию Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рассмотрение и согласование актов оказанных услуг, в пределах компетенции Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выработка предложений по формированию государственной молодежной, семейной и гендерной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление формирования, реализации, мониторинга реализации и оценки результатов государственного социального заказа по вопросам государственной молодежной, семейной и гендерной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение осуществления информационно-разъяснительной работы по вопросам, относящимся к компетенции Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация и осуществление информационно-пропагандистских мероприятий по разъяснению и продвижению государственных стратегических программ и документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение деятельности консультативно-совещательных органов при Президенте Республики Казахстан, Правительстве Республики Казахстан по вопросам, относящимся к компетенции Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      направление в Национальную палату предпринимателей Республики Казахстан и экспертные советы уведомления о размещении консультативного документа или соответствующего проекта нормативного правового акта, затрагивающего интересы субъектов предпринимательства, на интернет-портале открытых нормативных правовых актов для получения экспертных заключений, за исключением нормативных правовых актов, содержащих государственные секреты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рассмотрение рекомендаций общественного совета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      предоставление, при необходимости, по запросу Министерства юстиции Республики Казахстан заключения по полноте способа уведомления и способа(ов) проведения публичных обсуждений консультативного документа регуляторной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проведение внутреннего контроля за исполнением правовых актов индивидуального применения (мероприятий, выполнение которых предусмотрено правовыми актами) и поручений Президента Республики Казахстан, Правительства Республики Казахстан и руководящих должностных лиц государственного органа, вытекающих из иных документов служебного характера;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      размещение информации на интернет-портале открытых данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      размещение на интернет-ресурсе Министерства планируемых и реализуемых тем государственного социального заказа и оценки результатов государственного социального заказа в пределах компетенции Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      размещение и актуализация информации на Единой платформе интернет-ресурсов государственных органов в пределах компетенции Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      внесение предложений по совершенствованию законодательства по вопросам деятельности Комитета;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечение реализации государственной политики в пределах компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z72" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление межотраслевой координации в сфере государственной молодежной, семейной и гендерной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация и проведение республиканских и международных мероприятий по вопросам государственной молодежной, семейной и гендерной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      содействие развитию волонтерской деятельности молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление взаимодействия с неправительственными организациями в рамках государственного социального заказа и грантового финансирования для неправительственных организаций в сферах государственной молодежной, семейной и гендерной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление формирования, реализации, мониторинга, и оценки результатов государственного социального заказа, по предоставлению грантов через оператора, по размещению на интернет-ресурсе темы и оценки результатов государственного социального заказа по вопросам государственной молодежной и семейной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление правового мониторинга нормативных правовых актов в пределах компетенции Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      взаимодействие с неправительственными и международными организациями, включая регулярное участие в проводимых ими мероприятиях, в пределах компетенции Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      координация и поддержка деятельности неправительственных организаций, направленных на духовно-нравственное развитие и взаимодействие с заинтересованными государственными органами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление в рамках компетенции научного и методического обеспечения деятельности в сферах государственной молодежной, семейной и гендерной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подготовка брифингов и иных публичных мероприятий по сферам государственной молодежной, семейной и гендерной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление системного анализа и прогнозирования тенденций, а также подготовка справочных материалов в сферах государственной молодежной, семейной и гендерной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      взаимодействие с политическими партиями, общественными объединениями, некоммерческими организациями, профессиональными союзами и иными организациями по вопросам, относящимся к компетенции Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление иных функций, предусмотренных законами Республики Казахстан, актами Президента и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Функции, предусмотренные подпунктом 1) настоящего пункта являются общими и реализуются всеми управлениями Комитета в пределах их компетенций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Управление молодежных программ и сотрудничества:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      регулятивные:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка порядка проведения республиканского форума молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка порядка, организация работы Комиссии по присуждению Государственной молодежной премии "Дарын";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка и утверждение правил, размера и количества, а также создание и организация работы конкурсной комиссии присуждения гранта "Тәуелсіздік ұрпақтары";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      реализационные:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      координация реализации региональных ипотечных программ для молодежи;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществление взаимодействия и сотрудничества с молодежными организациями по вопросам государственной молодежной политики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-[...100 lines deleted...]
-    <w:bookmarkStart w:name="z78" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление деятельности в сфере государственных закупок в пределах компетенции, а также рассмотрение и согласование актов оказанных услуг в пределах компетенции Управления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участие в формировании и реализации государственного социального заказа и грантов для неправительственных организаций по вопросам государственной молодежной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление мониторинга реализации и оценки результатов государственного социального заказа, грантов в курируемой сфере;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      внесение предложений, рекомендации по совершенствованию процессов реализации государственной молодежной политики по курируемым вопросам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      координировать работу по осуществлению правового мониторинга нормативных правовых актов в сфере молодежной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация и проведение республиканских и международных мероприятий по вопросам государственной молодежной, семейной и гендерной политики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Управление координации регионов по вопросам молодежной политики:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      регулятивные:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка типового положения о советах по делам молодежи при акиматах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка типового положения о молодежных ресурсных центрах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка правил предоставления арендного жилища без права выкупа работающей молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка типовых квалификационных характеристик специалистов по работе с молодежью по согласованию с уполномоченным государственным органом по труду;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка правил создания, организации, обеспечения молодежных трудовых отрядов, а также проведения мониторинга их деятельности по согласованию с уполномоченным государственным органом по труду;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка типовых правил о региональном форуме молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      реализационные:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление межведомственной координации деятельности государственных органов по мероприятиям, направленным на снижение количества временно неустроенной молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработать типовой положения о деятельности дворовых клубов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация и проведение военно-патриотического воспитания среди молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      координировать работу по осуществлению правового мониторинга нормативных правовых актов в сфере молодежной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация и проведение информационно-разъяснительной работы с временно неустроенной молодежью о механизмах реализации государственной молодежной политики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Управление межведомственного взаимодействия в сфере молодежной политики:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      регулятивные:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка правил внедрения и применения индекса развития молодежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      координация работы ТОО "Научно-исследовательский центр" "Молодежь";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      координации профилактики среди молодежи по вопросам наркомании, лудомании, правонарушений и суицидов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка профессиональных стандартов в сфере молодежной политики по согласованию с отраслевым советом по профессиональным квалификациям и уполномоченным органом в области признания профессиональных квалификаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      реализационные:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация и координация работы по подготовке и внесению национального доклада "Молодежь Казахстана" в Правительство Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      координировать работу по осуществлению правового мониторинга нормативных правовых актов в сфере молодежной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение деятельности Совета по молодежной политике при Президенте Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Управление координации семейной политики:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      регулятивные:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка Правил проведения Национального конкурса "Мерейлі отбасы";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка Правил осуществления деятельности Центров поддержки семьи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка минимальных нормативов сети Центров поддержки семьи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка профессиональных стандартов в сфере семейной политики по согласованию с отраслевым советом по профессиональным квалификациям и уполномоченным органом в области признания профессиональных квалификаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработка и (или) актуализация отраслевых рамок квалификаций в сфере семейной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      реализационные:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение взаимодействия с Национальной комиссией по делам женщин и семейно-демографической политике при Президенте Республики Казахстан в сфере семейной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация работы организационного комитета по подготовке и проведению Национального конкурса "Мерейлі отбасы";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация и обеспечение проведения социологических и аналитических исследований в сфере семейной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      формирование государственных грантов для неправительственных организаций в сфере семейной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      координировать работу по организации и проведению республиканских и международных мероприятий по вопросам семьи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      координировать работу по осуществлению правового мониторинга нормативных правовых актов в сфере семейной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление мониторинга реализации государственных грантов для неправительственных организаций в сфере семейной политики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Управление координации гендерной политики:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      реализационные:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      подготовка доклада о выполнении Конвенции о ликвидации всех форм дискриминации в отношении женщин в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 29 июня 1998 года № 248 "О присоединении Республики Казахстан к Конвенции о ликвидации всех форм дискриминации в отношении женщин";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подготовка сводной информации о ходе реализации Плана действий Правительства Республики Казахстан по обеспечению продвижения равных прав и возможностей мужчин и женщин на 2024 – 2027 годы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация и обеспечение проведения социологических и аналитических исследований в сфере гендерной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      формирование и осуществление мониторинга реализации государственных грантов для неправительственных организаций в сфере гендерной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивать и координировать реализацию проектов и мероприятий, грантов в курируемой сфере, в том числе с международными организациями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлять анализ и прогнозирование тенденций в сфере гендерной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлять стратегическое планирование в сфере гендерной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлять деятельность в сфере государственных закупок;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлять взаимодействие с НАО "Казахстанский институт общественного развития" в курируемой сфере;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивать взаимодействие с международными организациями в сфере гендерной политики (ООН, ОЭСР, ВБ и другие) ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивать взаимодействие и координацию региональной работы в сфере гендерной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивать взаимодействие с региональными комиссиями по делам женщин и семейно-демографической политике;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      обеспечивать исполнение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Указа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Президента Республики Казахстан от 6 декабря 2016 года № 384 "Об утверждении Концепции семейной и гендерной политики в Республике Казахстан до 2030 года" и Плана мероприятий по ее реализации, а также мониторинг и свод отчетов центральных государственных органов и местных исполнительных органов, иных субъектов в пределах своих компетенций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает взаимодействие с неправительственными организациями, осуществляющими работу в сфере гендерной политики, участие в их мероприятиях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивать подготовку брифингов и иных публичных мероприятий по вопросам гендерной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлять размещение и актуализацию информации на Единой платформе интернет-ресурсов государственных органов в пределах компетенции управления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлять формирование бюджета на финансирование услуг в сфере гендерной политики и обеспечение его исполнения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      координировать работу по осуществлению правового мониторинга нормативных правовых актов в сфере гендерной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Управление сводного анализа и мониторинга:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      реализационные:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация работы по подготовке предложений к бюджету Комитета, в том числе уточнение предусмотренных расходов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      формирования, реализация, мониторинг государственных грантов по вопросам, относящимся к компетенции Комитета, оператору в сфере грантового финансирования неправительственных организаций;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечение своевременного размещения наборов, открытых данных и наполнения сайтов Комитета и Министерства необходимой информацией в сферах молодежной политики в рамках компетенции управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-[...540 lines deleted...]
-    <w:bookmarkStart w:name="z106" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечение работы по достижению целевых индикаторов, показателей, качественному и своевременному исполнению мероприятий документов Системы государственного планирования в рамках компетенции управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-[...3820 lines deleted...]
-    <w:bookmarkStart w:name="z298" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение проработки и согласования Плана развития Министерства в рамках компетенции Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение предоставления информации и предложений в Департамент кадровой и административной работы о потребности специалистов и другой запрашиваемой информации по отраслям, курируемым Комитетом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлять анализ соответствия приоритетных направлений государственных грантов в сфере семейной политики приоритетам государственной политики Республики Казахстан, стратегическим и приоритетным документам Республики Казахстан, посланиям Президента Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      изучить предложений неправительственных организации, граждан, анализ результатов социологических исследований, оценки потребностей населения, результатов и рекомендаций реализованных грантов и выработка предложений по совершенствованию государственных грантов в сфере молодежной и семейной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      предоставлять государственных грантов по вопросам, относящимся к компетенции Комитета, оператору в сфере грантового финансирования неправительственных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участие в осуществлении оценки эффективности реализации государственных грантов в сфере молодежной и семейной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участие в разработке и исполнения пункта 75 Дорожной карты по исполнению Предвыборной программы партии Аманат "Путь перемен: достойную жизнь каждому!" касательно увеличения финансирования по грантовым проектам в сфере молодежной и семейной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участие в организации государственных закупок в сферах молодежной и семейной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация работы по вопросам финансирования проектов в сферах молодежной и семейной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлять подготовку материалов к коллегии Министерства и отчетной встрече Министра перед населением;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проведение сводно-аналитической работы по подготовке и ведению переписки относящимся к компетенции Комитета.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 16 – в редакции приказа и.о. Министра культуры и информации РК от 02.03.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 88-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z298" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус и полномочия руководителя Комитета при организации его деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z299" w:id="293"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z299" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Руководство Комитетом осуществляется председателем, который несет персональную ответственность за выполнение возложенных на Комитет задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z300" w:id="294"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z300" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Председатель назначается на должность и освобождается от должности в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z301" w:id="295"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z301" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Председатель Комитета имеет заместителей, назначаемых на должности и освобождаемых от должностей в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z302" w:id="296"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z302" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Полномочия председателя Комитета: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z303" w:id="297"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z303" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) исполняет в обязательном порядке поручения Министра, руководителя аппарата Министерства и курирующего вице-министра; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z304" w:id="298"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z304" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) определяет обязанности и полномочия своих заместителей, руководителей структурных подразделений и работников Комитета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z305" w:id="299"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z305" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в пределах своей компетенции издает приказы, дает указания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z306" w:id="300"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z306" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) назначает на должности и освобождает от должностей работников Комитета, за исключением работников, вопросы трудовых отношений которых отнесены к компетенции вышестоящих государственных органов и должностных лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z307" w:id="301"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z307" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) решает вопросы командирования, предоставления отпусков, оказания материальной помощи, подготовки (переподготовки), повышения квалификации, поощрения, выплаты надбавок и премирования, а также привлечения к дисциплинарной ответственности работников Комитета, за исключением работников, вопросы трудовых отношений которых отнесены к компетенции вышестоящих государственных органов и должностных лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z308" w:id="302"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z308" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) представляет Комитет в государственных органах и иных организациях в соответствии с действующим законодательством;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z309" w:id="303"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z309" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) утверждает положения структурных подразделений Комитета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z310" w:id="304"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z310" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) по итогам государственных закупок подписывает договоры о государственных закупках товаров, работ, услуг, акты выполненных работ, а также договоры в рамках курируемых отраслей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z311" w:id="305"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z311" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) в случаях фиксирования коррупционных правонарушений либо действий, способствующих возникновению коррупционных деяний, информирует об этом руководство Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z312" w:id="306"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z312" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) обеспечивает соблюдение сотрудниками Комитета норм служебной этики государственных служащих;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z313" w:id="307"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z313" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) принимает меры, направленные на противодействие коррупции в Комитете, и несет персональную ответственность за принятие антикоррупционных мер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z314" w:id="308"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z314" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) решает вопросы поощрения благодарственными письмами и почетными грамотами лиц, внесших вклад в развитие государственной молодежной и семейной политики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z315" w:id="309"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z315" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) принимает решения по другим вопросам, относящимся к его компетенции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z316" w:id="310"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z316" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий Председателя Комитета в период его отсутствия осуществляется лицом, его замещающим, в соответствии с действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z317" w:id="311"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z317" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Председатель Комитета определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z318" w:id="312"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z318" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Заместители Председателя Комитета:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z319" w:id="313"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z319" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) координируют деятельность структурных подразделений Комитета в пределах своих полномочий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z320" w:id="314"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z320" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) исполняют в обязательном порядке поручения Министра, руководителя аппарата Министерства, курирующего вице-министра и Председателя Комитета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z321" w:id="315"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z321" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осуществляют иные функции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z322" w:id="316"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z322" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Комитета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z323" w:id="317"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z323" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Комитет может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством. Имущество Комитета формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z324" w:id="318"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z324" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Имущество, закрепленное за Комитетом, относится к республиканской собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z325" w:id="319"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z325" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Комитет не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z326" w:id="320"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z326" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Комитета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z327" w:id="321"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z327" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Реорганизация и упразднение Комитета осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -7351,31 +5244,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>