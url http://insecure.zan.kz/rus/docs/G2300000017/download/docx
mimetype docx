--- v0 (2025-10-02)
+++ v1 (2026-03-07)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="21e7e02" w14:textId="21e7e02">
+    <w:p w14:paraId="ecc5fdf" w14:textId="ecc5fdf">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2058,1211 +2058,1251 @@
         <w:t>
       21) осуществление контроля и надзора за осуществлением международных воздушных перевозок;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
     <w:bookmarkStart w:name="z79" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) выдача временных разрешений на прием, выпуск и обслуживание гражданских воздушных судов, выполняющих международные полеты из аэропортов (в аэропорты), не допущенных к обеспечению международных рейсов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z80" w:id="73"/>
+    <w:bookmarkStart w:name="z228" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      22-1) Выдача разрешения на экспорт и (или) импорт отдельных видов товаров на территории Республики Казахстан", в части, экспорта (вывоза) отдельных видов товаров в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложением 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Совместному приказу "О реализации пилотного проекта "О некоторых вопросах регулирования вывоза отдельных видов товаров"" утвержденного приказами Министра торговли и интеграции Республики Казахстан № 325-НҚ от 17 ноября 2025 года, Министра транспорта Республики Казахстан № 391 от 20 ноября 2025 года, Министра финансов Республики Казахстан № 717 от 20 ноября 2025 года, Министра промышленности и строительства Республики Казахстан № 494 от 20 ноября 2025 года и Министра искусственного интеллекта и цифрового развития Республики Казахстан № 586/НҚ от 20 ноября 2025 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z80" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23) выдача разрешений на выполнение международных нерегулярных (разовых) полетов гражданских воздушных судов с учетом положений </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закона</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "Об использовании воздушного пространства Республики Казахстан и деятельности авиации";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z81" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z81" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) согласование выполнения международных полетов по внутренним воздушным трассам, местным воздушным линиям, маршрутам полетов и вне воздушных трасс;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z82" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z82" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) выдача свидетельств на международные и субсидируемые (за исключением внутриобластных) авиамаршруты для осуществления регулярных воздушных перевозок между авиакомпаниями Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z83" w:id="76"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z83" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) выдача разрешений на выполнение международных регулярных полетов иностранных эксплуатантов с посадкой на аэродромах Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z84" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z84" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) утверждение расписания регулярных рейсов иностранных авиаперевозчиков на международных авиамаршрутах Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z85" w:id="78"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z85" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) утверждение расписания регулярных рейсов иностранных авиаперевозчиков без посадки через территорию Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z86" w:id="79"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z86" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) согласование международного полета эксплуатанту гражданского воздушного судна для перевозки воинских формирований, вооружений и военной техники иностранных государств, а также продукции двойного назначения и согласование данного полета с органом, осуществляющим внешнеполитическую деятельность, в пределах его компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z87" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z87" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) принятие решения о допуске авиакомпании к выполнению регулярных внутренних коммерческих воздушных перевозок, отказ в допуске, приостановление или отзыв ранее выданного допуска;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z88" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z88" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) осуществление государственного регулирования, государственного контроля и надзора за соблюдением физическими и юридическими лицами законодательства Республики Казахстан об использовании воздушного пространства Республики Казахстан и деятельности авиации и (или) международных стандартов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z89" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z89" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32) осуществление государственного регулирования и контроля деятельности субъектов естественных монополий в сферах аэронавигации и аэропортов, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О естественных монополиях"; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z90" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z90" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33) внесение уполномоченному органу, осуществляющему руководство в сферах естественных монополий, информации по сферам аэронавигации и аэропортов для подготовки и представления им в Правительство Республики Казахстан ежегодного отчета о состоянии сфер естественных монополий, об исполнении утвержденных тарифных смет, об исполнении утвержденных инвестиционных программ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z91" w:id="84"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z91" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34) формирование и ведение Государственного регистра субъектов естественной монополии в сфере аэронавигации и аэропортов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z92" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z92" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35) разработка правил формирования тарифов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z93" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z93" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36) разработка правил осуществления деятельности субъектами естественных монополий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z94" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z94" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37) разработка типовых договоров предоставления регулируемых услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z95" w:id="88"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z95" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38) принятие к рассмотрению заявки либо отказ в ее принятии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z96" w:id="89"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z96" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39) проведение публичных слушаний с опубликованием в средствах массовой информации объявления о дате и месте их проведения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z97" w:id="90"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z97" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40) утверждение тарифа в случаях, предусмотренных Законом Республики Казахстан "О естественных монополиях", и изменение утвержденного тарифа до истечения его срока действия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z98" w:id="91"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z98" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41) определение уровня индексации тарифа субъекта естественной монополии малой мощности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z99" w:id="92"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z99" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42) утверждение и внесение изменения в утвержденную тарифную смету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z100" w:id="93"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z100" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43) утверждение и внесение изменения в утвержденную инвестиционную программу субъекта естественной монополии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z101" w:id="94"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z101" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44) утверждение временного компенсирующего тарифа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z102" w:id="95"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z102" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       45) выдача согласия на совершение отдельных действий субъектом естественной монополии, а также принятие от субъекта естественной монополии уведомления об осуществлении деятельности, не относящейся к регулируемым услугам, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О разрешениях и уведомлениях";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z103" w:id="96"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z103" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46) разработка и утверждение показателей качества и надежности регулируемых услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z104" w:id="97"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z104" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47) разработка и утверждение показателей эффективности деятельности субъектов естественных монополий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z105" w:id="98"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z105" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48) внесение субъекту естественной монополии предписания об устранении нарушения законодательства Республики Казахстан о естественных монополиях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z106" w:id="99"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z106" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49) проведение анализа отчетов субъектов естественных монополий об исполнении утвержденной тарифной сметы, об исполнении утвержденной инвестиционной программы, о соблюдении показателей качества и надежности регулируемых услуг, а также достижении показателей эффективности деятельности субъектов естественных монополий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z107" w:id="100"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z107" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50) согласование конкурсной документации проекта государственно-частного партнерства, в том числе концессионного проекта, проекта договора государственно-частного партнерства, в том числе договора концессии, внесение в них изменений и (или) дополнений в части формирования тарифа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z108" w:id="101"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z108" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51) определение тарифа на основании заключенного договора государственно-частного партнерства, в том числе договора концессии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z109" w:id="102"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z109" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52) утверждение временного понижающего коэффициента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z110" w:id="103"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z110" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53) определение метода тарифного регулирования сферы естественной монополии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z111" w:id="104"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z111" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54) утверждение перечня регулируемых услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z112" w:id="105"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z112" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55) утверждение перечня субъектов естественных монополий, тарифы которым утверждаются с применением стимулирующего метода тарифного регулирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z113" w:id="106"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z113" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56) разработка положения о Совете по тарифной политике и формирование его состава;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z114" w:id="107"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z114" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57) осуществление контроля за закупками, затраты на которые учитываются при утверждении тарифов и тарифных смет на регулируемые услуги субъектов естественных монополий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z115" w:id="108"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z115" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58) осуществляет государственное регулирование цен и государственный контроль за соблюдением порядка ценообразования и обязанностей субъекта общественно значимого рынка в области оказания услуг аэропортов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z116" w:id="109"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z116" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59) осуществление мониторинга цен субъектов общественно значимых рынков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z117" w:id="110"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z117" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60) согласование предельных цен на товары (работы, услуги), реализуемые субъектами общественно значимых рынков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z118" w:id="111"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z118" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       61) снижение предельных цен на товары (работы, услуги), реализуемые субъектами общественно значимых рынков в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Предпринимательским кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z119" w:id="112"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z119" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       62) проведение публичного слушания при рассмотрении уведомлений субъектов общественно значимых рынков о предстоящем повышении цен на товары (работы, услуги);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z120" w:id="113"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z120" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63) внесение субъекту общественно значимого рынка обязательных для исполнения предписаний об исполнении им обязательств, предусмотренных Предпринимательским кодексом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z121" w:id="114"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z121" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64) в случае неисполнения субъектом общественно значимого рынка предписания, предъявление в суд иска о понуждении субъекта общественно значимого рынка к совершению действий, указанных в предписании;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z122" w:id="115"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z122" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       65) возбуждение и рассмотрение дел об административных правонарушениях, а также наложение административных взысканий в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан об административных правонарушениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z123" w:id="116"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z123" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66) принимать меры по прекращению нарушения порядка использования воздушного пространства гражданскими воздушными судами во взаимодействии с уполномоченным органом в сфере государственной авиации и специальными государственными и правоохранительными органами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z124" w:id="117"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z124" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67) вести учет нарушений правил использования воздушного пространства гражданской и экспериментальной авиацией, а также осуществляет взаимный обмен информацией по всем случаям нарушений правил использования воздушного пространства с уполномоченным органом в сфере государственной авиации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z125" w:id="118"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z125" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68) разработка правил производства полетов в гражданской авиации Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z221" w:id="119"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z221" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68-1) внесение предложений в уполномоченный орган в области признания профессиональных квалификаций по внесению изменений и дополнений в реестр профессий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z222" w:id="120"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z222" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68-2) выработка предложений по разработке и (или) актуализации профессиональных стандартов и направление их в уполномоченный орган в области признания профессиональных квалификаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z223" w:id="121"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z223" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68-3) формирование потребности рынка труда в признании профессиональных квалификаций с учетом актуальности профессий в текущем и будущем периодах по согласованию с местными исполнительными органами областей, городов республиканского значения и столицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z224" w:id="122"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z224" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68-4) внесение предложений в уполномоченный орган в области признания профессиональных квалификаций по условиям признания профессиональных квалификаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z225" w:id="123"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z225" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68-5) разработка положения об отраслевых советах по профессиональным квалификациям на основе типового положения об отраслевых советах по профессиональным квалификациям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z226" w:id="124"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z226" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68-6) разработка и (или) актуализация отраслевых рамок квалификаций в области гражданской авиации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z227" w:id="125"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z227" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68-7) разработка и (или) актуализация профессиональных стандартов в области гражданской авиации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z126" w:id="126"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z126" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       69) осуществление иных полномочий, предусмотренных Предпринимательским кодексом Республики Казахстан, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3277,741 +3317,761 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "Об использовании воздушного пространства Республики Казахстан и деятельности авиации", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О естественных монополиях", иными законами Республики Казахстан, актами Президента Республики Казахстан, Правительства Республики Казахстан и приказами Министра Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 15 с изменением, внесенным приказом Министра транспорта РК от 03.07.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 с изменениями, внесенными приказами Министра транспорта РК от 03.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 231</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">; от 28.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 406</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z127" w:id="127"/>
+    <w:bookmarkStart w:name="z127" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус и полномочия Председателя Комитета при организации его деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z128" w:id="128"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z128" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Комитетом осуществляется Председателем, который несет персональную ответственность за выполнение Комитетом возложенных на него задач и осуществлением им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z129" w:id="129"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z129" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Председатель Комитета назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z130" w:id="130"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z130" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Председатель Комитета имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z131" w:id="131"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z131" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия Председателя Комитета:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z132" w:id="132"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z132" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) определяет обязанности и полномочия своих заместителей, руководителей структурных подразделений и работников Комитета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z133" w:id="133"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z133" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) в пределах своей компетенции издает приказы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z134" w:id="134"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z134" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) назначает на должности и освобождает от должностей работников Комитета и его территориального органа, за исключением работников, вопросы трудовых отношений которых отнесены к компетенции вышестоящих государственных органов и должностных лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z135" w:id="135"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z135" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) решает вопросы командирования, предоставления отпусков, оказания материальной помощи, подготовки (переподготовки), повышения квалификации, поощрения, выплаты надбавок и премирования, а также дисциплинарной ответственности работников Комитета и его территориального органа, за исключением работников, вопросы трудовых отношений которых отнесены к компетенции вышестоящих государственных органов и должностных лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z136" w:id="136"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z136" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) представляет Комитет в государственных органах и иных организациях в соответствии с действующим законодательством;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z137" w:id="137"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z137" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) утверждает положения о структурных подразделениях Комитета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z138" w:id="138"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z138" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) курирует юридическую службу Комитета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z139" w:id="139"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z139" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) осуществляет допуск работников Комитета к государственным секретам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z140" w:id="140"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z140" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) в случаях фиксирования коррупционных правонарушений либо действий, способствующих возникновению коррупционных деяний, информирует об этом руководство Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z141" w:id="141"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z141" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) обеспечивает соблюдение сотрудниками Комитета норм служебной этики государственных служащих;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z142" w:id="142"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z142" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) принимает меры, направленные на противодействие коррупции в Комитете, и несет персональную ответственность за принятие антикоррупционных мер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z143" w:id="143"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z143" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) несет персональную ответственность за реализацию республиканских бюджетных программ и осуществление деятельности в сфере государственных закупок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z144" w:id="144"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z144" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) принимает решения по другим вопросам, отнесенным к его компетенции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z145" w:id="145"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z145" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий Председателя Комитета в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z146" w:id="146"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z146" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Председатель Комитета определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z147" w:id="147"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z147" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Комитета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z148" w:id="148"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z148" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Комитет может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством. Имущество Комитета формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z149" w:id="149"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z149" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Имущество, закрепленное за Комитетом, относится к республиканской собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z150" w:id="150"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z150" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Комитет не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z151" w:id="151"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z151" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Комитета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z152" w:id="152"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z152" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Реорганизация и упразднение Комитета осуществляется в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z153" w:id="153"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z153" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень территориальных органов, находящихся в ведении республиканского государственного учреждения "Комитет гражданской авиации Министерства транспорта Республики Казахстан"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkEnd w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень исключен приказом и.о. Министра транспорта РК от 09.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 128</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z155" w:id="154"/>
+    <w:bookmarkStart w:name="z155" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень организаций, находящихся в ведении республиканского государственного учреждения "Комитет гражданской авиации Министерства транспорта Республики Казахстан"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z156" w:id="155"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z156" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Республиканское государственное предприятие на праве хозяйственного ведения "Казаэронавигация" Комитета гражданской авиации Министерства транспорта Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z157" w:id="156"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z157" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Акционерное общество "Авиационная администрация Казахстана".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkEnd w:id="157"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4116,68 +4176,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к приказу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z160" w:id="157"/>
+    <w:bookmarkStart w:name="z160" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение республиканского государственного учреждения "Межрегиональная инспекция по безопасности полетов" Комитета гражданской авиации Министерства транспорта Республики Казахстан"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkEnd w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 2 исключено приказом и.о. Министра транспорта РК от 09.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4320,322 +4380,322 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к приказу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z215" w:id="158"/>
+    <w:bookmarkStart w:name="z215" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых приказов Министра индустрии и инфраструктурного развития Республики Казахстан и исполняющего обязанности Министра индустрии и инфраструктурного развития Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z216" w:id="159"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z216" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра индустрии и инфраструктурного развития Республики Казахстан от 11 февраля 2019 года № 70 "Об утверждении Положений государственных учреждений "Комитет гражданской авиации Министерства индустрии и инфраструктурного развития Республики Казахстан" и "Межрегиональная инспекция по безопасности полетов Комитета гражданской авиации Министерства индустрии и инфраструктурного развития Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z217" w:id="160"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z217" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра индустрии и инфраструктурного развития Республики Казахстан от 27 ноября 2019 года № 882 "О внесении изменений в приказ Министра индустрии и инфраструктурного развития Республики Казахстан от 11 февраля 2019 года № 70 "Об утверждении Положений государственных учреждений "Комитет гражданской авиации Министерства индустрии и инфраструктурного развития Республики Казахстан" и "Межрегиональная инспекция по безопасности полетов Комитета гражданской авиации Министерства индустрии и инфраструктурного развития Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z218" w:id="161"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z218" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра индустрии и инфраструктурного развития Республики Казахстан от 3 ноября 2020 года № 586 "О внесении изменений в приказ Министра индустрии и инфраструктурного развития Республики Казахстан от 11 февраля 2019 года № 70 "Об утверждении Положений государственных учреждений "Комитет гражданской авиации Министерства индустрии и инфраструктурного развития Республики Казахстан" и "Межрегиональная инспекция по безопасности полетов Комитета гражданской авиации Министерства индустрии и инфраструктурного развития Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z219" w:id="162"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z219" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> перечня некоторых приказов Министерства индустрии и инфраструктурного развития Республики Казахстан, в которые вносятся изменения и дополнения, утвержденного приказом Министра индустрии и инфраструктурного развития Республики Казахстан от 21 апреля 2021 года № 183 "О внесении изменений и дополнений в некоторые приказы Министерства индустрии и инфраструктурного развития Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z220" w:id="163"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z220" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра индустрии и инфраструктурного развития Республики Казахстан от 9 декабря 2022 года № 701 "О внесении изменений в приказ Министра индустрии и инфраструктурного развития Республики Казахстан от 11 февраля 2019 года № 70 "Об утверждении Положений государственных учреждений "Комитет гражданской авиации Министерства индустрии и инфраструктурного развития Республики Казахстан" и "Межрегиональная инспекция по безопасности полетов Комитета гражданской авиации Министерства индустрии и инфраструктурного развития Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkEnd w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4961,31 +5021,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>