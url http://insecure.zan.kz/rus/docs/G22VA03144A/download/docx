--- v0 (2025-11-07)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="02afe4a" w14:textId="02afe4a">
+    <w:p w14:paraId="f8ddc5a" w14:textId="f8ddc5a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -232,94 +232,156 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о государственном учреждении "Отдел культуры и развития языков города Усть-Каменогорска".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Государственному учреждению "Отдел культуры и развития языков города Усть-Каменогорска" обеспечить:</w:t>
+      2. Государственному учреждению " Отдел культуры и развития языков" города Усть-Каменогорска" обеспечить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) в течение двадцати календарных дней со дня подписания настоящего постановления направление его копии в электронном виде на казахском и русском языках в республиканское государственное предприятие на праве хозяйственного ведения "Институт законодательства и правовой информации Республики Казахстан" для опубликования в эталонном контрольном банке нормативных правовых актов Республики Казахстан;</w:t>
+      1) размещение настоящего постановления на официальном интернет ресурсе акимата города Усть-Каменогорска;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) принятие иных мер, вытекающих из настоящего постановления, предусмотренных законодательством Республики Казахстан.</w:t>
+      2) принятие иных мер, вытекающих из настоящего постановления предусмотренных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 в редакции постановления - акимата города Усть - Каменогорска Восточно-Казахстанской област от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4038</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Контроль за исполнением данного постановления возложить на курирующего заместителя акима города Усть-Каменогорска.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -596,72 +658,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z16" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> "Отдел культуры и развития языков города Усть-Каменогорска" (далее – Отдел) является государственным органом Республики Казахстан, осуществляющим руководство в сфере культуры и развития языков.</w:t>
+        <w:t>
+      1. Государственное учреждение "Отдел культуры и развития языков города Усть-Каменогорска" (далее – Отдел) является государственным органом Республики Казахстан, осуществляющим руководство в сфере культуры и развития языков.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z17" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Отдел ведомств не имеет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z18" w:id="11"/>
     <w:p>
@@ -777,111 +819,153 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Отдел по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя Отдела и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z23" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Структура и лимит штатной численности государственного учреждения "Отдел культуры и развития языков города Усть-Каменогорска" утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
+      8. Лимит штатной численности Отдела утверждается акиматом города Усть-Каменогорска в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 в редакции постановления - акимата города Усть - Каменогорска Восточно-Казахстанской област от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4038</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z24" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Местонахождение юридического лица: Республика Казахстан, Восточно-Казахстанская область, город Усть-Каменогорск, улица Пермитина, 29, почтовый индекс 492019.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Отдела.</w:t>
+        <w:t>
+      10. Настоящее Положение является учредительным документом Отдела.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z26" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Финансирование деятельности Отдела осуществляется из республиканского и местных бюджетов в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z27" w:id="20"/>
     <w:p>
@@ -1299,764 +1383,1268 @@
         <w:t>
       осуществлять иные обязанности, предусмотренные действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z47" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z48" w:id="41"/>
-[...15 lines deleted...]
-      осуществление поддержки и координация деятельности коммунальных государственных организаций культуры города в сфере музыкального, библиотечного дел, культурно-досуговой работы;</w:t>
+    <w:bookmarkStart w:name="z81" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществление поддержки и координация деятельности коммунальных государственных организаций культуры города в сфере музыкального, библиотечного дел, культурно-досуговой работы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z49" w:id="42"/>
-[...15 lines deleted...]
-      организация работы по учету, охране и использованию памятников истории, материальной и духовной культуры местного значения;</w:t>
+    <w:bookmarkStart w:name="z82" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организация работы по учету, охране и использованию культурных ценностей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z50" w:id="43"/>
-[...15 lines deleted...]
-      проведение мероприятий городского значения, направленных на развитие государственного и других языков;</w:t>
+    <w:bookmarkStart w:name="z83" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществление проведения культурно-массовых мероприятий города, а также смотров, фестивалей и конкурсов среди любительских творческих объединений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z51" w:id="44"/>
-[...15 lines deleted...]
-      проведение аттестации коммунальных государственных организаций культуры города;</w:t>
+    <w:bookmarkStart w:name="z84" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) проведение аттестации коммунальных государственных организаций культуры города;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z52" w:id="45"/>
-[...15 lines deleted...]
-      поддержка и оказание содействия в материально-техническом обеспечении коммунальных государственных организаций культуры;</w:t>
+    <w:bookmarkStart w:name="z85" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) в пределах своей компетенции осуществление управления коммунальной собственностью в области культуры;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z53" w:id="46"/>
-[...15 lines deleted...]
-      обеспечивает выполнение работ по наименованию и переименованию районов в городе, площадей, проспектов, бульваров, улиц, переулков, парков, скверов, мостов и других составных частей города, изменению транскрипции их названий;</w:t>
+    <w:bookmarkStart w:name="z86" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) выступление заказчиком по строительству, реконструкции и ремонту объектов культурного назначения города;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z54" w:id="47"/>
-[...15 lines deleted...]
-      разработка проектов нормативных правовых актов акима и акимата города в пределах компетенции учреждения;</w:t>
+    <w:bookmarkStart w:name="z87" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) поддержка и оказание содействия в материально-техническом обеспечении коммунальных государственных организаций культуры;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z55" w:id="48"/>
+    <w:bookmarkStart w:name="z88" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) присвоение одной из государственных библиотек города статуса "Центральная";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z89" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) утверждение государственного творческого заказа на финансирование творческих кружков для детей и юношества в пределах объемов бюджетных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z90" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) обеспечение размещения государственного творческого заказа в творческих кружках для детей и юношества независимо от форм собственности поставщиков услуг государственного творческого заказа, их ведомственной подчиненности, типов и видов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z91" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) обеспечение исполнения всех этапов и процедур размещения, контроля качества и целевого освоения государственного творческого заказа в электронном и общедоступном форматах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z92" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) осуществление мониторинга деятельности организаций культуры, расположенных на территории города, и предоставление в местный исполнительный орган области, информацию, а также статистические отчеты установленной формы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z93" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) организация работы по сохранению историко-культурного наследия, содействует развитию исторических, национальных и культурных традиций и обычаев;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z94" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) привлечение общественности к проведению мероприятий по сохранению и популяризации памятников истории и культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z95" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) информирование местного исполнительного органа области или уполномоченного органа в пределах их компетенции об устранении порчи, угрозы разрушения памятников истории и культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z96" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) внесение предложения о включении объектов историко-культурного наследия в Государственный список памятников истории и культуры местного значения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z97" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      составление протоколов об административных правонарушениях за нарушение законодательства Республики Казахстан о </w:t>
-[...83 lines deleted...]
-    <w:bookmarkStart w:name="z58" w:id="51"/>
+      17) осуществление приема и рассмотрения уведомлений о размещении вывески в городе в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О разрешениях и уведомлениях";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z98" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) проводит мероприятия городского значения, направленные на развитие государственного и других языков;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z99" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) с учетом мнения населения внесение предложений в исполнительные органы области о наименовании и переименовании сел, а также уточнении и изменении транскрипции их названий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z100" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) обеспечение выполнения работ по наименованию и переименованию площадей, проспектов, бульваров, улиц, переулков, парков, скверов, мостов и других составных частей города, изменению транскрипции их названий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z101" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) выдача разрешений юридическим лицам, осуществляющим демонстрацию фейерверков на их применение в общественно-культурных массовых мероприятиях, в порядке, предусмотренном законодательством;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z102" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) составление протоколов об административных правонарушениях за:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z103" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      нарушение требований </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательства</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан о культуре;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z104" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нарушение порядка организации проведения зрелищных культурно- массовых мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z105" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      нарушение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательства</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан об охране и использовании объектов историко-культурного наследия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z106" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      23) составление протоколов, рассмотрение дел об административных правонарушениях и наложение административных взысканий за нарушение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательства</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан о языках;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z107" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) разработка проектов нормативных правовых актов акима и акимата города в пределах компетенции учреждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z108" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) осуществление в интересах местного государственного управления иных полномочий, возлагаемых законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 в редакции постановления - акимата города Усть - Каменогорска Восточно-Казахстанской област от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4038</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z59" w:id="52"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z59" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Отдела осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Отдел задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z60" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Первый руководитель Отдела назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.м г</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z61" w:id="54"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z61" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Полномочия первого руководителя Отдела:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z62" w:id="55"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z109" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      решает вопросы деятельности Отдела в соответствии с его компетенцией, определяемой законодательством Республики Казахстан и настоящим </w:t>
+      1) решает вопросы деятельности Отдела в соответствии с его компетенцией, определяемой законодательством Республики Казахстан и настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-[...120 lines deleted...]
-    <w:bookmarkStart w:name="z69" w:id="62"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z110" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) созывает в установленном порядке совещания по вопросам, входящим в компетенцию Отдела:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z111" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) определяет полномочия работников Отдела;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z112" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) представляет Отдела во всех организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z113" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) принимает необходимые меры по противодействию коррупции и несет за это персональную ответственность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z114" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) самостоятельно определяет структуру Отдела;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z115" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) осуществляет иные полномочия, предусмотренные законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z116" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий первого руководителя Отдела в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z70" w:id="63"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 18 в редакции постановления - акимата города Усть - Каменогорска Восточно-Казахстанской област от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4038</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z70" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z71" w:id="64"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z71" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Отдел может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z72" w:id="65"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z72" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество Отдела формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные расходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z73" w:id="66"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z73" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество, закрепленное за Отделом относится к коммунальной собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z74" w:id="67"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z74" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Отдел не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z75" w:id="68"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z75" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z77" w:id="70"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z76" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Реорганизация и упразднение Отдела осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z77" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перечень государственных учреждений, находящихся в ведении Отдела:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z78" w:id="71"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z78" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       коммунальное государственное казенное предприятие "Центр по развитию культурной деятельности и массового спорта "Самғау" акимата города Усть-Каменогорска;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z79" w:id="72"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z79" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       коммунальное государственное учреждение "Централизованная библиотечная система имени Оралхана Бокея" акимата города Усть-Каменогорска.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="90"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>