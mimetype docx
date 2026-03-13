--- v0 (2025-11-16)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7e25746" w14:textId="7e25746">
+    <w:p w14:paraId="1a816b1" w14:textId="1a816b1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,53 +100,59 @@
         </w:rPr>
         <w:t>Об утверждении положения о государственном учреждении "Аппарат акима Восточно-Казахстанской области"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление Восточно-Казахстанского областного акимата от 12 января 2022 года № 6</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="z5" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с подпунктом 7) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -195,52 +201,68 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Инструкции по разработке и утверждению положения о государственном органе, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Типовым положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о государственном органе, утвержденными постановлением Правительства Республики Казахстан от 1 сентября 2021 года № 590 "О некоторых вопросах организации деятельности государственных органов и их структурных подразделений", на основании постановления Восточно-Казахстанского областного акимата от 13 декабря 2021 года № 355 "О внесении изменений в постановление Восточно-Казахстанского областного акимата от 10 июля 2013 года № 174 "О структуре и лимитах штатной численности местных исполнительных органов", Восточно-Казахстанский областной акимат ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -255,171 +277,170 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о государственном учреждении "Аппарат акима Восточно-Казахстанской области", согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z7" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Отменить:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z8" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) постановление Восточно-Казахстанского областного акимата от 31 августа 2016 года № 276 "Об утверждении положения государственного учреждения "Аппарат акима Восточно-Казахстанской области";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
-[...15 lines deleted...]
-      2. Отменить:</w:t>
+    <w:bookmarkStart w:name="z9" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) постановление Восточно-Казахстанского областного акимата от 23 ноября 2020 года № 410 "О внесении изменения в постановление Восточно-Казахстанского областного акимата от 31 августа 2016 года № 276 "Об утверждении положения государственного учреждения "Аппарат акима Восточно-Казахстанской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
-[...15 lines deleted...]
-      1) постановление Восточно-Казахстанского областного акимата от 31 августа 2016 года № 276 "Об утверждении положения государственного учреждения "Аппарат акима Восточно-Казахстанской области";</w:t>
+    <w:bookmarkStart w:name="z10" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Аппарату акима области обеспечить и в течение двадцати календарных дней со дня подписания настоящего постановления направления его копии в электронном виде на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Институт законодательства и правовой информации Республики Казахстан" для опубликования в Эталонном контрольном банке нормативных правовых актов Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
-[...15 lines deleted...]
-      2) постановление Восточно-Казахстанского областного акимата от 23 ноября 2020 года № 410 "О внесении изменения в постановление Восточно-Казахстанского областного акимата от 31 августа 2016 года № 276 "Об утверждении положения государственного учреждения "Аппарат акима Восточно-Казахстанской области".</w:t>
+    <w:bookmarkStart w:name="z11" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Переименовать коммунальное государственное учреждение "Служба обеспечения мобилизационной подготовки и мобилизации Восточно-Казахстанской области" в коммунальное государственное учреждение "Служба обеспечения мобилизационной подготовки и мобилизации Восточно-Казахстанской области" аппарата акима Восточно-Казахстанской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z10" w:id="5"/>
-[...15 lines deleted...]
-      3. Аппарату акима области обеспечить и в течение двадцати календарных дней со дня подписания настоящего постановления направления его копии в электронном виде на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Институт законодательства и правовой информации Республики Казахстан" для опубликования в Эталонном контрольном банке нормативных правовых актов Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z12" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Аппарату акима области, управлениям финансов, по мобилизационной подготовке принять меры, вытекающие из настоящего постановления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z11" w:id="6"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Контроль за исполнением настоящего постановления возложить на руководителя аппарата акима области Аймукашева Е.К.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
@@ -522,50 +543,68 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Д. Ахметов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -644,2694 +683,2588 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">областного акимата </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 12 января 2022 года № 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z15" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о государственном учреждении "Аппарат акима Восточно-Казахстанской области"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Положение в редакции постановления Восточно-Казахстанского областного акимата от 20.06.2024 </w:t>
+      Сноска. Положение в редакции постановления Восточно-Казахстанского областного акимата от 05.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 152</w:t>
+        <w:t>№ 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z18" w:id="10"/>
+    <w:bookmarkStart w:name="z18" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Аппарат акима Восточно-Казахстанской области" (далее – аппарат акима области) является государственным органом Республики Казахстан, осуществляющим руководство в сфере обеспечения деятельности акима Восточно-Казахстанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z19" w:id="11"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z19" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Аппарат акима области осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституцией</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z20" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Аппарат акима области является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печати и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z21" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Аппарат акима области вступает в гражданско-правовые отношения от собственного имени.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z22" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Аппарат акима области имеет право выступать стороной гражданско-правовых отношений от имени государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z23" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Аппарат акима области по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя аппарата акима области.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z20" w:id="12"/>
-[...35 lines deleted...]
-        <w:t>, имеет печати и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
+    <w:bookmarkStart w:name="z24" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Структура и лимит штатной численности аппарата акима области утверждаются в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z21" w:id="13"/>
-[...15 lines deleted...]
-      4. Аппарат акима области вступает в гражданско-правовые отношения от собственного имени.</w:t>
+    <w:bookmarkStart w:name="z25" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Местонахождение аппарата акима области: индекс 070019, Республика Казахстан, город Усть-Каменогорск, улица М. Горького, 40.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z22" w:id="14"/>
-[...15 lines deleted...]
-      5. Аппарат акима области имеет право выступать стороной гражданско-правовых отношений от имени государства.</w:t>
+    <w:bookmarkStart w:name="z26" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Режим работы: с 8.00 часов до 17.30 часов. Обеденный перерыв с 12.00 часов до 13.30 часов. Установлена пятидневная рабочая неделя. Работа, дежурство в выходные и праздничные дни устанавливается отдельными актами руководителя аппарата акима области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z23" w:id="15"/>
-[...15 lines deleted...]
-      6. Аппарат акима области по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя аппарата акима области.</w:t>
+    <w:bookmarkStart w:name="z27" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Полное наименование государственного органа - государственное учреждение "Аппарат акима Восточно-Казахстанской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z24" w:id="16"/>
-[...15 lines deleted...]
-      7. Структура и лимит штатной численности аппарата акима области утверждаются в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z28" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Настоящее Положение является учредительным документом аппарата акима области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z25" w:id="17"/>
-[...15 lines deleted...]
-      8. Местонахождение аппарата акима области: индекс 070019, Республика Казахстан, город Усть-Каменогорск, улица М. Горького, 40.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Финансирование деятельности аппарата акима области осуществляется из бюджета Восточно-Казахстанской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z26" w:id="18"/>
-[...15 lines deleted...]
-      Режим работы: с 9.00 часов до 18.30 часов. Обеденный перерыв с 13.00 часов до 14.30 часов. Установлена пятидневная рабочая неделя. Работа, дежурство в выходные и праздничные дни устанавливается отдельными актами руководителя аппарата акима области.</w:t>
+    <w:bookmarkStart w:name="z30" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Аппарату акима области запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z27" w:id="19"/>
-[...15 lines deleted...]
-      9. Полное наименование государственного органа - государственное учреждение "Аппарат акима Восточно-Казахстанской области".</w:t>
+    <w:bookmarkStart w:name="z31" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если аппарату акима области законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z28" w:id="20"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> аппарата акима области.</w:t>
+    <w:bookmarkStart w:name="z32" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z29" w:id="21"/>
-[...15 lines deleted...]
-      11. Финансирование деятельности аппарата акима области осуществляется из бюджета Восточно-Казахстанской области.</w:t>
+    <w:bookmarkStart w:name="z33" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Задачи:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z30" w:id="22"/>
-[...15 lines deleted...]
-      12. Аппарату акима области запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями.</w:t>
+    <w:bookmarkStart w:name="z34" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечение деятельности акима и акимата области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z31" w:id="23"/>
-[...15 lines deleted...]
-      Если аппарату акима области законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z35" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организация и осуществление контроля за исполнением актов и поручений Президента Республики Казахстан, Правительства Республики Казахстан, акима и акимата области, его заместителей, руководителя аппарата акима области и его заместителей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z32" w:id="24"/>
-[...77 lines deleted...]
-    <w:bookmarkStart w:name="z36" w:id="28"/>
+    <w:bookmarkStart w:name="z36" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) координация деятельности государственных органов области, в пределах установленной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> компетенции, по реализации задач, поставленных Президентом Республики Казахстан, Правительством Республики Казахстан, акимом и акиматом области.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z37" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Полномочия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z38" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) права:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z39" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в соответствии с действующим законодательством при осуществлении возложенных функций иметь доступ к информационным базам данных государственных органов, в том числе секретным;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z40" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организовывать и участвовать в проведении проверок исполнения актов и поручений акима области, его заместителей, руководителя аппарата акима области;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z37" w:id="29"/>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z41" w:id="33"/>
+    <w:bookmarkStart w:name="z41" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осуществлять контрольные мероприятия в отношении государственных органов, входящих в составы местных исполнительных органов области, их подведомственных организаций в соответствии с действующим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z42" w:id="34"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z42" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вносить предложения об ответственности руководителей государственных органов, подотчетных акимату и акиму области, за неисполнение и (или) ненадлежащие исполнение поручений и контрольных документов, находящихся на контроле в аппарате акима области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z43" w:id="35"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z43" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осуществлять иные права в соответствии с действующим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z44" w:id="36"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z44" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z45" w:id="37"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z45" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       обеспечивать выполнение возложенных функций в соответствии с требованиями </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательства</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z46" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z47" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) информационно-аналитическое обеспечение деятельности акима области:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z48" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подготовка информационных, справочных и аналитических материалов по исполнению поручений, данных Президентом Республики Казахстан, Премьер-Министром Республики Казахстан, руководителями центральных государственных органов, акимом области, его заместителями, руководителем аппарата;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z49" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подготовка совместно с заинтересованными государственными органами акиму области, заместителям акима области, руководителю аппарата акима области аналитических и информационных материалов по вопросам развития области;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z46" w:id="38"/>
-[...15 lines deleted...]
-      15. Функции:</w:t>
+    <w:bookmarkStart w:name="z50" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведение правового мониторинга нормативных правовых актов акима и акимата области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z47" w:id="39"/>
-[...15 lines deleted...]
-      1) информационно-аналитическое обеспечение деятельности акима области:</w:t>
+    <w:bookmarkStart w:name="z51" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение соблюдения единых требований в области информационно-коммуникационных технологий и обеспечение информационной безопасности местными исполнительными органами области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z48" w:id="40"/>
-[...15 lines deleted...]
-      подготовка информационных, справочных и аналитических материалов по исполнению поручений, данных Президентом Республики Казахстан, Премьер-Министром Республики Казахстан, руководителями центральных государственных органов, акимом области, его заместителями, руководителем аппарата;</w:t>
+    <w:bookmarkStart w:name="z52" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление функций службы внутреннего аудита аппарата акима области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z49" w:id="41"/>
-[...15 lines deleted...]
-      подготовка совместно с заинтересованными государственными органами акиму области, заместителям акима области, руководителю аппарата акима области аналитических и информационных материалов по вопросам развития области;</w:t>
+    <w:bookmarkStart w:name="z53" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведение мониторинга оценки эффективности деятельности исполнительных органов, финансируемых из местного бюджета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z50" w:id="42"/>
-[...15 lines deleted...]
-      ведение правового мониторинга нормативных правовых актов акима и акимата области;</w:t>
+    <w:bookmarkStart w:name="z54" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проведение анализа судебной практики;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z51" w:id="43"/>
-[...15 lines deleted...]
-      обеспечение соблюдения единых требований в области информационно-коммуникационных технологий и обеспечение информационной безопасности местными исполнительными органами области;</w:t>
+    <w:bookmarkStart w:name="z55" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организационное обеспечение деятельности акима области:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z52" w:id="44"/>
-[...15 lines deleted...]
-      осуществление функций службы внутреннего аудита аппарата акима области;</w:t>
+    <w:bookmarkStart w:name="z56" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подготовка перечней вопросов для рассмотрения на заседаниях акимата области, расширенных аппаратных и других совещаний под председательством акима области, составление повесток дня, подготовка материалов к заседаниям акимата области, оформление и рассылка материалов, протоколов заседаний акимата области, издание актов акима и акимата области, их рассылка и хранение;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z53" w:id="45"/>
-[...15 lines deleted...]
-      ведение мониторинга оценки эффективности деятельности исполнительных органов, финансируемых из местного бюджета;</w:t>
+    <w:bookmarkStart w:name="z57" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация проведения совещаний у акима области, его заместителей, подготовка протоколов совещаний;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z54" w:id="46"/>
-[...15 lines deleted...]
-      проведение анализа судебной практики;</w:t>
+    <w:bookmarkStart w:name="z58" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация и ведение делопроизводства, в том числе секретного, специальной связи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z55" w:id="47"/>
-[...15 lines deleted...]
-      2) организационное обеспечение деятельности акима области:</w:t>
+    <w:bookmarkStart w:name="z59" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подготовка ежеквартальных графиков и организация приема граждан акимом области, его заместителями, руководителем аппарата акима области, уполномоченным по этике аппарата акима области и другими должностными лицами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z56" w:id="48"/>
-[...15 lines deleted...]
-      подготовка перечней вопросов для рассмотрения на заседаниях акимата области, расширенных аппаратных и других совещаний под председательством акима области, составление повесток дня, подготовка материалов к заседаниям акимата области, оформление и рассылка материалов, протоколов заседаний акимата области, издание актов акима и акимата области, их рассылка и хранение;</w:t>
+    <w:bookmarkStart w:name="z60" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рассмотрение письменных, электронных обращений физических и юридических лиц, поступающих на имя акима области, его заместителей, руководителя аппарата акима области, их контроль и анализ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z57" w:id="49"/>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z61" w:id="53"/>
+    <w:bookmarkStart w:name="z61" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       организация стажировки, переподготовки и повышения квалификации государственных служащих в соответствии с требованиями </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательства</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z62" w:id="54"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z62" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организация деятельности местного исполнительного органа по государственным наградам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z63" w:id="55"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z63" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разработка и представление на утверждение маслихата проекта правил присвоения звания "Почетный гражданин области (города, района)";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z64" w:id="56"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z64" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проведение организационных работы по созданию территориальных советов местного самоуправления и разработка положения о территориальных советах местного самоуправления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z65" w:id="57"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z65" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       рассмотрение поступившей петиции по вопросам организационной деятельности акима области в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Административным процедурно-процессуальным кодексом</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан;</w:t>
+        <w:t>Административным процедурно-процессуальным кодексом Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z66" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение регистрации, хранения и передачи в архив актов акима и акимата области, документации и переписки акима, его заместителей, акимата области с Администрацией Президента Республики Казахстан, Аппаратом Правительства Республики Казахстан, иными центральными исполнительными органами Республики Казахстан, территориальными подразделениями центральных исполнительных органов, исполнительными органами области, городов и районов, судебными, правоохранительными органами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z67" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация взаимодействия акима и акимата области с правоохранительными и специальными органами по вопросам безопасности, профилактики правонарушений, противодействию коррупции и иным вопросам организации общественного порядка на территории области;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z68" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принятие организационных мер по противодействию коррупции в пределах компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z69" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация деятельности Антитеррористической комиссии области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z66" w:id="58"/>
-[...15 lines deleted...]
-      обеспечение регистрации, хранения и передачи в архив актов акима и акимата области, документации и переписки акима, его заместителей, акимата области с Администрацией Президента Республики Казахстан, Канцелярией Премьер-Министра Республики Казахстан, иными центральными исполнительными органами Республики Казахстан, территориальными подразделениями центральных исполнительных органов, исполнительными органами области, городов и районов, судебными, правоохранительными органами;</w:t>
+    <w:bookmarkStart w:name="z70" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проведение мониторинга сохранения и защищенности служебной информации, в т.ч. документов ограниченного распространения с пометкой "для служебного пользования" и грифами "секретно" и "совершенно секретно";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z67" w:id="59"/>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z71" w:id="63"/>
+    <w:bookmarkStart w:name="z71" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ведение и мониторинг соблюдения режима секретности в соответствии с требованиями </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательства</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан по обеспечению режима секретности;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z72" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление контроля за повышением качества, доступностью государственных услуг на территории области;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z73" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проведение мониторинга информированности услугополучателей о порядке оказания государственных услуг местными исполнительными органами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z74" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рассмотрение обращений услугополучателей по вопросам оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z75" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принятие мер, направленных на восстановление нарушенных прав, свобод и законных интересов услугополучателей;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z72" w:id="64"/>
-[...15 lines deleted...]
-      осуществление контроля за повышением качества, доступностью государственных услуг на территории области;</w:t>
+    <w:bookmarkStart w:name="z76" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участие в повышении квалификации работников в сфере оказания государственных услуг, общения с лицами с инвалидностью;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z73" w:id="65"/>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z77" w:id="69"/>
+    <w:bookmarkStart w:name="z77" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       обеспечение предоставления информации в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг для проведения оценки качества оказания государственных услуг, а также информации по результатам внутреннего контроля за качеством оказания государственных услуг в порядке и сроки, установленные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z78" w:id="70"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z78" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       обеспечение предоставления информации в уполномоченный орган в сфере информатизации для проведения оценки качества оказания государственных услуг, оказываемых в электронной форме, в порядке и сроки, установленные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z80" w:id="72"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z79" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      предоставление доступа Государственной корпорации "Правительство для граждан" к информационным системам, содержащим необходимые для оказания государственных услуг сведения, если иное не предусмотрено законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z80" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       предоставление информации о порядке оказания государственных услуг в Единый контакт-центр;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z81" w:id="73"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z81" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       проведение внутреннего контроля за качеством оказания государственных услуг в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z82" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проведение мониторинга соблюдения услугодателями подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг, оказываемых местными исполнительными органами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z83" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация работы акима области по координации деятельности акиматов районов и городов областного значения, исполнительных органов, финансируемых из областного бюджета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z84" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) правовое обеспечение деятельности акима области:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z85" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      представление и защита интересов акима и акимата области, аппарата акима области в судебных и иных правоохранительных органах;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z82" w:id="74"/>
-[...15 lines deleted...]
-      проведение мониторинга соблюдения услугодателями подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг, оказываемых местными исполнительными органами;</w:t>
+    <w:bookmarkStart w:name="z86" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подготовка проектов актов акима и акимата области по поручениям акима области, его заместителей, руководителя аппарата акима области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z83" w:id="75"/>
-[...15 lines deleted...]
-      организация работы акима области по координации деятельности акиматов районов и городов областного значения, исполнительных органов, финансируемых из областного бюджета;</w:t>
+    <w:bookmarkStart w:name="z87" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация экспертизы проектов нормативных правовых и правовых актов акима и акимата области, поступивших на согласование в аппарат акима области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z84" w:id="76"/>
-[...15 lines deleted...]
-      3) правовое обеспечение деятельности акима области:</w:t>
+    <w:bookmarkStart w:name="z88" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      согласование права апелляционного или кассационного обжалования решений судов или отказе такого согласования по запросу акимов районов, городов областного значения, исполнительных органов, финансируемых из областного бюджета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z85" w:id="77"/>
-[...15 lines deleted...]
-      представление и защита интересов акима и акимата области, аппарата акима области в судебных и иных правоохранительных органах;</w:t>
+    <w:bookmarkStart w:name="z89" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) материально-техническое обеспечение деятельности акима области:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z86" w:id="78"/>
-[...15 lines deleted...]
-      подготовка проектов актов акима и акимата области по поручениям акима области, его заместителей, руководителя аппарата акима области;</w:t>
+    <w:bookmarkStart w:name="z90" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление мероприятий по организации государственных закупок в целях бесперебойной организации деятельности акима, акимата области, аппарата акима области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z87" w:id="79"/>
-[...119 lines deleted...]
-    <w:bookmarkStart w:name="z93" w:id="85"/>
+    <w:bookmarkStart w:name="z91" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Аппарат акима области осуществляет иные функции, установленные действующим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z92" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Статус, полномочия руководителя государственного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z93" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Руководство аппаратом акима области осуществляется руководителем, который несет персональную ответственность за выполнение возложенных на аппарат акима области задач и осуществление им своих полномочий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z94" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Руководитель аппарата акима области назначается на должность и освобождается от должности акимом области.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z95" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Руководитель аппарата акима области имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z96" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Полномочия руководителя аппарата акима области:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z97" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) организует реализацию целей, возложенных на аппарат;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z94" w:id="86"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 3. Статус, полномочия руководителя государственного органа</w:t>
+    <w:bookmarkStart w:name="z98" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организует, координирует и контролирует деятельность структурных подразделений аппарата в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z95" w:id="87"/>
-[...15 lines deleted...]
-      16. Руководство аппаратом акима области осуществляется руководителем, который несет персональную ответственность за выполнение возложенных на аппарат акима области задач и осуществление им своих полномочий.</w:t>
+    <w:bookmarkStart w:name="z99" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) утверждает структуру и штатное расписание аппарата, положение о его структурных подразделениях, должностные инструкции сотрудников аппарата;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z96" w:id="88"/>
-[...15 lines deleted...]
-      17. Руководитель аппарата акима области назначается на должность и освобождается от должности акимом области.</w:t>
+    <w:bookmarkStart w:name="z100" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) назначает на государственные должности и освобождает от государственных должностей административных государственных служащих корпуса "Б" аппарата;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z97" w:id="89"/>
-[...15 lines deleted...]
-      18. Руководитель аппарата акима области имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z101" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) осуществляет общее руководство деятельностью дисциплинарной и конкурсной комиссий аппарата;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z98" w:id="90"/>
-[...15 lines deleted...]
-      19. Полномочия руководителя аппарата акима области:</w:t>
+    <w:bookmarkStart w:name="z102" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществляет контроль за соблюдением служебной дисциплины;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z99" w:id="91"/>
-[...15 lines deleted...]
-      1) организует реализацию целей, возложенных на аппарат;</w:t>
+    <w:bookmarkStart w:name="z103" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) решает вопросы командирования, предоставления отпусков, оказания материальной помощи, подготовки, переподготовки и повышения квалификации, поощрения, установления надбавок государственным служащим аппарата, за исключением работников, вопросы трудовых отношений которых отнесены к компетенции вышестоящих должностных лиц;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z100" w:id="92"/>
-[...15 lines deleted...]
-      2) организует, координирует и контролирует деятельность структурных подразделений аппарата в пределах своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z104" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) решает вопросы дисциплинарной ответственности государственных служащих аппарата, за исключением работников, вопросы трудовых отношений которых отнесены к компетенции вышестоящих должностных лиц;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z101" w:id="93"/>
-[...119 lines deleted...]
-    <w:bookmarkStart w:name="z107" w:id="99"/>
+    <w:bookmarkStart w:name="z105" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) обеспечивает исполнение требований </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательства</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан о противодействии коррупции в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z106" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) контролирует ход исполнения решений, принятых местными исполнительными и представительными органами области;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z107" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) взаимодействует с государственными органами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z108" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) подписывает приказы аппарата акима области;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z109" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) представляет аппарат акима области в государственных органах, иных организациях, выдает доверенности на представление интересов аппарата акима области в судебных, правоохранительных и иных государственных органах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z110" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) принимает необходимые меры по противодействию коррупции и несет за это персональную ответственность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z111" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) обеспечивает равный доступ мужчин и женщин к государственной службе в соответствии с их опытом, способностями и профессиональной подготовкой;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z108" w:id="100"/>
-[...15 lines deleted...]
-      10) контролирует ход исполнения решений, принятых местными исполнительными и представительными органами области;</w:t>
+    <w:bookmarkStart w:name="z112" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) обладает правом первой подписи на всех финансовых документах аппарата акима области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z109" w:id="101"/>
-[...15 lines deleted...]
-      11) взаимодействует с государственными органами;</w:t>
+    <w:bookmarkStart w:name="z113" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) осуществляет руководство типовым базовым направлением областного проектного управления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z110" w:id="102"/>
-[...15 lines deleted...]
-      12) подписывает приказы аппарата акима области;</w:t>
+    <w:bookmarkStart w:name="z114" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) осуществляет иные полномочия, возложенные на руководителя аппарата, в том числе курирование исполнительных органов, финансируемых из местного бюджета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z111" w:id="103"/>
-[...15 lines deleted...]
-      13) представляет аппарат акима области в государственных органах, иных организациях, выдает доверенности на представление интересов аппарата акима области в судебных, правоохранительных и иных государственных органах;</w:t>
+    <w:bookmarkStart w:name="z115" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) исполнение полномочий руководителя аппарата акима области в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z112" w:id="104"/>
-[...15 lines deleted...]
-      14) принимает необходимые меры по противодействию коррупции и несет за это персональную ответственность;</w:t>
+    <w:bookmarkStart w:name="z116" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Руководитель определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z113" w:id="105"/>
-[...15 lines deleted...]
-      15) обеспечивает равный доступ мужчин и женщин к государственной службе в соответствии с их опытом, способностями и профессиональной подготовкой;</w:t>
+    <w:bookmarkStart w:name="z117" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z114" w:id="106"/>
-[...15 lines deleted...]
-      16) обладает правом первой подписи на всех финансовых документах аппарата акима области;</w:t>
+    <w:bookmarkStart w:name="z118" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Аппарат акима области может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z115" w:id="107"/>
-[...117 lines deleted...]
-    <w:bookmarkStart w:name="z121" w:id="113"/>
+    <w:bookmarkStart w:name="z119" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Имущество аппарата акима области формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z120" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Имущество, закрепленное за аппаратом акима области, относится к коммунальной собственности Восточно-Казахстанской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z121" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Аппарат акима области не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z122" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Реорганизация и упразднение государственного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z123" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Реорганизация и упразднение аппарата акима области осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z124" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перечень организаций, находящихся в ведении аппарата акима области</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z125" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Коммунальное государственное учреждение "Управление делами акима Восточно-Казахстанской области" аппарата акима Восточно-Казахстанской области.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z122" w:id="114"/>
-[...154 lines deleted...]
-    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>