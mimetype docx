--- v0 (2025-11-10)
+++ v1 (2025-12-16)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6eb036f" w14:textId="6eb036f">
+    <w:p w14:paraId="a19d002" w14:textId="a19d002">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -208,173 +208,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящее решение вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Секретарь</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Кызылжарского районного маслихата</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Северо-Казахстанской области </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -827,3810 +804,1370 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 25.07.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 4/7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 25.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25/6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Настоящая методика оценки деятельности административных государственных служащих корпуса "Б" (далее – Методика) разработана в соответствии с пунктом 5 статьи 33 Закона Республики Казахстан "О государственной службе Республики Казахстан" (далее – Закон), с приложением 2 приказа Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции от 16 января 2018 года № 13 "О некоторых вопросах оценки деятельности административных государственных служащих" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 16299) (далее – приложение 2 Приказа) и определяет порядок оценки деятельности административных государственных служащих корпуса "Б" коммунального государственного учреждения "Аппарат маслихата Кызылжарского района Северо-Казахстанской области" (далее – аппарат маслихата).</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z23" w:id="7"/>
+      1. Настоящая Методика оценки деятельности административных государственных служащих корпуса "Б" (далее – Методика) разработана в соответствии с пунктом 5 статьи 33 Закона Республики Казахстан "О государственной службе Республики Казахстан" (далее – Закон), с приложением 2 приказа Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции от 16 января 2018 года № 13 "О некоторых вопросах оценки деятельности административных государственных служащих" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 16299) (далее – приложение 2 Приказа) и определяет порядок оценки деятельности административных государственных служащих корпуса "Б" коммунального государственного учреждения "Аппарат маслихата Кызылжарского района Северо-Казахстанской области" (далее – аппарат маслихата).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Методика оценки деятельности административных государственных служащих корпуса "Б" аппарата маслихата утверждается Кызылжарским районным маслихатом на основе приложения 2 Приказа с учетом специфики деятельности аппарата маслихата.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z24" w:id="8"/>
+    <w:bookmarkStart w:name="z22" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Основные используемые понятия в настоящей Методике:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z25" w:id="9"/>
-[...15 lines deleted...]
-      1) вышестоящий руководитель – лицо, по отношению к которому непосредственный руководитель оцениваемого служащего находится в прямом подчинении – председатель Кызылжарского районного маслихата;</w:t>
+    <w:bookmarkStart w:name="z23" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) непосредственный руководитель – вышестоящее по государственной должности лицо, по отношению к которому государственный служащий находится в прямом подчинении в соответствии с его должностной инструкцией – председатель Кызылжарского районного маслихата;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z26" w:id="10"/>
-[...15 lines deleted...]
-      2) непосредственный руководитель – вышестоящее по государственной должности лицо, по отношению к которому государственный служащий находится в прямом подчинении в соответствии с его должностной инструкцией – руководитель аппарата маслихата;</w:t>
+    <w:bookmarkStart w:name="z24" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) руководитель аппарата маслихата – административный государственный служащий корпуса "Б" категории Е-2;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z27" w:id="11"/>
-[...15 lines deleted...]
-      3) оценивающее лицо – непосредственный руководитель и/или вышестоящий руководитель в зависимости от специфики деятельности государственного органа, а также круг лиц из рабочего окружения оцениваемого лица при оценке методом 360;</w:t>
+    <w:bookmarkStart w:name="z25" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) служащий корпуса "Б" – лицо, занимающее административную государственную должность корпуса "Б", за исключением руководителя аппарата маслихата;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z28" w:id="12"/>
-[...15 lines deleted...]
-      4) руководитель аппарата маслихата – административный государственный служащий корпуса "Б" категории Е-2;</w:t>
+    <w:bookmarkStart w:name="z26" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) оценивающее лицо – непосредственный руководитель и/или руководитель аппарат маслихата;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z29" w:id="13"/>
-[...15 lines deleted...]
-      5) служащий корпуса "Б" – лицо, занимающее административную государственную должность корпуса "Б", за исключением руководителя аппарата маслихата;</w:t>
+    <w:bookmarkStart w:name="z27" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) оцениваемое лицо – лицо, в отношении которого проводится оценка;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z30" w:id="14"/>
-[...15 lines deleted...]
-      6) оцениваемое лицо – руководитель аппарата маслихата или служащий корпуса "Б";</w:t>
+    <w:bookmarkStart w:name="z28" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) калибровочные сессии – периодические встречи должностных лиц для обсуждения, возможной корректировки и утверждения результатов оценки деятельности оцениваемых лиц;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z31" w:id="15"/>
-[...15 lines deleted...]
-      7) ключевые целевые индикаторы (далее – КЦИ) – показатели, устанавливаемые для руководителя аппарата маслихата и направленные на повышение эффективности деятельности государственного органа;</w:t>
+    <w:bookmarkStart w:name="z29" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) оцениваемый период – квартал, за который оцениваются результаты работы государственного служащего.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z32" w:id="16"/>
-[...15 lines deleted...]
-      8) метод ранжирования – метод оценки, при котором оценка деятельности служащих корпуса "Б" определяется с учетом степени их соответствия параметрам оценки – качество выполнения функциональных обязанностей, соблюдение сроков выполнения задач, инициативность и самостоятельность, соблюдение трудовой дисциплины, объем и сложность выполняемой работы;</w:t>
+    <w:bookmarkStart w:name="z30" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Оценка деятельности административных государственных служащих корпуса "Б" (далее – оценка) проводится для определения эффективности и качества их работы посредством интегрированной информационной системы "Е-қызмет" (далее – информационная система).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z33" w:id="17"/>
-[...15 lines deleted...]
-      9) метод 360 – метод оценки, направленный на выявление наличия у оцениваемого лица требуемых компетенций путем опроса круга лиц из рабочего окружения оцениваемого лица;</w:t>
+    <w:bookmarkStart w:name="z31" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оценка административных государственных служащих корпуса "Б" аппарата маслихата, в котором введена система автоматизированной оценки проводится с учетом особенностей, определенными Положением коммунального государственного учреждения "Аппарат маслихата Кызылжарского района Северо-Казахстанской области" и Регламентом Кызылжарского районного маслихата Северо-Казахстанской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z34" w:id="18"/>
-[...15 lines deleted...]
-      10) калибровочные сессии – периодические встречи оценивающих лиц для обсуждения, возможной корректировки и утверждения результатов оценки деятельности оцениваемых лиц;</w:t>
+    <w:bookmarkStart w:name="z32" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отсутствии оценивающего лица оценку проводит лицо, его замещающее.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z35" w:id="19"/>
-[...15 lines deleted...]
-      11) оцениваемый период – период оценки результатов работы государственного служащего;</w:t>
+    <w:bookmarkStart w:name="z33" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оценка прикомандированных лиц проводится в принимающем государственном органе за период прикомандирования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z36" w:id="20"/>
-[...15 lines deleted...]
-      12) индивидуальный план работы – документ, предусматривающий КЦИ служащего корпуса "Б" на оцениваемый период, и составляемый совместно с руководителем аппарата и утверждаемый председателем Кызылжарского районного маслихата.</w:t>
+    <w:bookmarkStart w:name="z34" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Оценка проводится по итогам квартала – не позднее двадцатого числа месяца, следующего за отчетным кварталом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z37" w:id="21"/>
-[...15 lines deleted...]
-      4. Оценка деятельности административных государственных служащих корпуса "Б" (далее – оценка) проводится для определения эффективности и качества их работы посредством единой информационной системы по управлению персоналом (далее – информационная система). При этом в случае отсутствия технической возможности оценка проводится на бумажных носителях, либо в информационных системах, функционирующих в государственных органах.</w:t>
+    <w:bookmarkStart w:name="z35" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Итоговая оценка формируется автоматически из средней оценки административного государственного служащего корпуса "Б" за отчетные кварталы календарного года в информационной системе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z38" w:id="22"/>
-[...15 lines deleted...]
-      Оценка осуществляется на основании результатов достижения КЦИ, методами ранжирования и 360 в зависимости от категории должности оцениваемого лица.</w:t>
+    <w:bookmarkStart w:name="z36" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Итоговая оценка формируется не позднее 30 января, следующего за отчетным годом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z39" w:id="23"/>
-[...15 lines deleted...]
-      Оценка служащих корпуса "Б" государственных органов, в которых введена система автоматизированной оценки проводится с учетом особенностей, определенными внутренними документами данных государственных органов.</w:t>
+    <w:bookmarkStart w:name="z37" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Оценка не проводится в случаях, если срок пребывания оцениваемого служащего на конкретной должности в оцениваемом периоде составляет менее одного месяца со дня назначения или избрания на оцениваемую должность.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z40" w:id="24"/>
-[...15 lines deleted...]
-      5. Оценка по достижению КЦИ и методу ранжирования проводится по итогам квартала – не позднее десятого числа месяца, следующего за отчетным кварталом, по методу 360 проводится по итогам года – не позднее десятого числа месяца, следующего за отчетным годом.</w:t>
+    <w:bookmarkStart w:name="z38" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом оцениваемый период должен включать в себя не менее пятнадцати фактически отработанных служащим рабочих дней.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z41" w:id="25"/>
-[...15 lines deleted...]
-      Итоговая оценка по КЦИ и ранжированию складывается из средней оценки служащего корпуса "Б" за отчетные кварталы.</w:t>
+    <w:bookmarkStart w:name="z39" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Оценка служащих, уволенных из государственного органа до окончания оцениваемого периода, проводится без их участия в установленные пунктом 5 сроки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z42" w:id="26"/>
-[...15 lines deleted...]
-      6. Оценка не проводится в случаях, если срок пребывания оцениваемого служащего на конкретной должности в оцениваемом периоде составляет менее одного месяца. Если в период проведения оценки оцениваемый служащий находится в трудовом или социальном отпуске, периоде временной нетрудоспособности, командировке, стажировке, переподготовке или повышении квалификации, оценка служащего по достижению КЦИ, оценка по методу ранжирования и/или 360 проводится без его участия в установленные пунктом 5 сроки.</w:t>
+    <w:bookmarkStart w:name="z40" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Результаты оценки выставляются по следующей градации:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z43" w:id="27"/>
-[...15 lines deleted...]
-      При этом оценка служащих находящихся в социальных отпусках, периоде временной нетрудоспособности за период работы с 1 июля 2021 года по 31 декабря 2022 года осуществляется в порядке установленным главой 6 настоящей Методики.</w:t>
+    <w:bookmarkStart w:name="z41" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Выполняет функциональные обязанности эффективно",</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z44" w:id="28"/>
-[...15 lines deleted...]
-      7. Оценка служащих, уволенных из государственного органа до окончания оцениваемого периода, проводится без их участия в установленные пунктом 5 сроки.</w:t>
+    <w:bookmarkStart w:name="z42" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Выполняет функциональные обязанности надлежащим образом",</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z45" w:id="29"/>
-[...15 lines deleted...]
-      8. Результаты оценки выставляются по следующей градации:</w:t>
+    <w:bookmarkStart w:name="z43" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Выполняет функциональные обязанности удовлетворительно",</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z46" w:id="30"/>
-[...15 lines deleted...]
-      "Выполняет функциональные обязанности эффективно",</w:t>
+    <w:bookmarkStart w:name="z44" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Выполняет функциональные обязанности не удовлетворительно" (неудовлетворительная оценка).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z47" w:id="31"/>
-[...15 lines deleted...]
-      "Выполняет функциональные обязанности надлежащим образом",</w:t>
+    <w:bookmarkStart w:name="z45" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Результату "Выполняет функциональные обязанности эффективно" соответствует диапазон оценок от 4 до 5 баллов, "Выполняет функциональные обязанности надлежащим образом" от 3 до 3,99 баллов, "Выполняет функциональные обязанности удовлетворительно" от 2 до 2,99 баллов, "Выполняет функциональные обязанности не удовлетворительно" от 0 до 1,99 баллов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z48" w:id="32"/>
-[...15 lines deleted...]
-      "Выполняет функциональные обязанности удовлетворительно",</w:t>
+    <w:bookmarkStart w:name="z46" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Организационное сопровождение оценки обеспечивается служащим корпуса "Б" аппарата маслихата, в функциональные обязанности которого входит ведение кадровых вопросов – главным специалистом по работе с депутатами и контролю аппарата маслихата (далее – главный специалист по кадрам), в том числе посредством информационной системы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z49" w:id="33"/>
-[...15 lines deleted...]
-      "Выполняет функциональные обязанности не удовлетворительно" (неудовлетворительная оценка).</w:t>
+    <w:bookmarkStart w:name="z47" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Оцениваемый служащий получает результаты своей оценки в информационной системе, а также в мобильном приложении "Е-қызмет".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z50" w:id="34"/>
-[...15 lines deleted...]
-      Результату "Выполняет функциональные обязанности эффективно" соответствует диапазон оценок от 4 до 5 баллов, "Выполняет функциональные обязанности надлежащим образом" от 3 до 3,99 баллов, "Выполняет функциональные обязанности удовлетворительно" от 2 до 2,99 баллов, "Выполняет функциональные обязанности не удовлетворительно" от 0 до 1,99 баллов.</w:t>
+    <w:bookmarkStart w:name="z48" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ознакомление уволенных лиц, осуществляется в течение месяца, следующего за отчетным кварталом, посредством направления заказного письма с уведомлением о его вручении и/или телефонограммы и/или телеграммы и/или текстового сообщения по абонентскому номеру сотовой связи или по электронному адресу либо с использованием иных средств связи, обеспечивающих фиксацию извещения или вызова.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z51" w:id="35"/>
-[...15 lines deleted...]
-      9. Результаты достижения КЦИ и результаты оценки по методу ранжирования являются основанием для принятия решений по выплате бонусов, поощрению, обучению, ротации, повышению, понижению в государственной должности либо увольнению.</w:t>
+    <w:bookmarkStart w:name="z49" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. В случае несогласия с результатами оценки служащий аппарата маслихата обращается с соответствующим заявлением в произвольной форме о проведении калибровочной сессии к председателю аппарата маслихата в течение пяти рабочих дней со дня получения результатов оценки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z52" w:id="36"/>
-[...15 lines deleted...]
-      10. Результаты оценки по методу 360 являются основанием для принятия решений по обучению служащего.</w:t>
+    <w:bookmarkStart w:name="z50" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Решение калибровочной сессии может быть обжаловано служащим в соответствии с установленным порядком Административного процедурно-процессуального кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z53" w:id="37"/>
-[...15 lines deleted...]
-      11. Организационное сопровождение оценки обеспечивается служащим корпуса "Б" аппарата маслихата, в функциональные обязанности которого входит ведение кадровых вопросов – главным специалистом по работе с депутатами и контролю аппарата маслихата (далее – главный специалист по кадрам), в том числе посредством информационной системы.</w:t>
+    <w:bookmarkStart w:name="z51" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Документы, связанные с оценкой, хранятся в аппарате маслихата у главного специалиста по кадрам в течение трех лет со дня завершения оценки, а также при наличии технической возможности в информационной системе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z54" w:id="38"/>
-[...15 lines deleted...]
-      При этом главным специалистом по кадрам в информационной системе создается график оценки служащих, который утверждается должностным лицом, имеющим право назначения на государственную должность и освобождения от государственной должности административного государственного служащего корпуса "Б".</w:t>
+    <w:bookmarkStart w:name="z52" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Результаты оценки являются конфиденциальной информацией и не подлежат разглашению третьим лицам, за исключением служебной необходимости, а также случаев, когда государственный орган обязан раскрыть данную информацию в соответствии с Законом Республики Казахстан "О доступе к информации".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z55" w:id="39"/>
-[...15 lines deleted...]
-      12. Главный специалист по кадрам обеспечивает ознакомление оцениваемого служащего с результатами оценки в течение двух рабочих дней со дня ее завершения.</w:t>
+    <w:bookmarkStart w:name="z53" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Разногласия, связанные с процедурой оценки, рассматриваются главным специалистом по кадрам при содействии всех заинтересованных лиц и сторон.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z56" w:id="40"/>
-[...15 lines deleted...]
-      Ознакомление служащих, указанных в части второй пункта 6 настоящей Методики, осуществляется посредством направления заказного письма с уведомлением о его вручении и/или телефонограммы и/или телеграммы и/или текстового сообщения по абонентскому номеру сотовой связи или по электронному адресу либо с использованием иных средств связи, обеспечивающих фиксацию извещения или вызова.</w:t>
+    <w:bookmarkStart w:name="z54" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Главный специалист по кадрам обеспечивает:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z57" w:id="41"/>
-[...15 lines deleted...]
-      13. В случае несогласия с результатами оценки служащий обращается с соответствующим заявлением в произвольной форме о проведении калибровочной сессии к должностному лицу, имеющему право назначения на государственную должность и освобождения от государственной должности административного государственного служащего корпуса "Б" в течение пяти рабочих дней со дня ознакомления с результатами оценки.</w:t>
+    <w:bookmarkStart w:name="z55" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) организацию и сопровождение процесса оценки деятельности, включая подготовку коммуникационных сообщений, консультирование участников процесса оценки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z58" w:id="42"/>
-[...15 lines deleted...]
-      14. Решение калибровочной сессии может быть обжаловано государственным служащим в соответствии с установленным порядком Административного процедурно-процессуального кодекса Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z56" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при необходимости, участие во встречах оценивающего и оцениваемых лиц, помощь в разрешении спорных вопросов путем консультирования по вопросам процесса оценки деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z59" w:id="43"/>
-[...15 lines deleted...]
-      15. Документы, связанные с оценкой, хранятся в аппарате маслихата у главного специалиста по кадрам в течение трех лет со дня завершения оценки, а также при наличии технической возможности в информационной системе.</w:t>
+    <w:bookmarkStart w:name="z57" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) проведение калибровочной сессии, включая подготовку информации по каждому работнику в рамках подготовки к калибровочным сессиям;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z60" w:id="44"/>
-[...15 lines deleted...]
-      16. Результаты оценки являются строго конфиденциальной информацией и не подлежат разглашению третьим лицам, за исключением случаев, когда государственный орган обязан раскрыть данную информацию в соответствии с Законом Республики Казахстан "О доступе к информации".</w:t>
+    <w:bookmarkStart w:name="z58" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) полноту и своевременность заполнения необходимых документов в рамках оценки деятельности за отчетный период, введение необходимых учетных записей, отправку соответствующих уведомлений работникам в рамках проведения оценки деятельности работников.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z61" w:id="45"/>
-[...15 lines deleted...]
-      17. Разногласия, связанные с процедурой оценки, рассматриваются главным специалистом по кадрам при содействии всех заинтересованных лиц и сторон.</w:t>
+    <w:bookmarkStart w:name="z59" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оценки административных государственных служащих корпуса "Б"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z62" w:id="46"/>
-[...15 lines deleted...]
-      18. Оценивающее лицо обеспечивает:</w:t>
+    <w:bookmarkStart w:name="z60" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Оценка административного государственного служащего корпуса "Б" категории Е-2 (руководитель аппарата маслихата) осуществляется председателем маслихата по форме, согласно приложению 1 к приложению 2 Приказа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z63" w:id="47"/>
-[...15 lines deleted...]
-      1) доведение до сведения оцениваемых лиц общих результатов работы аппарата маслихата за оцениваемый период;</w:t>
+    <w:bookmarkStart w:name="z61" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оценка иных административных государственных служащих корпуса "Б" осуществляется руководителем аппарата маслихата по форме согласно приложению 2 к приложению 2 Приказа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z64" w:id="48"/>
-[...15 lines deleted...]
-      2) своевременную постановку, согласование и утверждение КЦИ;</w:t>
+    <w:bookmarkStart w:name="z62" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок проведения калибровочных сессий и предоставления обратной связи</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z65" w:id="49"/>
-[...15 lines deleted...]
-      3) проведение в течение оцениваемого периода регулярного мониторинга степени выполнения КЦИ и предоставление им итоговой оценки деятельности и конструктивной обратной связи; проведение в течение оцениваемого периода регулярного мониторинга степени выполнения функциональных обязанностей оцениваемыми лицами и предоставление им итоговой оценки деятельности работника и конструктивной обратной связи;</w:t>
+    <w:bookmarkStart w:name="z63" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. С целью согласования и соблюдения единого подхода к процессу оценки государственные органы проводят калибровочные сессии в порядке, предусмотренном в пункте 11 настоящей Методики.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z66" w:id="50"/>
-[...15 lines deleted...]
-      4) участие в калибровочных сессиях и в решении спорных вопросов по оценке оцениваемых лиц, в случае их возникновения в процессе оценки.</w:t>
+    <w:bookmarkStart w:name="z64" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Председатель Кызылжарского районного маслихата Северо-Казахстанской области принимает распоряжение о проведении калибровочной сессии и утверждает ее состав в течение трех рабочих дней со дня поступления обращения служащего аппарата маслихата.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z67" w:id="51"/>
-[...15 lines deleted...]
-      19. Оцениваемое лицо обеспечивает:</w:t>
+    <w:bookmarkStart w:name="z65" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Состав калибровочной сессии состоит из нечетного количества членов. Количество членов калибровочной сессии не должно быть менее трех.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z68" w:id="52"/>
-[...15 lines deleted...]
-      1) проведение регулярного мониторинга степени выполнения им КЦИ /поставленных задач;</w:t>
+    <w:bookmarkStart w:name="z66" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В состав конкретной калибровочной сессии не включается лицо, несогласное с оценкой, а также лицо, оценившее его.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z69" w:id="53"/>
-[...15 lines deleted...]
-      2) проведение своевременной самооценки в рамках оценки его деятельности по методу 360;</w:t>
+    <w:bookmarkStart w:name="z67" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В состав членов калибровочной сессии включаются оценивающие лица (за исключением лица, оценка которого подлежит рассмотрению на калибровочной сессии), а также главный специалист по кадрам либо другой государственный служащий аппарата маслихата.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z70" w:id="54"/>
-[...15 lines deleted...]
-      3) участие во встречах с руководителем по обсуждению результатов оценки деятельности.</w:t>
+    <w:bookmarkStart w:name="z68" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Калибровочная сессия проводится в течение десяти рабочих дней со дня обращения служащего в порядке, предусмотренном в пункте 11 настоящей Методики.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z71" w:id="55"/>
-[...15 lines deleted...]
-      20. Главный специалист по кадрам обеспечивает:</w:t>
+    <w:bookmarkStart w:name="z69" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Главный специалист по кадрам организовывает деятельность калибровочной сессии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z72" w:id="56"/>
-[...15 lines deleted...]
-      1) организацию и сопровождение процесса оценки деятельности, включая подготовку коммуникационных сообщений, консультирование участников процесса оценки;</w:t>
+    <w:bookmarkStart w:name="z70" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. На калибровочной сессии оценивающее лицо кратко описывает работу оцениваемого лица и аргументирует свою оценку.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z73" w:id="57"/>
-[...15 lines deleted...]
-      2) проведение своевременного анализа и согласование КЦИ;</w:t>
+    <w:bookmarkStart w:name="z71" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оцениваемое лицо вправе аргументировать членам калибровочной сессии свое несогласие с оценкой в письменной или устной форме.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z74" w:id="58"/>
-[...15 lines deleted...]
-      3) при необходимости, участие во встречах руководителя и работника, помощь в разрешении спорных вопросов путем консультирования по вопросам процесса оценки деятельности;</w:t>
+    <w:bookmarkStart w:name="z72" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Члены калибровочной сессии могут поддержать оценку оценивающего лица либо привести аргументы для корректировки оценки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z75" w:id="59"/>
-[...15 lines deleted...]
-      4) проведение калибровочной сессии, включая подготовку информации по каждому работнику в рамках подготовки к калибровочным сессиям;</w:t>
+    <w:bookmarkStart w:name="z73" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Корректировка оценки осуществляется как в сторону повышения, так и в сторону понижения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z76" w:id="60"/>
-[...15 lines deleted...]
-      5) полноту и своевременность заполнения необходимых документов в рамках оценки деятельности за отчҰтный период, введение необходимых учетных записей, отправку соответствующих уведомлений работникам в рамках проведения оценки деятельности работников.</w:t>
+    <w:bookmarkStart w:name="z74" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Итоговая оценка принимается большинством голосов членов калибровочной сессии и оформляется соответствующим протоколом. Главный специалист по кадрам обеспечивает размещение протокола в информационной системе (при наличии технической возможности) в течение трех рабочих дней со дня его подписания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z77" w:id="61"/>
-[...15 lines deleted...]
-      21. Результаты оценки могут быть известны только оцениваемому лицу, оценивающему лицу, главному специалисту по кадрам и участникам калибровочных сессий.</w:t>
+    <w:bookmarkStart w:name="z75" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. По результатам калибровочной сессии оценивающее лицо проводит встречи с оцениваемым служащим и предоставляет обратную связь о результатах итоговой оценки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z78" w:id="62"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Порядок оценки руководителя аппарата маслихата по достижению КЦИ</w:t>
+    <w:bookmarkStart w:name="z76" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Во время встречи обсуждаются следующие вопросы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z79" w:id="63"/>
-[...15 lines deleted...]
-      22. Оценка деятельности руководителя аппарата маслихата осуществляется на основе оценки достижения КЦИ.</w:t>
+    <w:bookmarkStart w:name="z77" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обзор достижений за оцениваемый период;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z80" w:id="64"/>
-[...15 lines deleted...]
-      23. КЦИ устанавливается оценивающим лицом по согласованию с главным специалистом по кадрам в индивидуальном плане работы руководителя аппарата маслихата, составляемого в течение десяти рабочих дней после начала оцениваемого периода по форме, согласно приложению 1 к приложению 2 Приказа.</w:t>
+    <w:bookmarkStart w:name="z78" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обзор развития навыков и компетенций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z81" w:id="65"/>
-[...15 lines deleted...]
-      При назначении служащего на должность после начала оцениваемого периода КЦИ устанавливаются в течение десяти рабочих дней со дня его назначения на должность.</w:t>
+    <w:bookmarkStart w:name="z79" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обзор потенциала и обсуждение карьерных устремлений работника.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z82" w:id="66"/>
-[...15 lines deleted...]
-      При этом в течение пяти рабочих дней со дня установления (утверждения) КЦИ главный специалист по кадрам обеспечивает (при наличии технической возможности) размещение индивидуального плана работы в информационной системе.</w:t>
+    <w:bookmarkStart w:name="z80" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оценивающее лицо обеспечивает атмосферу открытого и дружелюбного диалога во время встречи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z83" w:id="67"/>
-[...2456 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>