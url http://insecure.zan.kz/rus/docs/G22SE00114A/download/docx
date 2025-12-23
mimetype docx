--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2c05460" w14:textId="2c05460">
+    <w:p w14:paraId="57b974d" w14:textId="57b974d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1815,51 +1815,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) составление и предоставление в центральный уполномоченный орган по исполнению бюджета информации по оценке эффективности деятельности государственного органа по управлению бюджетными деньгами по реализации бюджетных программ развития района.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:bookmarkStart w:name="z67" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16) составление отчетности по исполнению районного бюджета и представление отчетов в Управление финансов, акимат района, ревизионную комиссию области, отдел экономики и бюджетного планирования района.</w:t>
+      16) составление отчетности по исполнению районного бюджета и представление отчетов в Управление финансов, акимат района, ревизионную комиссию области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:bookmarkStart w:name="z68" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) составление отчетности об исполнении планов поступлений и расходов денег от реализации товаров (работ, услуг) государственными учреждениями, содержащимися за счет местных бюджетов, предоставление в Управление финансов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:bookmarkStart w:name="z69" w:id="59"/>
     <w:p>
@@ -2279,778 +2279,912 @@
         <w:t>
       38) осуществление контроля за проведением инвентаризации имущества районных коммунальных государственных учреждений и предприятий, контролируемых государством акционерных обществ и товариществ с ограниченной ответственностью;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
     <w:bookmarkStart w:name="z90" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39) осуществление приватизации районного коммунального имущества, осуществление функций продавца районного коммунального имущества: подготовка перечня объектов районной коммунальной собственности, подлежащих приватизации, организация работы по получению предварительного согласования местного исполнительного органа области по приватизации районного коммунального имущества, включенного в перечень объектов районного коммунального имущества, приватизация которых может производиться с предварительного согласия местного исполнительного органа области; организация проведения оценки районного коммунального имущества, подлежащего приватизации, распределение объектов приватизации по отдельным торгам; установление сроков проведения торгов; определение условий, форм и видов торгов по каждому объекту приватизации; определение и утверждение начальной, стартовой и минимальной цены объектов приватизации; определение размера и порядка внесения гарантийных взносов; прием и возврат гарантийных взносов; подготовка и представление по требованию покупателя информации об обременениях объектов приватизации, сумме кредиторской и дебиторской задолженности, заключенных контрактах и договорах приватизируемого предприятия, если объектом приватизации является предприятие как имущественный комплекс; опубликование информационных сообщений о проведении торгов и осуществление другой рекламной деятельности; осуществление регистрации участников торгов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z91" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">40) Исключен постановлением акимата района имени Габита Мусрепова Северо-Казахстанской области от 12.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41) заключение договоров на опубликование извещений о проведении торгов по приватизации районного коммунального имущества, передаче его в имущественный наем (аренду), доверительное управление;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z93" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42) организация и проведение конкурса в соответствии с Законом Республики Казахстан "О государственных закупках" по оценке районного коммунального имущества в случаях, установленных Законом Республики Казахстан "О государственном имуществе";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43) заключение договоров с победителем конкурса по проведению оценки районного коммунального имущества в случаях, установленных Законом Республики Казахстан "О государственных закупках";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z95" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44) организация продажи районного коммунального имущества путем проведения торгов (аукцион, тендер, продажа ценных бумаг), прямой адресной продажи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z96" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45) предоставление районного коммунального имущества в доверительное управление, имущественный наем (аренду), безвозмездное пользование (ссуду); доверительное управление или имущественный наем (аренду) с правом последующей безвозмездной передачи в собственность субъектам малого предпринимательства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z97" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46) предоставление районного коммунального имущества на условиях тендера в доверительное управление или имущественный наем (аренду) с правом последующего выкупа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z98" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47) заключение договоров купли-продажи районного коммунального имущества; договоров доверительного управления, имущественного найма (аренды) районного коммунального имущества с правом последующей безвозмездной передачи в собственность субъектам малого предпринимательства; договоров доверительного управления, имущественного найма (аренды) районного коммунального имущества с правом последующего выкупа, договоров доверительного управления имущественного найма (аренды) районного коммунального имущества без передачи в собственность или выкупа; заключение договоров безвозмездного пользования (ссуды) районного коммунального имущества;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z99" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48) осуществление постприватизационного контроля выполнения условий договоров купли-продажи, имущественного найма (аренды), доверительного управления; безвозмездного пользования (ссуды);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z100" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49) осуществление контроля полноты и своевременности поступления в доход районного бюджета денежных средств от продажи областного коммунального имущества, от передачи районного коммунального имущества в имущественный наем (аренду), доверительно управление, принятие мер по взысканию задолженности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z101" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50) участие в разработке программ социально-экономического развития района, инвестиционной политики и социальной сферы на селе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z102" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51) разъяснение основных направлений и механизмов государственной политики по развитию сельских территорий; мониторинг и анализ реализации Государственной и региональной программ развития сельских территорий; на основе разработанных нормативов и оптимальной схемы сельского расселения вести мониторинг миграционных потоков на территории района; подготовка сводных материалов по паспортизации и мониторингу развития сельских территорий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z103" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52) оказание государственной услуги в рамках проекта "С дипломом в село!";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z104" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      40) организация и проведение конкурса в соответствии с Законом Республики Казахстан от 21 июля 2007 года № 303 "О государственных закупках" по определению периодических печатных изданий для опубликования извещений и проведении торгов по приватизации районного коммунального имущества, о проведении тендеров по передаче районного коммунального имущества в имущественный наем (аренду), доверительное управление с правом последующей передачи в собственность субъектам малого предпринимательства; о проведении тендеров по передаче районного коммунального имущества в имущественный наем (аренду), доверительно управление с правом или без права их последующего выкупа; </w:t>
-[...219 lines deleted...]
-      51) разъяснение основных направлений и механизмов государственной политики по развитию сельских территорий; мониторинг и анализ реализации Государственной и региональной программ развития сельских территорий; на основе разработанных нормативов и оптимальной схемы сельского расселения вести мониторинг миграционных потоков на территории района; подготовка сводных материалов по паспортизации и мониторингу развития сельских территорий;</w:t>
+      53) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осуществление централизованных государственных закупок по перечню товаров, работ, услуг, утвержденных Приказом Министра финансов Республики Казахстан от 28 августа 2024 года № 589 "Об утверждении перечней товаров, работ, услуг, по которым централизованные государственные закупки осуществляются едиными организаторами государственных закупок" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 35003;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z103" w:id="93"/>
-[...15 lines deleted...]
-      52) оказание государственной услуги в рамках проекта "С дипломом в село!";</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54) осуществление работы на портале государственных закупок, как единый организатор государственных закупок. Проведение анализа, мониторинга проведенных государственных закупок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 с изменением, внесенным постановлением акимата района имени Габита Мусрепова Северо-Казахстанской области от 12.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z106" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Отдела экономики и финансов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z104" w:id="94"/>
-[...15 lines deleted...]
-      53) осуществление централизованных государственных закупок в соответствии с Приказом Министра финансов Республики Казахстан от 29 декабря 2018 года № 1127 "Об определении перечней товаров, работ, услуг, по которым государственные закупки осуществляются едиными организаторами государственных закупок" по перечню товаров, работ, услуг, путем создания совместных с заказчиком конкурсных комиссий (аукционных комиссии);</w:t>
+    <w:bookmarkStart w:name="z107" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Руководство Отдела экономики и финансов осуществляется руководителем, который несет персональную ответственность за выполнение возложенных на Отдел экономики и финансов задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z105" w:id="95"/>
-[...15 lines deleted...]
-      54) осуществление работы на портале государственных закупок, как единый организатор государственных закупок. Проведение анализа, мониторинга проведенных государственных закупок.</w:t>
+    <w:bookmarkStart w:name="z108" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Руководитель Отдела экономики и финансов назначается на должность и освобождается от должности акимом района в соответствии с Законом Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан", Законом Республики Казахстан "О государственной службе Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z106" w:id="96"/>
+    <w:bookmarkStart w:name="z109" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Руководитель Отдела экономики и финансов имеет заместителя, который назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z110" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Полномочия руководителя Отдела экономики и финансов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z111" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - назначает на должности и освобождает от должностей работников Отдела экономики и финансов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z112" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - решает вопросы поощрения и налагает дисциплинарные взыскания на работников Отдела экономики и финансов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z113" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - подписывает приказы Отдела экономики и финансов, а также дает указания, обязательные для исполнения работниками учреждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z114" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - утверждает структуру и штатное расписание Отдела экономики и финансов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z115" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - в пределах своей компетенции, обеспечивает исполнение требований антикоррупционного законодательства и применение предусмотренных в нем дисциплинарных мер, несет персональную ответственность по противодействию коррупции, за совершение коррупционных правонарушений подчиненными.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z116" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий руководителя Отдела экономики и финансов в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z117" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Первый руководитель определяет полномочия своего заместителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z118" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Отдела экономики и финансов</w:t>
-[...179 lines deleted...]
-      - в пределах своей компетенции, обеспечивает исполнение требований антикоррупционного законодательства и применение предусмотренных в нем дисциплинарных мер, несет персональную ответственность по противодействию коррупции, за совершение коррупционных правонарушений подчиненными.</w:t>
+        <w:t xml:space="preserve"> Глава 4. Имущество Отдела экономики и финансов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z116" w:id="106"/>
-[...15 lines deleted...]
-      Исполнение полномочий руководителя Отдела экономики и финансов в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z119" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Отдел экономики и финансов может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z117" w:id="107"/>
-[...15 lines deleted...]
-      20. Первый руководитель определяет полномочия своего заместителя.</w:t>
+    <w:bookmarkStart w:name="z120" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имущество Отдела экономики и финансов формируется за счет имущества, переданного ему собственником, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z118" w:id="108"/>
+    <w:bookmarkStart w:name="z121" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Имущество, закрепленное за Отделом экономики и финансов относится к районной коммунальной собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z122" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Отдел экономики и финансов не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено Гражданским кодексом Республики Казахстан, Законом Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан", Законом Республики Казахстан "О государственном имуществе".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z123" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 4. Имущество Отдела экономики и финансов</w:t>
-[...39 lines deleted...]
-      Имущество Отдела экономики и финансов формируется за счет имущества, переданного ему собственником, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Отдела экономики и финансов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z121" w:id="111"/>
-[...15 lines deleted...]
-      22. Имущество, закрепленное за Отделом экономики и финансов относится к районной коммунальной собственности.</w:t>
+    <w:bookmarkStart w:name="z124" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Реорганизация и упразднение Отдела экономики и финансов осуществляются в соответствии с Гражданским кодексом Республики Казахстан, Трудовым кодексом Республики Казахстан, Законом Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан", Законом Республики Казахстан "О государственной регистрации юридических лиц и учетной регистрации филиалов и представительств", Закономом Республики Казахстан "О государственном имуществе", Законом Республики Казахстан "О государственной службе Республики Казахстан", а также настоящим положением.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z122" w:id="112"/>
-[...56 lines deleted...]
-    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3376,31 +3510,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>