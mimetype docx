--- v0 (2025-11-07)
+++ v1 (2026-03-10)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b3117c4" w14:textId="b3117c4">
+    <w:p w14:paraId="d67b998" w14:textId="d67b998">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении положений аппаратов акимов сельских округов и города Тобыл Костанайского района</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Постановление акимата Костанайского района Костанайской области от 19 июля 2022 года № 533</w:t>
+        <w:t>Постановление акимата Костанайского района Костанайской области от 19 июля 2022 года № 533.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с пунктами 2 и 3 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -968,987 +968,1055 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Структура и лимит штатной численности государственного учреждения "Аппарат акима Айсаринского сельского округа Костанайского района" утверждаются в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z23" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      9. Местонахождение юридического лица: 111106, Республика Казахстан, Костанайская область, Костанайский район, село Айсары, улица Школьная, 4.</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9. Местонахождение юридического лица: 111106, Республика Казахстан, Костанайская область, Костанайский район, село Айсары, улица Школьная, 11.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z24" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Полное наименование государственного органа - государственное учреждение "Аппарат акима Айсаринского сельского округа Костанайского района".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z25" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 в редакции постановления акимата Костанайского района Костанайской области от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 686</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вступает в силу с момента принятия).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Настоящее </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> является учредительным документом государственного учреждения "Аппарат акима Айсаринского сельского округа Костанайского района".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z26" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Финансирование деятельности государственного учреждения "Аппарат акима Айсаринского сельского округа Костанайского района" осуществляется из местного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z27" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Государственному учреждению "Аппарат акима Айсаринского сельского округа Костанайского района" запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями государственного учреждения "Аппарат акима Айсаринского сельского округа Костанайского района".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z26" w:id="16"/>
-[...15 lines deleted...]
-      11. Финансирование деятельности государственного учреждения "Аппарат акима Айсаринского сельского округа Костанайского района" осуществляется из местного бюджета.</w:t>
+    <w:bookmarkStart w:name="z28" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если государственному учреждению "Аппарат акима Айсаринского сельского округа Костанайского района" законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z27" w:id="17"/>
-[...15 lines deleted...]
-      12. Государственному учреждению "Аппарат акима Айсаринского сельского округа Костанайского района" запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями государственного учреждения "Аппарат акима Айсаринского сельского округа Костанайского района".</w:t>
+    <w:bookmarkStart w:name="z29" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z28" w:id="18"/>
-[...15 lines deleted...]
-      Если государственному учреждению "Аппарат акима Айсаринского сельского округа Костанайского района" законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
+    <w:bookmarkStart w:name="z30" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Задачи:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z29" w:id="19"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
+    <w:bookmarkStart w:name="z31" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведение в жизнь политики Президента Республики Казахстан по охране и укреплению государственного суверенитета, конституционного строя, обеспечению безопасности, территориальной целостности Республики Казахстан, прав и свобод граждан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z30" w:id="20"/>
-[...15 lines deleted...]
-      13. Задачи:</w:t>
+    <w:bookmarkStart w:name="z32" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) реализация стратегии социально - экономического развития Республики Казахстан, осуществление основных направлений государственной, социально - экономической политики и управление социальными и экономическими процессами в стране;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z31" w:id="21"/>
-[...15 lines deleted...]
-      1) проведение в жизнь политики Президента Республики Казахстан по охране и укреплению государственного суверенитета, конституционного строя, обеспечению безопасности, территориальной целостности Республики Казахстан, прав и свобод граждан;</w:t>
+    <w:bookmarkStart w:name="z33" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z32" w:id="22"/>
-[...15 lines deleted...]
-      2) реализация стратегии социально - экономического развития Республики Казахстан, осуществление основных направлений государственной, социально - экономической политики и управление социальными и экономическими процессами в стране;</w:t>
+    <w:bookmarkStart w:name="z34" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Полномочия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z33" w:id="23"/>
-[...15 lines deleted...]
-      3) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z35" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      права:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z34" w:id="24"/>
-[...15 lines deleted...]
-      14. Полномочия:</w:t>
+    <w:bookmarkStart w:name="z36" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z35" w:id="25"/>
-[...15 lines deleted...]
-      права:</w:t>
+    <w:bookmarkStart w:name="z37" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществление иных прав и обязанностей, в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z36" w:id="26"/>
-[...15 lines deleted...]
-      1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
+    <w:bookmarkStart w:name="z38" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обязанности:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z37" w:id="27"/>
-[...15 lines deleted...]
-      2) осуществление иных прав и обязанностей, в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z39" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дача необходимых поручений руководителям организаций, расположенных на территории района, по вопросам своей компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z38" w:id="28"/>
-[...15 lines deleted...]
-      обязанности:</w:t>
+    <w:bookmarkStart w:name="z40" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) взаимодействие с другими органами государственного управления, органами общественного самоуправления и другими организациями по вопросам повышения эффективности управления на соответствующей территории.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z39" w:id="29"/>
-[...15 lines deleted...]
-      1) дача необходимых поручений руководителям организаций, расположенных на территории района, по вопросам своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z41" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z40" w:id="30"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z42" w:id="32"/>
+    <w:bookmarkStart w:name="z42" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) содействие исполнению гражданами и юридическими лицами норм </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, законов, актов Президента и Правительства Республики Казахстан, нормативных правовых актов центральных и местных государственных органов;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z43" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечение учета и рассмотрение обращений физических и юридических лиц, в том числе по вопросам оказания государственных услуг, организация проведения личного приема физических и представителей юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z44" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) подготовка проектов решений и распоряжений акима сельского округа в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z43" w:id="33"/>
-[...15 lines deleted...]
-      2) обеспечение учета и рассмотрение обращений физических и юридических лиц, в том числе по вопросам оказания государственных услуг, организация проведения личного приема физических и представителей юридических лиц;</w:t>
+    <w:bookmarkStart w:name="z45" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществление документационного обеспечения деятельности акима, аппарата акима, в соответствии с действующим законодательством;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z44" w:id="34"/>
-[...15 lines deleted...]
-      3) подготовка проектов решений и распоряжений акима сельского округа в пределах своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z46" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) взаимодействие с органами местного самоуправления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z45" w:id="35"/>
-[...15 lines deleted...]
-      4) осуществление документационного обеспечения деятельности акима, аппарата акима, в соответствии с действующим законодательством;</w:t>
+    <w:bookmarkStart w:name="z47" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) содействие сбору налогов и других обязательных платежей в бюджет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z46" w:id="36"/>
-[...15 lines deleted...]
-      5) взаимодействие с органами местного самоуправления;</w:t>
+    <w:bookmarkStart w:name="z48" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) организация совершения нотариальных действий, в местностях, где нет органов юстиции в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z47" w:id="37"/>
-[...15 lines deleted...]
-      6) содействие сбору налогов и других обязательных платежей в бюджет;</w:t>
+    <w:bookmarkStart w:name="z49" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) обеспечение повышения качества государственных услуг, внутренний контроль за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z48" w:id="38"/>
-[...15 lines deleted...]
-      7) организация совершения нотариальных действий, в местностях, где нет органов юстиции в порядке, установленном законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z50" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) осуществление иных функций в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z49" w:id="39"/>
-[...15 lines deleted...]
-      8) обеспечение повышения качества государственных услуг, внутренний контроль за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z51" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z50" w:id="40"/>
-[...15 lines deleted...]
-      9) осуществление иных функций в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z52" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Руководство государственным учреждением "Аппарат акима Айсаринского сельского округа Костанайского района" осуществляется акимом Айсаринского сельского округа, который несет персональную ответственность за выполнение возложенных на государственное учреждение "Аппарат акима Айсаринского сельского округа Костанайского района" задач и осуществление им своих функций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z51" w:id="41"/>
+    <w:bookmarkStart w:name="z53" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Аким сельского округа назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z54" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Полномочия акима сельского округа:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z55" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) представляет государственное учреждение "Аппарат акима Айсаринского сельского округа Костанайского района" в государственных органах и иных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z56" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организует и руководит работой государственного учреждения "Аппарат акима Айсаринского сельского округа Костанайского района";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z57" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) назначает, освобождает от должности, привлекает к дисциплинарной ответственности работников аппарата, в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z58" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) подписывает служебную документацию в пределах компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z59" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) в пределах компетенции распоряжается денежными средствами государственного учреждения "Аппарат акима Айсаринского сельского округа Костанайского района", подписывает финансовые документы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z60" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан по вопросам, отнесенным к его компетенции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z61" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий акима сельского округа в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z62" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
-[...179 lines deleted...]
-      6) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан по вопросам, отнесенным к его компетенции.</w:t>
+        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z61" w:id="51"/>
-[...15 lines deleted...]
-      Исполнение полномочий акима сельского округа в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z63" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Государственное учреждение "Аппарат акима Айсаринского сельского округа Костанайского района" может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z62" w:id="52"/>
+    <w:bookmarkStart w:name="z64" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имущество государственного учреждения "Аппарат акима Айсаринского сельского округа Костанайского района" формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z65" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Имущество, закрепленное за государственным учреждением "Аппарат акима Айсаринского сельского округа Костанайского района" относится к коммунальной собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z66" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Государственное учреждение "Аппарат акима Айсаринского сельского округа Костанайского района" не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z67" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
-[...59 lines deleted...]
-      22. Имущество, закрепленное за государственным учреждением "Аппарат акима Айсаринского сельского округа Костанайского района" относится к коммунальной собственности.</w:t>
+        <w:t xml:space="preserve"> 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z66" w:id="56"/>
-[...15 lines deleted...]
-      23. Государственное учреждение "Аппарат акима Айсаринского сельского округа Костанайского района" не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+    <w:bookmarkStart w:name="z68" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Реорганизация и упразднение аппарата акима осуществляется в порядке, определяемом законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z67" w:id="57"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="58"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2248,127 +2316,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 533</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z74" w:id="59"/>
+    <w:bookmarkStart w:name="z74" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о государственном учреждении "Аппарат акима Александровского сельского округа Костанайского района"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z75" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z76" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственное учреждение "Аппарат акима Александровского сельского округа Костанайского района" является государственным органом Республики Казахстан, осуществляющим руководство в сфере обеспечения деятельности акима сельского округа.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z75" w:id="60"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+    <w:bookmarkStart w:name="z77" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственное учреждение "Аппарат акима Александровского сельского округа Костанайского района" не имеет ведомств.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z76" w:id="61"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z78" w:id="63"/>
+    <w:bookmarkStart w:name="z78" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Государственное учреждение "Аппарат акима Александровского сельского округа Костанайского района" осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2383,1103 +2451,1103 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z79" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственное учреждение "Аппарат акима Александровского сельского округа Костанайского района" является юридическим лицом в организационно - правовой форме государственного учреждения, имеет печать и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z80" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Государственное учреждение "Аппарат акима Александровского сельского округа Костанайского района" вступает в гражданско - правовые отношения от собственного имени.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z79" w:id="64"/>
-[...15 lines deleted...]
-      4. Государственное учреждение "Аппарат акима Александровского сельского округа Костанайского района" является юридическим лицом в организационно - правовой форме государственного учреждения, имеет печать и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
+    <w:bookmarkStart w:name="z81" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Государственное учреждение "Аппарат акима Александровского сельского округа Костанайского района" имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z80" w:id="65"/>
-[...15 lines deleted...]
-      5. Государственное учреждение "Аппарат акима Александровского сельского округа Костанайского района" вступает в гражданско - правовые отношения от собственного имени.</w:t>
+    <w:bookmarkStart w:name="z82" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Государственное учреждение "Аппарат акима Александровского сельского округа Костанайского района" по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые распоряжением акима и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z81" w:id="66"/>
-[...15 lines deleted...]
-      6. Государственное учреждение "Аппарат акима Александровского сельского округа Костанайского района" имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
+    <w:bookmarkStart w:name="z83" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Структура и лимит штатной численности государственного учреждения "Аппарат акима Александровского сельского округа Костанайского района" утверждаются в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z82" w:id="67"/>
-[...15 lines deleted...]
-      7. Государственное учреждение "Аппарат акима Александровского сельского округа Костанайского района" по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые распоряжением акима и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z84" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Местонахождение юридического лица: 111101, Республика Казахстан, Костанайская область, Костанайский район, село Александровка, улица Школьная, здание 12.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z83" w:id="68"/>
-[...15 lines deleted...]
-      8. Структура и лимит штатной численности государственного учреждения "Аппарат акима Александровского сельского округа Костанайского района" утверждаются в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z85" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Полное наименование государственного органа - государственное учреждение "Аппарат акима Александровского сельского округа Костанайского района".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z84" w:id="69"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z86" w:id="71"/>
+    <w:bookmarkStart w:name="z86" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Настоящее </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> является учредительным документом государственного учреждения "Аппарат акима Александровского сельского округа Костанайского района".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z87" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Финансирование деятельности государственного учреждения "Аппарат акима Александровского сельского округа Костанайского района" осуществляется из местного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z88" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Государственному учреждению "Аппарат акима Александровского сельского округа Костанайского района" запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями государственного учреждения "Аппарат акима Александровского сельского округа Костанайского района".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z87" w:id="72"/>
-[...15 lines deleted...]
-      11. Финансирование деятельности государственного учреждения "Аппарат акима Александровского сельского округа Костанайского района" осуществляется из местного бюджета.</w:t>
+    <w:bookmarkStart w:name="z89" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если государственному учреждению "Аппарат акима Александровского сельского округа Костанайского района" законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z88" w:id="73"/>
-[...15 lines deleted...]
-      12. Государственному учреждению "Аппарат акима Александровского сельского округа Костанайского района" запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями государственного учреждения "Аппарат акима Александровского сельского округа Костанайского района".</w:t>
+    <w:bookmarkStart w:name="z90" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z89" w:id="74"/>
-[...15 lines deleted...]
-      Если государственному учреждению "Аппарат акима Александровского сельского округа Костанайского района" законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
+    <w:bookmarkStart w:name="z91" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Задачи:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z90" w:id="75"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
+    <w:bookmarkStart w:name="z92" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведение в жизнь политики Президента Республики Казахстан по охране и укреплению государственного суверенитета, конституционного строя, обеспечению безопасности, территориальной целостности Республики Казахстан, прав и свобод граждан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z91" w:id="76"/>
-[...15 lines deleted...]
-      13. Задачи:</w:t>
+    <w:bookmarkStart w:name="z93" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) реализация стратегии социально-экономического развития Республики Казахстан, осуществление основных направлений государственной, социально-экономической политики и управление социальными и экономическими процессами в стране;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z92" w:id="77"/>
-[...15 lines deleted...]
-      1) проведение в жизнь политики Президента Республики Казахстан по охране и укреплению государственного суверенитета, конституционного строя, обеспечению безопасности, территориальной целостности Республики Казахстан, прав и свобод граждан;</w:t>
+    <w:bookmarkStart w:name="z94" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z93" w:id="78"/>
-[...15 lines deleted...]
-      2) реализация стратегии социально-экономического развития Республики Казахстан, осуществление основных направлений государственной, социально-экономической политики и управление социальными и экономическими процессами в стране;</w:t>
+    <w:bookmarkStart w:name="z95" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Полномочия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z94" w:id="79"/>
-[...15 lines deleted...]
-      3) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z96" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      права:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z95" w:id="80"/>
-[...15 lines deleted...]
-      14. Полномочия:</w:t>
+    <w:bookmarkStart w:name="z97" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z96" w:id="81"/>
-[...15 lines deleted...]
-      права:</w:t>
+    <w:bookmarkStart w:name="z98" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществление иных прав и обязанностей, в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z97" w:id="82"/>
-[...15 lines deleted...]
-      1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
+    <w:bookmarkStart w:name="z99" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обязанности:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z98" w:id="83"/>
-[...15 lines deleted...]
-      2) осуществление иных прав и обязанностей, в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z100" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дача необходимых поручений руководителям организаций, расположенных на территории района, по вопросам своей компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z99" w:id="84"/>
-[...15 lines deleted...]
-      обязанности:</w:t>
+    <w:bookmarkStart w:name="z101" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) взаимодействие с другими органами государственного управления, органами общественного самоуправления и другими организациями по вопросам повышения эффективности управления на соответствующей территории.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z100" w:id="85"/>
-[...15 lines deleted...]
-      1) дача необходимых поручений руководителям организаций, расположенных на территории района, по вопросам своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z102" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z101" w:id="86"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z103" w:id="88"/>
+    <w:bookmarkStart w:name="z103" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) содействие исполнению гражданами и юридическими лицами норм </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, законов, актов Президента и Правительства Республики Казахстан, нормативных правовых актов центральных и местных государственных органов;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z104" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечение учета и рассмотрение обращений физических и юридических лиц, в том числе по вопросам оказания государственных услуг, организация проведения личного приема физических и представителей юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z105" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) подготовка проектов решений и распоряжений акима сельского округа в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z104" w:id="89"/>
-[...15 lines deleted...]
-      2) обеспечение учета и рассмотрение обращений физических и юридических лиц, в том числе по вопросам оказания государственных услуг, организация проведения личного приема физических и представителей юридических лиц;</w:t>
+    <w:bookmarkStart w:name="z106" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществление документационного обеспечения деятельности акима, аппарата акима, в соответствии с действующим законодательством;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z105" w:id="90"/>
-[...15 lines deleted...]
-      3) подготовка проектов решений и распоряжений акима сельского округа в пределах своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z107" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) взаимодействие с органами местного самоуправления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z106" w:id="91"/>
-[...15 lines deleted...]
-      4) осуществление документационного обеспечения деятельности акима, аппарата акима, в соответствии с действующим законодательством;</w:t>
+    <w:bookmarkStart w:name="z108" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) содействие сбору налогов и других обязательных платежей в бюджет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z107" w:id="92"/>
-[...15 lines deleted...]
-      5) взаимодействие с органами местного самоуправления;</w:t>
+    <w:bookmarkStart w:name="z109" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) организация совершения нотариальных действий, в местностях, где нет органов юстиции в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z108" w:id="93"/>
-[...15 lines deleted...]
-      6) содействие сбору налогов и других обязательных платежей в бюджет;</w:t>
+    <w:bookmarkStart w:name="z110" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) обеспечение повышения качества государственных услуг, внутренний контроль за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z109" w:id="94"/>
-[...15 lines deleted...]
-      7) организация совершения нотариальных действий, в местностях, где нет органов юстиции в порядке, установленном законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z111" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) осуществление иных функций в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z110" w:id="95"/>
-[...15 lines deleted...]
-      8) обеспечение повышения качества государственных услуг, внутренний контроль за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z112" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z111" w:id="96"/>
-[...15 lines deleted...]
-      9) осуществление иных функций в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z113" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Руководство государственным учреждением "Аппарат акима Александровского сельского округа Костанайского района" осуществляется акимом Александровского сельского округа, который несет персональную ответственность за выполнение возложенных на государственное учреждение "Аппарат акима Александровского сельского округа Костанайского района" задач и осуществление им своих функций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z112" w:id="97"/>
+    <w:bookmarkStart w:name="z114" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Аким сельского округа назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z115" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Полномочия акима сельского округа:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z116" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) представляет государственное учреждение "Аппарат акима Александровского сельского округа Костанайского района" в государственных органах и иных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z117" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организует и руководит работой государственного учреждения "Аппарат акима Александровского сельского округа Костанайского района";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z118" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) назначает, освобождает от должности, привлекает к дисциплинарной ответственности работников аппарата, в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z119" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) подписывает служебную документацию в пределах компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z120" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) в пределах компетенции распоряжается денежными средствами государственного учреждения "Аппарат акима Александровского сельского округа Костанайского района", подписывает финансовые документы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z121" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан по вопросам, отнесенным к его компетенции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z122" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий акима сельского округа в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z123" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
-[...179 lines deleted...]
-      6) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан по вопросам, отнесенным к его компетенции.</w:t>
+        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z122" w:id="107"/>
-[...15 lines deleted...]
-      Исполнение полномочий акима сельского округа в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z124" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Государственное учреждение "Аппарат акима Александровского сельского округа Костанайского района" может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z123" w:id="108"/>
+    <w:bookmarkStart w:name="z125" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имущество государственного учреждения "Аппарат акима Александровского сельского округа Костанайского района" формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z126" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Имущество, закрепленное за государственным учреждением "Аппарат акима Александровского сельского округа Костанайского района" относится к коммунальной собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z127" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Государственное учреждение "Аппарат акима Александровского сельского округа Костанайского района" не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z128" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
-[...59 lines deleted...]
-      22. Имущество, закрепленное за государственным учреждением "Аппарат акима Александровского сельского округа Костанайского района" относится к коммунальной собственности.</w:t>
+        <w:t xml:space="preserve"> 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z127" w:id="112"/>
-[...15 lines deleted...]
-      23. Государственное учреждение "Аппарат акима Александровского сельского округа Костанайского района" не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+    <w:bookmarkStart w:name="z129" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Реорганизация и упразднение аппарата акима осуществляется в порядке, определяемом законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z128" w:id="113"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="114"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3779,127 +3847,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 533</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z135" w:id="115"/>
+    <w:bookmarkStart w:name="z135" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о государственном учреждении "Аппарат акима Белозерского сельского округа Костанайского района"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z136" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z137" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственное учреждение "Аппарат акима Белозерского сельского округа Костанайского района" является государственным органом Республики Казахстан, осуществляющим руководство в сфере обеспечения деятельности акима сельского округа.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z136" w:id="116"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+    <w:bookmarkStart w:name="z138" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственное учреждение "Аппарат акима Белозерского сельского округа Костанайского района" не имеет ведомств.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z137" w:id="117"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z139" w:id="119"/>
+    <w:bookmarkStart w:name="z139" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Государственное учреждение "Аппарат акима Белозерского сельского округа Костанайского района" осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3914,1103 +3982,1103 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z140" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственное учреждение "Аппарат акима Белозерского сельского округа Костанайского района" является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печать и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z141" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Государственное учреждение "Аппарат акима Белозерского сельского округа Костанайского района" вступает в гражданско - правовые отношения от собственного имени.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z140" w:id="120"/>
-[...15 lines deleted...]
-      4. Государственное учреждение "Аппарат акима Белозерского сельского округа Костанайского района" является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печать и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
+    <w:bookmarkStart w:name="z142" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Государственное учреждение "Аппарат акима Белозерского сельского округа Костанайского района" имеет право выступать стороной гражданско -правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z141" w:id="121"/>
-[...15 lines deleted...]
-      5. Государственное учреждение "Аппарат акима Белозерского сельского округа Костанайского района" вступает в гражданско - правовые отношения от собственного имени.</w:t>
+    <w:bookmarkStart w:name="z143" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Государственное учреждение "Аппарат акима Белозерского сельского округа Костанайского района" по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые распоряжением акима и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z142" w:id="122"/>
-[...15 lines deleted...]
-      6. Государственное учреждение "Аппарат акима Белозерского сельского округа Костанайского района" имеет право выступать стороной гражданско -правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
+    <w:bookmarkStart w:name="z144" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Структура и лимит штатной численности государственного учреждения "Аппарат акима Белозерского сельского округа Костанайского района" утверждаются в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z143" w:id="123"/>
-[...15 lines deleted...]
-      7. Государственное учреждение "Аппарат акима Белозерского сельского округа Костанайского района" по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые распоряжением акима и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z145" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Местонахождение юридического лица: 111120, Республика Казахстан, Костанайская область, Костанайский район, село Белозерка, переулок Школьный, 1.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z144" w:id="124"/>
-[...15 lines deleted...]
-      8. Структура и лимит штатной численности государственного учреждения "Аппарат акима Белозерского сельского округа Костанайского района" утверждаются в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z146" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Полное наименование государственного органа - государственное учреждение "Аппарат акима Белозерского сельского округа Костанайского района".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z145" w:id="125"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z147" w:id="127"/>
+    <w:bookmarkStart w:name="z147" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Настоящее </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> является учредительным документом государственного учреждения "Аппарат акима Белозерского сельского округа Костанайского района".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z148" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Финансирование деятельности государственного учреждения "Аппарат акима Белозерского сельского округа Костанайского района" осуществляется из местного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z149" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Государственному учреждению "Аппарат акима Белозерского сельского округа Костанайского района" запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями государственного учреждения "Аппарат акима Белозерского сельского округа Костанайского района".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z148" w:id="128"/>
-[...15 lines deleted...]
-      11. Финансирование деятельности государственного учреждения "Аппарат акима Белозерского сельского округа Костанайского района" осуществляется из местного бюджета.</w:t>
+    <w:bookmarkStart w:name="z150" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если государственному учреждению "Аппарат акима Белозерского сельского округа Костанайского района" законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z149" w:id="129"/>
-[...15 lines deleted...]
-      12. Государственному учреждению "Аппарат акима Белозерского сельского округа Костанайского района" запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями государственного учреждения "Аппарат акима Белозерского сельского округа Костанайского района".</w:t>
+    <w:bookmarkStart w:name="z151" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z150" w:id="130"/>
-[...15 lines deleted...]
-      Если государственному учреждению "Аппарат акима Белозерского сельского округа Костанайского района" законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
+    <w:bookmarkStart w:name="z152" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Задачи:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z151" w:id="131"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
+    <w:bookmarkStart w:name="z153" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведение в жизнь политики Президента Республики Казахстан по охране и укреплению государственного суверенитета, конституционного строя, обеспечению безопасности, территориальной целостности Республики Казахстан, прав и свобод граждан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z152" w:id="132"/>
-[...15 lines deleted...]
-      13. Задачи:</w:t>
+    <w:bookmarkStart w:name="z154" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) реализация стратегии социально - экономического развития Республики Казахстан, осуществление основных направлений государственной, социально - экономической политики и управление социальными и экономическими процессами в стране;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z153" w:id="133"/>
-[...15 lines deleted...]
-      1) проведение в жизнь политики Президента Республики Казахстан по охране и укреплению государственного суверенитета, конституционного строя, обеспечению безопасности, территориальной целостности Республики Казахстан, прав и свобод граждан;</w:t>
+    <w:bookmarkStart w:name="z155" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z154" w:id="134"/>
-[...15 lines deleted...]
-      2) реализация стратегии социально - экономического развития Республики Казахстан, осуществление основных направлений государственной, социально - экономической политики и управление социальными и экономическими процессами в стране;</w:t>
+    <w:bookmarkStart w:name="z156" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Полномочия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z155" w:id="135"/>
-[...15 lines deleted...]
-      3) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z157" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      права:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z156" w:id="136"/>
-[...15 lines deleted...]
-      14. Полномочия:</w:t>
+    <w:bookmarkStart w:name="z158" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z157" w:id="137"/>
-[...15 lines deleted...]
-      права:</w:t>
+    <w:bookmarkStart w:name="z159" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществление иных прав и обязанностей, в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z158" w:id="138"/>
-[...15 lines deleted...]
-      1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
+    <w:bookmarkStart w:name="z160" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обязанности:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z159" w:id="139"/>
-[...15 lines deleted...]
-      2) осуществление иных прав и обязанностей, в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z161" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дача необходимых поручений руководителям организаций, расположенных на территории района, по вопросам своей компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z160" w:id="140"/>
-[...15 lines deleted...]
-      обязанности:</w:t>
+    <w:bookmarkStart w:name="z162" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) взаимодействие с другими органами государственного управления, органами общественного самоуправления и другими организациями по вопросам повышения эффективности управления на соответствующей территории.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z161" w:id="141"/>
-[...15 lines deleted...]
-      1) дача необходимых поручений руководителям организаций, расположенных на территории района, по вопросам своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z163" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z162" w:id="142"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z164" w:id="144"/>
+    <w:bookmarkStart w:name="z164" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) содействие исполнению гражданами и юридическими лицами норм </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, законов, актов Президента и Правительства Республики Казахстан, нормативных правовых актов центральных и местных государственных органов;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z165" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечение учета и рассмотрение обращений физических и юридических лиц, в том числе по вопросам оказания государственных услуг, организация проведения личного приема физических и представителей юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z166" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) подготовка проектов решений и распоряжений акима сельского округа в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z165" w:id="145"/>
-[...15 lines deleted...]
-      2) обеспечение учета и рассмотрение обращений физических и юридических лиц, в том числе по вопросам оказания государственных услуг, организация проведения личного приема физических и представителей юридических лиц;</w:t>
+    <w:bookmarkStart w:name="z167" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществление документационного обеспечения деятельности акима, аппарата акима, в соответствии с действующим законодательством;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z166" w:id="146"/>
-[...15 lines deleted...]
-      3) подготовка проектов решений и распоряжений акима сельского округа в пределах своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z168" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) взаимодействие с органами местного самоуправления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z167" w:id="147"/>
-[...15 lines deleted...]
-      4) осуществление документационного обеспечения деятельности акима, аппарата акима, в соответствии с действующим законодательством;</w:t>
+    <w:bookmarkStart w:name="z169" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) содействие сбору налогов и других обязательных платежей в бюджет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z168" w:id="148"/>
-[...15 lines deleted...]
-      5) взаимодействие с органами местного самоуправления;</w:t>
+    <w:bookmarkStart w:name="z170" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) организация совершения нотариальных действий, в местностях, где нет органов юстиции в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z169" w:id="149"/>
-[...15 lines deleted...]
-      6) содействие сбору налогов и других обязательных платежей в бюджет;</w:t>
+    <w:bookmarkStart w:name="z171" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) обеспечение повышения качества государственных услуг, внутренний контроль за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z170" w:id="150"/>
-[...15 lines deleted...]
-      7) организация совершения нотариальных действий, в местностях, где нет органов юстиции в порядке, установленном законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z172" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) осуществление иных функций в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z171" w:id="151"/>
-[...15 lines deleted...]
-      8) обеспечение повышения качества государственных услуг, внутренний контроль за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z173" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z172" w:id="152"/>
-[...15 lines deleted...]
-      9) осуществление иных функций в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z174" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Руководство государственным учреждением "Аппарат акима Белозерского сельского округа Костанайского района" осуществляется акимом Белозерского сельского округа, который несет персональную ответственность за выполнение возложенных на государственное учреждение "Аппарат акима Белозерского сельского округа Костанайского района" задач и осуществление им своих функций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z173" w:id="153"/>
+    <w:bookmarkStart w:name="z175" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Аким сельского округа назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z176" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Полномочия акима сельского округа:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z177" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) представляет государственное учреждение "Аппарат акима Белозерского сельского округа Костанайского района" в государственных органах и иных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z178" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организует и руководит работой государственного учреждения "Аппарат акима Белозерского сельского округа Костанайского района";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z179" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) назначает, освобождает от должности, привлекает к дисциплинарной ответственности работников аппарата, в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z180" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) подписывает служебную документацию в пределах компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z181" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) в пределах компетенции распоряжается денежными средствами государственного учреждения "Аппарат акима Белозерского сельского округа Костанайского района", подписывает финансовые документы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z182" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан по вопросам, отнесенным к его компетенции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z183" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий акима сельского округа в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z184" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
-[...179 lines deleted...]
-      6) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан по вопросам, отнесенным к его компетенции.</w:t>
+        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z183" w:id="163"/>
-[...15 lines deleted...]
-      Исполнение полномочий акима сельского округа в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z185" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Государственное учреждение "Аппарат акима Белозерского сельского округа Костанайского района" может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z184" w:id="164"/>
+    <w:bookmarkStart w:name="z186" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имущество государственного учреждения "Аппарат акима Белозерского сельского округа Костанайского района" формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z187" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Имущество, закрепленное за государственным учреждением "Аппарат акима Белозерского сельского округа Костанайского района" относится к коммунальной собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z188" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Государственное учреждение "Аппарат акима Белозерского сельского округа Костанайского района" не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z189" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
-[...59 lines deleted...]
-      22. Имущество, закрепленное за государственным учреждением "Аппарат акима Белозерского сельского округа Костанайского района" относится к коммунальной собственности.</w:t>
+        <w:t xml:space="preserve"> 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z188" w:id="168"/>
-[...15 lines deleted...]
-      23. Государственное учреждение "Аппарат акима Белозерского сельского округа Костанайского района" не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+    <w:bookmarkStart w:name="z190" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Реорганизация и упразднение аппарата акима осуществляется в порядке, определяемом законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z189" w:id="169"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="170"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5310,127 +5378,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 533</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z196" w:id="171"/>
+    <w:bookmarkStart w:name="z196" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о государственном учреждении "Аппарат акима Владимировского сельского округа Костанайского района"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z197" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z198" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственное учреждение "Аппарат акима Владимировского сельского округа Костанайского района" является государственным органом Республики Казахстан, осуществляющим руководство в сфере обеспечения деятельности акима сельского округа.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z197" w:id="172"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+    <w:bookmarkStart w:name="z199" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственное учреждение "Аппарат акима Владимировского сельского округа Костанайского района" не имеет ведомств.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z198" w:id="173"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z200" w:id="175"/>
+    <w:bookmarkStart w:name="z200" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Государственное учреждение "Аппарат акима Владимировского сельского округа Костанайского района" осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5445,1103 +5513,1103 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z201" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственное учреждение "Аппарат акима Владимировского сельского округа Костанайского района" является юридическим лицом в организационно - правовой форме государственного учреждения, имеет печать и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z202" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Государственное учреждение "Аппарат акима Владимировского сельского округа Костанайского района" вступает в гражданско-правовые отношения от собственного имени.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z201" w:id="176"/>
-[...15 lines deleted...]
-      4. Государственное учреждение "Аппарат акима Владимировского сельского округа Костанайского района" является юридическим лицом в организационно - правовой форме государственного учреждения, имеет печать и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
+    <w:bookmarkStart w:name="z203" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Государственное учреждение "Аппарат акима Владимировского сельского округа Костанайского района" имеет право выступать стороной гражданско - правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z202" w:id="177"/>
-[...15 lines deleted...]
-      5. Государственное учреждение "Аппарат акима Владимировского сельского округа Костанайского района" вступает в гражданско-правовые отношения от собственного имени.</w:t>
+    <w:bookmarkStart w:name="z204" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Государственное учреждение "Аппарат акима Владимировского сельского округа Костанайского района" по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые распоряжением акима и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z203" w:id="178"/>
-[...15 lines deleted...]
-      6. Государственное учреждение "Аппарат акима Владимировского сельского округа Костанайского района" имеет право выступать стороной гражданско - правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
+    <w:bookmarkStart w:name="z205" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Структура и лимит штатной численности государственного учреждения "Аппарат акима Владимировского сельского округа Костанайского района" утверждаются в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z204" w:id="179"/>
-[...15 lines deleted...]
-      7. Государственное учреждение "Аппарат акима Владимировского сельского округа Костанайского района" по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые распоряжением акима и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z206" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Местонахождение юридического лица: 111104, Республика Казахстан, Костанайская область, Костанайский район, село Владимировка, улица Школьная, 1А.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z205" w:id="180"/>
-[...15 lines deleted...]
-      8. Структура и лимит штатной численности государственного учреждения "Аппарат акима Владимировского сельского округа Костанайского района" утверждаются в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z207" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Полное наименование государственного органа - государственное учреждение "Аппарат акима Владимировского сельского округа Костанайского района".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z206" w:id="181"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z208" w:id="183"/>
+    <w:bookmarkStart w:name="z208" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Настоящее </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> является учредительным документом государственного учреждения "Аппарат акима Владимировского сельского округа Костанайского района".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z209" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Финансирование деятельности государственного учреждения "Аппарат акима Владимировского сельского округа Костанайского района" осуществляется из местного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z210" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Государственному учреждению "Аппарат акима Владимировского сельского округа Костанайского района" запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями государственного учреждения "Аппарат акима Владимировского сельского округа Костанайского района".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z209" w:id="184"/>
-[...15 lines deleted...]
-      11. Финансирование деятельности государственного учреждения "Аппарат акима Владимировского сельского округа Костанайского района" осуществляется из местного бюджета.</w:t>
+    <w:bookmarkStart w:name="z211" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если государственному учреждению "Аппарат акима Владимировского сельского округа Костанайского района" законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z210" w:id="185"/>
-[...15 lines deleted...]
-      12. Государственному учреждению "Аппарат акима Владимировского сельского округа Костанайского района" запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями государственного учреждения "Аппарат акима Владимировского сельского округа Костанайского района".</w:t>
+    <w:bookmarkStart w:name="z212" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z211" w:id="186"/>
-[...15 lines deleted...]
-      Если государственному учреждению "Аппарат акима Владимировского сельского округа Костанайского района" законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
+    <w:bookmarkStart w:name="z213" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Задачи:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z212" w:id="187"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
+    <w:bookmarkStart w:name="z214" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведение в жизнь политики Президента Республики Казахстан по охране и укреплению государственного суверенитета, конституционного строя, обеспечению безопасности, территориальной целостности Республики Казахстан, прав и свобод граждан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z213" w:id="188"/>
-[...15 lines deleted...]
-      13. Задачи:</w:t>
+    <w:bookmarkStart w:name="z215" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) реализация стратегии социально-экономического развития Республики Казахстан, осуществление основных направлений государственной, социально-экономической политики и управление социальными и экономическими процессами в стране;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z214" w:id="189"/>
-[...15 lines deleted...]
-      1) проведение в жизнь политики Президента Республики Казахстан по охране и укреплению государственного суверенитета, конституционного строя, обеспечению безопасности, территориальной целостности Республики Казахстан, прав и свобод граждан;</w:t>
+    <w:bookmarkStart w:name="z216" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z215" w:id="190"/>
-[...15 lines deleted...]
-      2) реализация стратегии социально-экономического развития Республики Казахстан, осуществление основных направлений государственной, социально-экономической политики и управление социальными и экономическими процессами в стране;</w:t>
+    <w:bookmarkStart w:name="z217" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Полномочия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z216" w:id="191"/>
-[...15 lines deleted...]
-      3) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z218" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      права:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z217" w:id="192"/>
-[...15 lines deleted...]
-      14. Полномочия:</w:t>
+    <w:bookmarkStart w:name="z219" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z218" w:id="193"/>
-[...15 lines deleted...]
-      права:</w:t>
+    <w:bookmarkStart w:name="z220" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществление иных прав и обязанностей, в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z219" w:id="194"/>
-[...15 lines deleted...]
-      1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
+    <w:bookmarkStart w:name="z221" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обязанности:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z220" w:id="195"/>
-[...15 lines deleted...]
-      2) осуществление иных прав и обязанностей, в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z222" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дача необходимых поручений руководителям организаций, расположенных на территории района, по вопросам своей компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z221" w:id="196"/>
-[...15 lines deleted...]
-      обязанности:</w:t>
+    <w:bookmarkStart w:name="z223" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) взаимодействие с другими органами государственного управления, органами общественного самоуправления и другими организациями по вопросам повышения эффективности управления на соответствующей территории.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z222" w:id="197"/>
-[...15 lines deleted...]
-      1) дача необходимых поручений руководителям организаций, расположенных на территории района, по вопросам своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z224" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z223" w:id="198"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z225" w:id="200"/>
+    <w:bookmarkStart w:name="z225" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) содействие исполнению гражданами и юридическими лицами норм </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, законов, актов Президента и Правительства Республики Казахстан, нормативных правовых актов центральных и местных государственных органов;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z226" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечение учета и рассмотрение обращений физических и юридических лиц, в том числе по вопросам оказания государственных услуг, организация проведения личного приема физических и представителей юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z227" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) подготовка проектов решений и распоряжений акима сельского округа в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z226" w:id="201"/>
-[...15 lines deleted...]
-      2) обеспечение учета и рассмотрение обращений физических и юридических лиц, в том числе по вопросам оказания государственных услуг, организация проведения личного приема физических и представителей юридических лиц;</w:t>
+    <w:bookmarkStart w:name="z228" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществление документационного обеспечения деятельности акима, аппарата акима, в соответствии с действующим законодательством;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z227" w:id="202"/>
-[...15 lines deleted...]
-      3) подготовка проектов решений и распоряжений акима сельского округа в пределах своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z229" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) взаимодействие с органами местного самоуправления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z228" w:id="203"/>
-[...15 lines deleted...]
-      4) осуществление документационного обеспечения деятельности акима, аппарата акима, в соответствии с действующим законодательством;</w:t>
+    <w:bookmarkStart w:name="z230" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) содействие сбору налогов и других обязательных платежей в бюджет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z229" w:id="204"/>
-[...15 lines deleted...]
-      5) взаимодействие с органами местного самоуправления;</w:t>
+    <w:bookmarkStart w:name="z231" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) организация совершения нотариальных действий, в местностях, где нет органов юстиции в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z230" w:id="205"/>
-[...15 lines deleted...]
-      6) содействие сбору налогов и других обязательных платежей в бюджет;</w:t>
+    <w:bookmarkStart w:name="z232" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) обеспечение повышения качества государственных услуг, внутренний контроль за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z231" w:id="206"/>
-[...15 lines deleted...]
-      7) организация совершения нотариальных действий, в местностях, где нет органов юстиции в порядке, установленном законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z233" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) осуществление иных функций в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z232" w:id="207"/>
-[...15 lines deleted...]
-      8) обеспечение повышения качества государственных услуг, внутренний контроль за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z234" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z233" w:id="208"/>
-[...15 lines deleted...]
-      9) осуществление иных функций в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z235" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Руководство государственным учреждением "Аппарат акима Владимировского сельского округа Костанайского района" осуществляется акимом Владимировского сельского округа, который несет персональную ответственность за выполнение возложенных на государственное учреждение "Аппарат акима Владимировского сельского округа Костанайского района" задач и осуществление им своих функций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z234" w:id="209"/>
+    <w:bookmarkStart w:name="z236" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Аким сельского округа назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z237" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Полномочия акима сельского округа:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z238" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) представляет государственное учреждение "Аппарат акима Владимировского сельского округа Костанайского района" в государственных органах и иных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z239" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организует и руководит работой государственного учреждения "Аппарат акима Владимировского сельского округа Костанайского района";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z240" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) назначает, освобождает от должности, привлекает к дисциплинарной ответственности работников аппарата, в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z241" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) подписывает служебную документацию в пределах компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z242" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) в пределах компетенции распоряжается денежными средствами государственного учреждения "Аппарат акима Владимировского сельского округа Костанайского района", подписывает финансовые документы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z243" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан по вопросам, отнесенным к его компетенции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z244" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий акима сельского округа в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z245" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
-[...179 lines deleted...]
-      6) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан по вопросам, отнесенным к его компетенции.</w:t>
+        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z244" w:id="219"/>
-[...15 lines deleted...]
-      Исполнение полномочий акима сельского округа в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z246" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Государственное учреждение "Аппарат акима Владимировского сельского округа Костанайского района" может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z245" w:id="220"/>
+    <w:bookmarkStart w:name="z247" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имущество государственного учреждения "Аппарат акима Владимировского сельского округа Костанайского района" формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z248" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Имущество, закрепленное за государственным учреждением "Аппарат акима Владимировского сельского округа Костанайского района" относится к коммунальной собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z249" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Государственное учреждение "Аппарат акима Владимировского сельского округа Костанайского района" не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z250" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
-[...59 lines deleted...]
-      22. Имущество, закрепленное за государственным учреждением "Аппарат акима Владимировского сельского округа Костанайского района" относится к коммунальной собственности.</w:t>
+        <w:t xml:space="preserve"> 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z249" w:id="224"/>
-[...15 lines deleted...]
-      23. Государственное учреждение "Аппарат акима Владимировского сельского округа Костанайского района" не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+    <w:bookmarkStart w:name="z251" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Реорганизация и упразднение аппарата акима осуществляется в порядке, определяемом законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z250" w:id="225"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="226"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6841,127 +6909,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 533</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z257" w:id="227"/>
+    <w:bookmarkStart w:name="z257" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о государственном учреждении "Аппарат акима Жамбылского сельского округа Костанайского района"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z258" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z259" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственное учреждение "Аппарат акима Жамбылского сельского округа Костанайского района" является государственным органом Республики Казахстан, осуществляющим руководство в сфере обеспечения деятельности акима сельского округа.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z258" w:id="228"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+    <w:bookmarkStart w:name="z260" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственное учреждение "Аппарат акима Жамбылского сельского округа Костанайского района" не имеет ведомств.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z259" w:id="229"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z261" w:id="231"/>
+    <w:bookmarkStart w:name="z261" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Государственное учреждение "Аппарат акима Жамбылского сельского округа Костанайского района" осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6976,1103 +7044,1103 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z262" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственное учреждение "Аппарат акима Жамбылского сельского округа Костанайского района" является юридическим лицом в организационно - правовой форме государственного учреждения, имеет печать и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z263" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Государственное учреждение "Аппарат акима Жамбылского сельского округа Костанайского района" вступает в гражданско - правовые отношения от собственного имени.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z262" w:id="232"/>
-[...15 lines deleted...]
-      4. Государственное учреждение "Аппарат акима Жамбылского сельского округа Костанайского района" является юридическим лицом в организационно - правовой форме государственного учреждения, имеет печать и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
+    <w:bookmarkStart w:name="z264" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Государственное учреждение "Аппарат акима Жамбылского сельского округа Костанайского района" имеет право выступать стороной гражданско -правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z263" w:id="233"/>
-[...15 lines deleted...]
-      5. Государственное учреждение "Аппарат акима Жамбылского сельского округа Костанайского района" вступает в гражданско - правовые отношения от собственного имени.</w:t>
+    <w:bookmarkStart w:name="z265" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Государственное учреждение "Аппарат акима Жамбылского сельского округа Костанайского района" по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые распоряжением акима и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z264" w:id="234"/>
-[...15 lines deleted...]
-      6. Государственное учреждение "Аппарат акима Жамбылского сельского округа Костанайского района" имеет право выступать стороной гражданско -правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
+    <w:bookmarkStart w:name="z266" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Структура и лимит штатной численности государственного учреждения "Аппарат акима Жамбылского сельского округа Костанайского района" утверждаются в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z265" w:id="235"/>
-[...15 lines deleted...]
-      7. Государственное учреждение "Аппарат акима Жамбылского сельского округа Костанайского района" по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые распоряжением акима и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z267" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Местонахождение юридического лица: 111107, Республика Казахстан, Костанайская область, Костанайский район, село Жамбыл, улица Центральная,1.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z266" w:id="236"/>
-[...15 lines deleted...]
-      8. Структура и лимит штатной численности государственного учреждения "Аппарат акима Жамбылского сельского округа Костанайского района" утверждаются в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z268" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Полное наименование государственного органа - государственное учреждение "Аппарат акима Жамбылского сельского округа Костанайского района".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z267" w:id="237"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z269" w:id="239"/>
+    <w:bookmarkStart w:name="z269" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Настоящее </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> является учредительным документом государственного учреждения "Аппарат акима Жамбылского сельского округа Костанайского района".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z270" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Финансирование деятельности государственного учреждения "Аппарат акима Жамбылского сельского округа Костанайского района" осуществляется из местного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z271" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Государственному учреждению "Аппарат акима Жамбылского сельского округа Костанайского района" запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями государственного учреждения "Аппарат акима Жамбылского сельского округа Костанайского района".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z270" w:id="240"/>
-[...15 lines deleted...]
-      11. Финансирование деятельности государственного учреждения "Аппарат акима Жамбылского сельского округа Костанайского района" осуществляется из местного бюджета.</w:t>
+    <w:bookmarkStart w:name="z272" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если государственному учреждению "Аппарат акима Жамбылского сельского округа Костанайского района" законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z271" w:id="241"/>
-[...15 lines deleted...]
-      12. Государственному учреждению "Аппарат акима Жамбылского сельского округа Костанайского района" запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями государственного учреждения "Аппарат акима Жамбылского сельского округа Костанайского района".</w:t>
+    <w:bookmarkStart w:name="z273" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z272" w:id="242"/>
-[...15 lines deleted...]
-      Если государственному учреждению "Аппарат акима Жамбылского сельского округа Костанайского района" законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
+    <w:bookmarkStart w:name="z274" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Задачи:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z273" w:id="243"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
+    <w:bookmarkStart w:name="z275" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведение в жизнь политики Президента Республики Казахстан по охране и укреплению государственного суверенитета, конституционного строя, обеспечению безопасности, территориальной целостности Республики Казахстан, прав и свобод граждан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z274" w:id="244"/>
-[...15 lines deleted...]
-      13. Задачи:</w:t>
+    <w:bookmarkStart w:name="z276" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) реализация стратегии социально - экономического развития Республики Казахстан, осуществление основных направлений государственной, социально-экономической политики и управление социальными и экономическими процессами в стране;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z275" w:id="245"/>
-[...15 lines deleted...]
-      1) проведение в жизнь политики Президента Республики Казахстан по охране и укреплению государственного суверенитета, конституционного строя, обеспечению безопасности, территориальной целостности Республики Казахстан, прав и свобод граждан;</w:t>
+    <w:bookmarkStart w:name="z277" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z276" w:id="246"/>
-[...15 lines deleted...]
-      2) реализация стратегии социально - экономического развития Республики Казахстан, осуществление основных направлений государственной, социально-экономической политики и управление социальными и экономическими процессами в стране;</w:t>
+    <w:bookmarkStart w:name="z278" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Полномочия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z277" w:id="247"/>
-[...15 lines deleted...]
-      3) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z279" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      права:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z278" w:id="248"/>
-[...15 lines deleted...]
-      14. Полномочия:</w:t>
+    <w:bookmarkStart w:name="z280" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z279" w:id="249"/>
-[...15 lines deleted...]
-      права:</w:t>
+    <w:bookmarkStart w:name="z281" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществление иных прав и обязанностей, в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z280" w:id="250"/>
-[...15 lines deleted...]
-      1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
+    <w:bookmarkStart w:name="z282" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обязанности:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z281" w:id="251"/>
-[...15 lines deleted...]
-      2) осуществление иных прав и обязанностей, в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z283" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дача необходимых поручений руководителям организаций, расположенных на территории района, по вопросам своей компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z282" w:id="252"/>
-[...15 lines deleted...]
-      обязанности:</w:t>
+    <w:bookmarkStart w:name="z284" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) взаимодействие с другими органами государственного управления, органами общественного самоуправления и другими организациями по вопросам повышения эффективности управления на соответствующей территории.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z283" w:id="253"/>
-[...15 lines deleted...]
-      1) дача необходимых поручений руководителям организаций, расположенных на территории района, по вопросам своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z285" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z284" w:id="254"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z286" w:id="256"/>
+    <w:bookmarkStart w:name="z286" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) содействие исполнению гражданами и юридическими лицами норм </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, законов, актов Президента и Правительства Республики Казахстан, нормативных правовых актов центральных и местных государственных органов;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z287" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечение учета и рассмотрение обращений физических и юридических лиц, в том числе по вопросам оказания государственных услуг, организация проведения личного приема физических и представителей юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z288" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) подготовка проектов решений и распоряжений акима сельского округа в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z287" w:id="257"/>
-[...15 lines deleted...]
-      2) обеспечение учета и рассмотрение обращений физических и юридических лиц, в том числе по вопросам оказания государственных услуг, организация проведения личного приема физических и представителей юридических лиц;</w:t>
+    <w:bookmarkStart w:name="z289" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществление документационного обеспечения деятельности акима, аппарата акима, в соответствии с действующим законодательством;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z288" w:id="258"/>
-[...15 lines deleted...]
-      3) подготовка проектов решений и распоряжений акима сельского округа в пределах своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z290" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) взаимодействие с органами местного самоуправления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z289" w:id="259"/>
-[...15 lines deleted...]
-      4) осуществление документационного обеспечения деятельности акима, аппарата акима, в соответствии с действующим законодательством;</w:t>
+    <w:bookmarkStart w:name="z291" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) содействие сбору налогов и других обязательных платежей в бюджет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z290" w:id="260"/>
-[...15 lines deleted...]
-      5) взаимодействие с органами местного самоуправления;</w:t>
+    <w:bookmarkStart w:name="z292" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) организация совершения нотариальных действий, в местностях, где нет органов юстиции в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z291" w:id="261"/>
-[...15 lines deleted...]
-      6) содействие сбору налогов и других обязательных платежей в бюджет;</w:t>
+    <w:bookmarkStart w:name="z293" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) обеспечение повышения качества государственных услуг, внутренний контроль за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z292" w:id="262"/>
-[...15 lines deleted...]
-      7) организация совершения нотариальных действий, в местностях, где нет органов юстиции в порядке, установленном законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z294" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) осуществление иных функций в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z293" w:id="263"/>
-[...15 lines deleted...]
-      8) обеспечение повышения качества государственных услуг, внутренний контроль за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z295" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z294" w:id="264"/>
-[...15 lines deleted...]
-      9) осуществление иных функций в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z296" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Руководство государственным учреждением "Аппарат акима Жамбылского сельского округа Костанайского района" осуществляется акимом Жамбылского сельского округа, который несет персональную ответственность за выполнение возложенных на государственное учреждение "Аппарат акима Жамбылского сельского округа Костанайского района" задач и осуществление им своих функций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z295" w:id="265"/>
+    <w:bookmarkStart w:name="z297" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Аким сельского округа назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z298" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Полномочия акима сельского округа:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z299" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) представляет государственное учреждение "Аппарат акима Жамбылского сельского округа Костанайского района" в государственных органах и иных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z300" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организует и руководит работой государственного учреждения "Аппарат акима Жамбылского сельского округа Костанайского района";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z301" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) назначает, освобождает от должности, привлекает к дисциплинарной ответственности работников аппарата, в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z302" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) подписывает служебную документацию в пределах компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z303" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) в пределах компетенции распоряжается денежными средствами государственного учреждения "Аппарат акима Жамбылского сельского округа Костанайского района", подписывает финансовые документы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z304" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан по вопросам, отнесенным к его компетенции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z305" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий акима сельского округа в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z306" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
-[...179 lines deleted...]
-      6) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан по вопросам, отнесенным к его компетенции.</w:t>
+        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z305" w:id="275"/>
-[...15 lines deleted...]
-      Исполнение полномочий акима сельского округа в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z307" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Государственное учреждение "Аппарат акима Жамбылского сельского округа Костанайского района" может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z306" w:id="276"/>
+    <w:bookmarkStart w:name="z308" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имущество государственного учреждения "Аппарат акима Жамбылского сельского округа Костанайского района" формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z309" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Имущество, закрепленное за государственным учреждением "Аппарат акима Жамбылского сельского округа Костанайского района" относится к коммунальной собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z310" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Государственное учреждение "Аппарат акима Жамбылского сельского округа Костанайского района" не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z311" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
-[...59 lines deleted...]
-      22. Имущество, закрепленное за государственным учреждением "Аппарат акима Жамбылского сельского округа Костанайского района" относится к коммунальной собственности.</w:t>
+        <w:t xml:space="preserve"> 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z310" w:id="280"/>
-[...15 lines deleted...]
-      23. Государственное учреждение "Аппарат акима Жамбылского сельского округа Костанайского района" не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+    <w:bookmarkStart w:name="z312" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Реорганизация и упразднение аппарата акима осуществляется в порядке, определяемом законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z311" w:id="281"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="282"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8372,127 +8440,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 533</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z318" w:id="283"/>
+    <w:bookmarkStart w:name="z318" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о государственном учреждении "Аппарат акима Ждановского сельского округа Костанайского района"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z319" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z320" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственное учреждение "Аппарат акима Ждановского сельского округа Костанайского района", является государственным органом Республики Казахстан, осуществляющим руководство в сфере обеспечения деятельности акима сельского округа.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z319" w:id="284"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+    <w:bookmarkStart w:name="z321" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственное учреждение "Аппарат акима Ждановского сельского округа Костанайского района" не имеет ведомств.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z320" w:id="285"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z322" w:id="287"/>
+    <w:bookmarkStart w:name="z322" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Государственное учреждение "Аппарат акима Ждановского сельского округа Костанайского района" осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8507,1103 +8575,1103 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z323" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственное учреждение "Аппарат акима Ждановского сельского округа Костанайского района" является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печать и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z324" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Государственное учреждение "Аппарат акима Ждановского сельского округа Костанайского района" вступает в гражданско - правовые отношения от собственного имени.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z323" w:id="288"/>
-[...15 lines deleted...]
-      4. Государственное учреждение "Аппарат акима Ждановского сельского округа Костанайского района" является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печать и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
+    <w:bookmarkStart w:name="z325" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Государственное учреждение "Аппарат акима Ждановского сельского округа Костанайского района" имеет право выступать стороной гражданско -правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z324" w:id="289"/>
-[...15 lines deleted...]
-      5. Государственное учреждение "Аппарат акима Ждановского сельского округа Костанайского района" вступает в гражданско - правовые отношения от собственного имени.</w:t>
+    <w:bookmarkStart w:name="z326" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Государственное учреждение "Аппарат акима Ждановского сельского округа Костанайского района" по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые распоряжением акима и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z325" w:id="290"/>
-[...15 lines deleted...]
-      6. Государственное учреждение "Аппарат акима Ждановского сельского округа Костанайского района" имеет право выступать стороной гражданско -правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
+    <w:bookmarkStart w:name="z327" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Структура и лимит штатной численности государственного учреждения "Аппарат акима Ждановского сельского округа Костанайского района" утверждаются в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z326" w:id="291"/>
-[...15 lines deleted...]
-      7. Государственное учреждение "Аппарат акима Ждановского сельского округа Костанайского района" по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые распоряжением акима и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z328" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Местонахождение юридического лица: 111100, Республика Казахстан, Костанайская область, Костанайский район, село Ждановка, улица Дощанова, 2/1.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z327" w:id="292"/>
-[...15 lines deleted...]
-      8. Структура и лимит штатной численности государственного учреждения "Аппарат акима Ждановского сельского округа Костанайского района" утверждаются в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z329" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Полное наименование государственного органа - государственное учреждение "Аппарат акима Ждановского сельского округа Костанайского района".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z328" w:id="293"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z330" w:id="295"/>
+    <w:bookmarkStart w:name="z330" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Настоящее </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> является учредительным документом государственного учреждения "Аппарат акима Ждановского сельского округа Костанайского района".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z331" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Финансирование деятельности государственного учреждения "Аппарат акима Ждановского сельского округа Костанайского района" осуществляется из местного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z332" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Государственному учреждению "Аппарат акима Ждановского сельского округа Костанайского района" запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями государственного учреждения "Аппарат акима Ждановского сельского округа Костанайского района".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z331" w:id="296"/>
-[...15 lines deleted...]
-      11. Финансирование деятельности государственного учреждения "Аппарат акима Ждановского сельского округа Костанайского района" осуществляется из местного бюджета.</w:t>
+    <w:bookmarkStart w:name="z333" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если государственному учреждению "Аппарат акима Ждановского сельского округа Костанайского района" законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z332" w:id="297"/>
-[...15 lines deleted...]
-      12. Государственному учреждению "Аппарат акима Ждановского сельского округа Костанайского района" запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями государственного учреждения "Аппарат акима Ждановского сельского округа Костанайского района".</w:t>
+    <w:bookmarkStart w:name="z334" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z333" w:id="298"/>
-[...15 lines deleted...]
-      Если государственному учреждению "Аппарат акима Ждановского сельского округа Костанайского района" законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
+    <w:bookmarkStart w:name="z335" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Задачи:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z334" w:id="299"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
+    <w:bookmarkStart w:name="z336" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведение в жизнь политики Президента Республики Казахстан по охране и укреплению государственного суверенитета, конституционного строя, обеспечению безопасности, территориальной целостности Республики Казахстан, прав и свобод граждан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z335" w:id="300"/>
-[...15 lines deleted...]
-      13. Задачи:</w:t>
+    <w:bookmarkStart w:name="z337" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) реализация стратегии социально-экономического развития Республики Казахстан, осуществление основных направлений государственной, социально-экономической политики и управление социальными и экономическими процессами в стране;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z336" w:id="301"/>
-[...15 lines deleted...]
-      1) проведение в жизнь политики Президента Республики Казахстан по охране и укреплению государственного суверенитета, конституционного строя, обеспечению безопасности, территориальной целостности Республики Казахстан, прав и свобод граждан;</w:t>
+    <w:bookmarkStart w:name="z338" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z337" w:id="302"/>
-[...15 lines deleted...]
-      2) реализация стратегии социально-экономического развития Республики Казахстан, осуществление основных направлений государственной, социально-экономической политики и управление социальными и экономическими процессами в стране;</w:t>
+    <w:bookmarkStart w:name="z339" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Полномочия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z338" w:id="303"/>
-[...15 lines deleted...]
-      3) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z340" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      права:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z339" w:id="304"/>
-[...15 lines deleted...]
-      14. Полномочия:</w:t>
+    <w:bookmarkStart w:name="z341" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z340" w:id="305"/>
-[...15 lines deleted...]
-      права:</w:t>
+    <w:bookmarkStart w:name="z342" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществление иных прав и обязанностей, в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z341" w:id="306"/>
-[...15 lines deleted...]
-      1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
+    <w:bookmarkStart w:name="z343" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обязанности:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z342" w:id="307"/>
-[...15 lines deleted...]
-      2) осуществление иных прав и обязанностей, в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z344" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дача необходимых поручений руководителям организаций, расположенных на территории района, по вопросам своей компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z343" w:id="308"/>
-[...15 lines deleted...]
-      обязанности:</w:t>
+    <w:bookmarkStart w:name="z345" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) взаимодействие с другими органами государственного управления, органами общественного самоуправления и другими организациями по вопросам повышения эффективности управления на соответствующей территории.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z344" w:id="309"/>
-[...15 lines deleted...]
-      1) дача необходимых поручений руководителям организаций, расположенных на территории района, по вопросам своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z346" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z345" w:id="310"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z347" w:id="312"/>
+    <w:bookmarkStart w:name="z347" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) содействие исполнению гражданами и юридическими лицами норм </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, законов, актов Президента и Правительства Республики Казахстан, нормативных правовых актов центральных и местных государственных органов;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z348" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечение учета и рассмотрение обращений физических и юридических лиц, в том числе по вопросам оказания государственных услуг, организация проведения личного приема физических и представителей юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z349" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) подготовка проектов решений и распоряжений акима сельского округа в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z348" w:id="313"/>
-[...15 lines deleted...]
-      2) обеспечение учета и рассмотрение обращений физических и юридических лиц, в том числе по вопросам оказания государственных услуг, организация проведения личного приема физических и представителей юридических лиц;</w:t>
+    <w:bookmarkStart w:name="z350" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществление документационного обеспечения деятельности акима, аппарата акима, в соответствии с действующим законодательством;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z349" w:id="314"/>
-[...15 lines deleted...]
-      3) подготовка проектов решений и распоряжений акима сельского округа в пределах своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z351" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) взаимодействие с органами местного самоуправления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z350" w:id="315"/>
-[...15 lines deleted...]
-      4) осуществление документационного обеспечения деятельности акима, аппарата акима, в соответствии с действующим законодательством;</w:t>
+    <w:bookmarkStart w:name="z352" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) содействие сбору налогов и других обязательных платежей в бюджет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z351" w:id="316"/>
-[...15 lines deleted...]
-      5) взаимодействие с органами местного самоуправления;</w:t>
+    <w:bookmarkStart w:name="z353" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) организация совершения нотариальных действий, в местностях, где нет органов юстиции в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z352" w:id="317"/>
-[...15 lines deleted...]
-      6) содействие сбору налогов и других обязательных платежей в бюджет;</w:t>
+    <w:bookmarkStart w:name="z354" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) обеспечение повышения качества государственных услуг, внутренний контроль за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z353" w:id="318"/>
-[...15 lines deleted...]
-      7) организация совершения нотариальных действий, в местностях, где нет органов юстиции в порядке, установленном законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z355" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) осуществление иных функций в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z354" w:id="319"/>
-[...15 lines deleted...]
-      8) обеспечение повышения качества государственных услуг, внутренний контроль за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z356" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z355" w:id="320"/>
-[...15 lines deleted...]
-      9) осуществление иных функций в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z357" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Руководство государственным учреждением "Аппарат акима Ждановского сельского округа Костанайского района" осуществляется акимом Ждановского сельского округа, который несет персональную ответственность за выполнение возложенных на государственное учреждение "Аппарат акима Ждановского сельского округа Костанайского района" задач и осуществление им своих функций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z356" w:id="321"/>
+    <w:bookmarkStart w:name="z358" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Аким сельского округа назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z359" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Полномочия акима сельского округа:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z360" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) представляет государственное учреждение "Аппарат акима Ждановского сельского округа Костанайского района" в государственных органах и иных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z361" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организует и руководит работой государственного учреждения "Аппарат акима Ждановского сельского округа Костанайского района";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z362" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) назначает, освобождает от должности, привлекает к дисциплинарной ответственности работников аппарата, в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z363" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) подписывает служебную документацию в пределах компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z364" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) в пределах компетенции распоряжается денежными средствами государственного учреждения "Аппарат акима Ждановского сельского округа Костанайского района", подписывает финансовые документы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z365" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан по вопросам, отнесенным к его компетенции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z366" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий акима сельского округа в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z367" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
-[...179 lines deleted...]
-      6) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан по вопросам, отнесенным к его компетенции.</w:t>
+        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z366" w:id="331"/>
-[...15 lines deleted...]
-      Исполнение полномочий акима сельского округа в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z368" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Государственное учреждение "Аппарат акима Ждановского сельского округа Костанайского района" может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z367" w:id="332"/>
+    <w:bookmarkStart w:name="z369" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имущество государственного учреждения "Аппарат акима Ждановского сельского округа Костанайского района" формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z370" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Имущество, закрепленное за государственным учреждением "Аппарат акима Ждановского сельского округа Костанайского района" относится к коммунальной собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z371" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Государственное учреждение "Аппарат акима Ждановского сельского округа Костанайского района" не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z372" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
-[...59 lines deleted...]
-      22. Имущество, закрепленное за государственным учреждением "Аппарат акима Ждановского сельского округа Костанайского района" относится к коммунальной собственности.</w:t>
+        <w:t xml:space="preserve"> 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z371" w:id="336"/>
-[...15 lines deleted...]
-      23. Государственное учреждение "Аппарат акима Ждановского сельского округа Костанайского района" не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+    <w:bookmarkStart w:name="z373" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Реорганизация и упразднение аппарата акима осуществляется в порядке, определяемом законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z372" w:id="337"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="338"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9903,127 +9971,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 533</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z379" w:id="339"/>
+    <w:bookmarkStart w:name="z379" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о государственном учреждении "Аппарат акима Заречного сельского округа Костанайского района"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z380" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z381" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственное учреждение "Аппарат акима Заречного сельского округа Костанайского района", является государственным органом Республики Казахстан, осуществляющим руководство в сфере обеспечения деятельности акима сельского округа.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z380" w:id="340"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+    <w:bookmarkStart w:name="z382" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственное учреждение "Аппарат акима Заречного сельского округа Костанайского района" не имеет ведомств.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z381" w:id="341"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z383" w:id="343"/>
+    <w:bookmarkStart w:name="z383" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Государственное учреждение "Аппарат акима Заречного сельского округа Костанайского района" осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10038,1103 +10106,1103 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z384" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственное учреждение "Аппарат акима Заречного сельского округа Костанайского района" является юридическим лицом в организационно - правовой форме государственного учреждения, имеет печать и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z385" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Государственное учреждение "Аппарат акима Заречного сельского округа Костанайского района" вступает в гражданско - правовые отношения от собственного имени.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z384" w:id="344"/>
-[...15 lines deleted...]
-      4. Государственное учреждение "Аппарат акима Заречного сельского округа Костанайского района" является юридическим лицом в организационно - правовой форме государственного учреждения, имеет печать и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
+    <w:bookmarkStart w:name="z386" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Государственное учреждение "Аппарат акима Заречного сельского округа Костанайского района" имеет право выступать стороной гражданско -правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z385" w:id="345"/>
-[...15 lines deleted...]
-      5. Государственное учреждение "Аппарат акима Заречного сельского округа Костанайского района" вступает в гражданско - правовые отношения от собственного имени.</w:t>
+    <w:bookmarkStart w:name="z387" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Государственное учреждение "Аппарат акима Заречного сельского округа Костанайского района" по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые распоряжением акима и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z386" w:id="346"/>
-[...15 lines deleted...]
-      6. Государственное учреждение "Аппарат акима Заречного сельского округа Костанайского района" имеет право выступать стороной гражданско -правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
+    <w:bookmarkStart w:name="z388" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Структура и лимит штатной численности государственного учреждения "Аппарат акима Заречного сельского округа Костанайского района" утверждаются в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z387" w:id="347"/>
-[...15 lines deleted...]
-      7. Государственное учреждение "Аппарат акима Заречного сельского округа Костанайского района" по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые распоряжением акима и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z389" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Местонахождение юридического лица: 111107, Республика Казахстан, Костанайская область, Костанайский район, село Заречное, улица Юбилейная, 71.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z388" w:id="348"/>
-[...15 lines deleted...]
-      8. Структура и лимит штатной численности государственного учреждения "Аппарат акима Заречного сельского округа Костанайского района" утверждаются в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z390" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Полное наименование государственного органа - государственное учреждение "Аппарат акима Заречного сельского округа Костанайского района".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z389" w:id="349"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z391" w:id="351"/>
+    <w:bookmarkStart w:name="z391" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Настоящее </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> является учредительным документом государственного учреждения "Аппарат акима Заречного сельского округа Костанайского района".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z392" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Финансирование деятельности государственного учреждения "Аппарат акима Заречного сельского округа Костанайского района" осуществляется из местного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z393" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Государственному учреждению "Аппарат акима Заречного сельского округа Костанайского района" запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями государственного учреждения "Аппарат акима Заречного сельского округа Костанайского района".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z392" w:id="352"/>
-[...15 lines deleted...]
-      11. Финансирование деятельности государственного учреждения "Аппарат акима Заречного сельского округа Костанайского района" осуществляется из местного бюджета.</w:t>
+    <w:bookmarkStart w:name="z394" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если государственному учреждению "Аппарат акима Заречного сельского округа Костанайского района" законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z393" w:id="353"/>
-[...15 lines deleted...]
-      12. Государственному учреждению "Аппарат акима Заречного сельского округа Костанайского района" запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями государственного учреждения "Аппарат акима Заречного сельского округа Костанайского района".</w:t>
+    <w:bookmarkStart w:name="z395" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z394" w:id="354"/>
-[...15 lines deleted...]
-      Если государственному учреждению "Аппарат акима Заречного сельского округа Костанайского района" законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
+    <w:bookmarkStart w:name="z396" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Задачи:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z395" w:id="355"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
+    <w:bookmarkStart w:name="z397" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведение в жизнь политики Президента Республики Казахстан по охране и укреплению государственного суверенитета, конституционного строя, обеспечению безопасности, территориальной целостности Республики Казахстан, прав и свобод граждан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z396" w:id="356"/>
-[...15 lines deleted...]
-      13. Задачи:</w:t>
+    <w:bookmarkStart w:name="z398" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) реализация стратегии социально-экономического развития Республики Казахстан, осуществление основных направлений государственной, социально -экономической политики и управление социальными и экономическими процессами в стране;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z397" w:id="357"/>
-[...15 lines deleted...]
-      1) проведение в жизнь политики Президента Республики Казахстан по охране и укреплению государственного суверенитета, конституционного строя, обеспечению безопасности, территориальной целостности Республики Казахстан, прав и свобод граждан;</w:t>
+    <w:bookmarkStart w:name="z399" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z398" w:id="358"/>
-[...15 lines deleted...]
-      2) реализация стратегии социально-экономического развития Республики Казахстан, осуществление основных направлений государственной, социально -экономической политики и управление социальными и экономическими процессами в стране;</w:t>
+    <w:bookmarkStart w:name="z400" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Полномочия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z399" w:id="359"/>
-[...15 lines deleted...]
-      3) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z401" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      права:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z400" w:id="360"/>
-[...15 lines deleted...]
-      14. Полномочия:</w:t>
+    <w:bookmarkStart w:name="z402" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z401" w:id="361"/>
-[...15 lines deleted...]
-      права:</w:t>
+    <w:bookmarkStart w:name="z403" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществление иных прав и обязанностей, в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z402" w:id="362"/>
-[...15 lines deleted...]
-      1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
+    <w:bookmarkStart w:name="z404" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обязанности:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z403" w:id="363"/>
-[...15 lines deleted...]
-      2) осуществление иных прав и обязанностей, в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z405" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дача необходимых поручений руководителям организаций, расположенных на территории района, по вопросам своей компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z404" w:id="364"/>
-[...15 lines deleted...]
-      обязанности:</w:t>
+    <w:bookmarkStart w:name="z406" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) взаимодействие с другими органами государственного управления, органами общественного самоуправления и другими организациями по вопросам повышения эффективности управления на соответствующей территории.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z405" w:id="365"/>
-[...15 lines deleted...]
-      1) дача необходимых поручений руководителям организаций, расположенных на территории района, по вопросам своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z407" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z406" w:id="366"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z408" w:id="368"/>
+    <w:bookmarkStart w:name="z408" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) содействие исполнению гражданами и юридическими лицами норм </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, законов, актов Президента и Правительства Республики Казахстан, нормативных правовых актов центральных и местных государственных органов;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z409" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечение учета и рассмотрение обращений физических и юридических лиц, в том числе по вопросам оказания государственных услуг, организация проведения личного приема физических и представителей юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z410" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) подготовка проектов решений и распоряжений акима сельского округа в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z409" w:id="369"/>
-[...15 lines deleted...]
-      2) обеспечение учета и рассмотрение обращений физических и юридических лиц, в том числе по вопросам оказания государственных услуг, организация проведения личного приема физических и представителей юридических лиц;</w:t>
+    <w:bookmarkStart w:name="z411" w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществление документационного обеспечения деятельности акима, аппарата акима, в соответствии с действующим законодательством;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="369"/>
-    <w:bookmarkStart w:name="z410" w:id="370"/>
-[...15 lines deleted...]
-      3) подготовка проектов решений и распоряжений акима сельского округа в пределах своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z412" w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) взаимодействие с органами местного самоуправления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z411" w:id="371"/>
-[...15 lines deleted...]
-      4) осуществление документационного обеспечения деятельности акима, аппарата акима, в соответствии с действующим законодательством;</w:t>
+    <w:bookmarkStart w:name="z413" w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) содействие сбору налогов и других обязательных платежей в бюджет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z412" w:id="372"/>
-[...15 lines deleted...]
-      5) взаимодействие с органами местного самоуправления;</w:t>
+    <w:bookmarkStart w:name="z414" w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) организация совершения нотариальных действий, в местностях, где нет органов юстиции в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="372"/>
-    <w:bookmarkStart w:name="z413" w:id="373"/>
-[...15 lines deleted...]
-      6) содействие сбору налогов и других обязательных платежей в бюджет;</w:t>
+    <w:bookmarkStart w:name="z415" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) обеспечение повышения качества государственных услуг, внутренний контроль за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="373"/>
-    <w:bookmarkStart w:name="z414" w:id="374"/>
-[...15 lines deleted...]
-      7) организация совершения нотариальных действий, в местностях, где нет органов юстиции в порядке, установленном законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z416" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) осуществление иных функций в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z415" w:id="375"/>
-[...15 lines deleted...]
-      8) обеспечение повышения качества государственных услуг, внутренний контроль за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z417" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z416" w:id="376"/>
-[...15 lines deleted...]
-      9) осуществление иных функций в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z418" w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Руководство государственным учреждением "Аппарат акима Заречного сельского округа Костанайского района" осуществляется акимом Заречного сельского округа, который несет персональную ответственность за выполнение возложенных на государственное учреждение "Аппарат акима Заречного сельского округа Костанайского района" задач и осуществление им своих функций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z417" w:id="377"/>
+    <w:bookmarkStart w:name="z419" w:id="377"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Аким сельского округа назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z420" w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Полномочия акима сельского округа:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z421" w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) представляет государственное учреждение "Аппарат акима Заречного сельского округа Костанайского района" в государственных органах и иных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z422" w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организует и руководит работой государственного учреждения "Аппарат акима Заречного сельского округа Костанайского района";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z423" w:id="381"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) назначает, освобождает от должности, привлекает к дисциплинарной ответственности работников аппарата, в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z424" w:id="382"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) подписывает служебную документацию в пределах компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z425" w:id="383"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) в пределах компетенции распоряжается денежными средствами государственного учреждения "Аппарат акима Заречного сельского округа Костанайского района", подписывает финансовые документы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z426" w:id="384"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан по вопросам, отнесенным к его компетенции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z427" w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий акима сельского округа в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z428" w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
-[...179 lines deleted...]
-      6) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан по вопросам, отнесенным к его компетенции.</w:t>
+        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="386"/>
-    <w:bookmarkStart w:name="z427" w:id="387"/>
-[...15 lines deleted...]
-      Исполнение полномочий акима сельского округа в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z429" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Государственное учреждение "Аппарат акима Заречного сельского округа Костанайского района" может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z428" w:id="388"/>
+    <w:bookmarkStart w:name="z430" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имущество государственного учреждения "Аппарат акима Заречного сельского округа Костанайского района" формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z431" w:id="389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Имущество, закрепленное за государственным учреждением "Аппарат акима Заречного сельского округа Костанайского района" относится к коммунальной собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z432" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Государственное учреждение "Аппарат акима Заречного сельского округа Костанайского района" не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z433" w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
-[...59 lines deleted...]
-      22. Имущество, закрепленное за государственным учреждением "Аппарат акима Заречного сельского округа Костанайского района" относится к коммунальной собственности.</w:t>
+        <w:t xml:space="preserve"> 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="391"/>
-    <w:bookmarkStart w:name="z432" w:id="392"/>
-[...15 lines deleted...]
-      23. Государственное учреждение "Аппарат акима Заречного сельского округа Костанайского района" не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+    <w:bookmarkStart w:name="z434" w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Реорганизация и упразднение аппарата акима осуществляется в порядке, определяемом законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z433" w:id="393"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="394"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11434,127 +11502,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 533</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z440" w:id="395"/>
+    <w:bookmarkStart w:name="z440" w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о государственном учреждении "Аппарат акима Майкольского сельского округа Костанайского района"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z441" w:id="394"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z442" w:id="395"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственное учреждение "Аппарат акима Майкольского сельского округа Костанайского района" является государственным органом Республики Казахстан, осуществляющим руководство в сфере обеспечения деятельности акима сельского округа.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z441" w:id="396"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+    <w:bookmarkStart w:name="z443" w:id="396"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственное учреждение "Аппарат акима Майкольского сельского округа Костанайского района" не имеет ведомств.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="396"/>
-    <w:bookmarkStart w:name="z442" w:id="397"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z444" w:id="399"/>
+    <w:bookmarkStart w:name="z444" w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Государственное учреждение "Аппарат акима Майкольского сельского округа Костанайского района" осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11569,1103 +11637,1103 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z445" w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственное учреждение "Аппарат акима Майкольского сельского округа Костанайского района" является юридическим лицом в организационно - правовой форме государственного учреждения, имеет печать и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z446" w:id="399"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Государственное учреждение "Аппарат акима Майкольского сельского округа Костанайского района" вступает в гражданско - правовые отношения от собственного имени.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="399"/>
-    <w:bookmarkStart w:name="z445" w:id="400"/>
-[...15 lines deleted...]
-      4. Государственное учреждение "Аппарат акима Майкольского сельского округа Костанайского района" является юридическим лицом в организационно - правовой форме государственного учреждения, имеет печать и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
+    <w:bookmarkStart w:name="z447" w:id="400"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Государственное учреждение "Аппарат акима Майкольского сельского округа Костанайского района" имеет право выступать стороной гражданско -правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z446" w:id="401"/>
-[...15 lines deleted...]
-      5. Государственное учреждение "Аппарат акима Майкольского сельского округа Костанайского района" вступает в гражданско - правовые отношения от собственного имени.</w:t>
+    <w:bookmarkStart w:name="z448" w:id="401"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Государственное учреждение "Аппарат акима Майкольского сельского округа Костанайского района" по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые распоряжением акима и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="401"/>
-    <w:bookmarkStart w:name="z447" w:id="402"/>
-[...15 lines deleted...]
-      6. Государственное учреждение "Аппарат акима Майкольского сельского округа Костанайского района" имеет право выступать стороной гражданско -правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
+    <w:bookmarkStart w:name="z449" w:id="402"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Структура и лимит штатной численности государственного учреждения "Аппарат акима Майкольского сельского округа Костанайского района" утверждаются в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="402"/>
-    <w:bookmarkStart w:name="z448" w:id="403"/>
-[...15 lines deleted...]
-      7. Государственное учреждение "Аппарат акима Майкольского сельского округа Костанайского района" по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые распоряжением акима и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z450" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Местонахождение юридического лица: 111109, Республика Казахстан, Костанайская область, Костанайский район, село Майколь, улица 30 лет Победы, 36.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="403"/>
-    <w:bookmarkStart w:name="z449" w:id="404"/>
-[...15 lines deleted...]
-      8. Структура и лимит штатной численности государственного учреждения "Аппарат акима Майкольского сельского округа Костанайского района" утверждаются в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z451" w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Полное наименование государственного органа - государственное учреждение "Аппарат акима Майкольского сельского округа Костанайского района".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="404"/>
-    <w:bookmarkStart w:name="z450" w:id="405"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z452" w:id="407"/>
+    <w:bookmarkStart w:name="z452" w:id="405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Настоящее </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> является учредительным документом государственного учреждения "Аппарат акима Майкольского сельского округа Костанайского района".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z453" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Финансирование деятельности государственного учреждения "Аппарат акима Майкольского сельского округа Костанайского района" осуществляется из местного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z454" w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Государственному учреждению "Аппарат акима Майкольского сельского округа Костанайского района" запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями государственного учреждения "Аппарат акима Майкольского сельского округа Костанайского района".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="407"/>
-    <w:bookmarkStart w:name="z453" w:id="408"/>
-[...15 lines deleted...]
-      11. Финансирование деятельности государственного учреждения "Аппарат акима Майкольского сельского округа Костанайского района" осуществляется из местного бюджета.</w:t>
+    <w:bookmarkStart w:name="z455" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если государственному учреждению "Аппарат акима Майкольского сельского округа Костанайского района" законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="408"/>
-    <w:bookmarkStart w:name="z454" w:id="409"/>
-[...15 lines deleted...]
-      12. Государственному учреждению "Аппарат акима Майкольского сельского округа Костанайского района" запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями государственного учреждения "Аппарат акима Майкольского сельского округа Костанайского района".</w:t>
+    <w:bookmarkStart w:name="z456" w:id="409"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="409"/>
-    <w:bookmarkStart w:name="z455" w:id="410"/>
-[...15 lines deleted...]
-      Если государственному учреждению "Аппарат акима Майкольского сельского округа Костанайского района" законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
+    <w:bookmarkStart w:name="z457" w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Задачи:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="410"/>
-    <w:bookmarkStart w:name="z456" w:id="411"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
+    <w:bookmarkStart w:name="z458" w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведение в жизнь политики Президента Республики Казахстан по охране и укреплению государственного суверенитета, конституционного строя, обеспечению безопасности, территориальной целостности Республики Казахстан, прав и свобод граждан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="411"/>
-    <w:bookmarkStart w:name="z457" w:id="412"/>
-[...15 lines deleted...]
-      13. Задачи:</w:t>
+    <w:bookmarkStart w:name="z459" w:id="412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) реализация стратегии социально-экономического развития Республики Казахстан, осуществление основных направлений государственной, социально -экономической политики и управление социальными и экономическими процессами в стране;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z458" w:id="413"/>
-[...15 lines deleted...]
-      1) проведение в жизнь политики Президента Республики Казахстан по охране и укреплению государственного суверенитета, конституционного строя, обеспечению безопасности, территориальной целостности Республики Казахстан, прав и свобод граждан;</w:t>
+    <w:bookmarkStart w:name="z460" w:id="413"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="413"/>
-    <w:bookmarkStart w:name="z459" w:id="414"/>
-[...15 lines deleted...]
-      2) реализация стратегии социально-экономического развития Республики Казахстан, осуществление основных направлений государственной, социально -экономической политики и управление социальными и экономическими процессами в стране;</w:t>
+    <w:bookmarkStart w:name="z461" w:id="414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Полномочия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="414"/>
-    <w:bookmarkStart w:name="z460" w:id="415"/>
-[...15 lines deleted...]
-      3) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z462" w:id="415"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      права:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z461" w:id="416"/>
-[...15 lines deleted...]
-      14. Полномочия:</w:t>
+    <w:bookmarkStart w:name="z463" w:id="416"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z462" w:id="417"/>
-[...15 lines deleted...]
-      права:</w:t>
+    <w:bookmarkStart w:name="z464" w:id="417"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществление иных прав и обязанностей, в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="417"/>
-    <w:bookmarkStart w:name="z463" w:id="418"/>
-[...15 lines deleted...]
-      1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
+    <w:bookmarkStart w:name="z465" w:id="418"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обязанности:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="418"/>
-    <w:bookmarkStart w:name="z464" w:id="419"/>
-[...15 lines deleted...]
-      2) осуществление иных прав и обязанностей, в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z466" w:id="419"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дача необходимых поручений руководителям организаций, расположенных на территории района, по вопросам своей компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="419"/>
-    <w:bookmarkStart w:name="z465" w:id="420"/>
-[...15 lines deleted...]
-      обязанности:</w:t>
+    <w:bookmarkStart w:name="z467" w:id="420"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) взаимодействие с другими органами государственного управления, органами общественного самоуправления и другими организациями по вопросам повышения эффективности управления на соответствующей территории.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="420"/>
-    <w:bookmarkStart w:name="z466" w:id="421"/>
-[...15 lines deleted...]
-      1) дача необходимых поручений руководителям организаций, расположенных на территории района, по вопросам своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z468" w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z467" w:id="422"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z469" w:id="424"/>
+    <w:bookmarkStart w:name="z469" w:id="422"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) содействие исполнению гражданами и юридическими лицами норм </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, законов, актов Президента и Правительства Республики Казахстан, нормативных правовых актов центральных и местных государственных органов;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z470" w:id="423"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечение учета и рассмотрение обращений физических и юридических лиц, в том числе по вопросам оказания государственных услуг, организация проведения личного приема физических и представителей юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z471" w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) подготовка проектов решений и распоряжений акима сельского округа в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z470" w:id="425"/>
-[...15 lines deleted...]
-      2) обеспечение учета и рассмотрение обращений физических и юридических лиц, в том числе по вопросам оказания государственных услуг, организация проведения личного приема физических и представителей юридических лиц;</w:t>
+    <w:bookmarkStart w:name="z472" w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществление документационного обеспечения деятельности акима, аппарата акима, в соответствии с действующим законодательством;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z471" w:id="426"/>
-[...15 lines deleted...]
-      3) подготовка проектов решений и распоряжений акима сельского округа в пределах своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z473" w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) взаимодействие с органами местного самоуправления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z472" w:id="427"/>
-[...15 lines deleted...]
-      4) осуществление документационного обеспечения деятельности акима, аппарата акима, в соответствии с действующим законодательством;</w:t>
+    <w:bookmarkStart w:name="z474" w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) содействие сбору налогов и других обязательных платежей в бюджет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z473" w:id="428"/>
-[...15 lines deleted...]
-      5) взаимодействие с органами местного самоуправления;</w:t>
+    <w:bookmarkStart w:name="z475" w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) организация совершения нотариальных действий, в местностях, где нет органов юстиции в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z474" w:id="429"/>
-[...15 lines deleted...]
-      6) содействие сбору налогов и других обязательных платежей в бюджет;</w:t>
+    <w:bookmarkStart w:name="z476" w:id="429"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) обеспечение повышения качества государственных услуг, внутренний контроль за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="429"/>
-    <w:bookmarkStart w:name="z475" w:id="430"/>
-[...15 lines deleted...]
-      7) организация совершения нотариальных действий, в местностях, где нет органов юстиции в порядке, установленном законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z477" w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) осуществление иных функций в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z476" w:id="431"/>
-[...15 lines deleted...]
-      8) обеспечение повышения качества государственных услуг, внутренний контроль за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z478" w:id="431"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="431"/>
-    <w:bookmarkStart w:name="z477" w:id="432"/>
-[...15 lines deleted...]
-      9) осуществление иных функций в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z479" w:id="432"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Руководство государственным учреждением "Аппарат акима Майкольского сельского округа Костанайского района" осуществляется акимом Майкольского сельского округа, который несет персональную ответственность за выполнение возложенных на государственное учреждение "Аппарат акима Майкольского сельского округа Костанайского района" задач и осуществление им своих функций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="432"/>
-    <w:bookmarkStart w:name="z478" w:id="433"/>
+    <w:bookmarkStart w:name="z480" w:id="433"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Аким сельского округа назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z481" w:id="434"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Полномочия акима сельского округа:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z482" w:id="435"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) представляет государственное учреждение "Аппарат акима Майкольского сельского округа Костанайского района" в государственных органах и иных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z483" w:id="436"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организует и руководит работой государственного учреждения "Аппарат акима Майкольского сельского округа Костанайского района";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:name="z484" w:id="437"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) назначает, освобождает от должности, привлекает к дисциплинарной ответственности работников аппарата, в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z485" w:id="438"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) подписывает служебную документацию в пределах компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z486" w:id="439"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) в пределах компетенции распоряжается денежными средствами государственного учреждения "Аппарат акима Майкольского сельского округа Костанайского района", подписывает финансовые документы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z487" w:id="440"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан по вопросам, отнесенным к его компетенции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z488" w:id="441"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий акима сельского округа в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z489" w:id="442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
-[...179 lines deleted...]
-      6) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан по вопросам, отнесенным к его компетенции.</w:t>
+        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z488" w:id="443"/>
-[...15 lines deleted...]
-      Исполнение полномочий акима сельского округа в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z490" w:id="443"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Государственное учреждение "Аппарат акима Майкольского сельского округа Костанайского района" может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="443"/>
-    <w:bookmarkStart w:name="z489" w:id="444"/>
+    <w:bookmarkStart w:name="z491" w:id="444"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имущество государственного учреждения "Аппарат акима Майкольского сельского округа Костанайского района" формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z492" w:id="445"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Имущество, закрепленное за государственным учреждением "Аппарат акима Майкольского сельского округа Костанайского района" относится к коммунальной собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z493" w:id="446"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Государственное учреждение "Аппарат акима Майкольского сельского округа Костанайского района" не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="446"/>
+    <w:bookmarkStart w:name="z494" w:id="447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
-[...59 lines deleted...]
-      22. Имущество, закрепленное за государственным учреждением "Аппарат акима Майкольского сельского округа Костанайского района" относится к коммунальной собственности.</w:t>
+        <w:t xml:space="preserve"> 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="447"/>
-    <w:bookmarkStart w:name="z493" w:id="448"/>
-[...15 lines deleted...]
-      23. Государственное учреждение "Аппарат акима Майкольского сельского округа Костанайского района" не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+    <w:bookmarkStart w:name="z495" w:id="448"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Реорганизация и упразднение аппарата акима осуществляется в порядке, определяемом законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="448"/>
-    <w:bookmarkStart w:name="z494" w:id="449"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="450"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12965,127 +13033,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 533</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z501" w:id="451"/>
+    <w:bookmarkStart w:name="z501" w:id="449"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о государственном учреждении "Аппарат акима Московского сельского округа Костанайского района"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z502" w:id="450"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkStart w:name="z503" w:id="451"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственное учреждение "Аппарат акима Московского сельского округа Костанайского района" является государственным органом Республики Казахстан, осуществляющим руководство в сфере обеспечения деятельности акима сельского округа.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="451"/>
-    <w:bookmarkStart w:name="z502" w:id="452"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+    <w:bookmarkStart w:name="z504" w:id="452"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственное учреждение "Аппарат акима Московского сельского округа Костанайского района" не имеет ведомств.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="452"/>
-    <w:bookmarkStart w:name="z503" w:id="453"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z505" w:id="455"/>
+    <w:bookmarkStart w:name="z505" w:id="453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Государственное учреждение "Аппарат акима Московского сельского округа Костанайского района" осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13100,1103 +13168,1103 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z506" w:id="454"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственное учреждение "Аппарат акима Московского сельского округа Костанайского района" является юридическим лицом в организационно - правовой форме государственного учреждения, имеет печать и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z507" w:id="455"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Государственное учреждение "Аппарат акима Московского сельского округа Костанайского района" вступает в гражданско - правовые отношения от собственного имени.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="455"/>
-    <w:bookmarkStart w:name="z506" w:id="456"/>
-[...15 lines deleted...]
-      4. Государственное учреждение "Аппарат акима Московского сельского округа Костанайского района" является юридическим лицом в организационно - правовой форме государственного учреждения, имеет печать и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
+    <w:bookmarkStart w:name="z508" w:id="456"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Государственное учреждение "Аппарат акима Московского сельского округа Костанайского района" имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="456"/>
-    <w:bookmarkStart w:name="z507" w:id="457"/>
-[...15 lines deleted...]
-      5. Государственное учреждение "Аппарат акима Московского сельского округа Костанайского района" вступает в гражданско - правовые отношения от собственного имени.</w:t>
+    <w:bookmarkStart w:name="z509" w:id="457"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Государственное учреждение "Аппарат акима Московского сельского округа Костанайского района" по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые распоряжением акима и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="457"/>
-    <w:bookmarkStart w:name="z508" w:id="458"/>
-[...15 lines deleted...]
-      6. Государственное учреждение "Аппарат акима Московского сельского округа Костанайского района" имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
+    <w:bookmarkStart w:name="z510" w:id="458"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Структура и лимит штатной численности государственного учреждения "Аппарат акима Московского сельского округа Костанайского района" утверждаются в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="458"/>
-    <w:bookmarkStart w:name="z509" w:id="459"/>
-[...15 lines deleted...]
-      7. Государственное учреждение "Аппарат акима Московского сельского округа Костанайского района" по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые распоряжением акима и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z511" w:id="459"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Местонахождение юридического лица: 111110, Республика Казахстан, Костанайская область, Костанайский район, село Московское, улица Спортивная, 5.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="459"/>
-    <w:bookmarkStart w:name="z510" w:id="460"/>
-[...15 lines deleted...]
-      8. Структура и лимит штатной численности государственного учреждения "Аппарат акима Московского сельского округа Костанайского района" утверждаются в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z512" w:id="460"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Полное наименование государственного органа - государственное учреждение "Аппарат акима Московского сельского округа Костанайского района".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="460"/>
-    <w:bookmarkStart w:name="z511" w:id="461"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z513" w:id="463"/>
+    <w:bookmarkStart w:name="z513" w:id="461"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Настоящее </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> является учредительным документом государственного учреждения "Аппарат акима Московского сельского округа Костанайского района".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkStart w:name="z514" w:id="462"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Финансирование деятельности государственного учреждения "Аппарат акима Московского сельского округа Костанайского района" осуществляется из местного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="462"/>
+    <w:bookmarkStart w:name="z515" w:id="463"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Государственному учреждению "Аппарат акима Московского сельского округа Костанайского района" запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями государственного учреждения "Аппарат акима Московского сельского округа Костанайского района".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="463"/>
-    <w:bookmarkStart w:name="z514" w:id="464"/>
-[...15 lines deleted...]
-      11. Финансирование деятельности государственного учреждения "Аппарат акима Московского сельского округа Костанайского района" осуществляется из местного бюджета.</w:t>
+    <w:bookmarkStart w:name="z516" w:id="464"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если государственному учреждению "Аппарат акима Московского сельского округа Костанайского района" законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="464"/>
-    <w:bookmarkStart w:name="z515" w:id="465"/>
-[...15 lines deleted...]
-      12. Государственному учреждению "Аппарат акима Московского сельского округа Костанайского района" запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями государственного учреждения "Аппарат акима Московского сельского округа Костанайского района".</w:t>
+    <w:bookmarkStart w:name="z517" w:id="465"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="465"/>
-    <w:bookmarkStart w:name="z516" w:id="466"/>
-[...15 lines deleted...]
-      Если государственному учреждению "Аппарат акима Московского сельского округа Костанайского района" законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
+    <w:bookmarkStart w:name="z518" w:id="466"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Задачи:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="466"/>
-    <w:bookmarkStart w:name="z517" w:id="467"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
+    <w:bookmarkStart w:name="z519" w:id="467"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведение в жизнь политики Президента Республики Казахстан по охране и укреплению государственного суверенитета, конституционного строя, обеспечению безопасности, территориальной целостности Республики Казахстан, прав и свобод граждан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="467"/>
-    <w:bookmarkStart w:name="z518" w:id="468"/>
-[...15 lines deleted...]
-      13. Задачи:</w:t>
+    <w:bookmarkStart w:name="z520" w:id="468"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) реализация стратегии социально-экономического развития Республики Казахстан, осуществление основных направлений государственной, социально -экономической политики и управление социальными и экономическими процессами в стране;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="468"/>
-    <w:bookmarkStart w:name="z519" w:id="469"/>
-[...15 lines deleted...]
-      1) проведение в жизнь политики Президента Республики Казахстан по охране и укреплению государственного суверенитета, конституционного строя, обеспечению безопасности, территориальной целостности Республики Казахстан, прав и свобод граждан;</w:t>
+    <w:bookmarkStart w:name="z521" w:id="469"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="469"/>
-    <w:bookmarkStart w:name="z520" w:id="470"/>
-[...15 lines deleted...]
-      2) реализация стратегии социально-экономического развития Республики Казахстан, осуществление основных направлений государственной, социально -экономической политики и управление социальными и экономическими процессами в стране;</w:t>
+    <w:bookmarkStart w:name="z522" w:id="470"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Полномочия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="470"/>
-    <w:bookmarkStart w:name="z521" w:id="471"/>
-[...15 lines deleted...]
-      3) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z523" w:id="471"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      права:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="471"/>
-    <w:bookmarkStart w:name="z522" w:id="472"/>
-[...15 lines deleted...]
-      14. Полномочия:</w:t>
+    <w:bookmarkStart w:name="z524" w:id="472"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="472"/>
-    <w:bookmarkStart w:name="z523" w:id="473"/>
-[...15 lines deleted...]
-      права:</w:t>
+    <w:bookmarkStart w:name="z525" w:id="473"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществление иных прав и обязанностей, в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="473"/>
-    <w:bookmarkStart w:name="z524" w:id="474"/>
-[...15 lines deleted...]
-      1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
+    <w:bookmarkStart w:name="z526" w:id="474"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обязанности:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="474"/>
-    <w:bookmarkStart w:name="z525" w:id="475"/>
-[...15 lines deleted...]
-      2) осуществление иных прав и обязанностей, в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z527" w:id="475"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дача необходимых поручений руководителям организаций, расположенных на территории района, по вопросам своей компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="475"/>
-    <w:bookmarkStart w:name="z526" w:id="476"/>
-[...15 lines deleted...]
-      обязанности:</w:t>
+    <w:bookmarkStart w:name="z528" w:id="476"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) взаимодействие с другими органами государственного управления, органами общественного самоуправления и другими организациями по вопросам повышения эффективности управления на соответствующей территории.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="476"/>
-    <w:bookmarkStart w:name="z527" w:id="477"/>
-[...15 lines deleted...]
-      1) дача необходимых поручений руководителям организаций, расположенных на территории района, по вопросам своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z529" w:id="477"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="477"/>
-    <w:bookmarkStart w:name="z528" w:id="478"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z530" w:id="480"/>
+    <w:bookmarkStart w:name="z530" w:id="478"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) содействие исполнению гражданами и юридическими лицами норм </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, законов, актов Президента и Правительства Республики Казахстан, нормативных правовых актов центральных и местных государственных органов;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z531" w:id="479"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечение учета и рассмотрение обращений физических и юридических лиц, в том числе по вопросам оказания государственных услуг, организация проведения личного приема физических и представителей юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z532" w:id="480"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) подготовка проектов решений и распоряжений акима сельского округа в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="480"/>
-    <w:bookmarkStart w:name="z531" w:id="481"/>
-[...15 lines deleted...]
-      2) обеспечение учета и рассмотрение обращений физических и юридических лиц, в том числе по вопросам оказания государственных услуг, организация проведения личного приема физических и представителей юридических лиц;</w:t>
+    <w:bookmarkStart w:name="z533" w:id="481"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществление документационного обеспечения деятельности акима, аппарата акима, в соответствии с действующим законодательством;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="481"/>
-    <w:bookmarkStart w:name="z532" w:id="482"/>
-[...15 lines deleted...]
-      3) подготовка проектов решений и распоряжений акима сельского округа в пределах своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z534" w:id="482"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) взаимодействие с органами местного самоуправления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="482"/>
-    <w:bookmarkStart w:name="z533" w:id="483"/>
-[...15 lines deleted...]
-      4) осуществление документационного обеспечения деятельности акима, аппарата акима, в соответствии с действующим законодательством;</w:t>
+    <w:bookmarkStart w:name="z535" w:id="483"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) содействие сбору налогов и других обязательных платежей в бюджет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="483"/>
-    <w:bookmarkStart w:name="z534" w:id="484"/>
-[...15 lines deleted...]
-      5) взаимодействие с органами местного самоуправления;</w:t>
+    <w:bookmarkStart w:name="z536" w:id="484"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) организация совершения нотариальных действий, в местностях, где нет органов юстиции в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="484"/>
-    <w:bookmarkStart w:name="z535" w:id="485"/>
-[...15 lines deleted...]
-      6) содействие сбору налогов и других обязательных платежей в бюджет;</w:t>
+    <w:bookmarkStart w:name="z537" w:id="485"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) обеспечение повышения качества государственных услуг, внутренний контроль за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="485"/>
-    <w:bookmarkStart w:name="z536" w:id="486"/>
-[...15 lines deleted...]
-      7) организация совершения нотариальных действий, в местностях, где нет органов юстиции в порядке, установленном законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z538" w:id="486"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) осуществление иных функций в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="486"/>
-    <w:bookmarkStart w:name="z537" w:id="487"/>
-[...15 lines deleted...]
-      8) обеспечение повышения качества государственных услуг, внутренний контроль за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z539" w:id="487"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="487"/>
-    <w:bookmarkStart w:name="z538" w:id="488"/>
-[...15 lines deleted...]
-      9) осуществление иных функций в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z540" w:id="488"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Руководство государственным учреждением "Аппарат акима Московского сельского округа Костанайского района" осуществляется акимом Московского сельского округа, который несет персональную ответственность за выполнение возложенных на государственное учреждение "Аппарат акима Московского сельского округа Костанайского района" задач и осуществление им своих функций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="488"/>
-    <w:bookmarkStart w:name="z539" w:id="489"/>
+    <w:bookmarkStart w:name="z541" w:id="489"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Аким сельского округа назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z542" w:id="490"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Полномочия акима сельского округа:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkStart w:name="z543" w:id="491"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) представляет государственное учреждение "Аппарат акима Московского сельского округа Костанайского района" в государственных органах и иных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkStart w:name="z544" w:id="492"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организует и руководит работой государственного учреждения "Аппарат акима Московского сельского округа Костанайского района";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkStart w:name="z545" w:id="493"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) назначает, освобождает от должности, привлекает к дисциплинарной ответственности работников аппарата, в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkStart w:name="z546" w:id="494"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) подписывает служебную документацию в пределах компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z547" w:id="495"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) в пределах компетенции распоряжается денежными средствами государственного учреждения "Аппарат акима Московского сельского округа Костанайского района", подписывает финансовые документы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="495"/>
+    <w:bookmarkStart w:name="z548" w:id="496"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан по вопросам, отнесенным к его компетенции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="496"/>
+    <w:bookmarkStart w:name="z549" w:id="497"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий акима сельского округа в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkStart w:name="z550" w:id="498"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
-[...179 lines deleted...]
-      6) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан по вопросам, отнесенным к его компетенции.</w:t>
+        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="498"/>
-    <w:bookmarkStart w:name="z549" w:id="499"/>
-[...15 lines deleted...]
-      Исполнение полномочий акима сельского округа в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z551" w:id="499"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Государственное учреждение "Аппарат акима Московского сельского округа Костанайского района" может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="499"/>
-    <w:bookmarkStart w:name="z550" w:id="500"/>
+    <w:bookmarkStart w:name="z552" w:id="500"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имущество государственного учреждения "Аппарат акима Московского сельского округа Костанайского района" формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="500"/>
+    <w:bookmarkStart w:name="z553" w:id="501"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Имущество, закрепленное за государственным учреждением "Аппарат акима Московского сельского округа Костанайского района" относится к коммунальной собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z554" w:id="502"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Государственное учреждение "Аппарат акима Московского сельского округа Костанайского района" не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z555" w:id="503"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
-[...59 lines deleted...]
-      22. Имущество, закрепленное за государственным учреждением "Аппарат акима Московского сельского округа Костанайского района" относится к коммунальной собственности.</w:t>
+        <w:t xml:space="preserve"> 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="503"/>
-    <w:bookmarkStart w:name="z554" w:id="504"/>
-[...15 lines deleted...]
-      23. Государственное учреждение "Аппарат акима Московского сельского округа Костанайского района" не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+    <w:bookmarkStart w:name="z556" w:id="504"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Реорганизация и упразднение аппарата акима осуществляется в порядке, определяемом законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="504"/>
-    <w:bookmarkStart w:name="z555" w:id="505"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="506"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -14496,127 +14564,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 533</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z562" w:id="507"/>
+    <w:bookmarkStart w:name="z562" w:id="505"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о государственном учреждении "Аппарат акима Мичуринского сельского округа Костанайского района"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkStart w:name="z563" w:id="506"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z564" w:id="507"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственное учреждение "Аппарат акима Мичуринского сельского округа Костанайского района", является государственным органом Республики Казахстан, осуществляющим руководство в сфере обеспечения деятельности акима сельского округа.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="507"/>
-    <w:bookmarkStart w:name="z563" w:id="508"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+    <w:bookmarkStart w:name="z565" w:id="508"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственное учреждение "Аппарат акима Мичуринского сельского округа Костанайского района" не имеет ведомств.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="508"/>
-    <w:bookmarkStart w:name="z564" w:id="509"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z566" w:id="511"/>
+    <w:bookmarkStart w:name="z566" w:id="509"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Государственное учреждение "Аппарат акима Мичуринского сельского округа Костанайского района" осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14631,1103 +14699,1103 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z567" w:id="510"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственное учреждение "Аппарат акима Мичуринского сельского округа Костанайского района" является юридическим лицом в организационно -правовой форме государственного учреждения, имеет печать и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z568" w:id="511"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Государственное учреждение "Аппарат акима Мичуринского сельского округа Костанайского района" вступает в гражданско-правовые отношения от собственного имени.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="511"/>
-    <w:bookmarkStart w:name="z567" w:id="512"/>
-[...15 lines deleted...]
-      4. Государственное учреждение "Аппарат акима Мичуринского сельского округа Костанайского района" является юридическим лицом в организационно -правовой форме государственного учреждения, имеет печать и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
+    <w:bookmarkStart w:name="z569" w:id="512"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Государственное учреждение "Аппарат акима Мичуринского сельского округа Костанайского района" имеет право выступать стороной гражданско -правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="512"/>
-    <w:bookmarkStart w:name="z568" w:id="513"/>
-[...15 lines deleted...]
-      5. Государственное учреждение "Аппарат акима Мичуринского сельского округа Костанайского района" вступает в гражданско-правовые отношения от собственного имени.</w:t>
+    <w:bookmarkStart w:name="z570" w:id="513"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Государственное учреждение "Аппарат акима Мичуринского сельского округа Костанайского района" по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые распоряжением акима и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="513"/>
-    <w:bookmarkStart w:name="z569" w:id="514"/>
-[...15 lines deleted...]
-      6. Государственное учреждение "Аппарат акима Мичуринского сельского округа Костанайского района" имеет право выступать стороной гражданско -правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
+    <w:bookmarkStart w:name="z571" w:id="514"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Структура и лимит штатной численности государственного учреждения "Аппарат акима Мичуринского сельского округа Костанайского района" утверждаются в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="514"/>
-    <w:bookmarkStart w:name="z570" w:id="515"/>
-[...15 lines deleted...]
-      7. Государственное учреждение "Аппарат акима Мичуринского сельского округа Костанайского района" по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые распоряжением акима и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z572" w:id="515"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Местонахождение юридического лица: 111110, Республика Казахстан, Костанайская область, Костанайский район, село Мичуринское, улица Строительная, дом 9 н.п. 1.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="515"/>
-    <w:bookmarkStart w:name="z571" w:id="516"/>
-[...15 lines deleted...]
-      8. Структура и лимит штатной численности государственного учреждения "Аппарат акима Мичуринского сельского округа Костанайского района" утверждаются в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z573" w:id="516"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Полное наименование государственного органа - государственное учреждение "Аппарат акима Мичуринского сельского округа Костанайского района".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="516"/>
-    <w:bookmarkStart w:name="z572" w:id="517"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z574" w:id="519"/>
+    <w:bookmarkStart w:name="z574" w:id="517"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Настоящее </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> является учредительным документом государственного учреждения "Аппарат акима Мичуринского сельского округа Костанайского района".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z575" w:id="518"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Финансирование деятельности государственного учреждения "Аппарат акима Мичуринского сельского округа Костанайского района" осуществляется из местного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z576" w:id="519"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Государственному учреждению "Аппарат акима Мичуринского сельского округа Костанайского района" запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями государственного учреждения "Аппарат акима Мичуринского сельского округа Костанайского района".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="519"/>
-    <w:bookmarkStart w:name="z575" w:id="520"/>
-[...15 lines deleted...]
-      11. Финансирование деятельности государственного учреждения "Аппарат акима Мичуринского сельского округа Костанайского района" осуществляется из местного бюджета.</w:t>
+    <w:bookmarkStart w:name="z577" w:id="520"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если государственному учреждению "Аппарат акима Мичуринского сельского округа Костанайского района" законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="520"/>
-    <w:bookmarkStart w:name="z576" w:id="521"/>
-[...15 lines deleted...]
-      12. Государственному учреждению "Аппарат акима Мичуринского сельского округа Костанайского района" запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями государственного учреждения "Аппарат акима Мичуринского сельского округа Костанайского района".</w:t>
+    <w:bookmarkStart w:name="z578" w:id="521"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="521"/>
-    <w:bookmarkStart w:name="z577" w:id="522"/>
-[...15 lines deleted...]
-      Если государственному учреждению "Аппарат акима Мичуринского сельского округа Костанайского района" законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
+    <w:bookmarkStart w:name="z579" w:id="522"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Задачи:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="522"/>
-    <w:bookmarkStart w:name="z578" w:id="523"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
+    <w:bookmarkStart w:name="z580" w:id="523"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведение в жизнь политики Президента Республики Казахстан по охране и укреплению государственного суверенитета, конституционного строя, обеспечению безопасности, территориальной целостности Республики Казахстан, прав и свобод граждан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="523"/>
-    <w:bookmarkStart w:name="z579" w:id="524"/>
-[...15 lines deleted...]
-      13. Задачи:</w:t>
+    <w:bookmarkStart w:name="z581" w:id="524"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) реализация стратегии социально-экономического развития Республики Казахстан, осуществление основных направлений государственной, социально -экономической политики и управление социальными и экономическими процессами в стране;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="524"/>
-    <w:bookmarkStart w:name="z580" w:id="525"/>
-[...15 lines deleted...]
-      1) проведение в жизнь политики Президента Республики Казахстан по охране и укреплению государственного суверенитета, конституционного строя, обеспечению безопасности, территориальной целостности Республики Казахстан, прав и свобод граждан;</w:t>
+    <w:bookmarkStart w:name="z582" w:id="525"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="525"/>
-    <w:bookmarkStart w:name="z581" w:id="526"/>
-[...15 lines deleted...]
-      2) реализация стратегии социально-экономического развития Республики Казахстан, осуществление основных направлений государственной, социально -экономической политики и управление социальными и экономическими процессами в стране;</w:t>
+    <w:bookmarkStart w:name="z583" w:id="526"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Полномочия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="526"/>
-    <w:bookmarkStart w:name="z582" w:id="527"/>
-[...15 lines deleted...]
-      3) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z584" w:id="527"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      права:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="527"/>
-    <w:bookmarkStart w:name="z583" w:id="528"/>
-[...15 lines deleted...]
-      14. Полномочия:</w:t>
+    <w:bookmarkStart w:name="z585" w:id="528"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="528"/>
-    <w:bookmarkStart w:name="z584" w:id="529"/>
-[...15 lines deleted...]
-      права:</w:t>
+    <w:bookmarkStart w:name="z586" w:id="529"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществление иных прав и обязанностей, в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="529"/>
-    <w:bookmarkStart w:name="z585" w:id="530"/>
-[...15 lines deleted...]
-      1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
+    <w:bookmarkStart w:name="z587" w:id="530"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обязанности:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="530"/>
-    <w:bookmarkStart w:name="z586" w:id="531"/>
-[...15 lines deleted...]
-      2) осуществление иных прав и обязанностей, в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z588" w:id="531"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дача необходимых поручений руководителям организаций, расположенных на территории района, по вопросам своей компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="531"/>
-    <w:bookmarkStart w:name="z587" w:id="532"/>
-[...15 lines deleted...]
-      обязанности:</w:t>
+    <w:bookmarkStart w:name="z589" w:id="532"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) взаимодействие с другими органами государственного управления, органами общественного самоуправления и другими организациями по вопросам повышения эффективности управления на соответствующей территории.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="532"/>
-    <w:bookmarkStart w:name="z588" w:id="533"/>
-[...15 lines deleted...]
-      1) дача необходимых поручений руководителям организаций, расположенных на территории района, по вопросам своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z590" w:id="533"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="533"/>
-    <w:bookmarkStart w:name="z589" w:id="534"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z591" w:id="536"/>
+    <w:bookmarkStart w:name="z591" w:id="534"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) содействие исполнению гражданами и юридическими лицами норм </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, законов, актов Президента и Правительства Республики Казахстан, нормативных правовых актов центральных и местных государственных органов;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkStart w:name="z592" w:id="535"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечение учета и рассмотрение обращений физических и юридических лиц, в том числе по вопросам оказания государственных услуг, организация проведения личного приема физических и представителей юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z593" w:id="536"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) подготовка проектов решений и распоряжений акима сельского округа в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="536"/>
-    <w:bookmarkStart w:name="z592" w:id="537"/>
-[...15 lines deleted...]
-      2) обеспечение учета и рассмотрение обращений физических и юридических лиц, в том числе по вопросам оказания государственных услуг, организация проведения личного приема физических и представителей юридических лиц;</w:t>
+    <w:bookmarkStart w:name="z594" w:id="537"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществление документационного обеспечения деятельности акима, аппарата акима, в соответствии с действующим законодательством;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="537"/>
-    <w:bookmarkStart w:name="z593" w:id="538"/>
-[...15 lines deleted...]
-      3) подготовка проектов решений и распоряжений акима сельского округа в пределах своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z595" w:id="538"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) взаимодействие с органами местного самоуправления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="538"/>
-    <w:bookmarkStart w:name="z594" w:id="539"/>
-[...15 lines deleted...]
-      4) осуществление документационного обеспечения деятельности акима, аппарата акима, в соответствии с действующим законодательством;</w:t>
+    <w:bookmarkStart w:name="z596" w:id="539"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) содействие сбору налогов и других обязательных платежей в бюджет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="539"/>
-    <w:bookmarkStart w:name="z595" w:id="540"/>
-[...15 lines deleted...]
-      5) взаимодействие с органами местного самоуправления;</w:t>
+    <w:bookmarkStart w:name="z597" w:id="540"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) организация совершения нотариальных действий, в местностях, где нет органов юстиции в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="540"/>
-    <w:bookmarkStart w:name="z596" w:id="541"/>
-[...15 lines deleted...]
-      6) содействие сбору налогов и других обязательных платежей в бюджет;</w:t>
+    <w:bookmarkStart w:name="z598" w:id="541"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) обеспечение повышения качества государственных услуг, внутренний контроль за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="541"/>
-    <w:bookmarkStart w:name="z597" w:id="542"/>
-[...15 lines deleted...]
-      7) организация совершения нотариальных действий, в местностях, где нет органов юстиции в порядке, установленном законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z599" w:id="542"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) осуществление иных функций в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="542"/>
-    <w:bookmarkStart w:name="z598" w:id="543"/>
-[...15 lines deleted...]
-      8) обеспечение повышения качества государственных услуг, внутренний контроль за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z600" w:id="543"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="543"/>
-    <w:bookmarkStart w:name="z599" w:id="544"/>
-[...15 lines deleted...]
-      9) осуществление иных функций в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z601" w:id="544"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Руководство государственным учреждением "Аппарат акима Мичуринского сельского округа Костанайского района" осуществляется акимом Мичуринского сельского округа, который несет персональную ответственность за выполнение возложенных на государственное учреждение "Аппарат акима Мичуринского сельского округа Костанайского района" задач и осуществление им своих функций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="544"/>
-    <w:bookmarkStart w:name="z600" w:id="545"/>
+    <w:bookmarkStart w:name="z602" w:id="545"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Аким сельского округа назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="545"/>
+    <w:bookmarkStart w:name="z603" w:id="546"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Полномочия акима сельского округа:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="546"/>
+    <w:bookmarkStart w:name="z604" w:id="547"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) представляет государственное учреждение "Аппарат акима Мичуринского сельского округа Костанайского района" в государственных органах и иных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="547"/>
+    <w:bookmarkStart w:name="z605" w:id="548"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организует и руководит работой государственного учреждения "Аппарат акима Мичуринского сельского округа Костанайского района";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z606" w:id="549"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) назначает, освобождает от должности, привлекает к дисциплинарной ответственности работников аппарата, в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="549"/>
+    <w:bookmarkStart w:name="z607" w:id="550"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) подписывает служебную документацию в пределах компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkStart w:name="z608" w:id="551"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) в пределах компетенции распоряжается денежными средствами государственного учреждения "Аппарат акима Мичуринского сельского округа Костанайского района", подписывает финансовые документы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="551"/>
+    <w:bookmarkStart w:name="z609" w:id="552"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан по вопросам, отнесенным к его компетенции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="552"/>
+    <w:bookmarkStart w:name="z610" w:id="553"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий акима сельского округа в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="553"/>
+    <w:bookmarkStart w:name="z611" w:id="554"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
-[...179 lines deleted...]
-      6) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан по вопросам, отнесенным к его компетенции.</w:t>
+        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="554"/>
-    <w:bookmarkStart w:name="z610" w:id="555"/>
-[...15 lines deleted...]
-      Исполнение полномочий акима сельского округа в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z612" w:id="555"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Государственное учреждение "Аппарат акима Мичуринского сельского округа Костанайского района" может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="555"/>
-    <w:bookmarkStart w:name="z611" w:id="556"/>
+    <w:bookmarkStart w:name="z613" w:id="556"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имущество государственного учреждения "Аппарат акима Мичуринского сельского округа Костанайского района" формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="556"/>
+    <w:bookmarkStart w:name="z614" w:id="557"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Имущество, закрепленное за государственным учреждением "Аппарат акима Мичуринского сельского округа Костанайского района" относится к коммунальной собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="557"/>
+    <w:bookmarkStart w:name="z615" w:id="558"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Государственное учреждение "Аппарат акима Мичуринского сельского округа Костанайского района" не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkStart w:name="z616" w:id="559"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
-[...59 lines deleted...]
-      22. Имущество, закрепленное за государственным учреждением "Аппарат акима Мичуринского сельского округа Костанайского района" относится к коммунальной собственности.</w:t>
+        <w:t xml:space="preserve"> 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="559"/>
-    <w:bookmarkStart w:name="z615" w:id="560"/>
-[...15 lines deleted...]
-      23. Государственное учреждение "Аппарат акима Мичуринского сельского округа Костанайского района" не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+    <w:bookmarkStart w:name="z617" w:id="560"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Реорганизация и упразднение аппарата акима осуществляется в порядке, определяемом законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="560"/>
-    <w:bookmarkStart w:name="z616" w:id="561"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="562"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16027,127 +16095,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 533</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z623" w:id="563"/>
+    <w:bookmarkStart w:name="z623" w:id="561"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о государственном учреждении "Аппарат акима Надеждинского сельского округа Костанайского района"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="561"/>
+    <w:bookmarkStart w:name="z624" w:id="562"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z625" w:id="563"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственное учреждение "Аппарат акима Надеждинского сельского округа Костанайского района" является государственным органом Республики Казахстан, осуществляющим руководство в сфере обеспечения деятельности акима сельского округа.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="563"/>
-    <w:bookmarkStart w:name="z624" w:id="564"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+    <w:bookmarkStart w:name="z626" w:id="564"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственное учреждение "Аппарат акима Надеждинского сельского округа Костанайского района" не имеет ведомств.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="564"/>
-    <w:bookmarkStart w:name="z625" w:id="565"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z627" w:id="567"/>
+    <w:bookmarkStart w:name="z627" w:id="565"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Государственное учреждение "Аппарат акима Надеждинского сельского округа Костанайского района" осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16162,1103 +16230,1103 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkStart w:name="z628" w:id="566"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственное учреждение "Аппарат акима Надеждинского сельского округа Костанайского района" является юридическим лицом в организационно - правовой форме государственного учреждения, имеет печать и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkStart w:name="z629" w:id="567"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Государственное учреждение "Аппарат акима Надеждинского сельского округа Костанайского района" вступает в гражданско - правовые отношения от собственного имени.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="567"/>
-    <w:bookmarkStart w:name="z628" w:id="568"/>
-[...15 lines deleted...]
-      4. Государственное учреждение "Аппарат акима Надеждинского сельского округа Костанайского района" является юридическим лицом в организационно - правовой форме государственного учреждения, имеет печать и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
+    <w:bookmarkStart w:name="z630" w:id="568"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Государственное учреждение "Аппарат акима Надеждинского сельского округа Костанайского района" имеет право выступать стороной гражданско - правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="568"/>
-    <w:bookmarkStart w:name="z629" w:id="569"/>
-[...15 lines deleted...]
-      5. Государственное учреждение "Аппарат акима Надеждинского сельского округа Костанайского района" вступает в гражданско - правовые отношения от собственного имени.</w:t>
+    <w:bookmarkStart w:name="z631" w:id="569"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Государственное учреждение "Аппарат акима Надеждинского сельского округа Костанайского района" по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые распоряжением акима и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="569"/>
-    <w:bookmarkStart w:name="z630" w:id="570"/>
-[...15 lines deleted...]
-      6. Государственное учреждение "Аппарат акима Надеждинского сельского округа Костанайского района" имеет право выступать стороной гражданско - правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
+    <w:bookmarkStart w:name="z632" w:id="570"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Структура и лимит штатной численности государственного учреждения "Аппарат акима Надеждинского сельского округа Костанайского района" утверждаются в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="570"/>
-    <w:bookmarkStart w:name="z631" w:id="571"/>
-[...15 lines deleted...]
-      7. Государственное учреждение "Аппарат акима Надеждинского сельского округа Костанайского района" по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые распоряжением акима и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z633" w:id="571"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Местонахождение юридического лица: 111110, Республика Казахстан, Костанайская область, Костанайский район, село Надеждинка, улица Гагарина, 48.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="571"/>
-    <w:bookmarkStart w:name="z632" w:id="572"/>
-[...15 lines deleted...]
-      8. Структура и лимит штатной численности государственного учреждения "Аппарат акима Надеждинского сельского округа Костанайского района" утверждаются в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z634" w:id="572"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Полное наименование государственного органа - государственное учреждение "Аппарат акима Надеждинского сельского округа Костанайского района".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="572"/>
-    <w:bookmarkStart w:name="z633" w:id="573"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z635" w:id="575"/>
+    <w:bookmarkStart w:name="z635" w:id="573"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Настоящее </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> является учредительным документом государственного учреждения "Аппарат акима Надеждинского сельского округа Костанайского района".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkStart w:name="z636" w:id="574"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Финансирование деятельности государственного учреждения "Аппарат акима Надеждинского сельского округа Костанайского района" осуществляется из местного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkStart w:name="z637" w:id="575"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Государственному учреждению "Аппарат акима Надеждинского сельского округа Костанайского района" запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями государственного учреждения "Аппарат акима Надеждинского сельского округа Костанайского района".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="575"/>
-    <w:bookmarkStart w:name="z636" w:id="576"/>
-[...15 lines deleted...]
-      11. Финансирование деятельности государственного учреждения "Аппарат акима Надеждинского сельского округа Костанайского района" осуществляется из местного бюджета.</w:t>
+    <w:bookmarkStart w:name="z638" w:id="576"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если государственному учреждению "Аппарат акима Надеждинского сельского округа Костанайского района" законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="576"/>
-    <w:bookmarkStart w:name="z637" w:id="577"/>
-[...15 lines deleted...]
-      12. Государственному учреждению "Аппарат акима Надеждинского сельского округа Костанайского района" запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями государственного учреждения "Аппарат акима Надеждинского сельского округа Костанайского района".</w:t>
+    <w:bookmarkStart w:name="z639" w:id="577"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="577"/>
-    <w:bookmarkStart w:name="z638" w:id="578"/>
-[...15 lines deleted...]
-      Если государственному учреждению "Аппарат акима Надеждинского сельского округа Костанайского района" законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
+    <w:bookmarkStart w:name="z640" w:id="578"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Задачи:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="578"/>
-    <w:bookmarkStart w:name="z639" w:id="579"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
+    <w:bookmarkStart w:name="z641" w:id="579"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведение в жизнь политики Президента Республики Казахстан по охране и укреплению государственного суверенитета, конституционного строя, обеспечению безопасности, территориальной целостности Республики Казахстан, прав и свобод граждан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="579"/>
-    <w:bookmarkStart w:name="z640" w:id="580"/>
-[...15 lines deleted...]
-      13. Задачи:</w:t>
+    <w:bookmarkStart w:name="z642" w:id="580"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) реализация стратегии социально-экономического развития Республики Казахстан, осуществление основных направлений государственной, социально -экономической политики и управление социальными и экономическими процессами в стране;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="580"/>
-    <w:bookmarkStart w:name="z641" w:id="581"/>
-[...15 lines deleted...]
-      1) проведение в жизнь политики Президента Республики Казахстан по охране и укреплению государственного суверенитета, конституционного строя, обеспечению безопасности, территориальной целостности Республики Казахстан, прав и свобод граждан;</w:t>
+    <w:bookmarkStart w:name="z643" w:id="581"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="581"/>
-    <w:bookmarkStart w:name="z642" w:id="582"/>
-[...15 lines deleted...]
-      2) реализация стратегии социально-экономического развития Республики Казахстан, осуществление основных направлений государственной, социально -экономической политики и управление социальными и экономическими процессами в стране;</w:t>
+    <w:bookmarkStart w:name="z644" w:id="582"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Полномочия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="582"/>
-    <w:bookmarkStart w:name="z643" w:id="583"/>
-[...15 lines deleted...]
-      3) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z645" w:id="583"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      права:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="583"/>
-    <w:bookmarkStart w:name="z644" w:id="584"/>
-[...15 lines deleted...]
-      14. Полномочия:</w:t>
+    <w:bookmarkStart w:name="z646" w:id="584"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="584"/>
-    <w:bookmarkStart w:name="z645" w:id="585"/>
-[...15 lines deleted...]
-      права:</w:t>
+    <w:bookmarkStart w:name="z647" w:id="585"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществление иных прав и обязанностей, в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="585"/>
-    <w:bookmarkStart w:name="z646" w:id="586"/>
-[...15 lines deleted...]
-      1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
+    <w:bookmarkStart w:name="z648" w:id="586"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обязанности:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="586"/>
-    <w:bookmarkStart w:name="z647" w:id="587"/>
-[...15 lines deleted...]
-      2) осуществление иных прав и обязанностей, в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z649" w:id="587"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дача необходимых поручений руководителям организаций, расположенных на территории района, по вопросам своей компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="587"/>
-    <w:bookmarkStart w:name="z648" w:id="588"/>
-[...15 lines deleted...]
-      обязанности:</w:t>
+    <w:bookmarkStart w:name="z650" w:id="588"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) взаимодействие с другими органами государственного управления, органами общественного самоуправления и другими организациями по вопросам повышения эффективности управления на соответствующей территории.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="588"/>
-    <w:bookmarkStart w:name="z649" w:id="589"/>
-[...15 lines deleted...]
-      1) дача необходимых поручений руководителям организаций, расположенных на территории района, по вопросам своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z651" w:id="589"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="589"/>
-    <w:bookmarkStart w:name="z650" w:id="590"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z652" w:id="592"/>
+    <w:bookmarkStart w:name="z652" w:id="590"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) содействие исполнению гражданами и юридическими лицами норм </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, законов, актов Президента и Правительства Республики Казахстан, нормативных правовых актов центральных и местных государственных органов;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="590"/>
+    <w:bookmarkStart w:name="z653" w:id="591"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечение учета и рассмотрение обращений физических и юридических лиц, в том числе по вопросам оказания государственных услуг, организация проведения личного приема физических и представителей юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkStart w:name="z654" w:id="592"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) подготовка проектов решений и распоряжений акима сельского округа в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="592"/>
-    <w:bookmarkStart w:name="z653" w:id="593"/>
-[...15 lines deleted...]
-      2) обеспечение учета и рассмотрение обращений физических и юридических лиц, в том числе по вопросам оказания государственных услуг, организация проведения личного приема физических и представителей юридических лиц;</w:t>
+    <w:bookmarkStart w:name="z655" w:id="593"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществление документационного обеспечения деятельности акима, аппарата акима, в соответствии с действующим законодательством;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="593"/>
-    <w:bookmarkStart w:name="z654" w:id="594"/>
-[...15 lines deleted...]
-      3) подготовка проектов решений и распоряжений акима сельского округа в пределах своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z656" w:id="594"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) взаимодействие с органами местного самоуправления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="594"/>
-    <w:bookmarkStart w:name="z655" w:id="595"/>
-[...15 lines deleted...]
-      4) осуществление документационного обеспечения деятельности акима, аппарата акима, в соответствии с действующим законодательством;</w:t>
+    <w:bookmarkStart w:name="z657" w:id="595"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) содействие сбору налогов и других обязательных платежей в бюджет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="595"/>
-    <w:bookmarkStart w:name="z656" w:id="596"/>
-[...15 lines deleted...]
-      5) взаимодействие с органами местного самоуправления;</w:t>
+    <w:bookmarkStart w:name="z658" w:id="596"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) организация совершения нотариальных действий, в местностях, где нет органов юстиции в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="596"/>
-    <w:bookmarkStart w:name="z657" w:id="597"/>
-[...15 lines deleted...]
-      6) содействие сбору налогов и других обязательных платежей в бюджет;</w:t>
+    <w:bookmarkStart w:name="z659" w:id="597"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) обеспечение повышения качества государственных услуг, внутренний контроль за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="597"/>
-    <w:bookmarkStart w:name="z658" w:id="598"/>
-[...15 lines deleted...]
-      7) организация совершения нотариальных действий, в местностях, где нет органов юстиции в порядке, установленном законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z660" w:id="598"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) осуществление иных функций в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="598"/>
-    <w:bookmarkStart w:name="z659" w:id="599"/>
-[...15 lines deleted...]
-      8) обеспечение повышения качества государственных услуг, внутренний контроль за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z661" w:id="599"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="599"/>
-    <w:bookmarkStart w:name="z660" w:id="600"/>
-[...15 lines deleted...]
-      9) осуществление иных функций в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z662" w:id="600"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Руководство государственным учреждением "Аппарат акима Надеждинского сельского округа Костанайского района" осуществляется акимом Надеждинского сельского округа, который несет персональную ответственность за выполнение возложенных на государственное учреждение "Аппарат акима Надеждинского сельского округа Костанайского района" задач и осуществление им своих функций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="600"/>
-    <w:bookmarkStart w:name="z661" w:id="601"/>
+    <w:bookmarkStart w:name="z663" w:id="601"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Аким сельского округа назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="601"/>
+    <w:bookmarkStart w:name="z664" w:id="602"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Полномочия акима сельского округа:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="602"/>
+    <w:bookmarkStart w:name="z665" w:id="603"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) представляет государственное учреждение "Аппарат акима Надеждинского сельского округа Костанайского района" в государственных органах и иных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z666" w:id="604"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организует и руководит работой государственного учреждения "Аппарат акима Надеждинского сельского округа Костанайского района";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z667" w:id="605"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) назначает, освобождает от должности, привлекает к дисциплинарной ответственности работников аппарата, в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z668" w:id="606"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) подписывает служебную документацию в пределах компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z669" w:id="607"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) в пределах компетенции распоряжается денежными средствами государственного учреждения "Аппарат акима Надеждинского сельского округа Костанайского района", подписывает финансовые документы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z670" w:id="608"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан по вопросам, отнесенным к его компетенции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z671" w:id="609"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий акима сельского округа в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z672" w:id="610"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
-[...179 lines deleted...]
-      6) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан по вопросам, отнесенным к его компетенции.</w:t>
+        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="610"/>
-    <w:bookmarkStart w:name="z671" w:id="611"/>
-[...15 lines deleted...]
-      Исполнение полномочий акима сельского округа в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z673" w:id="611"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Государственное учреждение "Аппарат акима Надеждинского сельского округа Костанайского района" может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="611"/>
-    <w:bookmarkStart w:name="z672" w:id="612"/>
+    <w:bookmarkStart w:name="z674" w:id="612"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имущество государственного учреждения "Аппарат акима Надеждинского сельского округа Костанайского района" формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z675" w:id="613"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Имущество, закрепленное за государственным учреждением "Аппарат акима Надеждинского сельского округа Костанайского района" относится к коммунальной собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z676" w:id="614"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Государственное учреждение "Аппарат акима Надеждинского сельского округа Костанайского района" не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z677" w:id="615"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
-[...59 lines deleted...]
-      22. Имущество, закрепленное за государственным учреждением "Аппарат акима Надеждинского сельского округа Костанайского района" относится к коммунальной собственности.</w:t>
+        <w:t xml:space="preserve"> 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="615"/>
-    <w:bookmarkStart w:name="z676" w:id="616"/>
-[...15 lines deleted...]
-      23. Государственное учреждение "Аппарат акима Надеждинского сельского округа Костанайского района" не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+    <w:bookmarkStart w:name="z678" w:id="616"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Реорганизация и упразднение аппарата акима осуществляется в порядке, определяемом законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="616"/>
-    <w:bookmarkStart w:name="z677" w:id="617"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="618"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -17558,127 +17626,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 533</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z684" w:id="619"/>
+    <w:bookmarkStart w:name="z684" w:id="617"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о государственном учреждении "Аппарат акима Озерного сельского округа Костанайского района"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z685" w:id="618"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z686" w:id="619"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственное учреждение "Аппарат акима Озерного сельского округа Костанайского района" является государственным органом Республики Казахстан, осуществляющим руководство в сфере обеспечения деятельности акима сельского округа.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="619"/>
-    <w:bookmarkStart w:name="z685" w:id="620"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+    <w:bookmarkStart w:name="z687" w:id="620"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственное учреждение "Аппарат акима Озерного сельского округа Костанайского района" не имеет ведомств.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="620"/>
-    <w:bookmarkStart w:name="z686" w:id="621"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z688" w:id="623"/>
+    <w:bookmarkStart w:name="z688" w:id="621"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Государственное учреждение "Аппарат акима Озерного сельского округа Костанайского района" осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17693,1103 +17761,1103 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z689" w:id="622"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственное учреждение "Аппарат акима Озерного сельского округа Костанайского района" является юридическим лицом в организационно - правовой форме государственного учреждения, имеет печать и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z690" w:id="623"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Государственное учреждение "Аппарат акима Озерного сельского округа Костанайского района" вступает в гражданско-правовые отношения от собственного имени.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="623"/>
-    <w:bookmarkStart w:name="z689" w:id="624"/>
-[...15 lines deleted...]
-      4. Государственное учреждение "Аппарат акима Озерного сельского округа Костанайского района" является юридическим лицом в организационно - правовой форме государственного учреждения, имеет печать и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
+    <w:bookmarkStart w:name="z691" w:id="624"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Государственное учреждение "Аппарат акима Озерного сельского округа Костанайского района" имеет право выступать стороной гражданско -правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="624"/>
-    <w:bookmarkStart w:name="z690" w:id="625"/>
-[...15 lines deleted...]
-      5. Государственное учреждение "Аппарат акима Озерного сельского округа Костанайского района" вступает в гражданско-правовые отношения от собственного имени.</w:t>
+    <w:bookmarkStart w:name="z692" w:id="625"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Государственное учреждение "Аппарат акима Озерного сельского округа Костанайского района" по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые распоряжением акима и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="625"/>
-    <w:bookmarkStart w:name="z691" w:id="626"/>
-[...15 lines deleted...]
-      6. Государственное учреждение "Аппарат акима Озерного сельского округа Костанайского района" имеет право выступать стороной гражданско -правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
+    <w:bookmarkStart w:name="z693" w:id="626"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Структура и лимит штатной численности государственного учреждения "Аппарат акима Озерного сельского округа Костанайского района" утверждаются в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="626"/>
-    <w:bookmarkStart w:name="z692" w:id="627"/>
-[...15 lines deleted...]
-      7. Государственное учреждение "Аппарат акима Озерного сельского округа Костанайского района" по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые распоряжением акима и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z694" w:id="627"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Местонахождение юридического лица: 111113, Республика Казахстан, Костанайская область, Костанайский район, село Озерное, улица Ленина, 6.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="627"/>
-    <w:bookmarkStart w:name="z693" w:id="628"/>
-[...15 lines deleted...]
-      8. Структура и лимит штатной численности государственного учреждения "Аппарат акима Озерного сельского округа Костанайского района" утверждаются в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z695" w:id="628"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Полное наименование государственного органа - государственное учреждение "Аппарат акима Озерного сельского округа Костанайского района".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="628"/>
-    <w:bookmarkStart w:name="z694" w:id="629"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z696" w:id="631"/>
+    <w:bookmarkStart w:name="z696" w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Настоящее </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> является учредительным документом государственного учреждения "Аппарат акима Озерного сельского округа Костанайского района".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkStart w:name="z697" w:id="630"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Финансирование деятельности государственного учреждения "Аппарат акима Озерного сельского округа Костанайского района" осуществляется из местного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z698" w:id="631"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Государственному учреждению "Аппарат акима Озерного сельского округа Костанайского района" запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями государственного учреждения "Аппарат акима Озерного сельского округа Костанайского района".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="631"/>
-    <w:bookmarkStart w:name="z697" w:id="632"/>
-[...15 lines deleted...]
-      11. Финансирование деятельности государственного учреждения "Аппарат акима Озерного сельского округа Костанайского района" осуществляется из местного бюджета.</w:t>
+    <w:bookmarkStart w:name="z699" w:id="632"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если государственному учреждению "Аппарат акима Озерного сельского округа Костанайского района" законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="632"/>
-    <w:bookmarkStart w:name="z698" w:id="633"/>
-[...15 lines deleted...]
-      12. Государственному учреждению "Аппарат акима Озерного сельского округа Костанайского района" запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями государственного учреждения "Аппарат акима Озерного сельского округа Костанайского района".</w:t>
+    <w:bookmarkStart w:name="z700" w:id="633"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="633"/>
-    <w:bookmarkStart w:name="z699" w:id="634"/>
-[...15 lines deleted...]
-      Если государственному учреждению "Аппарат акима Озерного сельского округа Костанайского района" законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
+    <w:bookmarkStart w:name="z701" w:id="634"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Задачи:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="634"/>
-    <w:bookmarkStart w:name="z700" w:id="635"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
+    <w:bookmarkStart w:name="z702" w:id="635"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведение в жизнь политики Президента Республики Казахстан по охране и укреплению государственного суверенитета, конституционного строя, обеспечению безопасности, территориальной целостности Республики Казахстан, прав и свобод граждан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="635"/>
-    <w:bookmarkStart w:name="z701" w:id="636"/>
-[...15 lines deleted...]
-      13. Задачи:</w:t>
+    <w:bookmarkStart w:name="z703" w:id="636"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) реализация стратегии социально - экономического развития Республики Казахстан, осуществление основных направлений государственной, социально - экономической политики и управление социальными и экономическими процессами в стране;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="636"/>
-    <w:bookmarkStart w:name="z702" w:id="637"/>
-[...15 lines deleted...]
-      1) проведение в жизнь политики Президента Республики Казахстан по охране и укреплению государственного суверенитета, конституционного строя, обеспечению безопасности, территориальной целостности Республики Казахстан, прав и свобод граждан;</w:t>
+    <w:bookmarkStart w:name="z704" w:id="637"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="637"/>
-    <w:bookmarkStart w:name="z703" w:id="638"/>
-[...15 lines deleted...]
-      2) реализация стратегии социально - экономического развития Республики Казахстан, осуществление основных направлений государственной, социально - экономической политики и управление социальными и экономическими процессами в стране;</w:t>
+    <w:bookmarkStart w:name="z705" w:id="638"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Полномочия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="638"/>
-    <w:bookmarkStart w:name="z704" w:id="639"/>
-[...15 lines deleted...]
-      3) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z706" w:id="639"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      права:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="639"/>
-    <w:bookmarkStart w:name="z705" w:id="640"/>
-[...15 lines deleted...]
-      14. Полномочия:</w:t>
+    <w:bookmarkStart w:name="z707" w:id="640"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="640"/>
-    <w:bookmarkStart w:name="z706" w:id="641"/>
-[...15 lines deleted...]
-      права:</w:t>
+    <w:bookmarkStart w:name="z708" w:id="641"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществление иных прав и обязанностей, в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="641"/>
-    <w:bookmarkStart w:name="z707" w:id="642"/>
-[...15 lines deleted...]
-      1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
+    <w:bookmarkStart w:name="z709" w:id="642"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обязанности:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="642"/>
-    <w:bookmarkStart w:name="z708" w:id="643"/>
-[...15 lines deleted...]
-      2) осуществление иных прав и обязанностей, в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z710" w:id="643"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дача необходимых поручений руководителям организаций, расположенных на территории района, по вопросам своей компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="643"/>
-    <w:bookmarkStart w:name="z709" w:id="644"/>
-[...15 lines deleted...]
-      обязанности:</w:t>
+    <w:bookmarkStart w:name="z711" w:id="644"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) взаимодействие с другими органами государственного управления, органами общественного самоуправления и другими организациями по вопросам повышения эффективности управления на соответствующей территории.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="644"/>
-    <w:bookmarkStart w:name="z710" w:id="645"/>
-[...15 lines deleted...]
-      1) дача необходимых поручений руководителям организаций, расположенных на территории района, по вопросам своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z712" w:id="645"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="645"/>
-    <w:bookmarkStart w:name="z711" w:id="646"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z713" w:id="648"/>
+    <w:bookmarkStart w:name="z713" w:id="646"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) содействие исполнению гражданами и юридическими лицами норм </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, законов, актов Президента и Правительства Республики Казахстан, нормативных правовых актов центральных и местных государственных органов;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="646"/>
+    <w:bookmarkStart w:name="z714" w:id="647"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечение учета и рассмотрение обращений физических и юридических лиц, в том числе по вопросам оказания государственных услуг, организация проведения личного приема физических и представителей юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="647"/>
+    <w:bookmarkStart w:name="z715" w:id="648"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) подготовка проектов решений и распоряжений акима сельского округа в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="648"/>
-    <w:bookmarkStart w:name="z714" w:id="649"/>
-[...15 lines deleted...]
-      2) обеспечение учета и рассмотрение обращений физических и юридических лиц, в том числе по вопросам оказания государственных услуг, организация проведения личного приема физических и представителей юридических лиц;</w:t>
+    <w:bookmarkStart w:name="z716" w:id="649"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществление документационного обеспечения деятельности акима, аппарата акима, в соответствии с действующим законодательством;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="649"/>
-    <w:bookmarkStart w:name="z715" w:id="650"/>
-[...15 lines deleted...]
-      3) подготовка проектов решений и распоряжений акима сельского округа в пределах своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z717" w:id="650"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) взаимодействие с органами местного самоуправления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="650"/>
-    <w:bookmarkStart w:name="z716" w:id="651"/>
-[...15 lines deleted...]
-      4) осуществление документационного обеспечения деятельности акима, аппарата акима, в соответствии с действующим законодательством;</w:t>
+    <w:bookmarkStart w:name="z718" w:id="651"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) содействие сбору налогов и других обязательных платежей в бюджет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="651"/>
-    <w:bookmarkStart w:name="z717" w:id="652"/>
-[...15 lines deleted...]
-      5) взаимодействие с органами местного самоуправления;</w:t>
+    <w:bookmarkStart w:name="z719" w:id="652"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) организация совершения нотариальных действий, в местностях, где нет органов юстиции в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="652"/>
-    <w:bookmarkStart w:name="z718" w:id="653"/>
-[...15 lines deleted...]
-      6) содействие сбору налогов и других обязательных платежей в бюджет;</w:t>
+    <w:bookmarkStart w:name="z720" w:id="653"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) обеспечение повышения качества государственных услуг, внутренний контроль за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="653"/>
-    <w:bookmarkStart w:name="z719" w:id="654"/>
-[...15 lines deleted...]
-      7) организация совершения нотариальных действий, в местностях, где нет органов юстиции в порядке, установленном законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z721" w:id="654"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) осуществление иных функций в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="654"/>
-    <w:bookmarkStart w:name="z720" w:id="655"/>
-[...15 lines deleted...]
-      8) обеспечение повышения качества государственных услуг, внутренний контроль за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z722" w:id="655"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="655"/>
-    <w:bookmarkStart w:name="z721" w:id="656"/>
-[...15 lines deleted...]
-      9) осуществление иных функций в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z723" w:id="656"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Руководство государственным учреждением "Аппарат акима Озерного сельского округа Костанайского района" осуществляется акимом Озерного сельского округа, который несет персональную ответственность за выполнение возложенных на государственное учреждение "Аппарат акима Озерного сельского округа Костанайского района" задач и осуществление им своих функций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="656"/>
-    <w:bookmarkStart w:name="z722" w:id="657"/>
+    <w:bookmarkStart w:name="z724" w:id="657"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Аким сельского округа назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="657"/>
+    <w:bookmarkStart w:name="z725" w:id="658"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Полномочия акима сельского округа:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="658"/>
+    <w:bookmarkStart w:name="z726" w:id="659"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) представляет государственное учреждение "Аппарат акима Озерного сельского округа Костанайского района" в государственных органах и иных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="659"/>
+    <w:bookmarkStart w:name="z727" w:id="660"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организует и руководит работой государственного учреждения "Аппарат акима Озерного сельского округа Костанайского района";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="660"/>
+    <w:bookmarkStart w:name="z728" w:id="661"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) назначает, освобождает от должности, привлекает к дисциплинарной ответственности работников аппарата, в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="661"/>
+    <w:bookmarkStart w:name="z729" w:id="662"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) подписывает служебную документацию в пределах компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="662"/>
+    <w:bookmarkStart w:name="z730" w:id="663"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) в пределах компетенции распоряжается денежными средствами государственного учреждения "Аппарат акима Озерного сельского округа Костанайского района", подписывает финансовые документы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="663"/>
+    <w:bookmarkStart w:name="z731" w:id="664"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан по вопросам, отнесенным к его компетенции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="664"/>
+    <w:bookmarkStart w:name="z732" w:id="665"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий акима сельского округа в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="665"/>
+    <w:bookmarkStart w:name="z733" w:id="666"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
-[...179 lines deleted...]
-      6) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан по вопросам, отнесенным к его компетенции.</w:t>
+        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="666"/>
-    <w:bookmarkStart w:name="z732" w:id="667"/>
-[...15 lines deleted...]
-      Исполнение полномочий акима сельского округа в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z734" w:id="667"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Государственное учреждение "Аппарат акима Озерного сельского округа Костанайского района" может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="667"/>
-    <w:bookmarkStart w:name="z733" w:id="668"/>
+    <w:bookmarkStart w:name="z735" w:id="668"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имущество государственного учреждения "Аппарат акима Озерного сельского округа Костанайского района" формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="668"/>
+    <w:bookmarkStart w:name="z736" w:id="669"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Имущество, закрепленное за государственным учреждением "Аппарат акима Озерного сельского округа Костанайского района" относится к коммунальной собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="669"/>
+    <w:bookmarkStart w:name="z737" w:id="670"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Государственное учреждение "Аппарат акима Озерного сельского округа Костанайского района" не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="670"/>
+    <w:bookmarkStart w:name="z738" w:id="671"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
-[...59 lines deleted...]
-      22. Имущество, закрепленное за государственным учреждением "Аппарат акима Озерного сельского округа Костанайского района" относится к коммунальной собственности.</w:t>
+        <w:t xml:space="preserve"> 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="671"/>
-    <w:bookmarkStart w:name="z737" w:id="672"/>
-[...15 lines deleted...]
-      23. Государственное учреждение "Аппарат акима Озерного сельского округа Костанайского района" не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+    <w:bookmarkStart w:name="z739" w:id="672"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Реорганизация и упразднение аппарата акима осуществляется в порядке, определяемом законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="672"/>
-    <w:bookmarkStart w:name="z738" w:id="673"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="674"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -19089,127 +19157,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 533</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z745" w:id="675"/>
+    <w:bookmarkStart w:name="z745" w:id="673"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о государственном учреждении "Аппарат акима Октябрьского сельского округа Костанайского района"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="673"/>
+    <w:bookmarkStart w:name="z746" w:id="674"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="674"/>
+    <w:bookmarkStart w:name="z747" w:id="675"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственное учреждение "Аппарат акима Октябрьского сельского округа Костанайского района" является государственным органом Республики Казахстан, осуществляющим руководство в сфере обеспечения деятельности акима сельского округа.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="675"/>
-    <w:bookmarkStart w:name="z746" w:id="676"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+    <w:bookmarkStart w:name="z748" w:id="676"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственное учреждение "Аппарат акима Октябрьского сельского округа Костанайского района" не имеет ведомств.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="676"/>
-    <w:bookmarkStart w:name="z747" w:id="677"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z749" w:id="679"/>
+    <w:bookmarkStart w:name="z749" w:id="677"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Государственное учреждение "Аппарат акима Октябрьского сельского округа Костанайского района" осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19224,1103 +19292,1103 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="677"/>
+    <w:bookmarkStart w:name="z750" w:id="678"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственное учреждение "Аппарат акима Октябрьского сельского округа Костанайского района" является юридическим лицом в организационно -правовой форме государственного учреждения, имеет печать и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="678"/>
+    <w:bookmarkStart w:name="z751" w:id="679"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Государственное учреждение "Аппарат акима Октябрьского сельского округа Костанайского района" вступает в гражданско - правовые отношения от собственного имени.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="679"/>
-    <w:bookmarkStart w:name="z750" w:id="680"/>
-[...15 lines deleted...]
-      4. Государственное учреждение "Аппарат акима Октябрьского сельского округа Костанайского района" является юридическим лицом в организационно -правовой форме государственного учреждения, имеет печать и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
+    <w:bookmarkStart w:name="z752" w:id="680"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Государственное учреждение "Аппарат акима Октябрьского сельского округа Костанайского района" имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="680"/>
-    <w:bookmarkStart w:name="z751" w:id="681"/>
-[...15 lines deleted...]
-      5. Государственное учреждение "Аппарат акима Октябрьского сельского округа Костанайского района" вступает в гражданско - правовые отношения от собственного имени.</w:t>
+    <w:bookmarkStart w:name="z753" w:id="681"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Государственное учреждение "Аппарат акима Октябрьского сельского округа Костанайского района" по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые распоряжением акима и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="681"/>
-    <w:bookmarkStart w:name="z752" w:id="682"/>
-[...15 lines deleted...]
-      6. Государственное учреждение "Аппарат акима Октябрьского сельского округа Костанайского района" имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
+    <w:bookmarkStart w:name="z754" w:id="682"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Структура и лимит штатной численности государственного учреждения "Аппарат акима Октябрьского сельского округа Костанайского района" утверждаются в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="682"/>
-    <w:bookmarkStart w:name="z753" w:id="683"/>
-[...15 lines deleted...]
-      7. Государственное учреждение "Аппарат акима Октябрьского сельского округа Костанайского района" по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые распоряжением акима и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z755" w:id="683"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Местонахождение юридического лица: 111110, Республика Казахстан, Костанайская область, Костанайский район, село Октябрьское, улица Школьная, 2а.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="683"/>
-    <w:bookmarkStart w:name="z754" w:id="684"/>
-[...15 lines deleted...]
-      8. Структура и лимит штатной численности государственного учреждения "Аппарат акима Октябрьского сельского округа Костанайского района" утверждаются в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z756" w:id="684"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Полное наименование государственного органа - государственное учреждение "Аппарат акима Октябрьского сельского округа Костанайского района".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="684"/>
-    <w:bookmarkStart w:name="z755" w:id="685"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z757" w:id="687"/>
+    <w:bookmarkStart w:name="z757" w:id="685"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Настоящее </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> является учредительным документом государственного учреждения "Аппарат акима Октябрьского сельского округа Костанайского района".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="685"/>
+    <w:bookmarkStart w:name="z758" w:id="686"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Финансирование деятельности государственного учреждения "Аппарат акима Октябрьского сельского округа Костанайского района" осуществляется из местного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="686"/>
+    <w:bookmarkStart w:name="z759" w:id="687"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Государственному учреждению "Аппарат акима Октябрьского сельского округа Костанайского района" запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями государственного учреждения "Аппарат акима Октябрьского сельского округа Костанайского района".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="687"/>
-    <w:bookmarkStart w:name="z758" w:id="688"/>
-[...15 lines deleted...]
-      11. Финансирование деятельности государственного учреждения "Аппарат акима Октябрьского сельского округа Костанайского района" осуществляется из местного бюджета.</w:t>
+    <w:bookmarkStart w:name="z760" w:id="688"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если государственному учреждению "Аппарат акима Октябрьского сельского округа Костанайского района" законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="688"/>
-    <w:bookmarkStart w:name="z759" w:id="689"/>
-[...15 lines deleted...]
-      12. Государственному учреждению "Аппарат акима Октябрьского сельского округа Костанайского района" запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями государственного учреждения "Аппарат акима Октябрьского сельского округа Костанайского района".</w:t>
+    <w:bookmarkStart w:name="z761" w:id="689"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="689"/>
-    <w:bookmarkStart w:name="z760" w:id="690"/>
-[...15 lines deleted...]
-      Если государственному учреждению "Аппарат акима Октябрьского сельского округа Костанайского района" законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
+    <w:bookmarkStart w:name="z762" w:id="690"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Задачи:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="690"/>
-    <w:bookmarkStart w:name="z761" w:id="691"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
+    <w:bookmarkStart w:name="z763" w:id="691"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведение в жизнь политики Президента Республики Казахстан по охране и укреплению государственного суверенитета, конституционного строя, обеспечению безопасности, территориальной целостности Республики Казахстан, прав и свобод граждан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="691"/>
-    <w:bookmarkStart w:name="z762" w:id="692"/>
-[...15 lines deleted...]
-      13. Задачи:</w:t>
+    <w:bookmarkStart w:name="z764" w:id="692"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) реализация стратегии социально-экономического развития Республики Казахстан, осуществление основных направлений государственной, социально-экономической политики и управление социальными и экономическими процессами в стране;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="692"/>
-    <w:bookmarkStart w:name="z763" w:id="693"/>
-[...15 lines deleted...]
-      1) проведение в жизнь политики Президента Республики Казахстан по охране и укреплению государственного суверенитета, конституционного строя, обеспечению безопасности, территориальной целостности Республики Казахстан, прав и свобод граждан;</w:t>
+    <w:bookmarkStart w:name="z765" w:id="693"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="693"/>
-    <w:bookmarkStart w:name="z764" w:id="694"/>
-[...15 lines deleted...]
-      2) реализация стратегии социально-экономического развития Республики Казахстан, осуществление основных направлений государственной, социально-экономической политики и управление социальными и экономическими процессами в стране;</w:t>
+    <w:bookmarkStart w:name="z766" w:id="694"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Полномочия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="694"/>
-    <w:bookmarkStart w:name="z765" w:id="695"/>
-[...15 lines deleted...]
-      3) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z767" w:id="695"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      права:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="695"/>
-    <w:bookmarkStart w:name="z766" w:id="696"/>
-[...15 lines deleted...]
-      14. Полномочия:</w:t>
+    <w:bookmarkStart w:name="z768" w:id="696"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="696"/>
-    <w:bookmarkStart w:name="z767" w:id="697"/>
-[...15 lines deleted...]
-      права:</w:t>
+    <w:bookmarkStart w:name="z769" w:id="697"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществление иных прав и обязанностей, в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="697"/>
-    <w:bookmarkStart w:name="z768" w:id="698"/>
-[...15 lines deleted...]
-      1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
+    <w:bookmarkStart w:name="z770" w:id="698"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обязанности:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="698"/>
-    <w:bookmarkStart w:name="z769" w:id="699"/>
-[...15 lines deleted...]
-      2) осуществление иных прав и обязанностей, в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z771" w:id="699"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дача необходимых поручений руководителям организаций, расположенных на территории района, по вопросам своей компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="699"/>
-    <w:bookmarkStart w:name="z770" w:id="700"/>
-[...15 lines deleted...]
-      обязанности:</w:t>
+    <w:bookmarkStart w:name="z772" w:id="700"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) взаимодействие с другими органами государственного управления, органами общественного самоуправления и другими организациями по вопросам повышения эффективности управления на соответствующей территории.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="700"/>
-    <w:bookmarkStart w:name="z771" w:id="701"/>
-[...15 lines deleted...]
-      1) дача необходимых поручений руководителям организаций, расположенных на территории района, по вопросам своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z773" w:id="701"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="701"/>
-    <w:bookmarkStart w:name="z772" w:id="702"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z774" w:id="704"/>
+    <w:bookmarkStart w:name="z774" w:id="702"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) содействие исполнению гражданами и юридическими лицами норм </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, законов, актов Президента и Правительства Республики Казахстан, нормативных правовых актов центральных и местных государственных органов;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="702"/>
+    <w:bookmarkStart w:name="z775" w:id="703"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечение учета и рассмотрение обращений физических и юридических лиц, в том числе по вопросам оказания государственных услуг, организация проведения личного приема физических и представителей юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="703"/>
+    <w:bookmarkStart w:name="z776" w:id="704"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) подготовка проектов решений и распоряжений акима сельского округа в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="704"/>
-    <w:bookmarkStart w:name="z775" w:id="705"/>
-[...15 lines deleted...]
-      2) обеспечение учета и рассмотрение обращений физических и юридических лиц, в том числе по вопросам оказания государственных услуг, организация проведения личного приема физических и представителей юридических лиц;</w:t>
+    <w:bookmarkStart w:name="z777" w:id="705"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществление документационного обеспечения деятельности акима, аппарата акима, в соответствии с действующим законодательством;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="705"/>
-    <w:bookmarkStart w:name="z776" w:id="706"/>
-[...15 lines deleted...]
-      3) подготовка проектов решений и распоряжений акима сельского округа в пределах своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z778" w:id="706"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) взаимодействие с органами местного самоуправления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="706"/>
-    <w:bookmarkStart w:name="z777" w:id="707"/>
-[...15 lines deleted...]
-      4) осуществление документационного обеспечения деятельности акима, аппарата акима, в соответствии с действующим законодательством;</w:t>
+    <w:bookmarkStart w:name="z779" w:id="707"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) содействие сбору налогов и других обязательных платежей в бюджет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="707"/>
-    <w:bookmarkStart w:name="z778" w:id="708"/>
-[...15 lines deleted...]
-      5) взаимодействие с органами местного самоуправления;</w:t>
+    <w:bookmarkStart w:name="z780" w:id="708"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) организация совершения нотариальных действий, в местностях, где нет органов юстиции в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="708"/>
-    <w:bookmarkStart w:name="z779" w:id="709"/>
-[...15 lines deleted...]
-      6) содействие сбору налогов и других обязательных платежей в бюджет;</w:t>
+    <w:bookmarkStart w:name="z781" w:id="709"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) обеспечение повышения качества государственных услуг, внутренний контроль за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="709"/>
-    <w:bookmarkStart w:name="z780" w:id="710"/>
-[...15 lines deleted...]
-      7) организация совершения нотариальных действий, в местностях, где нет органов юстиции в порядке, установленном законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z782" w:id="710"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) осуществление иных функций в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="710"/>
-    <w:bookmarkStart w:name="z781" w:id="711"/>
-[...15 lines deleted...]
-      8) обеспечение повышения качества государственных услуг, внутренний контроль за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z783" w:id="711"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="711"/>
-    <w:bookmarkStart w:name="z782" w:id="712"/>
-[...15 lines deleted...]
-      9) осуществление иных функций в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z784" w:id="712"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Руководство государственным учреждением "Аппарат акима Октябрьского сельского округа Костанайского района" осуществляется акимом Октябрьского сельского округа, который несет персональную ответственность за выполнение возложенных на государственное учреждение "Аппарат акима Октябрьского сельского округа Костанайского района" задач и осуществление им своих функций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="712"/>
-    <w:bookmarkStart w:name="z783" w:id="713"/>
+    <w:bookmarkStart w:name="z785" w:id="713"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Аким сельского округа назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="713"/>
+    <w:bookmarkStart w:name="z786" w:id="714"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Полномочия акима сельского округа:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="714"/>
+    <w:bookmarkStart w:name="z787" w:id="715"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) представляет государственное учреждение "Аппарат акима Октябрьского сельского округа Костанайского района" в государственных органах и иных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="715"/>
+    <w:bookmarkStart w:name="z788" w:id="716"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организует и руководит работой государственного учреждения "Аппарат акима Октябрьского сельского округа Костанайского района";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="716"/>
+    <w:bookmarkStart w:name="z789" w:id="717"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) назначает, освобождает от должности, привлекает к дисциплинарной ответственности работников аппарата, в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="717"/>
+    <w:bookmarkStart w:name="z790" w:id="718"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) подписывает служебную документацию в пределах компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="718"/>
+    <w:bookmarkStart w:name="z791" w:id="719"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) в пределах компетенции распоряжается денежными средствами государственного учреждения "Аппарат акима Октябрьского сельского округа Костанайского района", подписывает финансовые документы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="719"/>
+    <w:bookmarkStart w:name="z792" w:id="720"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан по вопросам, отнесенным к его компетенции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="720"/>
+    <w:bookmarkStart w:name="z793" w:id="721"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий акима сельского округа в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="721"/>
+    <w:bookmarkStart w:name="z794" w:id="722"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
-[...179 lines deleted...]
-      6) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан по вопросам, отнесенным к его компетенции.</w:t>
+        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="722"/>
-    <w:bookmarkStart w:name="z793" w:id="723"/>
-[...15 lines deleted...]
-      Исполнение полномочий акима сельского округа в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z795" w:id="723"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Государственное учреждение "Аппарат акима Октябрьского сельского округа Костанайского района" может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="723"/>
-    <w:bookmarkStart w:name="z794" w:id="724"/>
+    <w:bookmarkStart w:name="z796" w:id="724"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имущество государственного учреждения "Аппарат акима Октябрьского сельского округа Костанайского района" формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="724"/>
+    <w:bookmarkStart w:name="z797" w:id="725"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Имущество, закрепленное за государственным учреждением "Аппарат акима Октябрьского сельского округа Костанайского района" относится к коммунальной собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="725"/>
+    <w:bookmarkStart w:name="z798" w:id="726"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Государственное учреждение "Аппарат акима Октябрьского сельского округа Костанайского района" не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="726"/>
+    <w:bookmarkStart w:name="z799" w:id="727"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
-[...59 lines deleted...]
-      22. Имущество, закрепленное за государственным учреждением "Аппарат акима Октябрьского сельского округа Костанайского района" относится к коммунальной собственности.</w:t>
+        <w:t xml:space="preserve"> 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="727"/>
-    <w:bookmarkStart w:name="z798" w:id="728"/>
-[...15 lines deleted...]
-      23. Государственное учреждение "Аппарат акима Октябрьского сельского округа Костанайского района" не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+    <w:bookmarkStart w:name="z800" w:id="728"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Реорганизация и упразднение аппарата акима осуществляется в порядке, определяемом законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="728"/>
-    <w:bookmarkStart w:name="z799" w:id="729"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="730"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -20620,127 +20688,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 533</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z806" w:id="731"/>
+    <w:bookmarkStart w:name="z806" w:id="729"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о государственном учреждении "Аппарат акима Садчиковского сельского округа Костанайского района"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="729"/>
+    <w:bookmarkStart w:name="z807" w:id="730"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="730"/>
+    <w:bookmarkStart w:name="z808" w:id="731"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственное учреждение "Аппарат акима Садчиковского сельского округа Костанайского района", является государственным органом Республики Казахстан, осуществляющим руководство в сфере обеспечения деятельности акима сельского округа.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="731"/>
-    <w:bookmarkStart w:name="z807" w:id="732"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+    <w:bookmarkStart w:name="z809" w:id="732"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственное учреждение "Аппарат акима Садчиковского сельского округа Костанайского района" не имеет ведомств.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="732"/>
-    <w:bookmarkStart w:name="z808" w:id="733"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z810" w:id="735"/>
+    <w:bookmarkStart w:name="z810" w:id="733"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Государственное учреждение "Аппарат акима Садчиковского сельского округа Костанайского района" осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20755,1103 +20823,1103 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="733"/>
+    <w:bookmarkStart w:name="z811" w:id="734"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственное учреждение "Аппарат акима Садчиковского сельского округа Костанайского района" является юридическим лицом в организационно - правовой форме государственного учреждения, имеет печать и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="734"/>
+    <w:bookmarkStart w:name="z812" w:id="735"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Государственное учреждение "Аппарат акима Садчиковского сельского округа Костанайского района" вступает в гражданско - правовые отношения от собственного имени.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="735"/>
-    <w:bookmarkStart w:name="z811" w:id="736"/>
-[...15 lines deleted...]
-      4. Государственное учреждение "Аппарат акима Садчиковского сельского округа Костанайского района" является юридическим лицом в организационно - правовой форме государственного учреждения, имеет печать и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
+    <w:bookmarkStart w:name="z813" w:id="736"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Государственное учреждение "Аппарат акима Садчиковского сельского округа Костанайского района" имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="736"/>
-    <w:bookmarkStart w:name="z812" w:id="737"/>
-[...15 lines deleted...]
-      5. Государственное учреждение "Аппарат акима Садчиковского сельского округа Костанайского района" вступает в гражданско - правовые отношения от собственного имени.</w:t>
+    <w:bookmarkStart w:name="z814" w:id="737"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Государственное учреждение "Аппарат акима Садчиковского сельского округа Костанайского района" по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые распоряжением акима и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="737"/>
-    <w:bookmarkStart w:name="z813" w:id="738"/>
-[...15 lines deleted...]
-      6. Государственное учреждение "Аппарат акима Садчиковского сельского округа Костанайского района" имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
+    <w:bookmarkStart w:name="z815" w:id="738"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Структура и лимит штатной численности государственного учреждения "Аппарат акима Садчиковского сельского округа Костанайского района" утверждаются в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="738"/>
-    <w:bookmarkStart w:name="z814" w:id="739"/>
-[...15 lines deleted...]
-      7. Государственное учреждение "Аппарат акима Садчиковского сельского округа Костанайского района" по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые распоряжением акима и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z816" w:id="739"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Местонахождение юридического лица: 111117, Республика Казахстан, Костанайская область, Костанайский район, село Садчиковка, улица Леонова, 1.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="739"/>
-    <w:bookmarkStart w:name="z815" w:id="740"/>
-[...15 lines deleted...]
-      8. Структура и лимит штатной численности государственного учреждения "Аппарат акима Садчиковского сельского округа Костанайского района" утверждаются в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z817" w:id="740"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Полное наименование государственного органа - государственное учреждение "Аппарат акима Садчиковского сельского округа Костанайского района".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="740"/>
-    <w:bookmarkStart w:name="z816" w:id="741"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z818" w:id="743"/>
+    <w:bookmarkStart w:name="z818" w:id="741"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Настоящее </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> является учредительным документом государственного учреждения "Аппарат акима Садчиковского сельского округа Костанайского района".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="741"/>
+    <w:bookmarkStart w:name="z819" w:id="742"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Финансирование деятельности государственного учреждения "Аппарат акима Садчиковского сельского округа Костанайского района" осуществляется из местного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="742"/>
+    <w:bookmarkStart w:name="z820" w:id="743"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Государственному учреждению "Аппарат акима Садчиковского сельского округа Костанайского района" запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями государственного учреждения "Аппарат акима Садчиковского сельского округа Костанайского района".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="743"/>
-    <w:bookmarkStart w:name="z819" w:id="744"/>
-[...15 lines deleted...]
-      11. Финансирование деятельности государственного учреждения "Аппарат акима Садчиковского сельского округа Костанайского района" осуществляется из местного бюджета.</w:t>
+    <w:bookmarkStart w:name="z821" w:id="744"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если государственному учреждению "Аппарат акима Садчиковского сельского округа Костанайского района" законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="744"/>
-    <w:bookmarkStart w:name="z820" w:id="745"/>
-[...15 lines deleted...]
-      12. Государственному учреждению "Аппарат акима Садчиковского сельского округа Костанайского района" запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями государственного учреждения "Аппарат акима Садчиковского сельского округа Костанайского района".</w:t>
+    <w:bookmarkStart w:name="z822" w:id="745"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="745"/>
-    <w:bookmarkStart w:name="z821" w:id="746"/>
-[...15 lines deleted...]
-      Если государственному учреждению "Аппарат акима Садчиковского сельского округа Костанайского района" законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
+    <w:bookmarkStart w:name="z823" w:id="746"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Задачи:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="746"/>
-    <w:bookmarkStart w:name="z822" w:id="747"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
+    <w:bookmarkStart w:name="z824" w:id="747"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведение в жизнь политики Президента Республики Казахстан по охране и укреплению государственного суверенитета, конституционного строя, обеспечению безопасности, территориальной целостности Республики Казахстан, прав и свобод граждан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="747"/>
-    <w:bookmarkStart w:name="z823" w:id="748"/>
-[...15 lines deleted...]
-      13. Задачи:</w:t>
+    <w:bookmarkStart w:name="z825" w:id="748"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) реализация стратегии социально - экономического развития Республики Казахстан, осуществление основных направлений государственной, социально - экономической политики и управление социальными и экономическими процессами в стране;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="748"/>
-    <w:bookmarkStart w:name="z824" w:id="749"/>
-[...15 lines deleted...]
-      1) проведение в жизнь политики Президента Республики Казахстан по охране и укреплению государственного суверенитета, конституционного строя, обеспечению безопасности, территориальной целостности Республики Казахстан, прав и свобод граждан;</w:t>
+    <w:bookmarkStart w:name="z826" w:id="749"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="749"/>
-    <w:bookmarkStart w:name="z825" w:id="750"/>
-[...15 lines deleted...]
-      2) реализация стратегии социально - экономического развития Республики Казахстан, осуществление основных направлений государственной, социально - экономической политики и управление социальными и экономическими процессами в стране;</w:t>
+    <w:bookmarkStart w:name="z827" w:id="750"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Полномочия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="750"/>
-    <w:bookmarkStart w:name="z826" w:id="751"/>
-[...15 lines deleted...]
-      3) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z828" w:id="751"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      права:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="751"/>
-    <w:bookmarkStart w:name="z827" w:id="752"/>
-[...15 lines deleted...]
-      14. Полномочия:</w:t>
+    <w:bookmarkStart w:name="z829" w:id="752"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="752"/>
-    <w:bookmarkStart w:name="z828" w:id="753"/>
-[...15 lines deleted...]
-      права:</w:t>
+    <w:bookmarkStart w:name="z830" w:id="753"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществление иных прав и обязанностей, в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="753"/>
-    <w:bookmarkStart w:name="z829" w:id="754"/>
-[...15 lines deleted...]
-      1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
+    <w:bookmarkStart w:name="z831" w:id="754"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обязанности:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="754"/>
-    <w:bookmarkStart w:name="z830" w:id="755"/>
-[...15 lines deleted...]
-      2) осуществление иных прав и обязанностей, в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z832" w:id="755"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дача необходимых поручений руководителям организаций, расположенных на территории района, по вопросам своей компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="755"/>
-    <w:bookmarkStart w:name="z831" w:id="756"/>
-[...15 lines deleted...]
-      обязанности:</w:t>
+    <w:bookmarkStart w:name="z833" w:id="756"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) взаимодействие с другими органами государственного управления, органами общественного самоуправления и другими организациями по вопросам повышения эффективности управления на соответствующей территории.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="756"/>
-    <w:bookmarkStart w:name="z832" w:id="757"/>
-[...15 lines deleted...]
-      1) дача необходимых поручений руководителям организаций, расположенных на территории района, по вопросам своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z834" w:id="757"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="757"/>
-    <w:bookmarkStart w:name="z833" w:id="758"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z835" w:id="760"/>
+    <w:bookmarkStart w:name="z835" w:id="758"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) содействие исполнению гражданами и юридическими лицами норм </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, законов, актов Президента и Правительства Республики Казахстан, нормативных правовых актов центральных и местных государственных органов;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="758"/>
+    <w:bookmarkStart w:name="z836" w:id="759"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечение учета и рассмотрение обращений физических и юридических лиц, в том числе по вопросам оказания государственных услуг, организация проведения личного приема физических и представителей юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="759"/>
+    <w:bookmarkStart w:name="z837" w:id="760"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) подготовка проектов решений и распоряжений акима сельского округа в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="760"/>
-    <w:bookmarkStart w:name="z836" w:id="761"/>
-[...15 lines deleted...]
-      2) обеспечение учета и рассмотрение обращений физических и юридических лиц, в том числе по вопросам оказания государственных услуг, организация проведения личного приема физических и представителей юридических лиц;</w:t>
+    <w:bookmarkStart w:name="z838" w:id="761"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществление документационного обеспечения деятельности акима, аппарата акима, в соответствии с действующим законодательством;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="761"/>
-    <w:bookmarkStart w:name="z837" w:id="762"/>
-[...15 lines deleted...]
-      3) подготовка проектов решений и распоряжений акима сельского округа в пределах своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z839" w:id="762"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) взаимодействие с органами местного самоуправления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="762"/>
-    <w:bookmarkStart w:name="z838" w:id="763"/>
-[...15 lines deleted...]
-      4) осуществление документационного обеспечения деятельности акима, аппарата акима, в соответствии с действующим законодательством;</w:t>
+    <w:bookmarkStart w:name="z840" w:id="763"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) содействие сбору налогов и других обязательных платежей в бюджет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="763"/>
-    <w:bookmarkStart w:name="z839" w:id="764"/>
-[...15 lines deleted...]
-      5) взаимодействие с органами местного самоуправления;</w:t>
+    <w:bookmarkStart w:name="z841" w:id="764"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) организация совершения нотариальных действий, в местностях, где нет органов юстиции в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="764"/>
-    <w:bookmarkStart w:name="z840" w:id="765"/>
-[...15 lines deleted...]
-      6) содействие сбору налогов и других обязательных платежей в бюджет;</w:t>
+    <w:bookmarkStart w:name="z842" w:id="765"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) обеспечение повышения качества государственных услуг, внутренний контроль за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="765"/>
-    <w:bookmarkStart w:name="z841" w:id="766"/>
-[...15 lines deleted...]
-      7) организация совершения нотариальных действий, в местностях, где нет органов юстиции в порядке, установленном законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z843" w:id="766"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) осуществление иных функций в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="766"/>
-    <w:bookmarkStart w:name="z842" w:id="767"/>
-[...15 lines deleted...]
-      8) обеспечение повышения качества государственных услуг, внутренний контроль за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z844" w:id="767"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="767"/>
-    <w:bookmarkStart w:name="z843" w:id="768"/>
-[...15 lines deleted...]
-      9) осуществление иных функций в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z845" w:id="768"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Руководство государственным учреждением "Аппарат акима Садчиковского сельского округа Костанайского района" осуществляется акимом Садчиковского сельского округа, который несет персональную ответственность за выполнение возложенных на государственное учреждение "Аппарат акима Садчиковского сельского округа Костанайского района" задач и осуществление им своих функций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="768"/>
-    <w:bookmarkStart w:name="z844" w:id="769"/>
+    <w:bookmarkStart w:name="z846" w:id="769"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Аким сельского округа назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="769"/>
+    <w:bookmarkStart w:name="z847" w:id="770"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Полномочия акима сельского округа:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="770"/>
+    <w:bookmarkStart w:name="z848" w:id="771"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) представляет государственное учреждение "Аппарат акима Садчиковского сельского округа Костанайского района" в государственных органах и иных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="771"/>
+    <w:bookmarkStart w:name="z849" w:id="772"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организует и руководит работой государственного учреждения "Аппарат акима Садчиковского сельского округа Костанайского района";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="772"/>
+    <w:bookmarkStart w:name="z850" w:id="773"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) назначает, освобождает от должности, привлекает к дисциплинарной ответственности работников аппарата, в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="773"/>
+    <w:bookmarkStart w:name="z851" w:id="774"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) подписывает служебную документацию в пределах компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="774"/>
+    <w:bookmarkStart w:name="z852" w:id="775"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) в пределах компетенции распоряжается денежными средствами государственного учреждения "Аппарат акима Садчиковского сельского округа Костанайского района", подписывает финансовые документы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="775"/>
+    <w:bookmarkStart w:name="z853" w:id="776"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан по вопросам, отнесенным к его компетенции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="776"/>
+    <w:bookmarkStart w:name="z854" w:id="777"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий акима сельского округа в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="777"/>
+    <w:bookmarkStart w:name="z855" w:id="778"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
-[...179 lines deleted...]
-      6) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан по вопросам, отнесенным к его компетенции.</w:t>
+        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="778"/>
-    <w:bookmarkStart w:name="z854" w:id="779"/>
-[...15 lines deleted...]
-      Исполнение полномочий акима сельского округа в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z856" w:id="779"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Государственное учреждение "Аппарат акима Садчиковского сельского округа Костанайского района" может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="779"/>
-    <w:bookmarkStart w:name="z855" w:id="780"/>
+    <w:bookmarkStart w:name="z857" w:id="780"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имущество государственного учреждения "Аппарат акима Садчиковского сельского округа Костанайского района" формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="780"/>
+    <w:bookmarkStart w:name="z858" w:id="781"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Имущество, закрепленное за государственным учреждением "Аппарат акима Садчиковского сельского округа Костанайского района" относится к коммунальной собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="781"/>
+    <w:bookmarkStart w:name="z859" w:id="782"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Государственное учреждение "Аппарат акима Садчиковского сельского округа Костанайского района" не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="782"/>
+    <w:bookmarkStart w:name="z860" w:id="783"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
-[...59 lines deleted...]
-      22. Имущество, закрепленное за государственным учреждением "Аппарат акима Садчиковского сельского округа Костанайского района" относится к коммунальной собственности.</w:t>
+        <w:t xml:space="preserve"> 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="783"/>
-    <w:bookmarkStart w:name="z859" w:id="784"/>
-[...15 lines deleted...]
-      23. Государственное учреждение "Аппарат акима Садчиковского сельского округа Костанайского района" не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+    <w:bookmarkStart w:name="z861" w:id="784"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Реорганизация и упразднение аппарата акима осуществляется в порядке, определяемом законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="784"/>
-    <w:bookmarkStart w:name="z860" w:id="785"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="786"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -22151,127 +22219,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 533</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z867" w:id="787"/>
+    <w:bookmarkStart w:name="z867" w:id="785"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о государственном учреждении "Аппарат акима города Тобыл Костанайского района"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="785"/>
+    <w:bookmarkStart w:name="z868" w:id="786"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="786"/>
+    <w:bookmarkStart w:name="z869" w:id="787"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственное учреждение "Аппарат акима города Тобыл Костанайского района", является государственным органом Республики Казахстан, осуществляющим руководство в сфере обеспечения деятельности акима.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="787"/>
-    <w:bookmarkStart w:name="z868" w:id="788"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+    <w:bookmarkStart w:name="z870" w:id="788"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственное учреждение "Аппарат акима города Тобыл Костанайского района" не имеет ведомств.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="788"/>
-    <w:bookmarkStart w:name="z869" w:id="789"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z871" w:id="791"/>
+    <w:bookmarkStart w:name="z871" w:id="789"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Государственное учреждение "Аппарат акима города Тобыл Костанайского района" осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22286,1103 +22354,1103 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="789"/>
+    <w:bookmarkStart w:name="z872" w:id="790"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственное учреждение "Аппарат акима города Тобыл Костанайского района" является юридическим лицом в организационно -правовой форме государственного учреждения, имеет печать и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="790"/>
+    <w:bookmarkStart w:name="z873" w:id="791"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Государственное учреждение "Аппарат акима города Тобыл Костанайского района" вступает в гражданско-правовые отношения от собственного имени.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="791"/>
-    <w:bookmarkStart w:name="z872" w:id="792"/>
-[...15 lines deleted...]
-      4. Государственное учреждение "Аппарат акима города Тобыл Костанайского района" является юридическим лицом в организационно -правовой форме государственного учреждения, имеет печать и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
+    <w:bookmarkStart w:name="z874" w:id="792"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Государственное учреждение "Аппарат акима города Тобыл Костанайского района" имеет право выступать стороной гражданско - правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="792"/>
-    <w:bookmarkStart w:name="z873" w:id="793"/>
-[...15 lines deleted...]
-      5. Государственное учреждение "Аппарат акима города Тобыл Костанайского района" вступает в гражданско-правовые отношения от собственного имени.</w:t>
+    <w:bookmarkStart w:name="z875" w:id="793"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Государственное учреждение "Аппарат акима города Тобыл Костанайского района" по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые распоряжением акима и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="793"/>
-    <w:bookmarkStart w:name="z874" w:id="794"/>
-[...15 lines deleted...]
-      6. Государственное учреждение "Аппарат акима города Тобыл Костанайского района" имеет право выступать стороной гражданско - правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
+    <w:bookmarkStart w:name="z876" w:id="794"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Структура и лимит штатной численности государственного учреждения "Аппарат акима города Тобыл Костанайского района" утверждаются в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="794"/>
-    <w:bookmarkStart w:name="z875" w:id="795"/>
-[...15 lines deleted...]
-      7. Государственное учреждение "Аппарат акима города Тобыл Костанайского района" по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые распоряжением акима и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z877" w:id="795"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Местонахождение юридического лица: 111110, Республика Казахстан, Костанайская область, Костанайский район, город Тобыл, улица Тәуелсіздік, 55.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="795"/>
-    <w:bookmarkStart w:name="z876" w:id="796"/>
-[...15 lines deleted...]
-      8. Структура и лимит штатной численности государственного учреждения "Аппарат акима города Тобыл Костанайского района" утверждаются в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z878" w:id="796"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Полное наименование государственного органа - государственное учреждение "Аппарат акима города Тобыл Костанайского района".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="796"/>
-    <w:bookmarkStart w:name="z877" w:id="797"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z879" w:id="799"/>
+    <w:bookmarkStart w:name="z879" w:id="797"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Настоящее </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> является учредительным документом государственного учреждения "Аппарат акима города Тобыл Костанайского района".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="797"/>
+    <w:bookmarkStart w:name="z880" w:id="798"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Финансирование деятельности государственного учреждения "Аппарат акима города Тобыл Костанайского района" осуществляется из местного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="798"/>
+    <w:bookmarkStart w:name="z881" w:id="799"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Государственному учреждению "Аппарат акима города Тобыл Костанайского района" запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями государственного учреждения "Аппарат акима города Тобыл Костанайского района".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="799"/>
-    <w:bookmarkStart w:name="z880" w:id="800"/>
-[...15 lines deleted...]
-      11. Финансирование деятельности государственного учреждения "Аппарат акима города Тобыл Костанайского района" осуществляется из местного бюджета.</w:t>
+    <w:bookmarkStart w:name="z882" w:id="800"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если государственному учреждению "Аппарат акима города Тобыл Костанайского района" законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="800"/>
-    <w:bookmarkStart w:name="z881" w:id="801"/>
-[...15 lines deleted...]
-      12. Государственному учреждению "Аппарат акима города Тобыл Костанайского района" запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями государственного учреждения "Аппарат акима города Тобыл Костанайского района".</w:t>
+    <w:bookmarkStart w:name="z883" w:id="801"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="801"/>
-    <w:bookmarkStart w:name="z882" w:id="802"/>
-[...15 lines deleted...]
-      Если государственному учреждению "Аппарат акима города Тобыл Костанайского района" законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
+    <w:bookmarkStart w:name="z884" w:id="802"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Задачи:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="802"/>
-    <w:bookmarkStart w:name="z883" w:id="803"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
+    <w:bookmarkStart w:name="z885" w:id="803"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведение в жизнь политики Президента Республики Казахстан по охране и укреплению государственного суверенитета, конституционного строя, обеспечению безопасности, территориальной целостности Республики Казахстан, прав и свобод граждан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="803"/>
-    <w:bookmarkStart w:name="z884" w:id="804"/>
-[...15 lines deleted...]
-      13. Задачи:</w:t>
+    <w:bookmarkStart w:name="z886" w:id="804"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) реализация стратегии социально-экономического развития Республики Казахстан, осуществление основных направлений государственной, социально-экономической политики и управление социальными и экономическими процессами в стране;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="804"/>
-    <w:bookmarkStart w:name="z885" w:id="805"/>
-[...15 lines deleted...]
-      1) проведение в жизнь политики Президента Республики Казахстан по охране и укреплению государственного суверенитета, конституционного строя, обеспечению безопасности, территориальной целостности Республики Казахстан, прав и свобод граждан;</w:t>
+    <w:bookmarkStart w:name="z887" w:id="805"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="805"/>
-    <w:bookmarkStart w:name="z886" w:id="806"/>
-[...15 lines deleted...]
-      2) реализация стратегии социально-экономического развития Республики Казахстан, осуществление основных направлений государственной, социально-экономической политики и управление социальными и экономическими процессами в стране;</w:t>
+    <w:bookmarkStart w:name="z888" w:id="806"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Полномочия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="806"/>
-    <w:bookmarkStart w:name="z887" w:id="807"/>
-[...15 lines deleted...]
-      3) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z889" w:id="807"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      права:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="807"/>
-    <w:bookmarkStart w:name="z888" w:id="808"/>
-[...15 lines deleted...]
-      14. Полномочия:</w:t>
+    <w:bookmarkStart w:name="z890" w:id="808"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="808"/>
-    <w:bookmarkStart w:name="z889" w:id="809"/>
-[...15 lines deleted...]
-      права:</w:t>
+    <w:bookmarkStart w:name="z891" w:id="809"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществление иных прав и обязанностей, в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="809"/>
-    <w:bookmarkStart w:name="z890" w:id="810"/>
-[...15 lines deleted...]
-      1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
+    <w:bookmarkStart w:name="z892" w:id="810"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обязанности:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="810"/>
-    <w:bookmarkStart w:name="z891" w:id="811"/>
-[...15 lines deleted...]
-      2) осуществление иных прав и обязанностей, в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z893" w:id="811"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дача необходимых поручений руководителям организаций, расположенных на территории района, по вопросам своей компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="811"/>
-    <w:bookmarkStart w:name="z892" w:id="812"/>
-[...15 lines deleted...]
-      обязанности:</w:t>
+    <w:bookmarkStart w:name="z894" w:id="812"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) взаимодействие с другими органами государственного управления, органами общественного самоуправления и другими организациями по вопросам повышения эффективности управления на соответствующей территории.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="812"/>
-    <w:bookmarkStart w:name="z893" w:id="813"/>
-[...15 lines deleted...]
-      1) дача необходимых поручений руководителям организаций, расположенных на территории района, по вопросам своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z895" w:id="813"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="813"/>
-    <w:bookmarkStart w:name="z894" w:id="814"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z896" w:id="816"/>
+    <w:bookmarkStart w:name="z896" w:id="814"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) содействие исполнению гражданами и юридическими лицами норм </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, законов, актов Президента и Правительства Республики Казахстан, нормативных правовых актов центральных и местных государственных органов;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="814"/>
+    <w:bookmarkStart w:name="z897" w:id="815"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечение учета и рассмотрение обращений физических и юридических лиц, в том числе по вопросам оказания государственных услуг, организация проведения личного приема физических и представителей юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="815"/>
+    <w:bookmarkStart w:name="z898" w:id="816"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) подготовка проектов решений и распоряжений акима в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="816"/>
-    <w:bookmarkStart w:name="z897" w:id="817"/>
-[...15 lines deleted...]
-      2) обеспечение учета и рассмотрение обращений физических и юридических лиц, в том числе по вопросам оказания государственных услуг, организация проведения личного приема физических и представителей юридических лиц;</w:t>
+    <w:bookmarkStart w:name="z899" w:id="817"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществление документационного обеспечения деятельности акима, аппарата акима, в соответствии с действующим законодательством;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="817"/>
-    <w:bookmarkStart w:name="z898" w:id="818"/>
-[...15 lines deleted...]
-      3) подготовка проектов решений и распоряжений акима в пределах своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z900" w:id="818"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) взаимодействие с органами местного самоуправления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="818"/>
-    <w:bookmarkStart w:name="z899" w:id="819"/>
-[...15 lines deleted...]
-      4) осуществление документационного обеспечения деятельности акима, аппарата акима, в соответствии с действующим законодательством;</w:t>
+    <w:bookmarkStart w:name="z901" w:id="819"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) содействие сбору налогов и других обязательных платежей в бюджет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="819"/>
-    <w:bookmarkStart w:name="z900" w:id="820"/>
-[...15 lines deleted...]
-      5) взаимодействие с органами местного самоуправления;</w:t>
+    <w:bookmarkStart w:name="z902" w:id="820"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) организация совершения нотариальных действий, в местностях, где нет органов юстиции в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="820"/>
-    <w:bookmarkStart w:name="z901" w:id="821"/>
-[...15 lines deleted...]
-      6) содействие сбору налогов и других обязательных платежей в бюджет;</w:t>
+    <w:bookmarkStart w:name="z903" w:id="821"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) обеспечение повышения качества государственных услуг, внутренний контроль за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="821"/>
-    <w:bookmarkStart w:name="z902" w:id="822"/>
-[...15 lines deleted...]
-      7) организация совершения нотариальных действий, в местностях, где нет органов юстиции в порядке, установленном законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z904" w:id="822"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) осуществление иных функций в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="822"/>
-    <w:bookmarkStart w:name="z903" w:id="823"/>
-[...15 lines deleted...]
-      8) обеспечение повышения качества государственных услуг, внутренний контроль за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z905" w:id="823"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="823"/>
-    <w:bookmarkStart w:name="z904" w:id="824"/>
-[...15 lines deleted...]
-      9) осуществление иных функций в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z906" w:id="824"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Руководство государственным учреждением "Аппарат акима города Тобыл Костанайского района" осуществляется акимом города Тобыл, который несет персональную ответственность за выполнение возложенных на государственное учреждение "Аппарат акима города Тобыл Костанайского района" задач и осуществление им своих функций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="824"/>
-    <w:bookmarkStart w:name="z905" w:id="825"/>
+    <w:bookmarkStart w:name="z907" w:id="825"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Аким города Тобыл назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="825"/>
+    <w:bookmarkStart w:name="z908" w:id="826"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Полномочия акима:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="826"/>
+    <w:bookmarkStart w:name="z909" w:id="827"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) представляет государственное учреждение "Аппарат акима города Тобыл Костанайского района" в государственных органах и иных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="827"/>
+    <w:bookmarkStart w:name="z910" w:id="828"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организует и руководит работой государственного учреждения "Аппарат акима города Тобыл Костанайского района";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="828"/>
+    <w:bookmarkStart w:name="z911" w:id="829"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) назначает, освобождает от должности, привлекает к дисциплинарной ответственности работников аппарата, в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="829"/>
+    <w:bookmarkStart w:name="z912" w:id="830"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) подписывает служебную документацию в пределах компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="830"/>
+    <w:bookmarkStart w:name="z913" w:id="831"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) в пределах компетенции распоряжается денежными средствами государственного учреждения "Аппарат акима города Тобыл Костанайского района", подписывает финансовые документы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="831"/>
+    <w:bookmarkStart w:name="z914" w:id="832"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан по вопросам, отнесенным к его компетенции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="832"/>
+    <w:bookmarkStart w:name="z915" w:id="833"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий акима сельского округа в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="833"/>
+    <w:bookmarkStart w:name="z916" w:id="834"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
-[...179 lines deleted...]
-      6) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан по вопросам, отнесенным к его компетенции.</w:t>
+        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="834"/>
-    <w:bookmarkStart w:name="z915" w:id="835"/>
-[...15 lines deleted...]
-      Исполнение полномочий акима сельского округа в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z917" w:id="835"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Государственное учреждение "Аппарат акима города Тобыл Костанайского района" может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="835"/>
-    <w:bookmarkStart w:name="z916" w:id="836"/>
+    <w:bookmarkStart w:name="z918" w:id="836"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имущество государственного учреждения "Аппарат акима города Тобыл Костанайского района" формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="836"/>
+    <w:bookmarkStart w:name="z919" w:id="837"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Имущество, закрепленное за государственным учреждением "Аппарат акима города Тобыл Костанайского района" относится к коммунальной собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="837"/>
+    <w:bookmarkStart w:name="z920" w:id="838"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Государственное учреждение "Аппарат акима города Тобыл Костанайского района" не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="838"/>
+    <w:bookmarkStart w:name="z921" w:id="839"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
-[...59 lines deleted...]
-      22. Имущество, закрепленное за государственным учреждением "Аппарат акима города Тобыл Костанайского района" относится к коммунальной собственности.</w:t>
+        <w:t xml:space="preserve"> 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="839"/>
-    <w:bookmarkStart w:name="z920" w:id="840"/>
-[...15 lines deleted...]
-      23. Государственное учреждение "Аппарат акима города Тобыл Костанайского района" не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+    <w:bookmarkStart w:name="z922" w:id="840"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Реорганизация и упразднение аппарата акима осуществляется в порядке, определяемом законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="840"/>
-    <w:bookmarkStart w:name="z921" w:id="841"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="842"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -23682,127 +23750,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 533</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z928" w:id="843"/>
+    <w:bookmarkStart w:name="z928" w:id="841"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о государственном учреждении "Аппарат акима Ульяновского сельского округа Костанайского района"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="841"/>
+    <w:bookmarkStart w:name="z929" w:id="842"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="842"/>
+    <w:bookmarkStart w:name="z930" w:id="843"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственное учреждение "Аппарат акима Ульяновского сельского округа Костанайского района", является государственным органом Республики Казахстан, осуществляющим руководство в сфере обеспечения деятельности акима сельского округа.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="843"/>
-    <w:bookmarkStart w:name="z929" w:id="844"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+    <w:bookmarkStart w:name="z931" w:id="844"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственное учреждение "Аппарат акима Ульяновского сельского округа Костанайского района" не имеет ведомств.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="844"/>
-    <w:bookmarkStart w:name="z930" w:id="845"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z932" w:id="847"/>
+    <w:bookmarkStart w:name="z932" w:id="845"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Государственное учреждение "Аппарат акима Ульяновского сельского округа Костанайского района" осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23817,1157 +23885,1157 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="845"/>
+    <w:bookmarkStart w:name="z933" w:id="846"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственное учреждение "Аппарат акима Ульяновского сельского округа Костанайского района" является юридическим лицом в организационно - правовой форме государственного учреждения, имеет печать и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="846"/>
+    <w:bookmarkStart w:name="z934" w:id="847"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Государственное учреждение "Аппарат акима Ульяновского сельского округа Костанайского района" вступает в гражданско - правовые отношения от собственного имени.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="847"/>
-    <w:bookmarkStart w:name="z933" w:id="848"/>
-[...15 lines deleted...]
-      4. Государственное учреждение "Аппарат акима Ульяновского сельского округа Костанайского района" является юридическим лицом в организационно - правовой форме государственного учреждения, имеет печать и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
+    <w:bookmarkStart w:name="z935" w:id="848"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Государственное учреждение "Аппарат акима Ульяновского сельского округа Костанайского района" имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="848"/>
-    <w:bookmarkStart w:name="z934" w:id="849"/>
-[...15 lines deleted...]
-      5. Государственное учреждение "Аппарат акима Ульяновского сельского округа Костанайского района" вступает в гражданско - правовые отношения от собственного имени.</w:t>
+    <w:bookmarkStart w:name="z936" w:id="849"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Государственное учреждение "Аппарат акима Ульяновского сельского округа Костанайского района" по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые распоряжением акима и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="849"/>
-    <w:bookmarkStart w:name="z935" w:id="850"/>
-[...15 lines deleted...]
-      6. Государственное учреждение "Аппарат акима Ульяновского сельского округа Костанайского района" имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
+    <w:bookmarkStart w:name="z937" w:id="850"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Структура и лимит штатной численности государственного учреждения "Аппарат акима Ульяновского сельского округа Костанайского района" утверждаются в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="850"/>
-    <w:bookmarkStart w:name="z936" w:id="851"/>
-[...15 lines deleted...]
-      7. Государственное учреждение "Аппарат акима Ульяновского сельского округа Костанайского района" по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые распоряжением акима и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z938" w:id="851"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Местонахождение юридического лица: 111121, Республика Казахстан, Костанайская область, Костанайский район, село Ульяновское, улица Ленина, 15А.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="851"/>
-    <w:bookmarkStart w:name="z937" w:id="852"/>
-[...15 lines deleted...]
-      8. Структура и лимит штатной численности государственного учреждения "Аппарат акима Ульяновского сельского округа Костанайского района" утверждаются в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z939" w:id="852"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Полное наименование государственного органа - государственное учреждение "Аппарат акима Ульяновского сельского округа Костанайского района".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="852"/>
-    <w:bookmarkStart w:name="z938" w:id="853"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z940" w:id="855"/>
+    <w:bookmarkStart w:name="z940" w:id="853"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Настоящее </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> является учредительным документом государственного учреждения "Аппарат акима Ульяновского сельского округа Костанайского района".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="853"/>
+    <w:bookmarkStart w:name="z941" w:id="854"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Финансирование деятельности государственного учреждения "Аппарат акима Ульяновского сельского округа Костанайского района" осуществляется из местного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="854"/>
+    <w:bookmarkStart w:name="z942" w:id="855"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Государственному учреждению "Аппарат акима Ульяновского сельского округа Костанайского района" запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями государственного учреждения "Аппарат акима Ульяновского сельского округа Костанайского района".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="855"/>
-    <w:bookmarkStart w:name="z941" w:id="856"/>
-[...15 lines deleted...]
-      11. Финансирование деятельности государственного учреждения "Аппарат акима Ульяновского сельского округа Костанайского района" осуществляется из местного бюджета.</w:t>
+    <w:bookmarkStart w:name="z943" w:id="856"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если государственному учреждению "Аппарат акима Ульяновского сельского округа Костанайского района" законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="856"/>
-    <w:bookmarkStart w:name="z942" w:id="857"/>
-[...15 lines deleted...]
-      12. Государственному учреждению "Аппарат акима Ульяновского сельского округа Костанайского района" запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями государственного учреждения "Аппарат акима Ульяновского сельского округа Костанайского района".</w:t>
+    <w:bookmarkStart w:name="z944" w:id="857"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="857"/>
-    <w:bookmarkStart w:name="z943" w:id="858"/>
-[...15 lines deleted...]
-      Если государственному учреждению "Аппарат акима Ульяновского сельского округа Костанайского района" законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
+    <w:bookmarkStart w:name="z945" w:id="858"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Задачи:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="858"/>
-    <w:bookmarkStart w:name="z944" w:id="859"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
+    <w:bookmarkStart w:name="z946" w:id="859"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведение в жизнь политики Президента Республики Казахстан по охране и укреплению государственного суверенитета, конституционного строя, обеспечению безопасности, территориальной целостности Республики Казахстан, прав и свобод граждан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="859"/>
-    <w:bookmarkStart w:name="z945" w:id="860"/>
-[...15 lines deleted...]
-      13. Задачи:</w:t>
+    <w:bookmarkStart w:name="z947" w:id="860"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) реализация стратегии социально - экономического развития Республики Казахстан, осуществление основных направлений государственной, социально-экономической политики и управление социальными и экономическими процессами в стране;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="860"/>
-    <w:bookmarkStart w:name="z946" w:id="861"/>
-[...15 lines deleted...]
-      1) проведение в жизнь политики Президента Республики Казахстан по охране и укреплению государственного суверенитета, конституционного строя, обеспечению безопасности, территориальной целостности Республики Казахстан, прав и свобод граждан;</w:t>
+    <w:bookmarkStart w:name="z948" w:id="861"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="861"/>
-    <w:bookmarkStart w:name="z947" w:id="862"/>
-[...15 lines deleted...]
-      2) реализация стратегии социально - экономического развития Республики Казахстан, осуществление основных направлений государственной, социально-экономической политики и управление социальными и экономическими процессами в стране;</w:t>
+    <w:bookmarkStart w:name="z949" w:id="862"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Полномочия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="862"/>
-    <w:bookmarkStart w:name="z948" w:id="863"/>
-[...15 lines deleted...]
-      3) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z950" w:id="863"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      права:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="863"/>
-    <w:bookmarkStart w:name="z949" w:id="864"/>
-[...15 lines deleted...]
-      14. Полномочия:</w:t>
+    <w:bookmarkStart w:name="z951" w:id="864"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="864"/>
-    <w:bookmarkStart w:name="z950" w:id="865"/>
-[...15 lines deleted...]
-      права:</w:t>
+    <w:bookmarkStart w:name="z952" w:id="865"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществление иных прав и обязанностей, в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="865"/>
-    <w:bookmarkStart w:name="z951" w:id="866"/>
-[...15 lines deleted...]
-      1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
+    <w:bookmarkStart w:name="z953" w:id="866"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обязанности:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="866"/>
-    <w:bookmarkStart w:name="z952" w:id="867"/>
-[...15 lines deleted...]
-      2) осуществление иных прав и обязанностей, в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z954" w:id="867"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дача необходимых поручений руководителям организаций, расположенных на территории района, по вопросам своей компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="867"/>
-    <w:bookmarkStart w:name="z953" w:id="868"/>
-[...15 lines deleted...]
-      обязанности:</w:t>
+    <w:bookmarkStart w:name="z955" w:id="868"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) взаимодействие с другими органами государственного управления, органами общественного самоуправления и другими организациями по вопросам повышения эффективности управления на соответствующей территории.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="868"/>
-    <w:bookmarkStart w:name="z954" w:id="869"/>
-[...15 lines deleted...]
-      1) дача необходимых поручений руководителям организаций, расположенных на территории района, по вопросам своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z956" w:id="869"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="869"/>
-    <w:bookmarkStart w:name="z955" w:id="870"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z957" w:id="872"/>
+    <w:bookmarkStart w:name="z957" w:id="870"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) содействие исполнению гражданами и юридическими лицами норм </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, законов, актов Президента и Правительства Республики Казахстан, нормативных правовых актов центральных и местных государственных органов;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="870"/>
+    <w:bookmarkStart w:name="z958" w:id="871"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечение учета и рассмотрение обращений физических и юридических лиц, в том числе по вопросам оказания государственных услуг, организация проведения личного приема физических и представителей юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="871"/>
+    <w:bookmarkStart w:name="z959" w:id="872"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) подготовка проектов решений и распоряжений акима сельского округа в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="872"/>
-    <w:bookmarkStart w:name="z958" w:id="873"/>
-[...15 lines deleted...]
-      2) обеспечение учета и рассмотрение обращений физических и юридических лиц, в том числе по вопросам оказания государственных услуг, организация проведения личного приема физических и представителей юридических лиц;</w:t>
+    <w:bookmarkStart w:name="z960" w:id="873"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществление документационного обеспечения деятельности акима, аппарата акима, в соответствии с действующим законодательством;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="873"/>
-    <w:bookmarkStart w:name="z959" w:id="874"/>
-[...15 lines deleted...]
-      3) подготовка проектов решений и распоряжений акима сельского округа в пределах своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z961" w:id="874"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) взаимодействие с органами местного самоуправления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="874"/>
-    <w:bookmarkStart w:name="z960" w:id="875"/>
-[...15 lines deleted...]
-      4) осуществление документационного обеспечения деятельности акима, аппарата акима, в соответствии с действующим законодательством;</w:t>
+    <w:bookmarkStart w:name="z962" w:id="875"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) содействие сбору налогов и других обязательных платежей в бюджет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="875"/>
-    <w:bookmarkStart w:name="z961" w:id="876"/>
-[...15 lines deleted...]
-      5) взаимодействие с органами местного самоуправления;</w:t>
+    <w:bookmarkStart w:name="z963" w:id="876"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) организация совершения нотариальных действий, в местностях, где нет органов юстиции в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="876"/>
-    <w:bookmarkStart w:name="z962" w:id="877"/>
-[...15 lines deleted...]
-      6) содействие сбору налогов и других обязательных платежей в бюджет;</w:t>
+    <w:bookmarkStart w:name="z964" w:id="877"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) обеспечение повышения качества государственных услуг, внутренний контроль за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="877"/>
-    <w:bookmarkStart w:name="z963" w:id="878"/>
-[...15 lines deleted...]
-      7) организация совершения нотариальных действий, в местностях, где нет органов юстиции в порядке, установленном законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z965" w:id="878"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) осуществление иных функций в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="878"/>
-    <w:bookmarkStart w:name="z964" w:id="879"/>
-[...15 lines deleted...]
-      8) обеспечение повышения качества государственных услуг, внутренний контроль за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z966" w:id="879"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="879"/>
-    <w:bookmarkStart w:name="z965" w:id="880"/>
-[...15 lines deleted...]
-      9) осуществление иных функций в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z967" w:id="880"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Руководство государственным учреждением "Аппарат акима Ульяновского сельского округа Костанайского района" осуществляется акимом Ульяновского сельского округа, который несет персональную ответственность за выполнение возложенных на государственное учреждение "Аппарат акима Ульяновского сельского округа Костанайского района" задач и осуществление им своих функций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="880"/>
-    <w:bookmarkStart w:name="z966" w:id="881"/>
+    <w:bookmarkStart w:name="z968" w:id="881"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Аким сельского округа назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="881"/>
+    <w:bookmarkStart w:name="z969" w:id="882"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Полномочия акима сельского округа:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="882"/>
+    <w:bookmarkStart w:name="z970" w:id="883"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) представляет государственное учреждение "Аппарат акима Ульяновского сельского округа Костанайского района" в государственных органах и иных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="883"/>
+    <w:bookmarkStart w:name="z971" w:id="884"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организует и руководит работой государственного учреждения "Аппарат акима Ульяновского сельского округа Костанайского района";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="884"/>
+    <w:bookmarkStart w:name="z972" w:id="885"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) назначает, освобождает от должности, привлекает к дисциплинарной ответственности работников аппарата, в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="885"/>
+    <w:bookmarkStart w:name="z973" w:id="886"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) подписывает служебную документацию в пределах компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="886"/>
+    <w:bookmarkStart w:name="z974" w:id="887"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) в пределах компетенции распоряжается денежными средствами государственного учреждения "Аппарат акима Ульяновского сельского округа Костанайского района", подписывает финансовые документы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="887"/>
+    <w:bookmarkStart w:name="z975" w:id="888"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан по вопросам, отнесенным к его компетенции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="888"/>
+    <w:bookmarkStart w:name="z976" w:id="889"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий акима сельского округа в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="889"/>
+    <w:bookmarkStart w:name="z977" w:id="890"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
-[...179 lines deleted...]
-      6) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан по вопросам, отнесенным к его компетенции.</w:t>
+        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="890"/>
-    <w:bookmarkStart w:name="z976" w:id="891"/>
-[...15 lines deleted...]
-      Исполнение полномочий акима сельского округа в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z978" w:id="891"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Государственное учреждение "Аппарат акима Ульяновского сельского округа Костанайского района" может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="891"/>
-    <w:bookmarkStart w:name="z977" w:id="892"/>
+    <w:bookmarkStart w:name="z979" w:id="892"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имущество государственного учреждения "Аппарат акима Ульяновского сельского округа Костанайского района" формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="892"/>
+    <w:bookmarkStart w:name="z980" w:id="893"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Имущество, закрепленное за государственным учреждением "Аппарат акима Ульяновского сельского округа Костанайского района" относится к коммунальной собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="893"/>
+    <w:bookmarkStart w:name="z981" w:id="894"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Государственное учреждение "Аппарат акима Ульяновского сельского округа Костанайского района" не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="894"/>
+    <w:bookmarkStart w:name="z982" w:id="895"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
-[...59 lines deleted...]
-      22. Имущество, закрепленное за государственным учреждением "Аппарат акима Ульяновского сельского округа Костанайского района" относится к коммунальной собственности.</w:t>
+        <w:t xml:space="preserve"> 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="895"/>
-    <w:bookmarkStart w:name="z981" w:id="896"/>
-[...15 lines deleted...]
-      23. Государственное учреждение "Аппарат акима Ульяновского сельского округа Костанайского района" не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+    <w:bookmarkStart w:name="z983" w:id="896"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Реорганизация и упразднение аппарата акима осуществляется в порядке, определяемом законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="896"/>
-    <w:bookmarkStart w:name="z982" w:id="897"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="898"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -25293,31 +25361,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>