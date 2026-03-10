--- v0 (2025-11-07)
+++ v1 (2026-03-10)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3136117" w14:textId="3136117">
+    <w:p w14:paraId="8983912" w14:textId="8983912">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -9368,51 +9368,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организует работу по учету, охране и использованию культурных ценностей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="327"/>
     <w:bookmarkStart w:name="z365" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) организует проведение зрелищных культурно - массовых мероприятий района, а также смотров, фестивалей и конкурсов среди любительских творческих объединений;</w:t>
+      2) осуществляет проведение зрелищных культурно - массовых мероприятий района, а также смотров, фестивалей и конкурсов среди любительских творческих объединений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="328"/>
     <w:bookmarkStart w:name="z366" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) проводит мероприятия районного уровня, направленные на развитие государственного и других языков;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="329"/>
     <w:bookmarkStart w:name="z367" w:id="330"/>
     <w:p>
@@ -9428,568 +9428,908 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) вносит предложения в исполнительные органы областей о наименовании и переименовании сел, поселков, сельских округов, а также изменении их транскрипции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="330"/>
     <w:bookmarkStart w:name="z368" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) осуществляет иные функции в соответствии с законодательством Республики Казахстан.</w:t>
+      5) осуществляет иные функции в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z369" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) создает, реорганизует, ликвидирует государственные организации культуры района, города областного значения в сфере театрального, музыкального искусства и киноискусства, библиотечного и музейного дела, культурно - досуговой деятельности в установленном законодательством Республики Казахстан порядке по согласованию с уполномоченным органом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) поддерживает и координирует деятельность государственных организаций культуры района, города областного значения в сфере театрального, музыкального искусства и киноискусства, библиотечного и музейного дела, культурно- досуговой деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z30" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) проводит аттестацию государственных организаций культуры района, города областного значения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z31" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) в пределах своей компетенции осуществляет управление коммунальной собственностью в области культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z32" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) выступает заказчиком по строительству, реконструкции и ремонту объектов культурного назначения района, города областного значения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z33" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) поддерживает и оказывает содействие в материально - техническом обеспечении государственных организаций культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z34" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) присваивает одной из государственных библиотек района, города областного значения статус "Центральная";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z35" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) утверждает государственный творческий заказ на финансирование творческих кружков для детей и юношества в пределах объемов бюджетных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z36" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) обеспечивает размещение государственного творческого заказа в творческих кружках для детей и юношества независимо от форм собственности поставщиков услуг государственного творческого заказа, их ведомственной подчиненности, типов и видов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z37" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) обеспечивает исполнение всех этапов и процедур размещения, контроля качества и целевого освоения государственного творческого заказа в электронном и общедоступном форматах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z38" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) осуществляет мониторинг деятельности организаций культуры, расположенных на соответствующей территории, и предоставляет в местный исполнительный орган области, города республиканского значения и столицы информацию, а также статистические отчеты установленной формы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z39" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) организует работу по сохранению историко - культурного наследия, содействует развитию исторических, национальных и культурных традиций и обычаев;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z40" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      18) осуществляет прием и рассмотрение уведомлений о размещении вывески в городе районного значения, селе, поселке в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О разрешениях и уведомлениях".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z369" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Функции ведомств:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z370" w:id="333"/>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z370" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) предоставление библиотечных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z371" w:id="334"/>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z371" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осуществление культурно - просветительной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z372" w:id="335"/>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z372" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) организация обучения государственному языку Республики Казахстан, английскому и другим языкам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z373" w:id="336"/>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z373" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осуществление иных функций в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z374" w:id="337"/>
+    <w:bookmarkEnd w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 16 с изменениями, внесенными постановлением акимата Костанайского района Костанайской области от 22.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 734</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 22.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z374" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Права и обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z375" w:id="338"/>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z375" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от государственных органов и других организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z376" w:id="339"/>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z376" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) имеет право быть истцом и ответчиком в суде, по вопросам, отнесенным к его компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z377" w:id="340"/>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z377" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осуществляет иные права и обязанности, в соответствие с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z378" w:id="341"/>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z378" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z379" w:id="342"/>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z379" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Руководство государственным учреждением "Отдел культуры и развития языков" акимата Костанайского района осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на государственное учреждение "Отдел культуры и развития языков" акимата Костанайского района задач и осуществление им своих функций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z380" w:id="343"/>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z380" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Первый руководитель государственного учреждения "Отдел культуры и развития языков" акимата Костанайского района назначается на должность и освобождается от должности акимом Костанайского района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z381" w:id="344"/>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z381" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Полномочия первого руководителя государственного учреждения "Отдел культуры и развития языков" акимата Костанайского района:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z382" w:id="345"/>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z382" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обладает правом первой подписи финансовых документов, заключает договоры, выдает доверенности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z383" w:id="346"/>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z383" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       распределяет и утверждает должностные обязанности, издает приказы и дает указания, обязательные для всех работников учреждения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z384" w:id="347"/>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z384" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       утверждает порядок и планы по командировкам, стажировкам, обучению в учебных центрах и иным видам повышения квалификации работников;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z385" w:id="348"/>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z385" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает на работу и увольняет, принимает меры поощрения и налагает дисциплинарные взыскания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z386" w:id="349"/>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z386" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет иные полномочия в соответствии с действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z387" w:id="350"/>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z387" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий первого руководителя государственного учреждения "Отдел культуры и развития языков" акимата Костанайского района в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z388" w:id="351"/>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z388" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z389" w:id="352"/>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z389" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Государственное учреждение "Отдел культуры и развития языков" акимата Костанайского района может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z390" w:id="353"/>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z390" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество государственного учреждения "Отдел культуры и развития языков" акимата Костанайского района формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z391" w:id="354"/>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z391" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Имущество, закрепленное за государственным учреждением "Отдел культуры и развития языков" акимата Костанайского района относится к коммунальной собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z392" w:id="355"/>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z392" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Государственное учреждение "Отдел культуры и развития языков" акимата Костанайского района не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z393" w:id="356"/>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z393" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z394" w:id="357"/>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z394" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Реорганизация и упразднение государственного учреждения "Отдел культуры и развития языков" акимата Костанайского района осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkEnd w:id="369"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10289,144 +10629,144 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 522</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z400" w:id="358"/>
+    <w:bookmarkStart w:name="z400" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о государственном учреждении "Отдел занятости и социальных программ" акимата Костанайского района</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkEnd w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Положение – в редакции постановления акимата Костанайского района Костанайской области от 31.10.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 933</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z401" w:id="359"/>
+    <w:bookmarkStart w:name="z401" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z402" w:id="360"/>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z402" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Отдел занятости и социальных программ" акимата Костанайского района является государственным органом Республики Казахстан, осуществляющим руководство в сфере реализации социальных программ и вопросов занятости населения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkEnd w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Государственное учреждение "Отдел занятости и социальных программ" акимата Костанайского района осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11696,127 +12036,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 522</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z475" w:id="361"/>
+    <w:bookmarkStart w:name="z475" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о государственном учреждении "Отдел предпринимательства" акимата Костанайского района</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z476" w:id="362"/>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z476" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z477" w:id="363"/>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z477" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Отдел предпринимательства" акимата Костанайского района является государственным органом Республики Казахстан, осуществляющим руководство в сфере обеспечения деятельности акима и местного исполнительного органа Костанайского района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z478" w:id="364"/>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z478" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Государственное учреждение "Отдел предпринимательства" акимата Костанайского района не имеет ведомств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z479" w:id="365"/>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z479" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Государственное учреждение "Отдел предпринимательства" акимата Костанайского района осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11831,1043 +12171,1043 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z480" w:id="366"/>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z480" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Государственное учреждение "Отдел предпринимательства" акимата Костанайского района является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печати и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z481" w:id="367"/>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z481" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Государственное учреждение "Отдел предпринимательства" акимата Костанайского района вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="367"/>
-    <w:bookmarkStart w:name="z482" w:id="368"/>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z482" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Государственное учреждение "Отдел предпринимательства" акимата Костанайского района имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z483" w:id="369"/>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z483" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Государственное учреждение "Отдел предпринимательства" акимата Костанайского района по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя государственного учреждения "Отдел предпринимательства" акимата Костанайского района и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="369"/>
-    <w:bookmarkStart w:name="z484" w:id="370"/>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z484" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Структура и лимит штатной численности государственного учреждения "Отдел предпринимательства" акимата Костанайского района утверждаются в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z485" w:id="371"/>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z485" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Местонахождение юридического лица: 111100, Республика Казахстан, Костанайская область, Костанайский район, город Тобыл, улица Тәуелсіздік, 65.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z486" w:id="372"/>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z486" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Полное наименование государственного органа – государственное учреждение "Отдел предпринимательства" акимата Костанайского района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="372"/>
-    <w:bookmarkStart w:name="z487" w:id="373"/>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z487" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Настоящее </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> является учредительным документом государственного учреждения "Отдел предпринимательства" акимата Костанайского района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="373"/>
-    <w:bookmarkStart w:name="z488" w:id="374"/>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z488" w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Финансирование деятельности государственного учреждения "Отдел предпринимательства" акимата Костанайского района осуществляется из местного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z489" w:id="375"/>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z489" w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Государственному учреждению "Отдел предпринимательства" акимата Костанайского района запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями государственного учреждения "Отдел предпринимательства" акимата Костанайского района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z490" w:id="376"/>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z490" w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если государственному учреждению "Отдел предпринимательства" акимата Костанайского района законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z491" w:id="377"/>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z491" w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z492" w:id="378"/>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z492" w:id="390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z493" w:id="379"/>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z493" w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) создание благоприятных условий для развития частного предпринимательства и защита интересов государства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z494" w:id="380"/>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z494" w:id="392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z495" w:id="381"/>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z495" w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z496" w:id="382"/>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z496" w:id="394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) создает условия для развития частного предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z497" w:id="383"/>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z497" w:id="395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) организует деятельность экспертного совета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="383"/>
-    <w:bookmarkStart w:name="z498" w:id="384"/>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z498" w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обеспечивает государственную поддержку на местном уровне частного предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="384"/>
-    <w:bookmarkStart w:name="z499" w:id="385"/>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z499" w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) реализует государственную политику и осуществляет координацию в области туристской деятельности на территории района;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="385"/>
-    <w:bookmarkStart w:name="z500" w:id="386"/>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z500" w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) осуществляет иные функции в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="386"/>
-    <w:bookmarkStart w:name="z501" w:id="387"/>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z501" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) осуществление государственного контроля за соблюдением размера предельно допустимых розничных цен на социально значимые продовольственные товары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z502" w:id="388"/>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z502" w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) осуществление контроля за соблюдением размера торговой надбавки на социально значимые продовольственные товары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="388"/>
-    <w:bookmarkStart w:name="z503" w:id="389"/>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z503" w:id="401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Полномочия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="389"/>
-    <w:bookmarkStart w:name="z504" w:id="390"/>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z504" w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       права:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="390"/>
-    <w:bookmarkStart w:name="z505" w:id="391"/>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z505" w:id="403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="391"/>
-    <w:bookmarkStart w:name="z506" w:id="392"/>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z506" w:id="404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осуществление иных прав и обязанностей, в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z507" w:id="393"/>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z507" w:id="405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="393"/>
-    <w:bookmarkStart w:name="z508" w:id="394"/>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z508" w:id="406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) дача необходимых поручений руководителям организаций, расположенных на территории района, по вопросам своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="394"/>
-    <w:bookmarkStart w:name="z509" w:id="395"/>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z509" w:id="407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) взаимодействие с другими органами государственного управления, органами общественного самоуправления и другими организациями по вопросам повышения эффективности управления на соответствующей территории.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z510" w:id="396"/>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z510" w:id="408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Статус, полномочия руководителя государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="396"/>
-    <w:bookmarkStart w:name="z511" w:id="397"/>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z511" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Руководство государственным учреждением "Отдел предпринимательства" акимата Костанайского района осуществляется руководителем, который несет персональную ответственность за выполнение возложенных на государственное учреждение "Отдел предпринимательства" акимата Костанайского района задач и осуществление им своих функций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="397"/>
-    <w:bookmarkStart w:name="z512" w:id="398"/>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z512" w:id="410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Руководитель государственного учреждения "Отдел предпринимательства" акимата Костанайского района назначается на должность и освобождается от должности акимом Костанайского района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="398"/>
-    <w:bookmarkStart w:name="z513" w:id="399"/>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z513" w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия руководителя государственного учреждения "Отдел предпринимательства" акимата Костанайского района:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="399"/>
-    <w:bookmarkStart w:name="z514" w:id="400"/>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z514" w:id="412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) представляет государственное учреждение "Отдел предпринимательства" акимата Костанайского района в государственных органах и иных организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z515" w:id="401"/>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z515" w:id="413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) организует и руководит работой государственного учреждения "Отдел предпринимательства" акимата Костанайского района;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="401"/>
-    <w:bookmarkStart w:name="z516" w:id="402"/>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z516" w:id="414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) назначает, освобождает от должности, привлекает к дисциплинарной ответственности в соответствии с законодательством о труде работников аппарата, не являющихся государственными служащими;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="402"/>
-    <w:bookmarkStart w:name="z517" w:id="403"/>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z517" w:id="415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) издает приказы и дает указания, обязательные для исполнения работниками государственного учреждения "Отдел предпринимательства" акимата Костанайского района;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="403"/>
-    <w:bookmarkStart w:name="z518" w:id="404"/>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z518" w:id="416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) подписывает служебную документацию в пределах компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="404"/>
-    <w:bookmarkStart w:name="z519" w:id="405"/>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z519" w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) в пределах своей компетенции распоряжается денежными средствами государственного учреждения "Отдел предпринимательства" акимата Костанайского района, подписывает финансовые документы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="405"/>
-    <w:bookmarkStart w:name="z520" w:id="406"/>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z520" w:id="418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан по вопросам, отнесенным к его компетенции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="406"/>
-    <w:bookmarkStart w:name="z521" w:id="407"/>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z521" w:id="419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий первого руководителя государственного учреждения "Отдел предпринимательства" акимата Костанайского района в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="407"/>
-    <w:bookmarkStart w:name="z522" w:id="408"/>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z522" w:id="420"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="408"/>
-    <w:bookmarkStart w:name="z523" w:id="409"/>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z523" w:id="421"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Государственное учреждение "Отдел предпринимательства" акимата Костанайского района может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="409"/>
-    <w:bookmarkStart w:name="z524" w:id="410"/>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z524" w:id="422"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество государственного учреждения "Отдел предпринимательства" акимата Костанайского района формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="410"/>
-    <w:bookmarkStart w:name="z525" w:id="411"/>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z525" w:id="423"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Имущество, закрепленное за государственным учреждением "Отдел предпринимательства" акимата Костанайского района относится к коммунальной собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="411"/>
-    <w:bookmarkStart w:name="z526" w:id="412"/>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z526" w:id="424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Государственное учреждение "Отдел предпринимательства" акимата Костанайского района не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z527" w:id="413"/>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z527" w:id="425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="413"/>
-    <w:bookmarkStart w:name="z528" w:id="414"/>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z528" w:id="426"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Реорганизация и упразднение государственного учреждения "Отдел предпринимательства" акимата Костанайского района осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkEnd w:id="426"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -13167,127 +13507,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 522</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z534" w:id="415"/>
+    <w:bookmarkStart w:name="z534" w:id="427"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о государственном учреждении "Отдел сельского хозяйства" акимата Костанайского района</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z535" w:id="416"/>
+    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkStart w:name="z535" w:id="428"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z536" w:id="417"/>
+    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkStart w:name="z536" w:id="429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Отдел сельского хозяйства" акимата Костанайского района является государственным органом Республики Казахстан, осуществляющим руководство в сфере сельского хозяйства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="417"/>
-    <w:bookmarkStart w:name="z537" w:id="418"/>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z537" w:id="430"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Государственное учреждение "Отдел сельского хозяйства" акимата Костанайского района не имеет ведомств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="418"/>
-    <w:bookmarkStart w:name="z538" w:id="419"/>
+    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkStart w:name="z538" w:id="431"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Государственное учреждение "Отдел сельского хозяйства" акимата Костанайского района осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13302,171 +13642,171 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="419"/>
-    <w:bookmarkStart w:name="z539" w:id="420"/>
+    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkStart w:name="z539" w:id="432"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Государственное учреждение "Отдел сельского хозяйства" акимата Костанайского района является юридическим лицом в организационно - правовой форме государственного учреждения, имеет печать и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="420"/>
-    <w:bookmarkStart w:name="z540" w:id="421"/>
+    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkStart w:name="z540" w:id="433"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Государственное учреждение "Отдел сельского хозяйства" акимата Костанайского района вступает в гражданско - правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z541" w:id="422"/>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z541" w:id="434"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Государственное учреждение "Отдел сельского хозяйства" акимата Костанайского района имеет право выступать стороной гражданско - правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z542" w:id="423"/>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z542" w:id="435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Государственное учреждение "Отдел сельского хозяйства" акимата Костанайского района по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя государственного учреждения "Отдел сельского хозяйства" акимата Костанайского района и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z543" w:id="424"/>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z543" w:id="436"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Структура и лимит штатной численности государственного учреждения "Отдел сельского хозяйства" акимата Костанайского района утверждаются в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z544" w:id="425"/>
+    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:name="z544" w:id="437"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Местонахождение юридического лица: 111100, Республика Казахстан, Костанайская область, Костанайский район, город Тобыл, улица Тәуелсіздік, 63Б.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkEnd w:id="437"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13485,822 +13825,822 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z545" w:id="426"/>
+    <w:bookmarkStart w:name="z545" w:id="438"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Полное наименование государственного органа - государственное учреждение "Отдел сельского хозяйства" акимата Костанайского района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z546" w:id="427"/>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z546" w:id="439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Настоящее </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> является учредительным документом государственного учреждения "Отдел сельского хозяйства" акимата Костанайского района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z547" w:id="428"/>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z547" w:id="440"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Финансирование деятельности государственного учреждения "Отдел сельского хозяйства" акимата Костанайского района осуществляется из местного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z548" w:id="429"/>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z548" w:id="441"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Государственному учреждению "Отдел сельского хозяйства" акимата Костанайского района запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями государственного учреждения "Отдел сельского хозяйства" акимата Костанайского района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="429"/>
-    <w:bookmarkStart w:name="z549" w:id="430"/>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z549" w:id="442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если государственному учреждению "Отдел сельского хозяйства" акимата Костанайского района законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z550" w:id="431"/>
+    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkStart w:name="z550" w:id="443"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Миссия, основные задачи, функции, права и обязанности государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="431"/>
-    <w:bookmarkStart w:name="z551" w:id="432"/>
+    <w:bookmarkEnd w:id="443"/>
+    <w:bookmarkStart w:name="z551" w:id="444"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Миссия: государственное учреждение "Отдел сельского хозяйства" акимата Костанайского района осуществляет реализацию государственной политики в области сельского хозяйства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="432"/>
-    <w:bookmarkStart w:name="z552" w:id="433"/>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z552" w:id="445"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="433"/>
-    <w:bookmarkStart w:name="z553" w:id="434"/>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z553" w:id="446"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осуществление государственных функций в сфере сельского хозяйства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="434"/>
-    <w:bookmarkStart w:name="z554" w:id="435"/>
+    <w:bookmarkEnd w:id="446"/>
+    <w:bookmarkStart w:name="z554" w:id="447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="435"/>
-    <w:bookmarkStart w:name="z555" w:id="436"/>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z555" w:id="448"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="436"/>
-    <w:bookmarkStart w:name="z556" w:id="437"/>
+    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkStart w:name="z556" w:id="449"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осуществление государственной поддержки субъектов агропромышленного комплекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="437"/>
-    <w:bookmarkStart w:name="z557" w:id="438"/>
+    <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z557" w:id="450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осуществление государственной технической инспекции в области развития агропромышленного комплекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="438"/>
-    <w:bookmarkStart w:name="z558" w:id="439"/>
+    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkStart w:name="z558" w:id="451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) проведение сбора оперативной информации в области агропромышленного комплекса и сельских территорий и предоставление ее местному исполнительному органу (акимату) области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="439"/>
-    <w:bookmarkStart w:name="z559" w:id="440"/>
+    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkStart w:name="z559" w:id="452"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ведение учета запасов продовольственных товаров в районе и представление отчетности в местный исполнительный орган (акимат) области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="440"/>
-    <w:bookmarkStart w:name="z560" w:id="441"/>
+    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkStart w:name="z560" w:id="453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) оказание государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="441"/>
-    <w:bookmarkStart w:name="z561" w:id="442"/>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z561" w:id="454"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) осуществление иных функций в соответствие с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z562" w:id="443"/>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z562" w:id="455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Права и обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="443"/>
-    <w:bookmarkStart w:name="z563" w:id="444"/>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z563" w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от государственных органов и других организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="444"/>
-    <w:bookmarkStart w:name="z564" w:id="445"/>
+    <w:bookmarkEnd w:id="456"/>
+    <w:bookmarkStart w:name="z564" w:id="457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) имеет право быть истцом и ответчиком в суде, по вопросам, отнесенным к его компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="445"/>
-    <w:bookmarkStart w:name="z565" w:id="446"/>
+    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkStart w:name="z565" w:id="458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осуществляет иные права и обязанности, в соответствие с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="446"/>
-    <w:bookmarkStart w:name="z566" w:id="447"/>
+    <w:bookmarkEnd w:id="458"/>
+    <w:bookmarkStart w:name="z566" w:id="459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="447"/>
-    <w:bookmarkStart w:name="z567" w:id="448"/>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z567" w:id="460"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Руководство государственного учреждения "Отдел сельского хозяйства" акимата Костанайского района осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на государственное учреждение "Отдел сельского хозяйства" акимата Костанайского района задач и осуществление им своих функций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="448"/>
-    <w:bookmarkStart w:name="z568" w:id="449"/>
+    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkStart w:name="z568" w:id="461"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Первый руководитель государственного учреждения "Отдел сельского хозяйства" акимата Костанайского района назначается на должность и освобождается от должности распоряжением акима района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="449"/>
-    <w:bookmarkStart w:name="z569" w:id="450"/>
+    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkStart w:name="z569" w:id="462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Полномочия первого руководителя государственного учреждения "Отдел сельского хозяйства" акимата Костанайского района:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="450"/>
-    <w:bookmarkStart w:name="z570" w:id="451"/>
+    <w:bookmarkEnd w:id="462"/>
+    <w:bookmarkStart w:name="z570" w:id="463"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обладает правом первой подписи финансовых документов, заключает договоры, выдает доверенности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="451"/>
-    <w:bookmarkStart w:name="z571" w:id="452"/>
+    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkStart w:name="z571" w:id="464"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       распределяет и утверждает должностные обязанности, издает приказы и дает указания, обязательные для всех работников учреждения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="452"/>
-    <w:bookmarkStart w:name="z572" w:id="453"/>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z572" w:id="465"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       утверждает порядок и планы по командировкам, стажировкам, обучению в учебных центрах и иным видам повышения квалификации работников;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="453"/>
-    <w:bookmarkStart w:name="z573" w:id="454"/>
+    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkStart w:name="z573" w:id="466"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает на работу и увольняет, принимает меры поощрения и налагает дисциплинарные взыскания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="454"/>
-    <w:bookmarkStart w:name="z574" w:id="455"/>
+    <w:bookmarkEnd w:id="466"/>
+    <w:bookmarkStart w:name="z574" w:id="467"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет иные полномочия в соответствии с действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="455"/>
-    <w:bookmarkStart w:name="z575" w:id="456"/>
+    <w:bookmarkEnd w:id="467"/>
+    <w:bookmarkStart w:name="z575" w:id="468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий первого руководителя государственного учреждения "Отдел сельского хозяйства" акимата Костанайского района в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="456"/>
-    <w:bookmarkStart w:name="z576" w:id="457"/>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z576" w:id="469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="457"/>
-    <w:bookmarkStart w:name="z577" w:id="458"/>
+    <w:bookmarkEnd w:id="469"/>
+    <w:bookmarkStart w:name="z577" w:id="470"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Государственное учреждение "Отдел сельского хозяйства" акимата Костанайского района может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="458"/>
-    <w:bookmarkStart w:name="z578" w:id="459"/>
+    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkStart w:name="z578" w:id="471"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество государственного учреждения "Отдел сельского хозяйства" акимата Костанайского района формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="459"/>
-    <w:bookmarkStart w:name="z579" w:id="460"/>
+    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkStart w:name="z579" w:id="472"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Имущество, закрепленное за государственным учреждением "Отдел сельского хозяйства" акимата Костанайского района относится к коммунальной собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="460"/>
-    <w:bookmarkStart w:name="z580" w:id="461"/>
+    <w:bookmarkEnd w:id="472"/>
+    <w:bookmarkStart w:name="z580" w:id="473"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Государственное учреждение "Отдел сельского хозяйства" акимата Костанайского района не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="461"/>
-    <w:bookmarkStart w:name="z581" w:id="462"/>
+    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkStart w:name="z581" w:id="474"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="462"/>
-    <w:bookmarkStart w:name="z582" w:id="463"/>
+    <w:bookmarkEnd w:id="474"/>
+    <w:bookmarkStart w:name="z582" w:id="475"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Реорганизация и упразднение государственного учреждения "Отдел сельского хозяйства" акимата Костанайского района осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkEnd w:id="475"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -14600,127 +14940,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 522</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z588" w:id="464"/>
+    <w:bookmarkStart w:name="z588" w:id="476"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о государственном учреждении "Отдел физической культуры и спорта" акимата Костанайского района</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="464"/>
-    <w:bookmarkStart w:name="z589" w:id="465"/>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z589" w:id="477"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="465"/>
-    <w:bookmarkStart w:name="z590" w:id="466"/>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z590" w:id="478"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Отдел физической культуры и спорта" акимата Костанайского района является государственным органом Республики Казахстан, осуществляющим руководство в сфере физической культуры и спорта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="466"/>
-    <w:bookmarkStart w:name="z591" w:id="467"/>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z591" w:id="479"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Государственное учреждение "Отдел физической культуры и спорта" акимата Костанайского района имеет ведомство - коммунальное государственное учреждение "Стадион Затоболец" Отдела физической культуры и спорта акимата Костанайского района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="467"/>
-    <w:bookmarkStart w:name="z592" w:id="468"/>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z592" w:id="480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Государственное учреждение "Отдел физической культуры и спорта" акимата Костанайского района осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14735,1083 +15075,1553 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="468"/>
-    <w:bookmarkStart w:name="z593" w:id="469"/>
+    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkStart w:name="z593" w:id="481"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Государственное учреждение "Отдел физической культуры и спорта" акимата Костанайского района является юридическим лицом в организационно - правовой форме государственного учреждения, имеет печати и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="469"/>
-    <w:bookmarkStart w:name="z594" w:id="470"/>
+    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkStart w:name="z594" w:id="482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Государственное учреждение "Отдел физической культуры и спорта" акимата Костанайского района вступает в гражданско - правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="470"/>
-    <w:bookmarkStart w:name="z595" w:id="471"/>
+    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkStart w:name="z595" w:id="483"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Государственное учреждение "Отдел физической культуры и спорта" акимата Костанайского района имеет право выступать стороной гражданско - правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="471"/>
-    <w:bookmarkStart w:name="z596" w:id="472"/>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z596" w:id="484"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Государственное учреждение "Отдел физической культуры и спорта" акимата Костанайского района по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя государственного учреждения "Отдел физической культуры и спорта" акимата Костанайского района и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="472"/>
-    <w:bookmarkStart w:name="z597" w:id="473"/>
+    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkStart w:name="z597" w:id="485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Структура и лимит штатной численности государственного учреждения "Отдел физической культуры и спорта" акимата Костанайского района утверждаются в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="473"/>
-    <w:bookmarkStart w:name="z598" w:id="474"/>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z598" w:id="486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Местонахождение юридического лица: 111100, Республика Казахстан, Костанайская область, Костанайский район, город Тобыл, улица Калабаева, 2/20.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="474"/>
-    <w:bookmarkStart w:name="z599" w:id="475"/>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z599" w:id="487"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Полное наименование государственного органа - государственное учреждение "Отдел физической культуры и спорта" акимата Костанайского района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="475"/>
-    <w:bookmarkStart w:name="z600" w:id="476"/>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z600" w:id="488"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Настоящее </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> является учредительным документом государственного учреждения "Отдел физической культуры и спорта" акимата Костанайского района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="476"/>
-    <w:bookmarkStart w:name="z601" w:id="477"/>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z601" w:id="489"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Финансирование деятельности государственного учреждения "Отдел физической культуры и спорта" акимата Костанайского района осуществляется из местного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="477"/>
-    <w:bookmarkStart w:name="z602" w:id="478"/>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z602" w:id="490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Государственному учреждению "Отдел физической культуры и спорта" акимата Костанайского района запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями государственного учреждения "Отдел физической культуры и спорта" акимата Костанайского района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="478"/>
-    <w:bookmarkStart w:name="z603" w:id="479"/>
+    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkStart w:name="z603" w:id="491"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если государственному учреждению "Отдел физической культуры и спорта" акимата Костанайского района законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="479"/>
-    <w:bookmarkStart w:name="z604" w:id="480"/>
+    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkStart w:name="z604" w:id="492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Миссия, основные задачи, функции, права и обязанности государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="480"/>
-    <w:bookmarkStart w:name="z605" w:id="481"/>
+    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkStart w:name="z605" w:id="493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Миссия: государственное учреждение "Отдел физической культуры и спорта" акимата Костанайского района осуществляет реализацию государственной политики в области физической культуры и спорта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="481"/>
-    <w:bookmarkStart w:name="z606" w:id="482"/>
+    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkStart w:name="z606" w:id="494"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="482"/>
-    <w:bookmarkStart w:name="z607" w:id="483"/>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z607" w:id="495"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) поддержка и стимулирование физической культуры и спорта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="483"/>
-    <w:bookmarkStart w:name="z608" w:id="484"/>
+    <w:bookmarkEnd w:id="495"/>
+    <w:bookmarkStart w:name="z608" w:id="496"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="484"/>
-    <w:bookmarkStart w:name="z609" w:id="485"/>
+    <w:bookmarkEnd w:id="496"/>
+    <w:bookmarkStart w:name="z609" w:id="497"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="485"/>
-    <w:bookmarkStart w:name="z610" w:id="486"/>
+    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkStart w:name="z610" w:id="498"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) проводит районные спортивные соревнования по видам спорта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="486"/>
-    <w:bookmarkStart w:name="z611" w:id="487"/>
+    <w:bookmarkEnd w:id="498"/>
+    <w:bookmarkStart w:name="z611" w:id="499"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обеспечивает подготовку районных сборных команд по видам спорта и их выступления на областных спортивных соревнованиях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="487"/>
-    <w:bookmarkStart w:name="z612" w:id="488"/>
+    <w:bookmarkEnd w:id="499"/>
+    <w:bookmarkStart w:name="z612" w:id="500"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обеспечивает развитие массового спорта и национальных видов спорта на территории района;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="488"/>
-    <w:bookmarkStart w:name="z613" w:id="489"/>
+    <w:bookmarkEnd w:id="500"/>
+    <w:bookmarkStart w:name="z613" w:id="501"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) реализует единый региональный календарь спортивно - массовых мероприятий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="489"/>
-    <w:bookmarkStart w:name="z614" w:id="490"/>
+    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z614" w:id="502"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) формирует районные списки сборных команд по видам спорта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="490"/>
-    <w:bookmarkStart w:name="z615" w:id="491"/>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z615" w:id="503"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) оказывает методическую и консультативную помощь спортивным организациям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="491"/>
-    <w:bookmarkStart w:name="z616" w:id="492"/>
+    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkStart w:name="z616" w:id="504"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) оказывает государственные услуги;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="492"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z618" w:id="494"/>
+    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkStart w:name="z617" w:id="505"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) осуществляет иные функции в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="505"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) создает инфраструктуру для занятий спортом физических лиц, в том числе с учетом доступности для маломобильных групп населения, по месту жительства и в местах массового отдыха;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="506"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) осуществляет государственный контроль за безопасной эксплуатацией спортивного оборудования, предназначенного для занятий массовым спортом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z10" w:id="507"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) проводит ротацию первых руководителей государственных физкультурно - спортивных организаций в соответствии с правилами проведения ротации первых руководителей государственных физкультурно -спортивных организаций на соответствующей административно -территориальной единице;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkStart w:name="z11" w:id="508"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) обеспечивает развитие массового спорта и национальных видов спорта на территории соответствующей административно - территориальной единицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z12" w:id="509"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) координирует деятельность районных, городов областного значения физкультурно - спортивных организаций на территории соответствующей административно - территориальной единицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z13" w:id="510"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) создаҰт детско - юношеские клубы физической подготовки, в том числе адаптивной физической культуры и спорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z14" w:id="511"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) координирует организацию и проведение спортивных мероприятий на территории соответствующей административно - территориальной единицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z15" w:id="512"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) осуществляет сбор, анализ и предоставляет местному исполнительному органу области, города республиканского значения, столицы информацию по развитию физической культуры и спорта на территории соответствующей административно - территориальной единицы по форме и в сроки, установленные законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z16" w:id="513"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) организует медицинское обеспечение официальных физкультурных и спортивных мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z17" w:id="514"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) обеспечивает общественный порядок и общественную безопасность при проведении физкультурных и спортивных мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkStart w:name="z18" w:id="515"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) координирует вопросы строительства спортивных сооружений на территории района и обеспечивает их доступность населению;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z19" w:id="516"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) обеспечивает деятельность районных и городских неспециализированных детско - юношеских школ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z20" w:id="517"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) обеспечивает инструкторами по физической культуре и спорту для работы с населением;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z21" w:id="518"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) принимает меры по использованию во внеурочное и вечернее время спортивных сооружений организаций образования в целях обеспечения работы спортивных секций для населения и проведения спортивных мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z22" w:id="519"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) утверждает государственный спортивный заказ на финансирование спортивных секций для детей и юношества в пределах объемов бюджетных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z23" w:id="520"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) обеспечивает размещение государственного спортивного заказа в спортивных секциях для детей и юношества независимо от форм собственности поставщиков услуг государственного спортивного заказа, их ведомственной подчиненности, типов и видов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkStart w:name="z24" w:id="521"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) обеспечивает исполнение всех этапов и процедур размещения, контроля качества и целевого освоения государственного спортивного заказа в электронном и общедоступном форматах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="521"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) организация районных, областных, республиканских, международных соревнований по всем видам спорта, проведение учебно-тренировочных сборов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z618" w:id="522"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Функции ведомств:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="494"/>
-    <w:bookmarkStart w:name="z619" w:id="495"/>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z619" w:id="523"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осуществление физкультурно - оздоровительной и воспитательной работы среди детей и юношей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="495"/>
-    <w:bookmarkStart w:name="z620" w:id="496"/>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z620" w:id="524"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) выявление в процессе систематических занятий способных детей и подростков для привлечения их к специализированным занятиям спортом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="496"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z622" w:id="498"/>
+    <w:bookmarkEnd w:id="524"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) исключен постановлением акимата Костанайского района Костанайской области от 22.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 734</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 22.01.2026);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z622" w:id="525"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осуществление иных функций в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="498"/>
-    <w:bookmarkStart w:name="z623" w:id="499"/>
+    <w:bookmarkEnd w:id="525"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 16 с изменениями, внесенными постановлением акимата Костанайского района Костанайской области от 22.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 734</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 22.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z623" w:id="526"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Права и обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="499"/>
-    <w:bookmarkStart w:name="z624" w:id="500"/>
+    <w:bookmarkEnd w:id="526"/>
+    <w:bookmarkStart w:name="z624" w:id="527"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от государственных органов и других организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="500"/>
-    <w:bookmarkStart w:name="z625" w:id="501"/>
+    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkStart w:name="z625" w:id="528"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) имеет право быть истцом и ответчиком в суде, по вопросам, отнесенным к его компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="501"/>
-    <w:bookmarkStart w:name="z626" w:id="502"/>
+    <w:bookmarkEnd w:id="528"/>
+    <w:bookmarkStart w:name="z626" w:id="529"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осуществляет иные права и обязанности, в соответствие с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="502"/>
-    <w:bookmarkStart w:name="z627" w:id="503"/>
+    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:name="z627" w:id="530"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="503"/>
-    <w:bookmarkStart w:name="z628" w:id="504"/>
+    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkStart w:name="z628" w:id="531"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Руководство государственным учреждением "Отдел физической культуры и спорта" акимата Костанайского района осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на государственное учреждение "Отдел физической культуры и спорта" акимата Костанайского района задач и осуществление им своих функций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="504"/>
-    <w:bookmarkStart w:name="z629" w:id="505"/>
+    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkStart w:name="z629" w:id="532"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Первый руководитель государственного учреждения "Отдел физической культуры и спорта" акимата Костанайского района назначается на должность и освобождается от должности акимом Костанайского района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="505"/>
-    <w:bookmarkStart w:name="z630" w:id="506"/>
+    <w:bookmarkEnd w:id="532"/>
+    <w:bookmarkStart w:name="z630" w:id="533"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Полномочия первого руководителя государственного учреждения "Отдел физической культуры и спорта" акимата Костанайского района:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="506"/>
-    <w:bookmarkStart w:name="z631" w:id="507"/>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z631" w:id="534"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обладает правом первой подписи финансовых документов, заключает договоры, выдает доверенности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="507"/>
-    <w:bookmarkStart w:name="z632" w:id="508"/>
+    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkStart w:name="z632" w:id="535"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       распределяет и утверждает должностные обязанности, издает приказы и дает указания, обязательные для всех работников учреждения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="508"/>
-    <w:bookmarkStart w:name="z633" w:id="509"/>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z633" w:id="536"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       утверждает порядок и планы по командировкам, стажировкам, обучению в учебных центрах и иным видам повышения квалификации работников;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="509"/>
-    <w:bookmarkStart w:name="z634" w:id="510"/>
+    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkStart w:name="z634" w:id="537"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает на работу и увольняет, принимает меры поощрения и налагает дисциплинарные взыскания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="510"/>
-    <w:bookmarkStart w:name="z635" w:id="511"/>
+    <w:bookmarkEnd w:id="537"/>
+    <w:bookmarkStart w:name="z635" w:id="538"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет иные полномочия в соответствии с действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="511"/>
-    <w:bookmarkStart w:name="z636" w:id="512"/>
+    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkStart w:name="z636" w:id="539"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий первого руководителя государственного учреждения "Отдел физической культуры и спорта" акимата Костанайского района в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="512"/>
-    <w:bookmarkStart w:name="z637" w:id="513"/>
+    <w:bookmarkEnd w:id="539"/>
+    <w:bookmarkStart w:name="z637" w:id="540"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="513"/>
-    <w:bookmarkStart w:name="z638" w:id="514"/>
+    <w:bookmarkEnd w:id="540"/>
+    <w:bookmarkStart w:name="z638" w:id="541"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Государственное учреждение "Отдел физической культуры и спорта" акимата Костанайского района может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="514"/>
-    <w:bookmarkStart w:name="z639" w:id="515"/>
+    <w:bookmarkEnd w:id="541"/>
+    <w:bookmarkStart w:name="z639" w:id="542"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество государственного учреждения "Отдел физической культуры и спорта" акимата Костанайского района формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="515"/>
-    <w:bookmarkStart w:name="z640" w:id="516"/>
+    <w:bookmarkEnd w:id="542"/>
+    <w:bookmarkStart w:name="z640" w:id="543"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Имущество, закрепленное за государственным учреждением "Отдел физической культуры и спорта" акимата Костанайского района, относится к коммунальной собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="516"/>
-    <w:bookmarkStart w:name="z641" w:id="517"/>
+    <w:bookmarkEnd w:id="543"/>
+    <w:bookmarkStart w:name="z641" w:id="544"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Государственное учреждение "Отдел физической культуры и спорта" акимата Костанайского района не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="517"/>
-    <w:bookmarkStart w:name="z642" w:id="518"/>
+    <w:bookmarkEnd w:id="544"/>
+    <w:bookmarkStart w:name="z642" w:id="545"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="518"/>
-    <w:bookmarkStart w:name="z643" w:id="519"/>
+    <w:bookmarkEnd w:id="545"/>
+    <w:bookmarkStart w:name="z643" w:id="546"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Реорганизация и упразднение государственного учреждения "Отдел физической культуры и спорта" акимата Костанайского района осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkEnd w:id="546"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16111,127 +16921,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 522</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z649" w:id="520"/>
+    <w:bookmarkStart w:name="z649" w:id="547"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о государственном учреждении "Отдел строительства" акимата Костанайского района</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="520"/>
-    <w:bookmarkStart w:name="z650" w:id="521"/>
+    <w:bookmarkEnd w:id="547"/>
+    <w:bookmarkStart w:name="z650" w:id="548"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="521"/>
-    <w:bookmarkStart w:name="z651" w:id="522"/>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z651" w:id="549"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Отдел строительства" акимата Костанайского района является государственным органом Республики Казахстан, осуществляющим руководство в сфере строительства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="522"/>
-    <w:bookmarkStart w:name="z652" w:id="523"/>
+    <w:bookmarkEnd w:id="549"/>
+    <w:bookmarkStart w:name="z652" w:id="550"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Государственное учреждение "Отдел строительства" акимата Костанайского района не имеет ведомств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="523"/>
-    <w:bookmarkStart w:name="z653" w:id="524"/>
+    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkStart w:name="z653" w:id="551"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Государственное учреждение "Отдел строительства" акимата Костанайского района осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16246,923 +17056,923 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="524"/>
-    <w:bookmarkStart w:name="z654" w:id="525"/>
+    <w:bookmarkEnd w:id="551"/>
+    <w:bookmarkStart w:name="z654" w:id="552"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Государственное учреждение "Отдел строительства" акимата Костанайского района является юридическим лицом в организационно - правовой форме государственного учреждения, имеет печати и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="525"/>
-    <w:bookmarkStart w:name="z655" w:id="526"/>
+    <w:bookmarkEnd w:id="552"/>
+    <w:bookmarkStart w:name="z655" w:id="553"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Государственное учреждение "Отдел строительства" акимата Костанайского района вступает в гражданско - правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="526"/>
-    <w:bookmarkStart w:name="z656" w:id="527"/>
+    <w:bookmarkEnd w:id="553"/>
+    <w:bookmarkStart w:name="z656" w:id="554"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Государственное учреждение "Отдел строительства" акимата Костанайского района имеет право выступать стороной гражданско - правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="527"/>
-    <w:bookmarkStart w:name="z657" w:id="528"/>
+    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkStart w:name="z657" w:id="555"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Государственное учреждение "Отдел строительства" акимата Костанайского района по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя государственного учреждения "Отдел строительства" акимата Костанайского района и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="528"/>
-    <w:bookmarkStart w:name="z658" w:id="529"/>
+    <w:bookmarkEnd w:id="555"/>
+    <w:bookmarkStart w:name="z658" w:id="556"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Структура и лимит штатной численности государственного учреждения "Отдел строительства" акимата Костанайского района утверждаются в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="529"/>
-    <w:bookmarkStart w:name="z659" w:id="530"/>
+    <w:bookmarkEnd w:id="556"/>
+    <w:bookmarkStart w:name="z659" w:id="557"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Местонахождение юридического лица: 111100, Республика Казахстан, Костанайская область, Костанайский район, город Тобыл, улица Тәуелсіздік, 63.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="530"/>
-    <w:bookmarkStart w:name="z660" w:id="531"/>
+    <w:bookmarkEnd w:id="557"/>
+    <w:bookmarkStart w:name="z660" w:id="558"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Полное наименование государственного органа - государственное учреждение "Отдел строительства" акимата Костанайского района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="531"/>
-    <w:bookmarkStart w:name="z661" w:id="532"/>
+    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkStart w:name="z661" w:id="559"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Настоящее </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> является учредительным документом государственного учреждения "Отдел строительства" акимата Костанайского района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="532"/>
-    <w:bookmarkStart w:name="z662" w:id="533"/>
+    <w:bookmarkEnd w:id="559"/>
+    <w:bookmarkStart w:name="z662" w:id="560"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Финансирование деятельности государственного учреждения "Отдел строительства" акимата Костанайского района осуществляется из местного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="533"/>
-    <w:bookmarkStart w:name="z663" w:id="534"/>
+    <w:bookmarkEnd w:id="560"/>
+    <w:bookmarkStart w:name="z663" w:id="561"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Государственному учреждению "Отдел строительства" акимата Костанайского района запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями государственного учреждения "Отдел строительства" акимата Костанайского района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="534"/>
-    <w:bookmarkStart w:name="z664" w:id="535"/>
+    <w:bookmarkEnd w:id="561"/>
+    <w:bookmarkStart w:name="z664" w:id="562"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если государственному учреждению "Отдел строительства" акимата Костанайского района законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="535"/>
-    <w:bookmarkStart w:name="z665" w:id="536"/>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z665" w:id="563"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Миссия, основные задачи, функции, права и обязанности государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="536"/>
-    <w:bookmarkStart w:name="z666" w:id="537"/>
+    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkStart w:name="z666" w:id="564"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Миссия: государственное учреждение "Отдел строительства" акимата Костанайского района осуществляет руководство в сфере государственного управления строительной деятельностью.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="537"/>
-    <w:bookmarkStart w:name="z667" w:id="538"/>
+    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkStart w:name="z667" w:id="565"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="538"/>
-    <w:bookmarkStart w:name="z668" w:id="539"/>
+    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkStart w:name="z668" w:id="566"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) реализация государственной политики в области строительства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="539"/>
-    <w:bookmarkStart w:name="z669" w:id="540"/>
+    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkStart w:name="z669" w:id="567"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="540"/>
-    <w:bookmarkStart w:name="z670" w:id="541"/>
+    <w:bookmarkEnd w:id="567"/>
+    <w:bookmarkStart w:name="z670" w:id="568"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="541"/>
-    <w:bookmarkStart w:name="z671" w:id="542"/>
+    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z671" w:id="569"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организует строительство жилья коммунального жилищного фонда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="542"/>
-    <w:bookmarkStart w:name="z672" w:id="543"/>
+    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkStart w:name="z672" w:id="570"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) организует строительство водопроводов, очистных сооружений, тепловых и электрических сетей и других объектов инженерной инфраструктуры района;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="543"/>
-    <w:bookmarkStart w:name="z673" w:id="544"/>
+    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z673" w:id="571"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обеспечивает регистрацию и ведение учета объектов (комплексов), вводимых в эксплуатацию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="544"/>
-    <w:bookmarkStart w:name="z674" w:id="545"/>
+    <w:bookmarkEnd w:id="571"/>
+    <w:bookmarkStart w:name="z674" w:id="572"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) подготовка решений о строительстве;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="545"/>
-    <w:bookmarkStart w:name="z675" w:id="546"/>
+    <w:bookmarkEnd w:id="572"/>
+    <w:bookmarkStart w:name="z675" w:id="573"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) осуществление иных функций в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="546"/>
-    <w:bookmarkStart w:name="z676" w:id="547"/>
+    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkStart w:name="z676" w:id="574"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Права и обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="547"/>
-    <w:bookmarkStart w:name="z677" w:id="548"/>
+    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkStart w:name="z677" w:id="575"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от государственных органов и других организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="548"/>
-    <w:bookmarkStart w:name="z678" w:id="549"/>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z678" w:id="576"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) имеет право быть истцом и ответчиком в суде, по вопросам, отнесенным к его компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="549"/>
-    <w:bookmarkStart w:name="z679" w:id="550"/>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z679" w:id="577"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осуществляет иные права и обязанности, в соответствие с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="550"/>
-    <w:bookmarkStart w:name="z680" w:id="551"/>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z680" w:id="578"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="551"/>
-    <w:bookmarkStart w:name="z681" w:id="552"/>
+    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkStart w:name="z681" w:id="579"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Руководство государственным учреждением "Отдел строительства" акимата Костанайского района осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на государственное учреждение "Отдел строительства" акимата Костанайского района задач и осуществление им своих функций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="552"/>
-    <w:bookmarkStart w:name="z682" w:id="553"/>
+    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkStart w:name="z682" w:id="580"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Первый руководитель государственного учреждения "Отдел строительства" акимата Костанайского района назначается на должность и освобождается от должности акимом Костанайского района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="553"/>
-    <w:bookmarkStart w:name="z683" w:id="554"/>
+    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkStart w:name="z683" w:id="581"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Полномочия первого руководителя государственного учреждения "Отдел строительства" акимата Костанайского района:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="554"/>
-    <w:bookmarkStart w:name="z684" w:id="555"/>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z684" w:id="582"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обладает правом первой подписи финансовых документов, заключает договоры, выдает доверенности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="555"/>
-    <w:bookmarkStart w:name="z685" w:id="556"/>
+    <w:bookmarkEnd w:id="582"/>
+    <w:bookmarkStart w:name="z685" w:id="583"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       распределяет и утверждает должностные обязанности, издает приказы и дает указания, обязательные для всех работников учреждения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="556"/>
-    <w:bookmarkStart w:name="z686" w:id="557"/>
+    <w:bookmarkEnd w:id="583"/>
+    <w:bookmarkStart w:name="z686" w:id="584"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       утверждает порядок и планы по командировкам, стажировкам, обучению в учебных центрах и иным видам повышения квалификации работников;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="557"/>
-    <w:bookmarkStart w:name="z687" w:id="558"/>
+    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkStart w:name="z687" w:id="585"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает на работу и увольняет, принимает меры поощрения и налагает дисциплинарные взыскания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="558"/>
-    <w:bookmarkStart w:name="z688" w:id="559"/>
+    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkStart w:name="z688" w:id="586"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет иные полномочия в соответствии с действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="559"/>
-    <w:bookmarkStart w:name="z689" w:id="560"/>
+    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkStart w:name="z689" w:id="587"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий первого руководителя государственного учреждения "Отдел строительства" акимата Костанайского района в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="560"/>
-    <w:bookmarkStart w:name="z690" w:id="561"/>
+    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkStart w:name="z690" w:id="588"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="561"/>
-    <w:bookmarkStart w:name="z691" w:id="562"/>
+    <w:bookmarkEnd w:id="588"/>
+    <w:bookmarkStart w:name="z691" w:id="589"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Государственное учреждение "Отдел строительства" акимата Костанайского района может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="562"/>
-    <w:bookmarkStart w:name="z692" w:id="563"/>
+    <w:bookmarkEnd w:id="589"/>
+    <w:bookmarkStart w:name="z692" w:id="590"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество государственного учреждения "Отдел строительства" акимата Костанайского района формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="563"/>
-    <w:bookmarkStart w:name="z693" w:id="564"/>
+    <w:bookmarkEnd w:id="590"/>
+    <w:bookmarkStart w:name="z693" w:id="591"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Имущество, закрепленное за государственным учреждением "Отдел строительства" акимата Костанайского района, относится к коммунальной собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="564"/>
-    <w:bookmarkStart w:name="z694" w:id="565"/>
+    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkStart w:name="z694" w:id="592"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Государственное учреждение "Отдел строительства" акимата Костанайского района не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="565"/>
-    <w:bookmarkStart w:name="z695" w:id="566"/>
+    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkStart w:name="z695" w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="566"/>
-    <w:bookmarkStart w:name="z696" w:id="567"/>
+    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkStart w:name="z696" w:id="594"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Реорганизация и упразднение государственного учреждения "Отдел строительства" акимата Костанайского района осуществляются в соответствии с законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="567"/>
+    <w:bookmarkEnd w:id="594"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -17462,127 +18272,127 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 522</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z702" w:id="568"/>
+    <w:bookmarkStart w:name="z702" w:id="595"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о государственном учреждении "Отдел экономики и финансов" акимата Костанайского района</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="568"/>
-    <w:bookmarkStart w:name="z703" w:id="569"/>
+    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z703" w:id="596"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="569"/>
-    <w:bookmarkStart w:name="z704" w:id="570"/>
+    <w:bookmarkEnd w:id="596"/>
+    <w:bookmarkStart w:name="z704" w:id="597"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Отдел экономики и финансов" акимата Костанайского района является государственным органом Республики Казахстан, осуществляющим руководство в сфере экономики и финансов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="570"/>
-    <w:bookmarkStart w:name="z705" w:id="571"/>
+    <w:bookmarkEnd w:id="597"/>
+    <w:bookmarkStart w:name="z705" w:id="598"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Государственное учреждение "Отдел экономики и финансов" акимата Костанайского района не имеет ведомств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="571"/>
-    <w:bookmarkStart w:name="z706" w:id="572"/>
+    <w:bookmarkEnd w:id="598"/>
+    <w:bookmarkStart w:name="z706" w:id="599"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Государственное учреждение "Отдел экономики и финансов" акимата Костанайского района осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17597,1057 +18407,1057 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="572"/>
-    <w:bookmarkStart w:name="z707" w:id="573"/>
+    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkStart w:name="z707" w:id="600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Государственное учреждение "Отдел экономики и финансов" акимата Костанайского района является юридическим лицом в организационно - правовой форме государственного учреждения, имеет печати и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="573"/>
-    <w:bookmarkStart w:name="z708" w:id="574"/>
+    <w:bookmarkEnd w:id="600"/>
+    <w:bookmarkStart w:name="z708" w:id="601"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Государственное учреждение "Отдел экономики и финансов" акимата Костанайского района вступает в гражданско - правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="574"/>
-    <w:bookmarkStart w:name="z709" w:id="575"/>
+    <w:bookmarkEnd w:id="601"/>
+    <w:bookmarkStart w:name="z709" w:id="602"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Государственное учреждение "Отдел экономики и финансов" акимата Костанайского района имеет право выступать стороной гражданско - правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="575"/>
-    <w:bookmarkStart w:name="z710" w:id="576"/>
+    <w:bookmarkEnd w:id="602"/>
+    <w:bookmarkStart w:name="z710" w:id="603"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Государственное учреждение "Отдел экономики и финансов" акимата Костанайского района по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя государственного учреждения "Отдел экономики и финансов" акимата Костанайского района и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="576"/>
-    <w:bookmarkStart w:name="z711" w:id="577"/>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z711" w:id="604"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Структура и лимит штатной численности государственного учреждения "Отдел экономики и финансов" акимата Костанайского района утверждаются в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="577"/>
-    <w:bookmarkStart w:name="z712" w:id="578"/>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z712" w:id="605"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Местонахождение юридического лица: 111100, Республика Казахстан, Костанайская область, Костанайский район, город Тобыл, улица Тәуелсіздік, 55.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="578"/>
-    <w:bookmarkStart w:name="z713" w:id="579"/>
+    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z713" w:id="606"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Полное наименование государственного органа - государственное учреждение "Отдел экономики и финансов" акимата Костанайского района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="579"/>
-    <w:bookmarkStart w:name="z714" w:id="580"/>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z714" w:id="607"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Настоящее </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> является учредительным документом государственного учреждения "Отдел экономики и финансов" акимата Костанайского района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="580"/>
-    <w:bookmarkStart w:name="z715" w:id="581"/>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z715" w:id="608"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Финансирование деятельности государственного учреждения "Отдел экономики и финансов" акимата Костанайского района осуществляется из местного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="581"/>
-    <w:bookmarkStart w:name="z716" w:id="582"/>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z716" w:id="609"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Государственному учреждению "Отдел экономики и финансов" акимата Костанайского района запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями государственного учреждения "Отдел экономики и финансов" акимата Костанайского района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="582"/>
-    <w:bookmarkStart w:name="z717" w:id="583"/>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z717" w:id="610"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если государственному учреждению "Отдел экономики и финансов" акимата Костанайского района законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="583"/>
-    <w:bookmarkStart w:name="z718" w:id="584"/>
+    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkStart w:name="z718" w:id="611"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Миссия, основные задачи, функции, права и обязанности государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="584"/>
-    <w:bookmarkStart w:name="z719" w:id="585"/>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z719" w:id="612"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Миссия: государственное учреждение "Отдел экономики и финансов" акимата Костанайского района осуществляет руководство в сфере экономики, бюджетного планирования, исполнения бюджета и управления районным коммунальным имуществом в пределах своей компетенции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="585"/>
-    <w:bookmarkStart w:name="z720" w:id="586"/>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z720" w:id="613"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="586"/>
-    <w:bookmarkStart w:name="z721" w:id="587"/>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z721" w:id="614"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) реализация государственной политики в области экономики, бюджетного планирования, исполнения бюджета и управления районным коммунальным имуществом в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="587"/>
-    <w:bookmarkStart w:name="z722" w:id="588"/>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z722" w:id="615"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="588"/>
-    <w:bookmarkStart w:name="z723" w:id="589"/>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z723" w:id="616"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="589"/>
-    <w:bookmarkStart w:name="z724" w:id="590"/>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z724" w:id="617"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) разрабатывает акты, регулирующие отношения в сфере бюджетного планирования, исполнения бюджета и управления районным коммунальным имуществом в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="590"/>
-    <w:bookmarkStart w:name="z725" w:id="591"/>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z725" w:id="618"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) организует деятельность бюджетной комиссии района;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="591"/>
-    <w:bookmarkStart w:name="z726" w:id="592"/>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z726" w:id="619"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ведет бюджетный учет и бюджетную отчетность по исполнению местного бюджета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="592"/>
-    <w:bookmarkStart w:name="z727" w:id="593"/>
+    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkStart w:name="z727" w:id="620"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) прогнозирует поступления в местный бюджет, с учетом прогноза социально - экономического развития района;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="593"/>
-    <w:bookmarkStart w:name="z728" w:id="594"/>
+    <w:bookmarkEnd w:id="620"/>
+    <w:bookmarkStart w:name="z728" w:id="621"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) ежегодно разрабатывает проект местного бюджета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="594"/>
-    <w:bookmarkStart w:name="z729" w:id="595"/>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z729" w:id="622"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) управляет районным коммунальным имуществом в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="595"/>
-    <w:bookmarkStart w:name="z730" w:id="596"/>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z730" w:id="623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) оказывает государственные услуги в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="596"/>
-    <w:bookmarkStart w:name="z731" w:id="597"/>
+    <w:bookmarkEnd w:id="623"/>
+    <w:bookmarkStart w:name="z731" w:id="624"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) осуществляет иные функции в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="597"/>
-    <w:bookmarkStart w:name="z732" w:id="598"/>
+    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkStart w:name="z732" w:id="625"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) является единым организатором государственных закупок и осуществляет выполнение процедур организации и проведения централизованных государственных закупок в соответствии с действующим законодательством о государственных закупках.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="598"/>
-    <w:bookmarkStart w:name="z733" w:id="599"/>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z733" w:id="626"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Права и обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="599"/>
-    <w:bookmarkStart w:name="z734" w:id="600"/>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z734" w:id="627"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в пределах своей компетенции запрашивать и получать необходимую информацию, документы и иные материалы от государственных органов и других организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="600"/>
-    <w:bookmarkStart w:name="z735" w:id="601"/>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z735" w:id="628"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) имеет право быть истцом и ответчиком в суде, по вопросам, отнесенным к его компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="601"/>
-    <w:bookmarkStart w:name="z736" w:id="602"/>
+    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkStart w:name="z736" w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осуществляет иные права и обязанности, в соответствие с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="602"/>
-    <w:bookmarkStart w:name="z737" w:id="603"/>
+    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkStart w:name="z737" w:id="630"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Организация деятельности государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="603"/>
-    <w:bookmarkStart w:name="z738" w:id="604"/>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z738" w:id="631"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Руководство государственным учреждением "Отдел экономики и финансов" акимата Костанайского района осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на государственное учреждение "Отдел экономики и финансов" акимата Костанайского района задач и осуществление им своих функций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="604"/>
-    <w:bookmarkStart w:name="z739" w:id="605"/>
+    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkStart w:name="z739" w:id="632"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Первый руководитель государственного учреждения "Отдел экономики и финансов" акимата Костанайского района назначается на должность и освобождается от должности акимом Костанайского района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="605"/>
-    <w:bookmarkStart w:name="z740" w:id="606"/>
+    <w:bookmarkEnd w:id="632"/>
+    <w:bookmarkStart w:name="z740" w:id="633"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Полномочия первого руководителя государственного учреждения "Отдел экономики и финансов" акимата Костанайского района:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="606"/>
-    <w:bookmarkStart w:name="z741" w:id="607"/>
+    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkStart w:name="z741" w:id="634"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обладает правом первой подписи финансовых документов, заключает договоры, выдает доверенности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="607"/>
-    <w:bookmarkStart w:name="z742" w:id="608"/>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z742" w:id="635"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       распределяет и утверждает должностные обязанности, издает приказы и дает указания, обязательные для всех работников учреждения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="608"/>
-    <w:bookmarkStart w:name="z743" w:id="609"/>
+    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkStart w:name="z743" w:id="636"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       утверждает порядок и планы по командировкам, стажировкам, обучению в учебных центрах и иным видам повышения квалификации работников;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="609"/>
-    <w:bookmarkStart w:name="z744" w:id="610"/>
+    <w:bookmarkEnd w:id="636"/>
+    <w:bookmarkStart w:name="z744" w:id="637"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает на работу и увольняет, принимает меры поощрения и налагает дисциплинарные взыскания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="610"/>
-    <w:bookmarkStart w:name="z745" w:id="611"/>
+    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkStart w:name="z745" w:id="638"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет иные полномочия в соответствии с действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="611"/>
-    <w:bookmarkStart w:name="z746" w:id="612"/>
+    <w:bookmarkEnd w:id="638"/>
+    <w:bookmarkStart w:name="z746" w:id="639"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий первого руководителя государственного учреждения "Отдел экономики и финансов" акимата Костанайского района в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="612"/>
-    <w:bookmarkStart w:name="z747" w:id="613"/>
+    <w:bookmarkEnd w:id="639"/>
+    <w:bookmarkStart w:name="z747" w:id="640"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="613"/>
-    <w:bookmarkStart w:name="z748" w:id="614"/>
+    <w:bookmarkEnd w:id="640"/>
+    <w:bookmarkStart w:name="z748" w:id="641"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Государственное учреждение "Отдел экономики и финансов" акимата Костанайского района может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="614"/>
-    <w:bookmarkStart w:name="z749" w:id="615"/>
+    <w:bookmarkEnd w:id="641"/>
+    <w:bookmarkStart w:name="z749" w:id="642"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество государственного учреждения "Отдел экономики и финансов" акимата Костанайского района формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="615"/>
-    <w:bookmarkStart w:name="z750" w:id="616"/>
+    <w:bookmarkEnd w:id="642"/>
+    <w:bookmarkStart w:name="z750" w:id="643"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Имущество, закрепленное за государственным учреждением "Отдел экономики и финансов" акимата Костанайского района относится к коммунальной собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="616"/>
-    <w:bookmarkStart w:name="z751" w:id="617"/>
+    <w:bookmarkEnd w:id="643"/>
+    <w:bookmarkStart w:name="z751" w:id="644"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Государственное учреждение "Отдел экономики и финансов" акимата Костанайского района не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="617"/>
-    <w:bookmarkStart w:name="z752" w:id="618"/>
+    <w:bookmarkEnd w:id="644"/>
+    <w:bookmarkStart w:name="z752" w:id="645"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="618"/>
-    <w:bookmarkStart w:name="z753" w:id="619"/>
+    <w:bookmarkEnd w:id="645"/>
+    <w:bookmarkStart w:name="z753" w:id="646"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Реорганизация и упразднение государственного учреждения "Отдел экономики и финансов" акимата Костанайского района осуществляются в соответствии с законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkEnd w:id="646"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>