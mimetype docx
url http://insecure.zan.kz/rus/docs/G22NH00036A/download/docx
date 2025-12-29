--- v0 (2025-11-09)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="68aedb3" w14:textId="68aedb3">
+    <w:p w14:paraId="d3a14b8" w14:textId="d3a14b8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1766,1083 +1766,1125 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:bookmarkStart w:name="z60" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...40 lines deleted...]
-        <w:t>" и иных нормативных правовых актов;</w:t>
+        <w:t xml:space="preserve">
+      1) в пределах своей компетенции осуществляет выполнение Законов Республики Казахстан </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"О культуре"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"О языках"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и иных нормативных правовых актов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z61" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) реализует государственную политику в области культуры и развития языков;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) вносит предложения в местный исполнительный орган района по созданию, реорганизации, ликвидации государственных организаций культуры и развития языков района в установленном законодательством Республики Казахстан порядке;</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) поддерживает и координирует деятельность подведомственных организаций культуры и развития языков района по развитию культурно-досуговой, библиотечной деятельности и развития языков, оказывает методическую и консультативную помощь;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществляет мониторинг деятельности организаций культуры района и предоставляет в уполномоченный орган информацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) проводит аттестацию государственных организаций культуры района;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) вносит предложения в исполнительный орган области по присвоению звания "Народный" или "Образцовый" коллективам художественной самодеятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) осуществляет комплекс мероприятий, направленных на поиск и поддержку талантливой молодежи и перспективных творческих коллективов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) организует проведение районных (региональных) смотров, фестивалей и конкурсов в различных сферах творческой и библиотечной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) утверждает государственный творческий заказ на финансирование творческих кружков для детей и юношества в пределах объемов бюджетных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) осуществляет проведение социально – значимых, зрелищных культурно-массовых мероприятий на уровне района в области культуры и развития государственного и других языков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) проводит мероприятия районного уровня, направленные на развитие государственного и других языков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) проводит разъяснительную работу по недопущению дискриминации граждан по языковому принципу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13) проводит разъяснительную работу по ответственности за нарушение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательства</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан о языках;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14) дает рекомендации об устранении нарушений требований, установленных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан о языках;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) организует проведение мероприятий, направленных на развитие государственного и других языков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) вносит предложения в исполнительные органы района о наименовании и переименовании сел, сельских округов, а также изменении их транскрипции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) осуществляет прием и рассмотрение уведомлений о размещении вывесок в селах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) организует работу по выявлению, учету, охране и использованию, мониторингу состояния объектов историко-культурного наследия в пределах компетенции Отдела;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) в пределах своей компетенции осуществляет управление коммунальной собственностью в области культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) осуществляет иные функции в рамках установленной законодательством Республики Казахстан компетенции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 в редакции постановления акимата Денисовского района Костанайской области от 06.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 240</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z78" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Статус, полномочия руководителя государственного органа</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z62" w:id="52"/>
-[...15 lines deleted...]
-      3) поддерживает и координирует деятельность подведомственных организаций культуры и развития языков района по развитию культурно-досуговой, библиотечной деятельности и развития языков, оказывает методическую и консультативную помощь;</w:t>
+    <w:bookmarkStart w:name="z79" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Руководство Отдела осуществляется руководителем, который несет персональную ответственность за выполнение возложенных на Отдел задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z63" w:id="53"/>
-[...15 lines deleted...]
-      4) осуществляет мониторинг деятельности организаций культуры района и предоставляет в уполномоченный орган информацию;</w:t>
+    <w:bookmarkStart w:name="z80" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Руководитель Отдела назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z64" w:id="54"/>
-[...15 lines deleted...]
-      5) проводит аттестацию государственных организаций культуры района;</w:t>
+    <w:bookmarkStart w:name="z81" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Полномочия руководителя Отдела:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z65" w:id="55"/>
-[...15 lines deleted...]
-      6) вносит предложения в исполнительный орган области по присвоению звания "Народный" или "Образцовый" коллективам художественной самодеятельности;</w:t>
+    <w:bookmarkStart w:name="z82" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) организует и руководит работой, определяет обязанности и круг полномочий работников Отдела и руководителей подведомственных организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z66" w:id="56"/>
-[...15 lines deleted...]
-      7) осуществляет комплекс мероприятий, направленных на поиск и поддержку талантливой молодежи и перспективных творческих коллективов;</w:t>
+    <w:bookmarkStart w:name="z83" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) назначает на должности и освобождает от должностей работников Отдела и руководителей подведомственных организаций в соответствии с действующим законодательством;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z67" w:id="57"/>
-[...15 lines deleted...]
-      8) организует проведение районных (региональных) смотров, фестивалей и конкурсов в различных сферах творческой и библиотечной деятельности;</w:t>
+    <w:bookmarkStart w:name="z84" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) утверждает должностные инструкции работников Отдела;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z68" w:id="58"/>
-[...15 lines deleted...]
-      9) организует работу по государственному творческому заказу творческих кружков для детей и юношества в пределах компетенции государственного органа;</w:t>
+    <w:bookmarkStart w:name="z85" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) представляет Отдел в государственных органах, иных организациях в соответствии с действующим законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z69" w:id="59"/>
-[...15 lines deleted...]
-      10) осуществляет проведение социально – значимых, зрелищных культурно-массовых мероприятий на уровне района в области культуры и развития государственного и других языков;</w:t>
+    <w:bookmarkStart w:name="z86" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) обладает правом первой подписи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z70" w:id="60"/>
-[...15 lines deleted...]
-      11) осуществляет комплекс мер, направленных на развитие государственного и других языков;</w:t>
+    <w:bookmarkStart w:name="z87" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) издает приказы в пределах своей компетенции и дает указания, обязательные для исполнения работниками Отдела и руководителями подведомственных организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:p>
-[...33 lines deleted...]
-      12) разрабатывает и обеспечивает осуществление плана мероприятий по реализации на территории района Государственной программы по реализации языковой политики в Республике Казахстан на 2020–2025годы;</w:t>
+    <w:bookmarkStart w:name="z88" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) принимает меры поощрения, оказания материальной помощи и налагает дисциплинарные взыскания на работников Отдела и руководителей подведомственных организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z72" w:id="62"/>
-[...15 lines deleted...]
-      13) дает рекомендации об устранении нарушений требований, установленных законодательством Республики Казахстан о языках;</w:t>
+    <w:bookmarkStart w:name="z89" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) без доверенности действует от имени государственного органа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z73" w:id="63"/>
-[...15 lines deleted...]
-      14) организует проведение мероприятий, направленных на развитие государственного и других языков;</w:t>
+    <w:bookmarkStart w:name="z90" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) представляет государственный орган во всех взаимоотношениях с иными организациями в соответствии с действующим законодательством;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z74" w:id="64"/>
-[...15 lines deleted...]
-      15) вносит предложения в исполнительные органы района о наименовании и переименовании аулов (сел), поселков, аульных (сельских) округов, а также изменении их транскрипции;</w:t>
+    <w:bookmarkStart w:name="z91" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) несет персональную ответственность за непринятие мер по противодействию коррупции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z75" w:id="65"/>
-[...15 lines deleted...]
-      16) организует работу по выявлению, учету, охране и использованию, мониторингу состояния объектов историко-культурного наследия в пределах компетенции Отдела;</w:t>
+    <w:bookmarkStart w:name="z92" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) утверждает план финансирования по обязательствам и платежам, структуру и штатное расписание государственного органа в пределах установленного фонда оплаты труда и численности работников;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z76" w:id="66"/>
-[...15 lines deleted...]
-      17) в пределах своей компетенции осуществляет управление коммунальной собственностью в области культуры;</w:t>
+    <w:bookmarkStart w:name="z93" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) проводит личный прием граждан и представителей юридических лиц;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z77" w:id="67"/>
-[...15 lines deleted...]
-      18) осуществляет иные функции в рамках установленной законодательством Республики Казахстан компетенции.</w:t>
+    <w:bookmarkStart w:name="z94" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) рассматривает в установленные законодательством сроки обращения физических и юридических лиц, принимает по ним необходимые меры;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z95" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) осуществляет иные полномочия в рамках установленной законодательством Республики Казахстан компетенции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z96" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий первого руководителя Отдела в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z97" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...52 lines deleted...]
-    <w:bookmarkStart w:name="z78" w:id="68"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Имущество государственного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z98" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Отдел может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z99" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Имущество Отдела формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z100" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Имущество, закрепленное за Отделом, относится к коммунальной собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z101" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Отдел не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z102" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 3. Статус, полномочия руководителя государственного органа</w:t>
-[...139 lines deleted...]
-      4) представляет Отдел в государственных органах, иных организациях в соответствии с действующим законодательством Республики Казахстан;</w:t>
+        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z86" w:id="76"/>
-[...15 lines deleted...]
-      5) обладает правом первой подписи;</w:t>
+    <w:bookmarkStart w:name="z103" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Реорганизация и упразднение Отдела осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z87" w:id="77"/>
-[...334 lines deleted...]
-    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3168,31 +3210,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>