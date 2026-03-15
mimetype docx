--- v0 (2025-11-07)
+++ v1 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ecf7e04" w14:textId="ecf7e04">
+    <w:p w14:paraId="07b9371" w14:textId="07b9371">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1925,588 +1925,724 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) организует совместно с уполномоченным органом в области физической культуры и спорта и общественными объединениями инвалидов проведение оздоровительных и спортивных мероприятий среди инвалидов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
     <w:bookmarkStart w:name="z76" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22) осуществляет в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы в рамках установленной законодательством Республики Казахстан компетенции.</w:t>
+      22) осуществляет в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы в рамках установленной законодательством Республики Казахстан компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z77" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) принимает меры по использованию во внеурочное и вечернее время спортивных сооружений организаций образования в целях обеспечения работы спортивных секций для населения и проведения спортивных мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) утверждает государственный спортивный заказ на финансирование спортивных секций для детей и юношества в пределах объемов бюджетных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) обеспечивает размещение государственного спортивного заказа в спортивных секциях для детей и юношества независимо от форм собственности поставщиков услуг государственного спортивного заказа, их ведомственной подчиненности, типов и видов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) обеспечивает исполнение всех этапов и процедур размещения, контроля качества и целевого освоения государственного спортивного заказа в электронном и общедоступном форматах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z77" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Функции ведомства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z78" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z78" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) создание и организация спортивных площадок, тренажерных залов и лыжных трасс;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z79" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z79" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) организация районных, областных, республиканских, международных соревнований по всем видам спорта, проведение учебно-тренировочных сборов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z80" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z80" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) оказание услуг по представлению аренды стадиона, спортивных залов и помещений в целях профильной деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z81" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 с изменениями, внесенными постановлением акимата Денисовского района Костанайской области от 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 265</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z81" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя государственного органа, коллегиальных органов (при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z82" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z82" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Отдела осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Отдел задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z83" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z83" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Первый руководитель Отдела назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z84" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z84" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Полномочия первого руководителя Отдела:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z85" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z85" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) представляет Отдел в государственных органах, иных организациях в соответствии с действующим законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z86" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z86" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) несет персональную ответственность за непринятие мер, направленных на противодействие коррупции в Отделе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z87" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z87" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) организует и руководит работой Отдела и несет персональную ответственность за выполнение возложенных на государственное учреждение "Отдел физической культуры и спорта акимата Денисовского района" задач и функций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z88" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z88" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) подписывает приказы, служебную документацию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z89" w:id="73"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z89" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) назначает, освобождает и привлекает к дисциплинарной ответственности работников Отдела;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z90" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z90" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) организует работу с обращениями, проводит личный прием физических лиц и представителей юридических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z91" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z91" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) определяет функциональные обязанности работников Отдела;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z92" w:id="76"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z92" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) утверждает план финансирования Отдела по обязательствам и платежам, структуру Отдела в пределах установленного фонда оплаты труда и численности работников;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z93" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z93" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) осуществляет иные полномочия в рамках установленной законодательством Республики Казахстан компетенции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z94" w:id="78"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z94" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий первого руководителя Отдела в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z95" w:id="79"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z95" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z96" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z96" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Отдел может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z97" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z97" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество Отдела формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z98" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z98" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Имущество, закрепленное за Отделом относится к коммунальной собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z99" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z99" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Отдел не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z100" w:id="84"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z100" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z101" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z101" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Реорганизация и упразднение Отдела осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z102" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z102" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перечень государственных учреждений, находящихся в ведении государственного учреждения "Отдел физической культуры и спорта акимата Денисовского района" и его ведомств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z103" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z103" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Коммунальное государственное учреждение "Стадион "Автомобилист" Отдела физической культуры и спорта акимата Денисовского района".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2579,55 +2715,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>