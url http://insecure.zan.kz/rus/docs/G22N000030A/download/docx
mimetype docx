--- v0 (2025-11-08)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4586600" w14:textId="4586600">
+    <w:p w14:paraId="b67bc9d" w14:textId="b67bc9d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2563,108 +2563,306 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26-12) осуществляет контроль за соблюдением недропользователями условий контрактов на разведку и добычу по общераспространенным полезным ископаемым;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26-13) предоставляет право недропользования на проведение разведки или добычи общераспространенных полезных ископаемых, используемых при строительства (реконструкции) и ремонте автомобильных дорог общего пользования, железных дорог, находящихся в государственной собственности, а также для реконструкции и ремонта гидросооружений и гидротехнических сооружений;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...33 lines deleted...]
-      26-15) организовывает разработку прикладных научных, научно-технических проектов в рамках государственного заказа местного исполнительного органа;</w:t>
+    <w:bookmarkStart w:name="z83" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-14) определяет приоритетные направления развития науки в регионе и организует финансирование научных, научно-технических проектов и программ, реализуемых в регионе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z83" w:id="74"/>
+    <w:bookmarkStart w:name="z10" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-15) участвует в разработке предложений и реализации государственной политики в области науки и научно-технической деятельности, координации работы по проведению прикладных научных исследований в регионе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-16) обеспечивает проведение государственной политики в области коммерциализации результатов научной и (или) научно-технической деятельности на соответствующей территории;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-17) оказывает содействие по привлечению грантов и инвестиций субъектов частного предпринимательства для финансирования проектов коммерциализации результатов научной и (или) научно-технической деятельности, участвует в их софинансировании;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z14" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-18) осуществляет меры по обеспечению взаимодействия субъектов частного предпринимательства, квазигосударственного сектора с субъектами научной и (или) научно-технической деятельности с целью создания совместных производств, осуществляющих выпуск продукции и (или) внедрение новых технологий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z15" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-19) создает региональный совет по науке для обеспечения взаимодействия субъектов частного предпринимательства (в том числе иностранных), квазигосударственного сектора с субъектами научной и (или) научно-технической деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z16" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-20) участвует в создании и (или) уставном капитале юридических лиц, деятельность которых заключается в коммерциализации (практическом применении) результатов научной и (или) научно-технической деятельности, в том числе стартап-компаний;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z17" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-21) осуществляет мониторинг реализации программ содействия коммерциализации результатов научной и (или) научно-технической деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z18" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-22) участвует совместно с уполномоченным органом и отраслевыми уполномоченными органами в методическом обеспечении коммерциализации результатов научной и (или) научно-технической деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z19" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-23) вносит предложения по приоритетным направлениям развития науки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z20" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-24) организовывает разработку прикладных научных, научно-технических проектов и программ в рамках государственного заказа местного исполнительного органа области и осуществление их реализации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z21" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26-25) утверждает отчеты по выполненным прикладным научным, научно-техническим проектам и программам в рамках государственного заказа местного исполнительного органа области;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) осуществляет иные функции в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2726,575 +2924,595 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования), от 06.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 121</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования); от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 327</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="75"/>
+    <w:bookmarkStart w:name="z84" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z85" w:id="76"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z85" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Управлением осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Управление задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z86" w:id="77"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z86" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Первый руководитель Управления назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z87" w:id="78"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z87" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Первый руководитель Управления имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z88" w:id="79"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z88" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия первого руководителя Управления:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z89" w:id="80"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z89" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) определяет обязанности и круг полномочий работников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z90" w:id="81"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z90" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) назначает на должности и освобождает от должностей работников Управления в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z91" w:id="82"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z91" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) утверждает положения о структурных подразделениях Управления, издает приказы и дает указания, обязательные для исполнения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z92" w:id="83"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z92" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в установленном законодательством порядке решает вопросы поощрения, оказания материальной помощи, наложения дисциплинарных взысканий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z93" w:id="84"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z93" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) без доверенности действует от имени Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z94" w:id="85"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z94" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) представляет Управление во всех взаимоотношениях с государственными органами и иными организациями в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z95" w:id="86"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z95" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) несет персональную ответственность за непринятие мер по противодействию коррупции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z96" w:id="87"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z96" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) утверждает план финансирования Управления по обязательствам и платежам, структуру Управления в пределах установленного фонда оплаты труда и численности работников;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z97" w:id="88"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z97" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z98" w:id="89"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z98" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий первого руководителя Управления в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z99" w:id="90"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z99" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Первый руководитель определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z100" w:id="91"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z100" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z101" w:id="92"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z101" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Управление может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z102" w:id="93"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z102" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество Управления формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z103" w:id="94"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z103" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Имущество, закрепленное за Управлением, относится к коммунальной собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z104" w:id="95"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z104" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Управление не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z105" w:id="96"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z105" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z106" w:id="97"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z106" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Реорганизация и упразднение Управления осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>