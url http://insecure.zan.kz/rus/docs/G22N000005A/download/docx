--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f09c01f" w14:textId="f09c01f">
+    <w:p w14:paraId="62be24c" w14:textId="62be24c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Положения о государственном учреждении "Управление общественного развития акимата Костанайской области"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Постановление акимата Костанайской области от 6 января 2022 года № 5</w:t>
+        <w:t>Постановление акимата Костанайской области от 6 января 2022 года № 5.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -929,74 +929,154 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) коммунальное государственное учреждение "Қоғамдық келісім" Управления общественного развития акимата Костанайской области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z23" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) коммунальное государственное учреждение "Молодежный ресурсный центр Костанайской области" Управления общественного развития акимата Костанайской области.</w:t>
+      2) коммунальное государственное учреждение "Молодежный ресурсный центр Костанайской области" Управления общественного развития акимата Костанайской области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) коммунальное государственное учреждение "Региональная служба коммуникаций" Управления общественного развития акимата Костанайской области.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z24" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Управление осуществляет права владения и пользования государственной долей участия в уставном капитале товарищества с ограниченной ответственностью "Редакция газеты "Қостанай таңы".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменением, внесенным постановлением акимата Костанайской области от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 342</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z25" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Управление осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -1626,1123 +1706,1363 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) оказывает информационную, консультативную, методическую поддержку государственным органам и иным организациям по вопросам, относящимся к компетенции Управления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:bookmarkStart w:name="z55" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3) оказывает методологическую помощь государственным и другим заинтересованным органам по разъяснению ежегодных Посланий Президента Республики Казахстан народу Казахстана, реализации спецпроектов "Рухани жаңғыру", организует деятельность областной информационной группы;</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) оказывает методологическую помощь государственным и другим заинтересованным органам по разъяснению ежегодных Посланий Президента Республики Казахстан народу Казахстана, организует деятельность областной информационной группы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z56" w:id="46"/>
-[...15 lines deleted...]
-      4) реализует национальный проект "Ұлттық рухани жаңғыру", спецпроекты программы "Рухани жаңғыру" в пределах своей компетенции, координирует работу проектного офиса "Рухани жаңғыру";</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) продвижение и реализация Стратегии </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Казахстан-2050"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Плана действий</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по реализации предвыборной программы Президента Республики Казахстан "Справедливый Казахстан – для всех и для каждого. Сейчас и навсегда", Плана развития Костанайской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) исключен постановлением акимата Костанайской области от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 342</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) организует работу государственных органов по популяризации государственных символов и мониторинга по соблюдению законодательства Республики Казахстан в данной сфере;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z57" w:id="47"/>
-[...15 lines deleted...]
-      5) организует деятельность областной комиссии по реабилитации жертв политических репрессий;</w:t>
+    <w:bookmarkStart w:name="z59" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) обеспечивает участие институтов гражданского общества в управлении общественно-политическими процессами, реализация механизмов взаимодействия государственных органов и гражданского сектора;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z58" w:id="48"/>
-[...15 lines deleted...]
-      6) организует работу государственных органов по популяризации государственных символов и мониторинга по соблюдению законодательства Республики Казахстан в данной сфере;</w:t>
+    <w:bookmarkStart w:name="z60" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) сбор, обобщение и представление в уполномоченный орган сведений о неправительственных организациях, осуществляющих деятельность на территории Костанайской области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z59" w:id="49"/>
-[...15 lines deleted...]
-      7) обеспечивает участие институтов гражданского общества в управлении общественно-политическими процессами, реализация механизмов взаимодействия государственных органов и гражданского сектора;</w:t>
+    <w:bookmarkStart w:name="z61" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) реализует государственный социальный заказ в пределах своей компетенции, мониторит и координирует работу государственных органов по формированию и реализации государственного социального заказа на территории Костанайской области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z60" w:id="50"/>
-[...15 lines deleted...]
-      8) сбор, обобщение и представление в уполномоченный орган сведений о неправительственных организациях, осуществляющих деятельность на территории Костанайской области;</w:t>
+    <w:bookmarkStart w:name="z62" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) обеспечивает деятельность уполномоченных по взаимодействию с неправительственными организациями на областном и региональном уровнях;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z61" w:id="51"/>
-[...15 lines deleted...]
-      9) реализует государственный социальный заказ в пределах своей компетенции, мониторит и координирует работу государственных органов по формированию и реализации государственного социального заказа на территории Костанайской области;</w:t>
+    <w:bookmarkStart w:name="z63" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) организует взаимодействие и обобщение сведений о филиалах политических партий, действующих на территории Костанайской области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z62" w:id="52"/>
-[...15 lines deleted...]
-      10) обеспечивает деятельность уполномоченных по взаимодействию с неправительственными организациями на областном и региональном уровнях;</w:t>
+    <w:bookmarkStart w:name="z64" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) координирует работу по вовлечению молодежи в социально-экономическую и общественно-политическую жизнь Костанайской области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z63" w:id="53"/>
-[...15 lines deleted...]
-      11) организует взаимодействие и обобщение сведений о филиалах политических партий, действующих на территории Костанайской области;</w:t>
+    <w:bookmarkStart w:name="z65" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) обеспечивает проведение мониторинга и оценки потребностей молодежи для выявления и решения актуальных проблем, повышения эффективности реализации государственной молодежной политики;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z64" w:id="54"/>
-[...15 lines deleted...]
-      12) координирует работу по вовлечению молодежи в социально-экономическую и общественно-политическую жизнь Костанайской области;</w:t>
+    <w:bookmarkStart w:name="z66" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) принимает меры по содействию развития волонтерской деятельности молодежи и молодежного самоуправления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z65" w:id="55"/>
-[...15 lines deleted...]
-      13) обеспечивает проведение мониторинга и оценки потребностей молодежи для выявления и решения актуальных проблем, повышения эффективности реализации государственной молодежной политики;</w:t>
+    <w:bookmarkStart w:name="z67" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) развивает гражданскую ответственность и патриотизм молодежи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z66" w:id="56"/>
-[...15 lines deleted...]
-      14) принимает меры по содействию развития волонтерской деятельности молодежи и молодежного самоуправления;</w:t>
+    <w:bookmarkStart w:name="z68" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) организует проведение регионального форума молодежи, направленного на обеспечение диалога и взаимодействие государственных органов и молодежи, молодежных организаций, выработку рекомендаций по совершенствованию государственной молодежной политики;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z67" w:id="57"/>
-[...15 lines deleted...]
-      15) развивает гражданскую ответственность и патриотизм молодежи;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16-1) координирует и реализует в пределах своей компетенции региональную жилищную программу для молодых специалистов "Қостанай жастары;"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z69" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) реализует гендерную и семейно-демографическую политику в пределах компетенции Управления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z68" w:id="58"/>
-[...15 lines deleted...]
-      16) организует проведение регионального форума молодежи, направленного на обеспечение диалога и взаимодействие государственных органов и молодежи, молодежных организаций, выработку рекомендаций по совершенствованию государственной молодежной политики;</w:t>
+    <w:bookmarkStart w:name="z70" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) реализует государственную информационную политику через региональные средства массовой информации на территории Костанайской области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z69" w:id="59"/>
-[...15 lines deleted...]
-      17) реализует гендерную и семейно-демографическую политику в пределах компетенции Управления;</w:t>
+    <w:bookmarkStart w:name="z71" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) обеспечивает деятельность региональной комиссии по вопросам государственной информационной политики в Костанайской области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z70" w:id="60"/>
-[...15 lines deleted...]
-      18) реализует государственную информационную политику через региональные средства массовой информации на территории Костанайской области;</w:t>
+    <w:bookmarkStart w:name="z72" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) формирует, размещает и контролирует осуществление государственного заказа по проведению государственной информационной политики на территории Костанайской области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z71" w:id="61"/>
-[...15 lines deleted...]
-      19) обеспечивает деятельность региональной комиссии по вопросам государственной информационной политики в Костанайской области;</w:t>
+    <w:bookmarkStart w:name="z73" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) разрабатывает и утверждает методику определения стоимости услуг, закупаемых для проведения государственной информационной политики в средствах массовой информации на региональном уровне;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z72" w:id="62"/>
-[...15 lines deleted...]
-      20) формирует, размещает и контролирует осуществление государственного заказа по проведению государственной информационной политики на территории Костанайской области;</w:t>
+    <w:bookmarkStart w:name="z74" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) координирует деятельность государственных органов в сфере информационной политики, обеспечение конструктивного взаимодействия средств массовой информации и государственных органов в рамках реализации Концепции "Слышащее государство", в том числе через проведение брифингов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z73" w:id="63"/>
-[...15 lines deleted...]
-      21) разрабатывает и утверждает методику определения стоимости услуг, закупаемых для проведения государственной информационной политики в средствах массовой информации на региональном уровне;</w:t>
+    <w:bookmarkStart w:name="z75" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) организует работу Службы информации гражданской защиты Костанайской области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z74" w:id="64"/>
-[...15 lines deleted...]
-      22) координирует деятельность государственных органов в сфере информационной политики, обеспечение конструктивного взаимодействия средств массовой информации и государственных органов в рамках реализации Концепции "Слышащее государство", в том числе через проведение брифингов;</w:t>
+    <w:bookmarkStart w:name="z76" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) осуществляет государственный контроль за соблюдением требования по запрету распространения карт условного доступа к услугам операторов телерадиовещания и оборудования, предназначенного для индивидуального приема теле-, радиосигнала операторов телерадиовещания, не имеющих лицензию в сфере телерадиовещания и не обладающих собственными спутниковыми системами вещания на Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z75" w:id="65"/>
-[...15 lines deleted...]
-      23) организует работу Службы информации гражданской защиты Костанайской области;</w:t>
+    <w:bookmarkStart w:name="z77" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) координирует деятельность государственных органов с целью решения социально значимых вопросов для обеспечения стабильности общественно-политической ситуации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z76" w:id="66"/>
-[...15 lines deleted...]
-      24) осуществляет государственный контроль за соблюдением требования по запрету распространения карт условного доступа к услугам операторов телерадиовещания и оборудования, предназначенного для индивидуального приема теле-, радиосигнала операторов телерадиовещания, не имеющих лицензию в сфере телерадиовещания и не обладающих собственными спутниковыми системами вещания на Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z78" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) обеспечивает целостное системное, объективное изучение, обобщение, анализ и прогноз происходящих в области общественно-политических процессов, в том числе в сфере межэтнических отношений, тенденций их развития;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z77" w:id="67"/>
-[...15 lines deleted...]
-      25) координирует деятельность государственных органов с целью решения социально значимых вопросов для обеспечения стабильности общественно-политической ситуации;</w:t>
+    <w:bookmarkStart w:name="z79" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) вырабатывает практические рекомендации для принятия управленческих решений по укреплению общественно-политической стабильности и недопущению очагов социальной напряженности, эффективной реализации государственной молодежной политики, повышению качества взаимодействия государственных органов и гражданского сектора;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z78" w:id="68"/>
-[...15 lines deleted...]
-      26) обеспечивает целостное системное, объективное изучение, обобщение, анализ и прогноз происходящих в области общественно-политических процессов, в том числе в сфере межэтнических отношений, тенденций их развития;</w:t>
+    <w:bookmarkStart w:name="z80" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) координирует деятельность областной Ассамблеи народа Казахстана, этнокультурных объединений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z79" w:id="69"/>
-[...15 lines deleted...]
-      27) вырабатывает практические рекомендации для принятия управленческих решений по укреплению общественно-политической стабильности и недопущению очагов социальной напряженности, эффективной реализации государственной молодежной политики, повышению качества взаимодействия государственных органов и гражданского сектора;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">29) исключен постановлением акимата Костанайской области от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 342</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z82" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) подготовка и проведение мероприятий, направленных на реализацию государственной внутренней политики по компетенции Управления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z80" w:id="70"/>
-[...15 lines deleted...]
-      28) координирует деятельность областной Ассамблеи народа Казахстана, этнокультурных объединений;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30-1) осуществляет сбор и подготовку материалов для внесения на рассмотрение областного маслихата вопроса о присвоении звания "Почетный гражданин Костанайской области";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z83" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) осуществление иных функций, предусмотренных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z81" w:id="71"/>
-[...15 lines deleted...]
-      29) координирует и организует деятельность по вопросам қандастар, проживающих на территории Костанайской области;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 с изменениями, внесенными постановлением акимата Костанайской области от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 342</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z84" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z82" w:id="72"/>
-[...15 lines deleted...]
-      30) подготовка и проведение мероприятий, направленных на реализацию государственной внутренней политики по компетенции Управления;</w:t>
+    <w:bookmarkStart w:name="z85" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Руководство Управления осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Управление задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z83" w:id="73"/>
-[...15 lines deleted...]
-      31) осуществление иных функций, предусмотренных законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z86" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Первый руководитель Управления назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z84" w:id="74"/>
+    <w:bookmarkStart w:name="z87" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Первый руководитель Управления имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z88" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Полномочия первого руководителя Управления:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z89" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) назначает на должности и освобождает от должностей работников Управления, руководителей подведомственных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z90" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) утверждает структуру, положения о структурных подразделениях и должностные инструкции работников Управления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z91" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) утверждает план финансирования по обязательствам и платежам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z92" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) представляет Управление в государственных органах, иных организациях в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z93" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) обладает правом первой подписи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z94" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) несет персональную ответственность за непринятие мер по противодействию коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z95" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) издает приказы, дает указания, обязательные для исполнения работниками Управления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z96" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) принимает меры поощрения, оказания материальной помощи и налагает дисциплинарные взыскания на работников Управления и руководителей подведомственных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z97" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z98" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий первого руководителя Управления в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z99" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Первый руководитель определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z100" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя государственного органа</w:t>
-[...259 lines deleted...]
-      9) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан.</w:t>
+        <w:t xml:space="preserve"> Глава 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z98" w:id="88"/>
-[...15 lines deleted...]
-      Исполнение полномочий первого руководителя Управления в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z101" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Управление может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z99" w:id="89"/>
-[...15 lines deleted...]
-      20. Первый руководитель определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z102" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имущество Управления формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z100" w:id="90"/>
+    <w:bookmarkStart w:name="z103" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Имущество, закрепленное за Управлением, относится к коммунальной собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z104" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Управление не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z105" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 4. Имущество государственного органа</w:t>
-[...39 lines deleted...]
-      Имущество Управления формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z103" w:id="93"/>
-[...15 lines deleted...]
-      22. Имущество, закрепленное за Управлением, относится к коммунальной собственности.</w:t>
+    <w:bookmarkStart w:name="z106" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Реорганизация и упразднение Управления осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z104" w:id="94"/>
-[...56 lines deleted...]
-    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>