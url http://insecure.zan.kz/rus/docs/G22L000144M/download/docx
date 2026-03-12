--- v0 (2025-11-09)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6bb9c46" w14:textId="6bb9c46">
+    <w:p w14:paraId="cd8b7b1" w14:textId="cd8b7b1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении правил содержания и выгула домашних животных в населенных пунктах Кызылординской области</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Решение Кызылординского областного маслихата от 12 октября 2022 года № 144</w:t>
+        <w:t>Решение Кызылординского областного маслихата от 12 октября 2022 года № 144.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -461,105 +461,163 @@
               </w:rPr>
               <w:t>от 12 октября 2022 года № 144</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z11" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила содержания и выгула домашних животных в населенных пунктах Кызылординской области</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила – в редакции решения Кызылординского областного маслихата от 09.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 206</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z12" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z13" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие правила содержания и выгула домашних животных в населенных пунктах Кызылординской области (далее – Правила) разработаны в соответствии Закона Республики Казахстан "Об ответственном обращении с животными" (далее – Закон), приказа Министра экологии, геологии и природных ресурсов Республики Казахстан от 20 мая 2022 года </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> "Об утверждении типовых правил содержания и выгула домашних животных" и определяют порядок содержания и выгула домашних животных на территории Кызылординской области.</w:t>
+      1. Настоящие правила содержания и выгула домашних животных в населенных пунктах Кызылординской области (далее – Правила) разработаны в соответствии </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "Об ответственном обращении с животными" (далее – Закон), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра экологии, геологии и природных ресурсов Республики Казахстан от 20 мая 2022 года № 168 "Об утверждении типовых правил содержания и выгула домашних животных" и определяют порядок содержания и выгула домашних животных на территории Кызылординской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z14" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В Правилах используются следующие основные понятия и термины:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z15" w:id="7"/>
     <w:p>
@@ -595,944 +653,1096 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ответственное лицо – лицо, которое несет права и обязанности владельца животного, установленные Законом, по письменному поручению владельца животного;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z17" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) место содержания – используемые владельцем животного и (или) ответственным лицом здания, строения, сооружения, помещения или земельные участки, где животное содержится;</w:t>
+      3) дрессировочная площадка для собак – огороженная территория, оборудованная специальными снарядами для тренировки, специально отведенная для дрессировки собак;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z18" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) домашние животные (животные-компаньоны) (далее – домашние животные) – животные вне зависимости от вида, которые традиционно содержатся и разводятся человеком для удовлетворения эстетических потребностей и потребностей в общении;</w:t>
+      4) домашние животные (животные-компаньоны) (далее - домашние животные) – животные вне зависимости от вида, которые традиционно содержатся и разводятся человеком для удовлетворения эстетических потребностей и потребностей в общении;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z19" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) самовыгул домашних животных – самостоятельное пребывание домашних животных вне места содержания без присутствия владельца животного и (или) ответственного лица;</w:t>
+      5) выгул домашних животных – действия владельца животного и (или) ответственного лица, предполагающие выведение животного за пределы места его содержания и направленные на удовлетворение физиологических потребностей животного в двигательной активности, отправление естественных потребностей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z20" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) выгул домашних животных – действия владельца животного и (или) ответственного лица, предполагающие выведение животного за пределы места его содержания и направленные на удовлетворение физиологических потребностей животного в двигательной активности, отправление естественных потребностей.</w:t>
+      6) свободный выгул домашних животных (собак) – пребывание животного без намордника и поводка вне помещения или территории содержания, в присутствии владельца, на специально отведенных территориях, на площадке для выгула собак или на дрессировочной площадке для удовлетворения естественных физических и физиологических потребностей животного;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z21" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 2. Порядок содержания домашних животных</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) самовыгул домашних животных – самостоятельное пребывание домашних животных вне места содержания без присутствия владельца животного и (или) ответственного лица;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z22" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. К требованиям по содержанию домашних животных относятся:</w:t>
+      8) место содержания – используемые владельцем животного и (или) ответственным лицом здания, строения, сооружения, помещения или земельные участки, где животное содержится.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z23" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      1) условия содержания домашних животных, соответствуют их биологическим, видовым и индивидуальным особенностями, удовлетворяют их естественные потребности;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок содержания домашних животных</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z24" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) обеспечение профилактики, диагностики, лечения и ликвидации болезней домашних животных в соответствии с требованиями законодательства Республики Казахстан в области ветеринарии.</w:t>
+      3. К требованиям по содержанию домашних животных относятся:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z25" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Владельцем и ответственным лицом домашнего животного обеспечиваются условия, не допускающие причинение беспокойства, возникновение опасности здоровью людей, животных и вред окружающим.</w:t>
+      1) условия содержания домашних животных, соответствуют их биологическим, видовым и индивидуальным особенностями, удовлетворяют их естественные потребности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z26" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Не допускается содержание домашнего животного:</w:t>
+      2) обеспечение профилактики, диагностики, лечения и ликвидации болезней домашних животных в соответствии с требованиями законодательства Республики Казахстан в области ветеринарии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z27" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) в общественных местах, в местах содержания при нарушении требований законодательства Республики Казахстан в области ответственного обращения с животными и здравоохранения;</w:t>
+      4. Владельцем и ответственным лицом домашнего животного обеспечиваются условия, не допускающие возникновения опасности здоровью людей, животных и вред окружающим.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z28" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) в местах общего пользования (лестничные площадки, подвалы, чердаки, сопредельные балконы, лоджии и подсобные помещения общего пользования);</w:t>
+      5. Не допускается содержание домашнего животного:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z29" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) на придомовых территориях (кроме придомовых территорий индивидуальных жилых домов);</w:t>
+      1) в общественных местах, в местах содержания при нарушении требований законодательства Республики Казахстан в области ответственного обращения с животными и здравоохранения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z30" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) в кухнях и коридорах общежитий.</w:t>
+      2) в местах общего пользования (лестничные площадки, подвалы, чердаки, сопредельные балконы, лоджии и подсобные помещения общего пользования);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z31" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Владельцем домашнего животного и ответственным лицом не допускается загрязнение домашними животными жилых и нежилых помещений, в том числе объектов кондоминиума, нанесению вреда окружающей среде.</w:t>
+      3) на придомовых территориях (кроме придомовых территорий индивидуальных жилых домов);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z32" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Содержание домашних животных в жилище (индивидуальный жилой дом, квартира, комната в общежитии, модульный (мобильный) жилой дом), занятых несколькими семьями, осуществляется с согласия всех проживающих совершеннолетних членов семей, с учетом медицинских противопоказаний.</w:t>
+      4) в кухнях и коридорах общежитий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z33" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Содержание домашних животных на территориях садоводческих, огороднических, дачных кооперативов, домов отдыха допускается с соблюдением требований законодательства Республики Казахстан в области здравоохранения.</w:t>
+      6. Владельцем домашнего животного и ответственным лицом не допускается загрязнение домашними животными жилых и нежилых помещений, в том числе объектов кондоминиума, общественных мест и нанесения вреда окружающей среде.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z34" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Временное пребывание лиц с домашними животными в общежитиях и гостиницах допускается с согласия указанных организаций с соблюдением законодательства Республики Казахстан в области здравоохранения, в соответствии с правилами внутреннего распорядка, установленными в общежитиях и гостиницах.</w:t>
+      7. Содержание домашних животных в жилище (индивидуальный жилой дом, квартира, комната в общежитии, модульный (мобильный) жилой дом), занятых несколькими семьями, осуществляется с согласия всех проживающих совершеннолетних членов семей, с учетом медицинских противопоказаний.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z35" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Не допускается оставление домашних животных без присмотра. В случае невозможности присмотра, владелец домашнего животного или ответственное лицо:</w:t>
+      8. Содержание домашних животных на территориях садоводческих, огороднических, дачных кооперативов, домов отдыха допускается с соблюдением требований законодательства Республики Казахстан в области здравоохранения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z36" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) помещает животное на временное содержание в приют для домашних животных;</w:t>
+      8-1. Владелец домашнего животного или ответственное лицо при наличии домашнего животного, требующего особой ответственности владельца животного, осуществляет предупредительную надпись при входе на данную территорию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z37" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) передает его на временное содержание третьим лицам;</w:t>
+      9. Допускается заселение в гостинице владельца с собакой или кошкой по согласованию с администрацией.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z38" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) помещает в зоологическую гостиницу.</w:t>
+      10. Не допускается оставление домашних животных без присмотра. В случае невозможности присмотра, владелец домашнего животного или ответственное лицо:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z39" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. В случае невозможности дальнейшего содержания домашнего животного владелец и ответственное лицо принимает меры к дальнейшему устройству домашнего животного.</w:t>
+      1) помещает животное на временное содержание в приют для домашних животных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z40" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Собаки содержатся в условиях, исключающих их самовыгул и нападение на людей и животных. При отсутствии таких условий, собака находится в вольере или на привязи.</w:t>
+      2) передает его на временное содержание третьим лицам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z41" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 3. Порядок выгула домашних животных</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) помещает в зоологическую гостиницу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z42" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Выгул домашних животных осуществляется при условии обеспечения безопасности физических лиц и животных, а также защиты имущества физических или юридических лиц от нанесения вреда.</w:t>
+      11. В случае невозможности дальнейшего содержания домашнего животного владелец и ответственное лицо принимает меры к дальнейшему устройству домашнего животного.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z43" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Владелец домашнего животного и ответственное лицо в целях обеспечения общественной безопасности соблюдает выгул домашних животных в порядке, установленном местными представительными органами Кызылординской области.</w:t>
+      11-1. Отказ от животного не влечет прекращения обязанностей владельца в отношении домашнего животного до приобретения права собственности на него другим лицом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z44" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. При выгуле домашних животных владельцами и ответственными лицами соблюдаются следующие требования:</w:t>
+      12. Собаки содержатся в условиях, исключающих их самовыгул и нападение на людей и животных. При отсутствии таких условий, собака находится в вольере или на привязи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z45" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      1) выгул домашнего животного осуществляется на поводке длины не превышающего 2 (два) метра без намордника в местах выгула, не отмеченных запрещающим знаком, при этом владелец животного имеет при себе намордник, который незамедлительно надевается на собаку при необходимости;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок выгула домашних животных</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z46" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) своевременно надевает намордник на собаку и регулирует подходящую длину поводка в местах выгула, установленными местными исполнительными органами;</w:t>
+      13. Выгул домашних животных осуществляется при условии обеспечения безопасности физических лиц и животных, а также защиты имущества физических или юридических лиц от нанесения вреда.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z47" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) производит выгул домашнего животного, не создавая беспокойства и помех окружающим;</w:t>
+      14. Владелец домашнего животного и ответственное лицо в целях обеспечения общественной безопасности соблюдает выгул домашних животных в порядке, установленном местными представительными органами Кызылординской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z48" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) при переходе через улицы, вблизи магистралей на домашнее животное надевается намордник и берется на короткий поводок не превышающего 1,5 (полутора) метра, во избежание дорожно-транспортных происшествий и его гибели на проезжей части;</w:t>
+      15. Выгул домашних животных, требующих особой ответственности владельца животного, без намордника и поводка, превышающего 1,5 (полутора) метра, независимо от места выгула не допускается, за исключением случаев, если домашнее животное, требующее особой ответственности владельца животного, находится на огороженной территории, принадлежащей владельцу животного и (или) ответственному лицу на праве собственности или ином законном основании.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z49" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) при отсутствии запрещающих надписей, на собаку надевается намордник и берется на короткий поводок не превышающего 1,5 (полутора) метра;</w:t>
+      При выгуле домашних животных (за исключением домашних животных, требующих особой ответственности) владельцами и ответственными лицами соблюдаются следующие требования:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z50" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) оставлять собаку на привязи и в наморднике на коротком поводке не превышающего 1,5 (полутора) метра, исключающее произвольное развязывание, рядом со зданием на время, в течение которого владелец находится внутри этого здания, если при этом нет угрозы для общественности, нарушение общественного порядка, не возникает опасность для здоровья собаки и помех для свободы ее движений.</w:t>
+      1) собака находится в общественных местах на поводке не превышающего 2 (два) метра;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:bookmarkStart w:name="z51" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Владельцы и ответственные лица, имеющие закрепленные территории, охраняемые собаками содержат собак на своих базах, складах, производственных помещениях в свободном выгуле только в ночное время и на огороженной территории. В дневное время собаки находятся в вольере или на привязи.</w:t>
+      2) намордник надевается на собаку при его транспортировке, в толпе людей, а также в местах, обозначенных местными исполнительными органами, организациями, учреждениями;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:bookmarkStart w:name="z52" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. На территории населенного пункта не допускается:</w:t>
+      3) кошки любых пород и их метисы выгуливаются на шлейке и поводке;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:bookmarkStart w:name="z53" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) самовыгул собак;</w:t>
+      3) при переходе через улицу, вблизи магистралей домашнее животное берется на короткий поводок не превышающий 1,5 (полутора) метров, во избежание дорожно-транспортных происшествий и его гибели на проезжей части;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:bookmarkStart w:name="z54" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) выгуливать домашних животных и находиться с ними в общественных местах и транспорте лицам, не способными контролировать их поведение, в том числе находящимися в состоянии алкогольного, наркотического, токсикоманического опьянения;</w:t>
+      4) владелец может оставлять собаку на привязи и в наморднике на коротком поводке, не превышающем 1,5 (полутора) метра, исключающим произвольное развязывание, рядом со зданием на время, в течение которого владелец находится внутри этого здания;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:bookmarkStart w:name="z55" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) выгуливать домашних животных на территориях детских дошкольных, образовательных, физкультурно-спортивных и медицинских, лечебных организаций, организаций культуры, детских и спортивных игровых площадок и на территориях, где установлены запрещающие знаки, не предназначенных для выгула;</w:t>
+      5) в местах, где выгул собак запрещен, владелец собаки или ответственное лицо может пересечь территорию с собакой в наморднике и на коротком поводке, не превышающем 1,5 (полутора) метра, не создавая опасности окружающим;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:bookmarkStart w:name="z56" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) выгуливать домашних животных на территории, где разрешено купание людей;</w:t>
+      6) свободный выгул собак допускается на специально отведенных территориях, на площадке для выгула собак.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z57" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) купать и мыть домашних животных на территории, где разрешено купание людей, в прудах, фонтанах и водозаборах;</w:t>
+      Места, запрещающие выгул собак, должны быть помечены соответствующим знаком.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:bookmarkStart w:name="z58" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) нахождение и содержание домашних животных на предприятиях общественного питания (кроме служебных собак и собак-поводырей для людей со слабым зрением), в торговых и производственных залах продовольственных магазинов сервисного обслуживания, культурных учреждениях (кроме случаев проведения выставок, зрелищных и массовых мероприятий с участием собак), религиозных организаций (объединений), в помещения детских, образовательных, медицинских организаций.</w:t>
+      16. Владельцы и ответственные лица, имеющие закрепленные территории, охраняемые собаками содержат собак на своих базах, складах, производственных помещениях в свободном выгуле только в ночное время и на огороженной территории. В дневное время собаки находятся в вольере или на привязи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:bookmarkStart w:name="z59" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      17. На территории населенного пункта не допускается:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z60" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) самовыгул собак;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z61" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выгуливать домашних животных и находиться с ними в общественных местах и транспорте лицам, не способными контролировать их поведение, в том числе находящимися в состоянии алкогольного, наркотического, токсикоманического опьянения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z62" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) выгуливать домашних животных на территориях детских дошкольных, образовательных, физкультурно-спортивных и медицинских, лечебных организаций, организаций культуры, детских и спортивных игровых площадок и на территориях, где установлены запрещающие знаки выгула домашних животных, кроме случаев организации спортивных и иных мероприятий по согласованию с администрацией;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z63" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) купать и мыть домашних животных на территории, где разрешено купание людей, в прудах, фонтанах и водозаборах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z64" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17-1. Нахождение и содержание домашних животных на территории коммерческих, некоммерческих, религиозных организаций, детских, лечебных или образовательных учреждений определяется собственником (администрацией) этих организаций и учреждений с соблюдением действующего законодательства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z65" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       18. Местные исполнительные органы Кызылординской области ответственного обращения с животными определяют места, в которых запрещены выгул домашних животных либо нахождение с животными с иной целью, а также при необходимости оборудуют места для выгула домашних животных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>