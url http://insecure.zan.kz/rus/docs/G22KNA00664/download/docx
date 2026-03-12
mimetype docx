--- v0 (2025-11-11)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="64c7a5f" w14:textId="64c7a5f">
+    <w:p w14:paraId="d46ea0a" w14:textId="d46ea0a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,67 +93,60 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Положения о Департаменте Пограничной службы Комитета национальной безопасности Республики Казахстан по Туркестанской области</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ заместителя Председателя Комитета национальной безопасности Республики Казахстан – директора Пограничной службы от 30 декабря 2022 года № 664-қа</w:t>
-[...15 lines deleted...]
-      </w:pPr>
+        <w:t>Приказ заместителя Председателя Комитета национальной безопасности Республики Казахстан – директора Пограничной службы от 30 декабря 2022 года № 664-қа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 10)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -383,68 +376,50 @@
         <w:t>
       5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z13" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. С настоящим приказом ознакомить заинтересованных лиц Пограничной службы Комитета национальной безопасности Республики Казахстан, в части касающейся.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -460,93 +435,110 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Заместитель Председателя</w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заместитель Председателя</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Комитета национальной безопасности</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан – Директор</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Пограничной службы генерал-майор </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -587,68 +579,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Е. Алдажұманов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -687,86 +661,50 @@
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Экземпляр № 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...34 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -867,3459 +805,3484 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Директора Пограничной службы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 30 декабря 2022 года № 664-па</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z17" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...7 lines deleted...]
-    </w:p>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Положение</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>о Департаменте Пограничной службы Комитета национальной безопасности Республики Казахстан по Туркестанской области</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z18" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Положение</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Департамент Пограничной службы Комитета национальной безопасности Республики Казахстан по Туркестанской области (далее – Департамент Пограничной службы) является оперативно-территориальным органом военного управления и территориальным подразделением Пограничной службы Комитета национальной безопасности Республики Казахстан, осуществляющим защиту и охрану Государственной границы Республики Казахстан (далее – Государственная граница) в целях обеспечения целостности и неприкосновенности Государственной границы, поддержания законности и установленного порядка в пограничном пространстве.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Департамент Пограничной службы осуществляет свою деятельность в соответствии с Конституцией и законами Республики Казахстан, актами Президента Республики Казахстан, иными нормативными правовыми актами и международными договорами Республики Казахстан, а также настоящим Положением.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Департамент Пограничной службы является юридическим лицом в организационно-правовой форме республиканского государственного учреждения, имеет печати и штампы со своим наименованием на казахском языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Департамент Пограничной службы вступает в гражданско-правовые отношения от собственного имени.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Департамент Пограничной службы имеет право выступать стороной гражданско-правовых отношений от имени государства, если он уполномочен на это в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z24" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Департамент Пограничной службы по вопросам своей компетенции в установленном законодательством Республики Казахстан порядке принимает решения, оформляемые приказами начальника Департамента Пограничной службы и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Структура и лимит штатной численности Департамента Пограничной службы утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z26" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Местонахождение юридического лица: Республика Казахстан, город Шымкент, улица Тулеметова 22, индекс 160000.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Полное наименование Департамента Пограничной службы – республиканское государственное учреждение "Департамент Пограничной службы Комитета национальной безопасности Республики Казахстан по Туркестанской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Настоящее Положение является учредительным документом Департамента Пограничной службы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Финансирование деятельности Департамента Пограничной службы осуществляется из республиканского бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z30" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Департаменту Пограничной службы запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Департамента Пограничной службы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z31" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если Департаменту Пограничной службы законодательными актами Республики Казахстан предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в государственный бюджет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>о Департаменте Пограничной службы Комитета национальной безопасности Республики Казахстан по Туркестанской области</w:t>
-[...298 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Задачи, права и обязанности Департамента Пограничной службы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z33" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z34" w:id="25"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z34" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) выполнение обязательств, вытекающих из международных договоров и межправительственных соглашений Республики Казахстан о Государственной границе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z35" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) проведение комплекса мероприятий по недопущению изменения прохождения Государственной границы, а также выявлению и пресечению предпосылок, признаков и фактов нарушений режима Государственной границы и режима в пунктах пропуска;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z36" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) привлечение сил и средств уполномоченных органов, организаций и граждан для выполнения мероприятий по защите Государственной границы в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z37" w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z37" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) участие в решении задач обороны и национальной безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z38" w:id="29"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z38" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) участие в защите экономических интересов Республики Казахстан на Государственной границе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z39" w:id="30"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z39" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) обеспечение режима Государственной границы и режима в пунктах пропуска, пограничного режима;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z40" w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z40" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) осуществление контроля самостоятельно или совместно с уполномоченными органами за соблюдением установленных режимов в пограничном пространстве;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z41" w:id="32"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z41" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) содействие правоохранительным, природоохранным органам Республики Казахстан в защите граждан, природных ресурсов и окружающей среды, соблюдении миграционного законодательства Республики Казахстан в пограничном пространстве;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z42" w:id="33"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z42" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) организация инженерно-технического обеспечения, материально-технического снабжения Департамента Пограничной службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z43" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) иные задачи, определяемые в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z44" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Права и обязанности: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z45" w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z45" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осуществлять монтаж, возводить и устанавливать необходимые инженерно-технические средства, сооружения и заграждения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z46" w:id="37"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z46" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осуществлять строительство и использовать линии связи и коммуникаций, размещать и использовать технику и вооружение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z47" w:id="38"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z47" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) участвовать в делимитации, демаркации и редемаркации Государственной границы, разработке необходимых документов и материалов с целью установления режима Государственной границы с сопредельными государствами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z48" w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z48" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) находиться на любых участках местности (располагать пограничные наряды), в том числе на территориях особо охраняемых и природоохранных зон, а также передвигаться по ним при исполнении должностных обязанностей, требовать от собственников (арендаторов) земельных участков выделения мест для передвижения пограничных нарядов, оборудования и содержания в надлежащем состоянии проходов через ограждения или переходов через другие препятствия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z49" w:id="40"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z49" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) проводить контрразведывательную и оперативно-розыскную деятельность, а также разведывательную деятельность в области пограничной политики и оперативного обеспечения охраны Государственной границы, и принимать меры по обеспечению собственной безопасности в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z50" w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z50" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) вносить в государственные органы, общественные объединения, организации обязательные к исполнению представления об устранении причин и условий, способствующих совершению правонарушений в пограничном пространстве или препятствующих деятельности Пограничной службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z51" w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z51" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) на основе общепризнанных принципов и норм международного права, а также международных договоров Республики Казахстан организовывать и осуществлять взаимодействие в защите Государственной границы с пограничными органами иностранных государств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z52" w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z52" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) осуществлять непосредственное руководство деятельностью пограничных представителей Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z53" w:id="44"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z53" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) вести переписку с пограничными представителями сопредельных государств по вопросам поддержания режима Государственной границы, урегулирования пограничных инцидентов, обмена информацией, по взаимной договоренности приглашать представителей сопредельных государств на территорию Республики Казахстан и переходить на территорию сопредельных государств для ведения переговоров по пограничным вопросам в порядке, предусмотренными международными соглашениями и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О Государственной границе Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z54" w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z54" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) запрашивать и получать безвозмездно от уполномоченных органов, организаций и общественных объединений информацию, необходимую для исполнения обязанностей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z55" w:id="46"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z55" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) запрашивать и получать в установленном законодательством Республики Казахстан порядке от структурных подразделений, государственных учреждений и организаций Пограничной службы и Комитета национальной безопасности Республики Казахстан (далее – КНБ), их должностных лиц необходимую информацию и материалы для выполнения задач, возложенных на Департамент Пограничной службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z56" w:id="47"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z56" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) в установленном порядке выступать в качестве организатора государственных закупок товаров, работ, услуг для нужд Департамента Пограничной службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z57" w:id="48"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z57" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) заключать договора о государственных закупках товаров, работ, услуг, предусмотренных годовым планом государственных закупок, осуществлять контроль их исполнения поставщиками и подрядчиками;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z58" w:id="49"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z58" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) привлекать организации, определяемые Правительством Республики Казахстан, для осуществления хозяйственного обеспечения в сфере энерго-, водо- и теплоснабжения, транспорта, связи (за исключением сетей телекоммуникаций специального назначения), коммуникаций, коммунального и жилищного хозяйства и других систем жизнеобеспечения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z59" w:id="50"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z59" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) проверять у физических лиц документы, удостоверяющие личность, а также осматривать находящиеся при них вещи при входе или выходе (въезде или выезде) на объекты и в помещения Департамента Пограничной службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z60" w:id="51"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z60" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) осуществлять контроль, организовывать проверки состояния работы по обеспечению режима секретности, сохранности государственных секретов, организации и ведения секретного и несекретного делопроизводства, соблюдения сроков рассмотрения обращений физических и юридических лиц в подразделениях Департамента Пограничной службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z61" w:id="52"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z61" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) в установленном порядке владеть и пользоваться имуществом, находящимся в ведении Департамента Пограничной службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z62" w:id="53"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z62" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) проводить претензионно-исковую работу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z63" w:id="54"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z63" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) готовить предложения по вопросам совершенствования финансового, материального и технического обеспечения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z64" w:id="55"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z64" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) определять должностные обязанности личного состава Департамента Пограничной службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z65" w:id="56"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z65" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) получать и использовать дактилоскопическую информацию, содержащуюся в базе данных дактилоскопической информации органов внутренних дел Республики Казахстан, в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z66" w:id="57"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z66" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) привлекать на добровольной основе к решению задач в области защиты Государственной границы граждан в составе добровольных дружин, в качестве внештатных сотрудников Пограничной службы и иных формах, поощрять граждан, отличившихся при защите Государственной границы, и лиц, отвечающих предъявляемым требованиям, рекомендовать для поступления в военные, специальные учебные заведения органов национальной безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z67" w:id="58"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z67" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) участвовать в правовом воспитании населения Республики Казахстан, проводить через взаимодействующие органы профилактические мероприятия, направленные на предупреждение правонарушений в пограничном пространстве, использовать средства массовой информации для информирования населения о правонарушениях, розыске правонарушителей и в иных целях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z68" w:id="59"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z68" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24) применять вооружение и военную технику, специальные средства, служебных животных и физическую силу в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О Государственной границе Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z69" w:id="60"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z69" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) рассматривать заявления или сообщения о совершенных или готовящихся правонарушениях в пограничном пространстве, регистрировать их и принимать по ним соответствующие меры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z70" w:id="61"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z70" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) создавать и использовать специализированные учеты и информационные системы, обеспечивающие выполнение задач по защите Государственной границы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z71" w:id="62"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z71" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) проводить фундаментальные и прикладные научные исследования в области защиты Государственной границы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z72" w:id="63"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z72" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) определять форму одежды и экипировку военнослужащих, участвующих в защите Государственной границы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z73" w:id="64"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z73" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) осуществлять совместно с органами государственных доходов в установленном порядке досмотр транспортных средств, грузов и товаров, перемещаемых через Государственную границу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z74" w:id="65"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z74" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) сопровождать транспортные средства и располагать на них пограничные наряды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z75" w:id="66"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z75" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) при усилении охраны Государственной границы в порядке, определяемом совместными решениями с Министерством обороны Республики Казахстан и Министерством внутренних дел Республики Казахстан, использовать выделяемые ими силы и средства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z76" w:id="67"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z76" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) при преследовании правонарушителей беспрепятственно (при необходимости с повреждением запирающих устройств) в любое время суток входить в жилые и нежилые помещения граждан, на территорию и в помещения организаций, а также осматривать их (с последующим уведомлением в течение двадцати четырех часов соответствующего прокурора);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z77" w:id="68"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z77" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33) при проведении пограничных поисков и операций, иных розыскных действий самостоятельно устанавливать контрольные посты, временно ограничивать или запрещать движение лиц и транспортных средств, не допускать граждан на отдельные участки местности, обязывать их остаться там или покинуть эти участки в целях защиты здоровья и жизни людей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z78" w:id="69"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z78" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34) при возникновении угрозы безопасности Республики Казахстан временно ограничивать с уведомлением местных исполнительных и иных уполномоченных органов Республики Казахстан производство различных работ в пограничной полосе, за исключением работ оборонного значения, работ, связанных с выполнением международных обязательств и ликвидацией последствий, возникших при чрезвычайных ситуациях природного и техногенного характера;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z79" w:id="70"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z79" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35) использовать в служебных целях средства связи и коммуникаций, а при отражении вооруженных вторжений на территорию Республики Казахстан, воспрепятствовании незаконным массовым пересечениям и иным провокациям на Государственной границе, проведении поисковых мероприятий, доставлении лиц, подозреваемых в совершении правонарушений, – транспортные средства организаций, а в необходимых случаях – транспортные средства граждан с последующим возмещением расходов либо причиненного ущерба владельцам по их требованию в установленном законами Республики Казахстан порядке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z80" w:id="71"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z80" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36) требовать от граждан соблюдения установленного на Государственной границе порядка, прекращения противоправных действий, препятствующих деятельности Департамента Пограничной службы, в случае невыполнения этих требований принимать соответствующие меры, предусмотренные законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z81" w:id="72"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z81" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37) содержать нарушителей установленных в пограничном пространстве режимов в помещениях Департамента Пограничной службы Пограничной службы, специально оборудованных для содержания лиц, подвергнутых административному задержанию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z82" w:id="73"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z82" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38) помещать в следственные изоляторы, изоляторы временного содержания и помещения, специально оборудованные для содержания лиц, подвергнутых административному задержанию, лиц в соответствии с уголовно-процессуальным законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z83" w:id="74"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z83" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39) приглашать лиц с целью получения от них объяснений об известных им обстоятельствах нарушения установленных режимов в пограничном пространстве;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z84" w:id="75"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z84" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40) осуществлять содержание находящихся на балансе пунктов пропуска инженерно-технических сооружений, заграждений, коммуникаций, а также обеспечивать эксплуатацию и сохранность используемого оборудования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z85" w:id="76"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z85" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41) осуществлять радиационный контроль в пунктах пропуска и иных местах, где осуществляется пропуск через Государственную границу, в которых отсутствуют органы государственных доходов, с использованием технических средств радиационного контроля в автоматическом или ручном режиме;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z86" w:id="77"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z86" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42) осуществлять организацию эксплуатации инспекционно-досмотровых комплексов, содержащих радиоактивные вещества, а также контроль радиационной безопасности в органах национальной безопасности Республики Казахстан при обращении с радиоактивными веществами, приборами или аппаратурой, в которых содержатся радиоактивные вещества или генерируется ионизирующее излучение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z87" w:id="78"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z87" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43) участвовать в мероприятиях по обеспечению информационной безопасности в сфере информатизации объектов информатизации Департамента Пограничной службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z88" w:id="79"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z88" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44) иметь вне места его нахождения иные обособленные структурные подразделения, выполняющие часть функций Департамента Пограничной службы и не подлежащие учетной регистрации в уполномоченном органе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z89" w:id="80"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z89" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45) пресекать любые попытки изменения прохождения Государственной границы, освоения территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z90" w:id="81"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z90" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46) участвовать в пределах своей компетенции в решении задач по обороне Республики Казахстан, а также обеспечении режимов чрезвычайного или военного положения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z91" w:id="82"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z91" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47) отражать вооруженное вторжение на территорию Республики Казахстан, пресекать вооруженные и иные провокации на Государственной границе, защищать от указанных преступных посягательств население, государственную и частную собственность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z92" w:id="83"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z92" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48) предупреждать и пресекать попытки пересечения Государственной границы лицами и транспортными средствами вне установленных пунктов пропуска или иных мест, где осуществляется пропуск через Государственную границу, а также незаконного пересечения в пунктах пропуска или иных местах, где осуществляется пропуск через Государственную границу, выявлять и задерживать нарушителей Государственной границы и иных правонарушителей в пограничном пространстве;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z93" w:id="84"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z93" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49) осуществлять в установленном порядке при наличии надлежаще оформленных документов и прохождении установленных в пунктах пропуска или иных местах, где осуществляется пропуск через Государственную границу, видов контроля пропуск лиц, транспортных средств, грузов и товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z94" w:id="85"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z94" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50) обеспечивать выполнение режима Государственной границы и режима в пунктах пропуска;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z95" w:id="86"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z95" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51) контролировать самостоятельно или совместно с уполномоченными органами соблюдение пограничного режима, организовывать службу контрольных постов в местах въезда в пограничную зону;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z96" w:id="87"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z96" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52) проверять у лиц, следующих через Государственную границу, документы на право въезда в Республику Казахстан и выезда из Республики Казахстан, делать в них соответствующие отметки, временно изымать такие документы, а также изымать недействительные документы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z97" w:id="88"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z97" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53) осуществлять процедуру подтверждения личности по дактилоскопической информации при пересечении Государственной границы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z98" w:id="89"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z98" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54) ограничивать въезд иностранцев и лиц без гражданства, которым в соответствии с законами Республики Казахстан не разрешен въезд в Республику Казахстан, а также иностранцев и лиц без гражданства, отказавшихся пройти процедуру подтверждения личности по дактилоскопической информации, не исполнивших в установленный законами Республики Казахстан срок судебные решения и постановления уполномоченных органов о наложении штрафа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z99" w:id="90"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z99" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55) не пропускать с оставлением в пунктах пропуска и иных местах, где осуществляется пропуск через Государственную границу, граждан Республики Казахстан и иных лиц, утративших документы, удостоверяющие личность, в период пребывания за границей или в Республике Казахстан, до установления их личности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z100" w:id="91"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z100" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56) осуществлять задержание и личный досмотр лиц в соответствии с законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z101" w:id="92"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z101" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57) останавливать, осматривать и задерживать транспортные средства, допустившие нарушение установленных режимов в пограничном пространстве, доставлять (конвоировать) их в расположение Департамента Пограничной службы или его структурных подразделений для выяснения обстоятельств правонарушения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z102" w:id="93"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z102" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58) задерживать и изымать в установленном порядке самостоятельно или совместно с уполномоченными органами перемещаемые через Государственную границу взрывчатые, отравляющие, радиоактивные, наркотические вещества, оружие, боеприпасы, иные грузы и товары, запрещенные к ввозу в Республику Казахстан или вывозу из Республики Казахстан, а также грузы и товары, перемещаемые контрабандным путем;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z103" w:id="94"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z103" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59) оказывать содействие Вооруженным Силам Республики Казахстан в охране Государственной границы в воздушном пространстве;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z104" w:id="95"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z104" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60) оказывать содействие правоохранительным и природоохранным органам Республики Казахстан в защите граждан, природных ресурсов и окружающей среды в пограничном пространстве;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z105" w:id="96"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z105" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61) возводить инженерно-технические средства, сооружения и заграждения с учетом путей миграции диких животных по предложению уполномоченного государственного органа в области охраны, воспроизводства и использования животного мира;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z106" w:id="97"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z106" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       62) обеспечивать сохранность линий связи и коммуникаций в пограничном пространстве;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z107" w:id="98"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z107" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63) обеспечивать производство и рассматривать дела об административных правонарушениях, отнесенных к ее ведению в соответствии с законодательством Республики Казахстан об административных правонарушениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z108" w:id="99"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z108" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64) осуществлять досудебное расследование по уголовным правонарушениям, отнесенным к ее ведению в соответствии с уголовно-процессуальным законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z109" w:id="100"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z109" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65) принимать и рассматривать обращения физических и юридических лиц в порядке и сроки, предусмотренные Административным процедурно-процессуальным кодексом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z110" w:id="101"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z110" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66) обращаться в суд;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z111" w:id="102"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z111" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67) осуществлять иные полномочия, предусмотренные законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z112" w:id="103"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z112" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z113" w:id="104"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z113" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) реализация пограничной политики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z114" w:id="105"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z114" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) участие в разработке и выполнении государственных и иных программ, касающихся обеспечения безопасности личности, общества и государства на Государственной границе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z115" w:id="106"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z115" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) участие в пределах своей компетенции в деятельности международных организаций по вопросам, касающимся охраны и защиты Государственной границы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z116" w:id="107"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z116" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) участие в делимитации, демаркации и редемаркации Государственной границы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z117" w:id="108"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z117" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) осуществление в установленном порядке взаимодействия с другими государственными органами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z118" w:id="109"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z118" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) осуществление руководства и обеспечение согласованности действий Департамента Пограничной службы и его структурных подразделений, оказание практической и методической помощи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z119" w:id="110"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z119" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) подержание боевой и мобилизационной готовности, боеспособности, боевой и мобилизационной подготовки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z120" w:id="111"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z120" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) обеспечение постоянной готовности Департамента Пограничной службы к переводу в различные степени боевой и оперативно-служебной готовности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z121" w:id="112"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z121" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) организация несения боевого дежурства и боевой службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z122" w:id="113"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z122" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) организация разведывательной, контрразведывательной и оперативно-розыскной деятельности оперативных и оперативно-технических подразделений Департамента Пограничной службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z123" w:id="114"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z123" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) организация и обеспечение функционирования ведомственных сетей связи и подготовка предложений по их развитию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z124" w:id="115"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z124" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) организация и обеспечение функционирования шифрованной, засекреченной и кодированной связи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z125" w:id="116"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z125" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) осуществление радиотехнической и радиоэлектронной разведки в приграничных районах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z126" w:id="117"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z126" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) осуществление обеспечения системно-технического обслуживания объектов информационно-коммуникационной инфраструктуры Департамента Пограничной службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z127" w:id="118"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z127" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) организация работы по морально-психологическому обеспечению служебно-боевой деятельности Департамента Пограничной службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z128" w:id="119"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z128" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) выработка и реализация мероприятий среди личного состава по поддержанию воинской дисциплины и правопорядка, сплочению многонациональных воинских коллективов, обеспечению необходимых условий для безопасности воинской службы, профилактике правонарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z129" w:id="120"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z129" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) организация социально-правовой работы с кадровым составом Департамента Пограничной службы и обеспечение социальных и правовых гарантий военнослужащим, членам их семей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z130" w:id="121"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z130" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) осуществление перспективного планирования и боевого, технического, тылового, финансового, кадрового, информационного, военно-медицинского (медицинского) и других видов обеспечения, включая расквартирование Департамента Пограничной службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z131" w:id="122"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z131" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) осуществление планирования потребностей в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z132" w:id="123"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z132" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) составление индивидуального плана финансирования по обязательствам и платежам, подготовка изменений и дополнений в индивидуальный план финансирования по обязательствам и платежам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z133" w:id="124"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z133" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) ведение бухгалтерского учета в Департаменте Пограничной службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z134" w:id="125"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z134" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) формирование финансовой отчетности за Департамент Пограничной службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z135" w:id="126"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z135" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) планирование, анализ, начисление довольствия, заработной платы и других выплат, а также своевременное их перечисление;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z136" w:id="127"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z136" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) обеспечение целевого использования бюджетных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z137" w:id="128"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z137" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) выработка и принятие мер по обеспечению противопожарной защиты объектов Департамента Пограничной службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z138" w:id="129"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z138" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) организация и проведение комплектования Департамента Пограничной службы военнослужащими и прием лиц гражданского персонала (работников);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z139" w:id="130"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z139" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) осуществление расстановки кадров и присвоение воинских званий, внесение на рассмотрение заместителю Председателя КНБ – Директору Пограничной службы предложений по назначению на воинские должности и присвоению воинских званий согласно номенклатуре;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z140" w:id="131"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z140" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) организация профессиональной подготовки кадров и осуществление контроля за качеством ее проведения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z141" w:id="132"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z141" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) проведение мероприятий по обеспечению повышения качества боевой подготовки Департамента Пограничной службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z142" w:id="133"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z142" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) выработка предложений по организационно-штатной структуре и штатам Департамента Пограничной службы в пределах установленной численности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z143" w:id="134"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z143" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) выявление, предупреждение и пресечение чрезвычайных ситуаций социального характера, вызванных массовым переходом Государственной границы с территорий сопредельных государств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z144" w:id="135"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z144" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) участие в мероприятиях по обеспечению информационной безопасности объектов информатизации Департамента Пограничной службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z145" w:id="136"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z145" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33) организация противодиверсионной безопасности и охраны объектов, а также обеспечение пропускного и внутриобъектового режимов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z146" w:id="137"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z146" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34) осуществление иных функций, предусмотренных законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z147" w:id="138"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z147" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус и полномочия руководителя Департамента Пограничной службы при организации его деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z148" w:id="139"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z148" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Департамента Пограничной службой осуществляется начальником Департамента Пограничной службы, который несет персональную ответственность за выполнение возложенных на Департамент Пограничной службы задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z149" w:id="140"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z149" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Начальник Департамента Пограничной службы назначается на воинскую должность и освобождается от воинской должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z150" w:id="141"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z150" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Начальник Департамента Пограничной службы имеет заместителей, которые назначаются на воинские должности и освобождаются от воинских должностей в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z151" w:id="142"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z151" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия начальника Департамента Пограничной службы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z152" w:id="143"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z152" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организует работу Департамента Пограничной службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z153" w:id="144"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z153" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в установленном порядке издает приказы (распоряжения) и дает указания, обязательные для исполнения личным составом Департамента Пограничной службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z154" w:id="145"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z154" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) утверждает положения о структурных подразделениях Департамента Пограничной службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z155" w:id="146"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z155" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) утверждает должностные инструкции личного состава Департамента Пограничной службы и руководителей структурных подразделений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z156" w:id="147"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z156" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) представляет Департамент Пограничной службы во взаимоотношениях с государственными органами Республики Казахстан, а также специальными и правоохранительными службами иностранных государств и международными организациями, подписывает доверенности на представление интересов Департамента Пограничной службы в судебных и иных государственных органах, заключать договора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z157" w:id="148"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z157" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) принимает в соответствии с законодательством Республики Казахстан решения об ограничении или приостановлении деятельности, осуществляемой на Государственной границе, в пограничном пространстве или полосе ответственности Департамента Пограничной службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z158" w:id="149"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z158" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) вносит предложения заместителю Председателя КНБ – Директору Пограничной службы по созданию, ликвидации, передислокации и реорганизации Департамента Пограничной службы, а также по его структуре и штатам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z159" w:id="150"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z159" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) принимает на воинскую службу и увольняет с воинской службы, назначает на должности и освобождает от должностей военнослужащих Департамента Пограничной службы в пределах своей компетенции в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z160" w:id="151"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z160" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) решает в установленном порядке вопросы поощрения, оказания материальной помощи и налагает дисциплинарные взыскания на личный состав Департамента Пограничной службы, а также присваивает воинское звание согласно номенклатуре;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z161" w:id="152"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z161" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) в пределах своих полномочий решает вопросы, связанные с прохождением воинской службы, а также трудовыми отношениями с лицами гражданского персонала (работниками) Департамента Пограничной службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z162" w:id="153"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z162" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) вносит предложения заместителю Председателя КНБ – Директору Пограничной службы по кандидатурам на присвоение воинских званий в установленном порядке, награждению личного состава Департамента Пограничной службы, а также лиц, участвующих в защите Государственной границы, ведомственными наградами; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z163" w:id="154"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z163" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) проводит проверки служебно-боевой, оперативно-служебной, военно-технической, уголовно-процессуальной, погранпредставительской и иной деятельности структурных подразделений Департамента Пограничной службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z164" w:id="155"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z164" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z165" w:id="156"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z165" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий начальника Департамента Пограничной службы в период его отсутствия осуществляется лицом, его замещающим, в соответствии с действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z166" w:id="157"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z166" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Начальник Департамента Пограничной службы в соответствии со статьей 62 Уголовно-процессуального кодекса Республики Казахстан (далее – УПК РК) обладает полномочиями начальника органа дознания в ходе досудебного расследования по делам об уголовных правонарушениях, предусмотренных статьей 191 УПК РК, в пределах своей компетенции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z167" w:id="158"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z167" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Организация дознания в Департаменте Пограничной службы возлагается на начальника Департамента Пограничной службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z169" w:id="160"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z168" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Начальник Департамента Пограничной службы определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 22 – в редакции приказа заместителя Председателя Комитета национальной безопасности РК – директора Пограничной службы от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 230/нс-па</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z169" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Департамента Пограничной службы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z170" w:id="161"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z170" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Департамент Пограничной службы может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z171" w:id="162"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z171" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество Департамента Пограничной службы формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z172" w:id="163"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z172" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Имущество, закрепленное за Департаментом Пограничной службой, относится к республиканской собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z173" w:id="164"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z173" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. Департамент Пограничной службы не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z174" w:id="165"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z174" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Департамента Пограничной службы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z175" w:id="166"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z175" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Реорганизация и упразднение Департамента Пограничной службы осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z176" w:id="167"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z176" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень структурных подразделений, находящихся в ведении Департамента Пограничной службы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z177" w:id="168"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z177" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Пограничное управление по Мактааральскому району Департамента пограничной службы с местом нахождения (дислокации) – Туркестанская область, Мактааральский район, поселок Мырзакент, улица Бейбітшілік 300, индекс 160547;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z178" w:id="169"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z178" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Пограничное управление по Сарыагашскому району Департамента пограничной службы с местом нахождения (дислокации) – Туркестанская область, Сарыагашский район, город Сарыагаш, улица Т. Турсункулова 21/а, индекс 160901;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z179" w:id="170"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z179" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Пограничное управление по Толебийскому району Департамента пограничной службы с местом нахождения (дислокации) – город Шымкент, улица Елшибек батыра 114/1, индекс 160008;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z180" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Отдел инженерно-технического обеспечения Департамента пограничной службы с местом нахождения (дислокации) – Туркестанская область, Сарыагашский район, город Сарыагаш, улица Т. Турсункулова 21/а, индекс 160901.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>