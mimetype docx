--- v0 (2025-11-07)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7b14b67" w14:textId="7b14b67">
+    <w:p w14:paraId="9bfbfb3" w14:textId="9bfbfb3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Положений государственных учреждений</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Постановление акимата города Шахтинска Карагандинской области от 2 сентября 2022 года № 47/06</w:t>
+        <w:t>Постановление акимата города Шахтинска Карагандинской области от 2 сентября 2022 года № 47/06.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -2440,1836 +2440,2503 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Утверждено</w:t>
-[...12 lines deleted...]
-              <w:t>постановлением акимата</w:t>
+              <w:t>к постановлению акимата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>города Шахтинска</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 2 сентября 2022 года</w:t>
+              <w:t>от "2" сентября 2022 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 47/06</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z99" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение государственного учреждения "Аппарат акима поселка Новодолинский"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Положение – в редакции постановления акимата города Шахтинска Карагандинской области от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 10/31</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z100" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
     <w:bookmarkStart w:name="z101" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Государственное учреждение "Аппарат акима поселка Новодолинский" (далее – аппарат акима) является государственным органом Республики Казахстан, обеспечивающим руководство в сферах планирования и исполнения бюджета поселка, а также управления коммунальной собственностью поселка (коммунальной собственностью местного самоуправления) в соответствии с законодательством Республики Казахстан. </w:t>
+      1. Государственное учреждение "Аппарат акима поселка Новодолинский" (далее – Аппарат акима) является государственным органом Республики Казахстан, обеспечивающим руководство в сферах планирования и исполнения бюджета поселка, а также управления коммунальной собственностью поселка (коммунальной собственностью местного самоуправления) в соответствии с законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Аппарат акима осуществляет свою деятельность в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституцией</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Аппарат акима является юридическим лицом в организационно – правовой форме государственного учреждения, имеет печати с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском и русском языках, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Аппарат акима вступает в гражданско-правовые отношения от собственного имени.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Аппарат акима имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Аппарат акима по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые распоряжениями и решениями акима поселка и другими актами, предусмотренными законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Структура и лимит штатной численности аппарата акима утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Местонахождение юридического лица: индекс: 101605, Карагандинская область, город Шахтинск, поселок Новодолинский, улица Центральная,4.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Настоящее положение является учредительным документом аппарата акима.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Аппарат акима является государственным учреждением, содержащимся за счет местного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Аппарату акима запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями аппарата акима. Если аппарату акима законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Задачи и полномочия государственного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Задачи:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) информационно-аналитическое, организационно-правовое и материально-техническое обеспечение деятельности акима поселка, а также решение вопросов местного значения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) контроль за исполнением и организация исполнения актов акима и акимата города, поручений акима, заместителей акима и акимата города;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Полномочия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) права:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      приобретать и осуществлять имущественные и неимущественные права;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пользоваться информационными базами данных органов государственного управления, архивов, научных учреждений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заключать договора, соглашения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      иметь иные права, предусмотренные в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      качественно оказывать государственные услуги населению в соответствии с действующим законодательством;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      качественно и своевременно исполнять акты и поручения Президента, Правительства Республики Казахстан и иных центральных исполнительных органов, акима и акимата области, района (города областного значения), акима города районного значения, поселка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      иметь иные обязанности, предусмотренные в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Аппарат акима в рамках своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      обеспечивает организацию проведения схода местного сообщества, раздельного схода местного сообщества жителей поселка, улицы, многоквартирного жилого дома, собрания местного сообщества; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оповещает о времени, месте созыва раздельного схода местного сообщества, схода и собрания местного сообщества и обсуждаемых вопросах не позднее чем за десять календарных дней до дня их проведения через средства массовой информации или иными способами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает исполнение решений, принятых на сходе местного сообщества или собрании местного сообщества и одобренных акимом поселка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает планирование и исполнение бюджета поселка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      представляет собранию местного сообщества и в маслихат района (города областного значения) отчет об исполнении бюджета поселка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      принимает решение о реализации бюджета поселка; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      разрабатывает и представляет на утверждение собрания местного сообщества программу развития местного сообщества; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выступает заказчиком по строительству, реконструкции и ремонту объектов, относящихся к коммунальному имуществу поселка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      осуществляет контроль за целевым и эффективным использованием коммунального имущества местного самоуправления; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет права субъекта права коммунальной собственности по отношению к коммунальным юридическим лицам местного самоуправления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      представляет интересы государства по вопросам коммунального имущества местного самоуправления, осуществляет защиту права собственности поселка, (коммунальной собственности местного самоуправления); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует учет коммунального имущества местного самоуправления, обеспечивает его эффективное использование;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в пределах своей компетенции осуществляет иные функции в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Аппарат акима поселка по согласованию с собранием местного сообщества:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрабатывает проекты правовых актов в сфере управления коммунальным имуществом местного самоуправления в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      управляет коммунальным имуществом местного самоуправления, если иное не предусмотрено законами Республики Казахстан, осуществляет меры по его защите;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет изъятие или перераспределение имущества, переданного коммунальному юридическому лицу местного самоуправления или приобретенного им в результате собственной хозяйственной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      осуществляет изъятие излишнего, неиспользуемого либо используемого не по назначению имущества коммунальных юридических лиц местного самоуправления; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      предоставляет коммунальное имущество местного самоуправления в имущественный наем (аренду), доверительное управление физическим лицам и негосударственным юридическим лицам без права последующего выкупа либо с правом последующего выкупа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает решение о создании, реорганизации, изменении наименования и ликвидации коммунальных юридических лиц местного самоуправления по согласованию с акимом района (города областного значения);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      дает согласие коммунальному государственному предприятию на отчуждение или распоряжение иным способом, закрепленным за ним имуществом (за исключением продажи произведенной им продукции), создание филиалов и представительств, а также на передачу и списание дебиторской задолженности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      утверждает устав (положение) государственных юридических лиц местного самоуправления, внесение в него изменений и дополнений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      определяет приоритетные направления деятельности и обязательные объемы работ (услуг), финансируемых из бюджета, коммунальных государственных предприятий, имущество которых находится в коммунальной собственности города поселка (коммунальной собственности местного самоуправления); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      рассматривает, согласовывает в случаях, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О государственном имуществе", и утверждает планы развития государственных предприятий, имущество которых находится в коммунальной собственности поселка (коммунальной собственности местного самоуправления), и отчеты по их исполнению; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимает решения об использовании коммунального имущества местного самоуправления, в том числе о передаче его в залог, аренду, безвозмездное пользование и доверительное управление;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      закрепляет коммунальное имущество местного самоуправления за коммунальными юридическими лицами местного самоуправления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      принимает решение об отчуждении коммунального имущества местного самоуправления. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя государственного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15. Руководство аппарата акима осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на аппарат акима задач и осуществление им своих полномочий. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Первый руководитель аппарата акима назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Первый руководитель аппарата акима имеет заместителя, который назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      18. Полномочия первого руководителя: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществляет общее руководство работой государственного учреждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) рассматривает решения, принятые на сходе местного сообщества или собрании местного сообщества, обеспечивает их исполнение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) представляет на утверждение акимата города Положение и структуру государственного учреждения, а также изменения в них;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) утверждает должностные инструкции работников государственного учреждения; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) издает распоряжения и дает поручения, обязательные для всех работников государственного учреждения; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) без доверенности действует от имени государственного учреждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) представляет интересы государственного учреждения в государственных органах, иных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) заключает договоры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) открывает банковские счета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) принимает на работу и увольняет с работы сотрудников государственного учреждения в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) применяет меры поощрения и налагает дисциплинарные взыскания к сотрудникам государственного учреждения, в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) принимает меры по противодействию коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) несет персональную ответственность за исполнение антикоррупционного законодательства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) несет ответственность за нарушение законодательства Республики Казахстан и иных нормативных правовых актов в сфере оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15) рассматривает обращения, заявления, жалобы граждан, принимает меры по защите прав и свобод граждан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16) содействует сбору налогов и других обязательных платежей в бюджет; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17) содействует исполнению гражданами и юридическими лицами норм Конституции Республики Казахстан, законов, актов Президента и Правительства Республики Казахстан, нормативных правовых актов центральных и местных государственных органов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      18) в пределах своей компетенции осуществляет регулирование земельных отношений; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      19) обеспечивает сохранение коммунального жилищного фонда города районного значения, поселка, села, сельского округа, а также строительство, реконструкцию, ремонт и содержание автомобильных дорог в городах районного значения, поселках, селах, сельских округах; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20) содействует организации крестьянских или фермерских хозяйств, развитию предпринимательской деятельности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      21) оказывает меры государственной поддержки социального предпринимательства в соответствии с Предпринимательским кодексом Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      22) в пределах своей компетенции организует и обеспечивает исполнение законодательства Республики Казахстан по вопросам о воинской обязанности и воинской службы, мобилизационной подготовки и мобилизации, а также в сфере гражданской защиты; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      23) где нет органов, осуществляющих регистрацию актов гражданского состояния, организует совершение нотариальных действий, производит прием документов на регистрацию актов гражданского состояния граждан, проживающих на их территории, и передачу их в орган регистрации актов гражданского состояния района или города областного значения для государственной регистрации актов гражданского состояния и внесения сведений в государственную базу данных о физических лицах, также выдачу и вручение свидетельств и при необходимости справок в порядке, установленном законодательством Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      24) где нет органов занятости, отмечает безработных в порядке, установленном законодательством Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      25) организует работу по сохранению исторического и культурного наследия; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      26) выявляет малообеспеченных лиц, вносит в вышестоящие органы предложения по обеспечению занятости, оказанию адресной социальной помощи, организует обслуживание одиноких престарелых и нетрудоспособных граждан на дому, координирует оказание им благотворительной помощи; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      27) содействует трудоустройству лиц, освобожденных из учреждений уголовно-исполнительной системы, состоящих на учете службы пробации, а также оказывает им социально-правовую и иную помощь в соответствии с законодательством Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      28) организует помощь лицам с инвалидностью; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      29) организует общественные работы, молодежную практику и социальные рабочие места; </w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z102" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Аппарат акима осуществляет свою деятельность в соответствии с </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
+      30) организует совместно с уполномоченным органом в области физической культуры и спорта и общественными объединениями лиц с инвалидностью проведение оздоровительных и спортивных мероприятий среди лиц с инвалидностью; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
     <w:bookmarkStart w:name="z103" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3. Аппарат акима является юридическим лицом в организационно – правовой форме государственного учреждения, имеет печати с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском и русском языках, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
+        <w:t xml:space="preserve">
+      31) организует совместно с общественными объединениями лиц с инвалидностью культурно-массовые и просветительские мероприятия; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
     <w:bookmarkStart w:name="z104" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      4. Аппарат акима вступает в гражданско-правовые отношения от собственного имени.</w:t>
+        <w:t xml:space="preserve">
+      32) координирует оказание благотворительной и социальной помощи лицам с инвалидностью; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
     <w:bookmarkStart w:name="z105" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      5. Аппарат акима имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан.</w:t>
+        <w:t xml:space="preserve">
+      33) координирует оказание социально уязвимым слоям населения благотворительной помощи; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
     <w:bookmarkStart w:name="z106" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6. Аппарат акима по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые распоряжениями и решениями акима поселка и другими актами, предусмотренными законодательством Республики Казахстан. </w:t>
+      34) организует выполнение общественных работ лицами, осужденными к данному виду наказания, в порядке, определяемом уполномоченным органом в сфере уголовно-исполнительной деятельности; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
     <w:bookmarkStart w:name="z107" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      7. Структура и лимит штатной численности аппарата акима утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
+        <w:t xml:space="preserve">
+      35) содействует развитию местной социальной инфраструктуры; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
     <w:bookmarkStart w:name="z108" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      8. Местонахождение юридического лица: индекс: 101605, Карагандинская область, город Шахтинск, поселок Новодолинский, улица Центральная,4.</w:t>
+        <w:t xml:space="preserve">
+      36) организует движение общественного транспорта; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
     <w:bookmarkStart w:name="z109" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      9. Настоящее положение является учредительным документом аппарата акима.</w:t>
+        <w:t xml:space="preserve">
+      37) в случае необходимости оказания неотложной медицинской помощи организует доставку больных до ближайшей организации здравоохранения, оказывающей врачебную помощь; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
     <w:bookmarkStart w:name="z110" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      10. Аппарат акима является государственным учреждением, содержащимся за счет местного бюджета.</w:t>
+        <w:t xml:space="preserve">
+      38) оказывает содействие государственным ветеринарным организациям, созданным местными исполнительными органами областей, при выполнении ими функций в области ветеринарии на соответствующей административно-территориальной единице; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
     <w:bookmarkStart w:name="z111" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      11. Аппарату акима запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями аппарата акима. Если аппарату акима законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
+        <w:t xml:space="preserve">
+      39) в случае необходимости организует транспортировку лежачего больного из стационара организации здравоохранения до места жительства; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
     <w:bookmarkStart w:name="z112" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Задачи и полномочия государственного органа</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      40) взаимодействует с органами местного самоуправления; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
     <w:bookmarkStart w:name="z113" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      12. Задачи:</w:t>
+        <w:t xml:space="preserve">
+      41) принимает участие в работе сессий маслихата города, района (города областного значения) при утверждении (уточнении) местного бюджета; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
     <w:bookmarkStart w:name="z114" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) Информационно-аналитическое, организационно-правовое и материально-техническое обеспечение деятельности акима поселка, а также решение вопросов местного значения;</w:t>
+        <w:t xml:space="preserve">
+      42) обеспечивает деятельность учреждений культуры, за исключением учреждений культуры, расположенных в городах республиканского значения, столице, городах областного значения; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
     <w:bookmarkStart w:name="z115" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2) контроль за исполнением и организация исполнения актов акима и акимата города, поручений акима, заместителей акима и акимата города; </w:t>
+        <w:t xml:space="preserve">
+      43) организует в пределах своей компетенции водоснабжение населенных пунктов и регулирует вопросы водопользования; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
     <w:bookmarkStart w:name="z116" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      13. Полномочия:</w:t>
+        <w:t xml:space="preserve">
+      44) организует работы по благоустройству, освещению, озеленению и санитарной очистке населенных пунктов; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
     <w:bookmarkStart w:name="z117" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) права:</w:t>
+        <w:t xml:space="preserve">
+      45) создает инфраструктуру для занятий спортом физических лиц по месту жительства и в местах их массового отдыха; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
     <w:bookmarkStart w:name="z118" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      - запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций; </w:t>
+      46) содействует занятости осужденных, отбывающих наказание в учреждениях уголовно-исполнительной системы, в том числе путем: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
     <w:bookmarkStart w:name="z119" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      - приобретать и осуществлять имущественные и неимущественные права;</w:t>
+        <w:t xml:space="preserve">
+      размещения заказов на товары, работы и услуги, производимые, выполняемые и оказываемые предприятиями и учреждениями уголовно-исполнительной системы; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
     <w:bookmarkStart w:name="z120" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - пользоваться информационными базами данных органов государственного управления, архивов, научных учреждений;</w:t>
+      привлечения субъектов предпринимательства к открытию, расширению и модернизации на территории учреждений уголовно-исполнительной системы производств, использующих труд осужденных.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
     <w:bookmarkStart w:name="z121" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - заключать договора, соглашения;</w:t>
+      47) организует по согласованию с акимом района (города областного значения) и собранием местного сообщества снос аварийного жилья поселка; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
     <w:bookmarkStart w:name="z122" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - иметь иные права, предусмотренные в соответствии с законодательством Республики Казахстан.</w:t>
+      48) ведет похозяйственный учет согласно утвержденной уполномоченным органом в области государственной статистики статистической методологии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
     <w:bookmarkStart w:name="z123" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) обязанности:</w:t>
+      49) организует ведение регистрационных записей по форме, утвержденной уполномоченным органом в области государственной статистики;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
     <w:bookmarkStart w:name="z124" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - качественно оказывать государственные услуги населению в соответствии с действующим законодательством;</w:t>
+      50) обеспечивает достоверность данных похозяйственного учета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
     <w:bookmarkStart w:name="z125" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - качественно и своевременно исполнять акты и поручения Президента, Правительства Республики Казахстан и иных центральных исполнительных органов, акима и акимата области, района (города областного значения), акима города районного значения, поселка;</w:t>
+      51) осуществляет иные функции, возложенные на него законодательством Республики Казахстан, настоящим Положением и уполномоченным органом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
     <w:bookmarkStart w:name="z126" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      14. Функции:</w:t>
+        <w:t xml:space="preserve">
+      Исполнение полномочий первого руководителя государственного учреждения в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
     <w:bookmarkStart w:name="z127" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) Аппарат акима в рамках своей компетенции:</w:t>
+        <w:t xml:space="preserve">
+      19. Первый руководитель определяет полномочия своего заместителя в соответствии с действующим законодательством. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
     <w:bookmarkStart w:name="z128" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - обеспечивает организацию проведения схода местного сообщества, раздельного схода местного сообщества жителей поселка, улицы, многоквартирного жилого дома, собрания местного сообщества;</w:t>
+      20. Аппарат акима возглавляется первым руководителем (акимом), назначаемым на должность и освобождаемым от должности в соответствии с действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
     <w:bookmarkStart w:name="z129" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      - оповещает о времени, месте созыва раздельного схода местного сообщества, схода и собрания местного сообщества и обсуждаемых вопросах не позднее чем за десять календарных дней до дня их проведения через средства массовой информации или иными способами;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
     <w:bookmarkStart w:name="z130" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - обеспечивает исполнение решений, принятых на сходе местного сообщества или собрании местного сообщества и одобренных акимом поселка;</w:t>
+      21. Аппарат акима может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
     <w:bookmarkStart w:name="z131" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - обеспечивает планирование и исполнение бюджета поселка;</w:t>
+      Имущество аппарата акима формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
     <w:bookmarkStart w:name="z132" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - представляет собранию местного сообщества и в маслихат района (города областного значения) отчет об исполнении бюджета поселка;</w:t>
+      22. Имущество, закрепленное за аппаратом акима относится к коммунальной собственности поселка (местного самоуправления).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
     <w:bookmarkStart w:name="z133" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      - принимает решение о реализации бюджета поселка; </w:t>
+        <w:t>
+      23. Аппарат акима не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
     <w:bookmarkStart w:name="z134" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      - разрабатывает и представляет на утверждение собрания местного сообщества программу развития местного сообщества; </w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
     <w:bookmarkStart w:name="z135" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - выступает заказчиком по строительству, реконструкции и ремонту объектов, относящихся к коммунальному имуществу поселка;</w:t>
+      24. Реорганизация и упразднение аппарата акима осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z136" w:id="129"/>
-[...972 lines deleted...]
-    <w:bookmarkEnd w:id="176"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4374,1832 +5041,1832 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 2 сентября 2022 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 47/06</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z185" w:id="177"/>
+    <w:bookmarkStart w:name="z185" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение государственного учреждения "Аппарат акима поселка Шахан"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z186" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z187" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Государственное учреждение "Аппарат акима поселка Шахан" (далее – аппарат акима) является государственным органом Республики Казахстан, обеспечивающим руководство в сферах планирования и исполнения бюджета поселка, а также управления коммунальной собственностью поселка (коммунальной собственностью местного самоуправления) в соответствии с законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z188" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Аппарат акима осуществляет свою деятельность в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституцией</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z189" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Аппарат акима является юридическим лицом в организационно – правовой форме государственного учреждения, имеет печати с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском и русском языках, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z190" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Аппарат акима вступает в гражданско-правовые отношения от собственного имени.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z191" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Аппарат акима имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z192" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Аппарат акима по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые распоряжениями и решениями акима поселка и другими актами, предусмотренными законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z193" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Структура и лимит штатной численности аппарата акима утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z194" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Местонахождение юридического лица: индекс: 101605, Карагандинская область, город Шахтинск, поселок Шахан, улица Шаханская, 11.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z195" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Настоящее положение является учредительным документом аппарата акима.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z196" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Аппарат акима является государственным учреждением, содержащимся за счет местного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z197" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Аппарату акима запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями аппарата акима. Если аппарату акима законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z198" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Задачи и полномочия государственного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z199" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Задачи:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z200" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Информационно-аналитическое, организационно-правовое и материально-техническое обеспечение деятельности акима поселка, а также решение вопросов местного значения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z201" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) контроль за исполнением и организация исполнения актов акима и акимата города, поручений акима, заместителей акима и акимата города; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z202" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Полномочия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z203" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) права:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z204" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      - запрашивать и получать необходимую информацию, документы и иные материалы от должностных лиц государственных органов и других организаций; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z205" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - приобретать и осуществлять имущественные и неимущественные права;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z206" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - пользоваться информационными базами данных органов государственного управления, архивов, научных учреждений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z207" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - заключать договора, соглашения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z208" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - иметь иные права, предусмотренные в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z209" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z210" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - качественно оказывать государственные услуги населению в соответствии с действующим законодательством;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z211" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - качественно и своевременно исполнять акты и поручения Президента, Правительства Республики Казахстан и иных центральных исполнительных органов, акима и акимата области, района (города областного значения), акима города районного значения, поселка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z212" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z213" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Аппарат акима в рамках своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z214" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      - обеспечивает организацию проведения схода местного сообщества, раздельного схода местного сообщества жителей поселка, улицы, многоквартирного жилого дома, собрания местного сообщества; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z215" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - оповещает о времени, месте созыва раздельного схода местного сообщества, схода и собрания местного сообщества и обсуждаемых вопросах не позднее чем за десять календарных дней до дня их проведения через средства массовой информации или иными способами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z216" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - обеспечивает исполнение решений, принятых на сходе местного сообщества или собрании местного сообщества и одобренных акимом поселка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z217" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - обеспечивает планирование и исполнение бюджета поселка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z218" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - представляет собранию местного сообщества и в маслихат района (города областного значения) отчет об исполнении бюджета поселка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z219" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      - принимает решение о реализации бюджета поселка; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z220" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      - разрабатывает и представляет на утверждение собрания местного сообщества программу развития местного сообщества; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z221" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - выступает заказчиком по строительству, реконструкции и ремонту объектов, относящихся к коммунальному имуществу поселка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z222" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      - осуществляет контроль за целевым и эффективным использованием коммунального имущества местного самоуправления; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z223" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - осуществляет права субъекта права коммунальной собственности по отношению к коммунальным юридическим лицам местного самоуправления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z224" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      - представляет интересы государства по вопросам коммунального имущества местного самоуправления, осуществляет защиту права собственности поселка, (коммунальной собственности местного самоуправления); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z225" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - организует учет коммунального имущества местного самоуправления, обеспечивает его эффективное использование;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z226" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Аппарат акима поселка по согласованию с собранием местного сообщества:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z227" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - разрабатывает проекты правовых актов в сфере управления коммунальным имуществом местного самоуправления в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z228" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - управляет коммунальным имуществом местного самоуправления, если иное не предусмотрено законами Республики Казахстан, осуществляет меры по его защите;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z229" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - осуществляет изъятие или перераспределение имущества, переданного коммунальному юридическому лицу местного самоуправления или приобретенного им в результате собственной хозяйственной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z230" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      - осуществляет изъятие излишнего, неиспользуемого либо используемого не по назначению имущества коммунальных юридических лиц местного самоуправления; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z231" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - предоставляет коммунальное имущество местного самоуправления в имущественный наем (аренду), доверительное управление физическим лицам и негосударственным юридическим лицам без права последующего выкупа либо с правом последующего выкупа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z232" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - принимает решение о создании, реорганизации, изменении наименования и ликвидации коммунальных юридических лиц местного самоуправления по согласованию с акимом района (города областного значения);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z233" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      - дает согласие коммунальному государственному предприятию на отчуждение или распоряжение иным способом, закрепленным за ним имуществом (за исключением продажи произведенной им продукции), создание филиалов и представительств, а также на передачу и списание дебиторской задолженности; </w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z186" w:id="178"/>
+    <w:bookmarkStart w:name="z234" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - утверждает устав (положение) государственных юридических лиц местного самоуправления, внесение в него изменений и дополнений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z235" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      - определяет приоритетные направления деятельности и обязательные объемы работ (услуг), финансируемых из бюджета, коммунальных государственных предприятий, имущество которых находится в коммунальной собственности города поселка (коммунальной собственности местного самоуправления); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z236" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      - рассматривает, согласовывает в случаях, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О государственном имуществе", и утверждает планы развития государственных предприятий, имущество которых находится в коммунальной собственности поселка (коммунальной собственности местного самоуправления), и отчеты по их исполнению; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z237" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - принимает решения об использовании коммунального имущества местного самоуправления, в том числе о передаче его в залог, аренду, безвозмездное пользование и доверительное управление;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z238" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - закрепляет коммунальное имущество местного самоуправления за коммунальными юридическими лицами местного самоуправления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z239" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      - принимает решение об отчуждении коммунального имущества местного самоуправления; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z240" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
-[...139 lines deleted...]
-      6. Аппарат акима по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые распоряжениями и решениями акима поселка и другими актами, предусмотренными законодательством Республики Казахстан. </w:t>
+        <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z193" w:id="185"/>
-[...15 lines deleted...]
-      7. Структура и лимит штатной численности аппарата акима утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z241" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15. Руководство аппарата акима осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на аппарат акима задач и осуществление им своих полномочий. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z194" w:id="186"/>
-[...15 lines deleted...]
-      8. Местонахождение юридического лица: индекс: 101605, Карагандинская область, город Шахтинск, поселок Шахан, улица Шаханская, 11.</w:t>
+    <w:bookmarkStart w:name="z242" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Первый руководитель аппарата акима назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z195" w:id="187"/>
-[...15 lines deleted...]
-      9. Настоящее положение является учредительным документом аппарата акима.</w:t>
+    <w:bookmarkStart w:name="z243" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Первый руководитель аппарата акима имеет заместителя, который назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z196" w:id="188"/>
-[...15 lines deleted...]
-      10. Аппарат акима является государственным учреждением, содержащимся за счет местного бюджета.</w:t>
+    <w:bookmarkStart w:name="z244" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      18. Полномочия первого руководителя: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z197" w:id="189"/>
-[...15 lines deleted...]
-      11. Аппарату акима запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями аппарата акима. Если аппарату акима законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z245" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществляет общее руководство работой государственного учреждения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z198" w:id="190"/>
+    <w:bookmarkStart w:name="z246" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) рассматривает решения, принятые на сходе местного сообщества или собрании местного сообщества, обеспечивает их исполнение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z247" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) представляет на утверждение акимата города Положение и структуру государственного учреждения, а также изменения в них;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z248" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) утверждает должностные инструкции работников государственного учреждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z249" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) издает распоряжения и дает поручения, обязательные для всех работников государственного учреждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z250" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) без доверенности действует от имени государственного учреждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z251" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) представляет интересы государственного учреждения в государственных органах, иных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z252" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) заключает договоры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z253" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) открывает банковские счета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z254" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) принимает на работу и увольняет с работы сотрудников государственного учреждения в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z255" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) применяет меры поощрения и налагает дисциплинарные взыскания к сотрудникам государственного учреждения, в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z256" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) принимает меры по противодействию коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z257" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) несет персональную ответственность за исполнение антикоррупционного законодательства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z258" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) несет ответственность за нарушение законодательства Республики Казахстан и иных нормативных правовых актов в сфере оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z259" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) осуществляет иные функции, возложенные на него законодательством Республики Казахстан, настоящим Положением и уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z260" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Исполнение полномочий первого руководителя государственного учреждения в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z261" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      19. Первый руководитель определяет полномочия своего заместителя в соответствии с действующим законодательством. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z262" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Аппарат акима возглавляется первым руководителем (акимом), назначаемым на должность и освобождаемым от должности в соответствии с действующим законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z263" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Задачи и полномочия государственного органа</w:t>
-[...339 lines deleted...]
-      - оповещает о времени, месте созыва раздельного схода местного сообщества, схода и собрания местного сообщества и обсуждаемых вопросах не позднее чем за десять календарных дней до дня их проведения через средства массовой информации или иными способами;</w:t>
+        <w:t xml:space="preserve"> Глава 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z216" w:id="208"/>
-[...15 lines deleted...]
-      - обеспечивает исполнение решений, принятых на сходе местного сообщества или собрании местного сообщества и одобренных акимом поселка;</w:t>
+    <w:bookmarkStart w:name="z264" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Аппарат акима может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z217" w:id="209"/>
-[...15 lines deleted...]
-      - обеспечивает планирование и исполнение бюджета поселка;</w:t>
+    <w:bookmarkStart w:name="z265" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имущество аппарата акима формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z218" w:id="210"/>
-[...15 lines deleted...]
-      - представляет собранию местного сообщества и в маслихат района (города областного значения) отчет об исполнении бюджета поселка;</w:t>
+    <w:bookmarkStart w:name="z266" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Имущество, закрепленное за аппаратом акима относится к коммунальной собственности поселка (местного самоуправления).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z219" w:id="211"/>
-[...15 lines deleted...]
-      - принимает решение о реализации бюджета поселка; </w:t>
+    <w:bookmarkStart w:name="z267" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Аппарат акима не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z220" w:id="212"/>
-[...15 lines deleted...]
-      - разрабатывает и представляет на утверждение собрания местного сообщества программу развития местного сообщества; </w:t>
+    <w:bookmarkStart w:name="z268" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z221" w:id="213"/>
-[...15 lines deleted...]
-      - выступает заказчиком по строительству, реконструкции и ремонту объектов, относящихся к коммунальному имуществу поселка;</w:t>
+    <w:bookmarkStart w:name="z269" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Реорганизация и упразднение аппарата акима осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z222" w:id="214"/>
-[...972 lines deleted...]
-    <w:bookmarkEnd w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -6525,31 +7192,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>