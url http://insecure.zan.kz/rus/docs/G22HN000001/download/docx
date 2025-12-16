--- v0 (2025-10-14)
+++ v1 (2025-12-16)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5c8344c" w14:textId="5c8344c">
+    <w:p w14:paraId="9c848f7" w14:textId="9c848f7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,151 +100,76 @@
         </w:rPr>
         <w:t>Об утверждении положения Комитета науки Министерства науки и высшего образования Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра науки и высшего образования Республики Казахстан от 13 сентября 2022 года № 1-к.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...77 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z3" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении положения Комитета науки Министерства науки и высшего образования Республики Казахстан</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с постановлениями Правительства Республики Казахстан от 1 сентября 2021 года № </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -457,71 +382,61 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министр</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      С. </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">    </w:t>
+        <w:t>      С. Нурбек</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z11" w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Утверждено</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
@@ -2332,50 +2247,68 @@
         <w:t>
       42) разрабатывает и реализует программы содействия коммерциализации результатов научной и (или) научно-технической деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
     <w:bookmarkStart w:name="z90" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43) осуществляет мониторинг реализации программ содействия коммерциализации результатов научной и (или) научно-технической деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43-1) разрабатывает положение об осуществлении мониторинга реализации научных, научно-технических проектов и программ, проектов коммерциализации результатов научной и (или) научно-технической деятельности на стадиях их выполнения и завершения;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z91" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44) подготавливает для внесения в Правительство Республики Казахстан информацию об эффективности мер по коммерциализации результатов научной и (или) научно-технической деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
     <w:bookmarkStart w:name="z92" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2456,92 +2389,126 @@
     <w:bookmarkEnd w:id="93"/>
     <w:bookmarkStart w:name="z96" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49) осуществляет иные функции, предусмотренных законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">Сноска. Пункт 15 с изменениями, внесенными приказом Министра науки и высшего образования РК от 03.11.2023 </w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 с изменениями, внесенными приказами Министра науки и высшего образования РК от 03.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 562</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
-          <w:i/>
-          <w:color w:val="000000"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 532</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z97" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>