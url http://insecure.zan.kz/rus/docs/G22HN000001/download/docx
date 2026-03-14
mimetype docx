--- v1 (2025-12-16)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9c848f7" w14:textId="9c848f7">
+    <w:p w14:paraId="ce28e9f" w14:textId="ce28e9f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -102,75 +102,73 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра науки и высшего образования Республики Казахстан от 13 сентября 2022 года № 1-к.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z3" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении положения Комитета науки Министерства науки и высшего образования Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с постановлениями Правительства Республики Казахстан от 1 сентября 2021 года № </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -205,267 +203,267 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О некоторых вопросах Министерства науки и высшего образования Республики Казахстан" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемое </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о республиканском государственном учреждении "Комитет науки Министерства науки и высшего образования Республики Казахстан".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Комитету науки Министерства науки и высшего образования Республики Казахстан в установленные сроки принять необходимые меры, вытекающие из настоящего приказа.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Отменить </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и. о. Министра образования и науки Республики Казахстан от 17 августа 2021 года № 864-к "Об утверждении Положений структурных подразделений Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Контроль за исполнением настоящего приказа оставляю за собой.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
-[...15 lines deleted...]
-      4. Контроль за исполнением настоящего приказа оставляю за собой.</w:t>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Настоящий приказ вводится в действие со дня его подписания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министр</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      С. Нурбек</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z11" w:id="7"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Утверждено</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z11" w:id="8"/>
-[...18 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказом Министра науки и</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -501,1934 +499,2598 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>от "___" ______________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2022 года №_______ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение о республиканском государственном учреждении "Комитет науки Министерства науки и высшего образования Республики Казахстан"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Сноска. Заголовок - в редакции приказа Министра науки и высшего образования РК от 03.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 562</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Глава 1. Общие положения </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Комитет науки Министерства науки и высшего образования Республики Казахстан (далее – Комитет) является ведомством, осуществляющим в пределах компетенции Министерства науки и высшего образования (далее – Министерство) функции по реализации государственной политики в области науки и научно-технической деятельности, в том числе по коммерциализации результатов научной и (или) научно-технической деятельности и инновационной деятельности, отнесенной к его компетенции.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z14" w:id="11"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа Министра науки и высшего образования РК от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 558</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Комитет осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституцией</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Комитет является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печати и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z16" w:id="13"/>
-[...15 lines deleted...]
-      3. Комитет является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печати и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
+    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Комитет вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z17" w:id="14"/>
-[...15 lines deleted...]
-      4. Комитет вступает в гражданско-правовые отношения от собственного имени.</w:t>
+    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Комитет имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z18" w:id="15"/>
-[...15 lines deleted...]
-      5. Комитет имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
+    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Комитет по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами Председателя Комитета и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z19" w:id="16"/>
-[...15 lines deleted...]
-      6. Комитет по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами Председателя Комитета и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Структура и лимит штатной численности Комитета утверждаются в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z20" w:id="17"/>
-[...15 lines deleted...]
-      7. Структура и лимит штатной численности Комитета утверждаются в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Местонахождение Комитета: 010000, город Астана, район Есиль, проспект Мәңгілік Ел, дом 8, Административное здание "Дом министерств", подъезд 11.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z21" w:id="18"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Сноска. Пункт 8 - в редакции приказа Министра науки и высшего образования РК от 03.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 562</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Полное наименование государственного органа – государственное учреждение "Комитет науки Министерства науки и высшего образования Республики Казахстан".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Настоящее Положение является учредительным документом.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z23" w:id="20"/>
-[...15 lines deleted...]
-      10. Настоящее Положение является учредительным документом.</w:t>
+    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Финансирование деятельности Комитета осуществляется из республиканского бюджета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z24" w:id="21"/>
-[...15 lines deleted...]
-      11. Финансирование деятельности Комитета осуществляется из республиканского бюджета.</w:t>
+    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Комитету запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями Комитета. Если Комитету законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z25" w:id="22"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z26" w:id="23"/>
+    <w:bookmarkStart w:name="z26" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Глава 2. Задачи, права и обязанности Комитета</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Задачи:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z27" w:id="24"/>
-[...15 lines deleted...]
-      13. Задачи:</w:t>
+    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) реализация государственной политики в области науки, научно-технической деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z28" w:id="25"/>
-[...15 lines deleted...]
-      1) реализация государственной политики в области науки, научно-технической деятельности;</w:t>
+    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) реализация государственной политики в области коммерциализации результатов научной и (или) научно-технической деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z29" w:id="26"/>
-[...15 lines deleted...]
-      2) реализация государственной политики в области коммерциализации результатов научной и (или) научно-технической деятельности;</w:t>
+    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) совершенствование организации научных исследований и повышение их конкурентоспособности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z30" w:id="27"/>
-[...15 lines deleted...]
-      3) совершенствование организации научных исследований и повышение их конкурентоспособности.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) планирование, мониторинг, стимулирование и развитие инновационной системы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) формирование и реализация государственной политики в области государственной поддержки инновационной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) формирование и реализация государственной технологической политики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 13 с изменением, внесенным приказом Министра науки и высшего образования РК от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 558</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Права и обязанности:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z31" w:id="28"/>
-[...15 lines deleted...]
-      14. Права и обязанности:</w:t>
+    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) запрашивать и получать в установленном законодательством порядке от государственных органов, организаций, независимо от форм собственности и ведомственной подчиненности, их должностных лиц, необходимую информацию и материалы, в том числе, необходимые для оказания государственных услуг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z32" w:id="29"/>
-[...15 lines deleted...]
-      1) запрашивать и получать в установленном законодательством порядке от государственных органов, организаций, независимо от форм собственности и ведомственной подчиненности, их должностных лиц, необходимую информацию и материалы, в том числе, необходимые для оказания государственных услуг;</w:t>
+    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) привлекать в установленном законодательством Республики Казахстан порядке для проработки вопросов, отнесенных к установленной сфере деятельности Комитета, научные и иные организации, ученых и специалистов, в том числе зарубежных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z33" w:id="30"/>
-[...15 lines deleted...]
-      2) привлекать в установленном законодательством Республики Казахстан порядке для проработки вопросов, отнесенных к установленной сфере деятельности Комитета, научные и иные организации, ученых и специалистов, в том числе зарубежных;</w:t>
+    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) взаимодействовать в установленном законодательством Республики Казахстан порядке с органами государственной власти иностранных государств и международными организациями;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z34" w:id="31"/>
-[...15 lines deleted...]
-      3) взаимодействовать в установленном законодательством Республики Казахстан порядке с органами государственной власти иностранных государств и международными организациями;</w:t>
+    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) создавать консультативно-совещательные и экспертные органы (советы, в том числе по антиплагиату, комиссии, группы, коллегии) в области науки, научно-технической деятельности и коммерциализации результатов научной и (или) научно-технической деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z35" w:id="32"/>
-[...15 lines deleted...]
-      4) создавать консультативно-совещательные и экспертные органы (советы, в том числе по антиплагиату, комиссии, группы, коллегии) в области науки, научно-технической деятельности и коммерциализации результатов научной и (или) научно-технической деятельности;</w:t>
+    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) вносить предложения по созданию, реорганизации и ликвидации научных организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z36" w:id="33"/>
-[...15 lines deleted...]
-      5) вносить предложения по созданию, реорганизации и ликвидации научных организаций;</w:t>
+    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществлять функции субъекта права государственной собственности в отношении подведомственных государственных учреждений и предприятий, владеть и пользоваться государственным пакетом акций (долей участия) в акционерных обществах (товариществах) и другим имуществом, находящимися в республиканской собственности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z37" w:id="34"/>
-[...15 lines deleted...]
-      6) осуществлять функции субъекта права государственной собственности в отношении подведомственных государственных учреждений и предприятий, владеть и пользоваться государственным пакетом акций (долей участия) в акционерных обществах (товариществах) и другим имуществом, находящимися в республиканской собственности;</w:t>
+    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) проводить переговоры по поручению руководства Министерства и вносить предложения о заключении договоров с государственными органами зарубежных стран, международными организациями и иностранными юридическими лицами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z38" w:id="35"/>
-[...15 lines deleted...]
-      7) проводить переговоры по поручению руководства Министерства и вносить предложения о заключении договоров с государственными органами зарубежных стран, международными организациями и иностранными юридическими лицами;</w:t>
+    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) организовывать и проводить информационно-презентационные мероприятия (форумы, презентации, конференции и другие мероприятия), а также совещания по проблемным вопросам научного, научно-технического развития и коммерциализации результатов научной и (или) научно-технической деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z39" w:id="36"/>
-[...15 lines deleted...]
-      8) организовывать и проводить информационно-презентационные мероприятия (форумы, презентации, конференции и другие мероприятия), а также совещания по проблемным вопросам научного, научно-технического развития и коммерциализации результатов научной и (или) научно-технической деятельности;</w:t>
+    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) организовывать повышение квалификации и переподготовки сотрудников Комитета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z40" w:id="37"/>
-[...15 lines deleted...]
-      9) организовывать повышение квалификации и переподготовки сотрудников Комитета;</w:t>
+    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) участвовать в пределах компетенции в разработке проектов нормативных правовых актов и международных договоров Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z41" w:id="38"/>
-[...15 lines deleted...]
-      10) участвовать в пределах компетенции в разработке проектов нормативных правовых актов и международных договоров Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) обращаться в суд, предъявлять иски в целях защиты прав и интересов Комитета в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z42" w:id="39"/>
-[...15 lines deleted...]
-      11) обращаться в суд, предъявлять иски в целях защиты прав и интересов Комитета в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) взаимодействовать с другими государственными органами, международными организациями, участниками внешнеэкономической и иной деятельности в порядке, определенном законодательством Республики Казахстан, а также на основании совместных актов соответствующих государственных органов по согласованию с ними;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z43" w:id="40"/>
-[...15 lines deleted...]
-      12) взаимодействовать с другими государственными органами, международными организациями, участниками внешнеэкономической и иной деятельности в порядке, определенном законодательством Республики Казахстан, а также на основании совместных актов соответствующих государственных органов по согласованию с ними;</w:t>
+    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) вносить предложения по совершенствованию законодательства Республики Казахстан по вопросам, входящим в его компетенцию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z44" w:id="41"/>
-[...15 lines deleted...]
-      13) вносить предложения по совершенствованию законодательства Республики Казахстан по вопросам, входящим в его компетенцию;</w:t>
+    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) привлекать в установленном законодательством Республики Казахстан порядке для проработки вопросов, в пределах компетенции Комитета, неправительственные организации, научные и иные организации, ученых и специалистов, в том числе зарубежных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z45" w:id="42"/>
-[...15 lines deleted...]
-      14) привлекать в установленном законодательством Республики Казахстан порядке для проработки вопросов, в пределах компетенции Комитета, неправительственные организации, научные и иные организации, ученых и специалистов, в том числе зарубежных;</w:t>
+    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) осуществлять иные права и обязанности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z46" w:id="43"/>
-[...15 lines deleted...]
-      15) осуществлять иные права и обязанности в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z47" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z47" w:id="44"/>
-[...15 lines deleted...]
-      15. Функции:</w:t>
+    <w:bookmarkStart w:name="z48" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) разрабатывает предложения по формированию государственной политики в области науки и научно-технической деятельности с учетом целей, и приоритетов социально-экономического, общественно-политического развития страны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z48" w:id="45"/>
-[...15 lines deleted...]
-      1) разрабатывает предложения по формированию государственной политики в области науки и научно-технической деятельности с учетом целей, и приоритетов социально-экономического, общественно-политического развития страны;</w:t>
+    <w:bookmarkStart w:name="z49" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) разрабатывает предложения по формированию государственной политики в области коммерциализации результатов научной и (или) научно-технической деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z49" w:id="46"/>
-[...15 lines deleted...]
-      2) разрабатывает предложения по формированию государственной политики в области коммерциализации результатов научной и (или) научно-технической деятельности;</w:t>
+    <w:bookmarkStart w:name="z50" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) координирует научные, научно-технические проекты и программы фундаментальных и прикладных научных исследований, финансируемые из государственного бюджета, за исключением научных, научно-технических проектов и программ, формируемых в рамках государственного оборонного заказа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z50" w:id="47"/>
-[...15 lines deleted...]
-      3) координирует научные, научно-технические проекты и программы фундаментальных и прикладных научных исследований, финансируемые из государственного бюджета, за исключением научных, научно-технических проектов и программ, формируемых в рамках государственного оборонного заказа;</w:t>
+    <w:bookmarkStart w:name="z51" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) разрабатывает приоритетные направления фундаментальных и прикладных научных исследований в Республике Казахстан (при отборе научных исследований в рамках приоритетных направлений фундаментальных и прикладных научных исследований, затрагивающих область биологической безопасности, учитываются требования законодательства Республики Казахстан в области биологической безопасности);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z51" w:id="48"/>
-[...15 lines deleted...]
-      4) разрабатывает приоритетные направления фундаментальных и прикладных научных исследований в Республике Казахстан (при отборе научных исследований в рамках приоритетных направлений фундаментальных и прикладных научных исследований, затрагивающих область биологической безопасности, учитываются требования законодательства Республики Казахстан в области биологической безопасности);</w:t>
+    <w:bookmarkStart w:name="z52" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) осуществляет межотраслевую координацию в области науки и коммерциализации результатов научной и (или) научно-технической деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z52" w:id="49"/>
-[...15 lines deleted...]
-      5) осуществляет межотраслевую координацию в области науки и коммерциализации результатов научной и (или) научно-технической деятельности;</w:t>
+    <w:bookmarkStart w:name="z53" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) организует деятельность Высшей научно-технической комиссии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z53" w:id="50"/>
-[...15 lines deleted...]
-      6) организует деятельность Высшей научно-технической комиссии;</w:t>
+    <w:bookmarkStart w:name="z54" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) организует в установленном порядке работы по рассмотрению и отбору материалов, представляемых на соискание Государственной премии Республики Казахстан в области науки и техники имени аль-Фараби, гуманитарных наук имени А. Байтурсынулы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z54" w:id="51"/>
-[...15 lines deleted...]
-      7) организует в установленном порядке работы по рассмотрению и отбору материалов, представляемых на соискание Государственной премии Республики Казахстан в области науки и техники имени аль-Фараби, гуманитарных наук имени А. Байтурсынулы;</w:t>
+    <w:bookmarkStart w:name="z55" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) организует разработку научных, научно-технических проектов и программ фундаментальных и прикладных научных исследований, реализуемых за счет государственного бюджета, и осуществления их реализации на стадиях формирования, исполнения и завершения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z55" w:id="52"/>
-[...15 lines deleted...]
-      8) организует разработку научных, научно-технических проектов и программ фундаментальных и прикладных научных исследований, реализуемых за счет государственного бюджета, и осуществления их реализации на стадиях формирования, исполнения и завершения;</w:t>
+    <w:bookmarkStart w:name="z56" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) вносит предложения по перечню и составу национальных научных советов, а также координирует их деятельность;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z56" w:id="53"/>
-[...15 lines deleted...]
-      9) вносит предложения по перечню и составу национальных научных советов, а также координирует их деятельность;</w:t>
+    <w:bookmarkStart w:name="z57" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) координирует работу отраслевых уполномоченных органов, осуществляемую в рамках научных, научно-технических проектов и программ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z57" w:id="54"/>
-[...15 lines deleted...]
-      10) координирует работу отраслевых уполномоченных органов, осуществляемую в рамках научных, научно-технических проектов и программ;</w:t>
+    <w:bookmarkStart w:name="z58" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) осуществляет координации деятельности центральных и местных исполнительных органов по реализации государственной политики в сфере науки и коммерциализации результатов научной и (или) научно-технической деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z58" w:id="55"/>
-[...15 lines deleted...]
-      11) осуществляет координации деятельности центральных и местных исполнительных органов по реализации государственной политики в сфере науки и коммерциализации результатов научной и (или) научно-технической деятельности;</w:t>
+    <w:bookmarkStart w:name="z59" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) осуществляет международное сотрудничество в области науки и научно-технической деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z59" w:id="56"/>
-[...15 lines deleted...]
-      12) осуществляет международное сотрудничество в области науки и научно-технической деятельности;</w:t>
+    <w:bookmarkStart w:name="z60" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) проводит переговоры с иностранными партнерами и подписывает международные договоры (соглашения) и программы в области научной и научно-технической деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z60" w:id="57"/>
-[...15 lines deleted...]
-      13) проводит переговоры с иностранными партнерами и подписывает международные договоры (соглашения) и программы в области научной и научно-технической деятельности;</w:t>
+    <w:bookmarkStart w:name="z150" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-1) проводит анализ и выявляет системные проблемы, поднимаемые заявителями в обращениях в рамках административных процедур;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z150" w:id="58"/>
-[...15 lines deleted...]
-      13-1) проводит анализ и выявляет системные проблемы, поднимаемые заявителями в обращениях в рамках административных процедур;</w:t>
+    <w:bookmarkStart w:name="z61" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) реализует обязательства по научным и научно-техническим программам и проектам, предусмотренным международными договорами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z61" w:id="59"/>
-[...15 lines deleted...]
-      14) реализует обязательства по научным и научно-техническим программам и проектам, предусмотренным международными договорами Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z62" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) осуществляет координацию проведения государственной политики в области науки и научно-технической деятельности, а также коммерциализации результатов научной и (или) научно-технической деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z62" w:id="60"/>
-[...15 lines deleted...]
-      15) осуществляет координацию проведения государственной политики в области науки и научно-технической деятельности, а также коммерциализации результатов научной и (или) научно-технической деятельности;</w:t>
+    <w:bookmarkStart w:name="z63" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) вносит предложения о создании, реорганизации и ликвидации научных организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z63" w:id="61"/>
-[...15 lines deleted...]
-      16) вносит предложения о создании, реорганизации и ликвидации научных организаций;</w:t>
+    <w:bookmarkStart w:name="z64" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) утверждает типовое положение о консультативно-совещательном органе научной организации, включая порядок избрания его членов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z64" w:id="62"/>
-[...15 lines deleted...]
-      17) утверждает типовое положение о консультативно-совещательном органе научной организации, включая порядок избрания его членов;</w:t>
+    <w:bookmarkStart w:name="z65" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) осуществляет в установленном порядке финансирования подведомственных организаций за счет бюджетных средств;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z65" w:id="63"/>
-[...15 lines deleted...]
-      18) осуществляет в установленном порядке финансирования подведомственных организаций за счет бюджетных средств;</w:t>
+    <w:bookmarkStart w:name="z66" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) формирует целевые и международные программы в области науки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z66" w:id="64"/>
-[...15 lines deleted...]
-      19) формирует целевые и международные программы в области науки;</w:t>
+    <w:bookmarkStart w:name="z67" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) разрабатывает нормативные правовые акты в области научной, научно-технической деятельности, коммерциализации результатов научной и (или) научно-технической деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z67" w:id="65"/>
-[...15 lines deleted...]
-      20) разрабатывает нормативные правовые акты в области научной, научно-технической деятельности, коммерциализации результатов научной и (или) научно-технической деятельности;</w:t>
+    <w:bookmarkStart w:name="z68" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) разрабатывает правила установления ежемесячной пожизненной стипендии академикам Национальной академии наук Республики Казахстан, достигшим пенсионного возраста;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z68" w:id="66"/>
-[...15 lines deleted...]
-      21) разрабатывает правила установления ежемесячной пожизненной стипендии академикам Национальной академии наук Республики Казахстан, достигшим пенсионного возраста;</w:t>
+    <w:bookmarkStart w:name="z69" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) разрабатывает правила и критерии избрания академиков Национальной академии наук Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z69" w:id="67"/>
-[...15 lines deleted...]
-      22) разрабатывает правила и критерии избрания академиков Национальной академии наук Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z70" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) разрабатывает порядок организации и проведения научных исследований и опытно-конструкторских работ на основе государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z70" w:id="68"/>
-[...15 lines deleted...]
-      23) разрабатывает порядок организации и проведения научных исследований и опытно-конструкторских работ на основе государственно-частного партнерства;</w:t>
+    <w:bookmarkStart w:name="z71" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) разрабатывает правила государственного учета проектов коммерциализации результатов научной и (или) научно-технической деятельности, финансируемых из государственного бюджета, и отчетов по их выполнению;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z71" w:id="69"/>
-[...15 lines deleted...]
-      24) разрабатывает правила государственного учета проектов коммерциализации результатов научной и (или) научно-технической деятельности, финансируемых из государственного бюджета, и отчетов по их выполнению;</w:t>
+    <w:bookmarkStart w:name="z72" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) разрабатывает перечень научных организаций, осуществляющих фундаментальные научные исследования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z72" w:id="70"/>
-[...15 lines deleted...]
-      25) разрабатывает перечень научных организаций, осуществляющих фундаментальные научные исследования;</w:t>
+    <w:bookmarkStart w:name="z73" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) разрабатывает нормы финансирования научных организаций, осуществляющих фундаментальные научные исследования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z73" w:id="71"/>
-[...15 lines deleted...]
-      26) разрабатывает нормы финансирования научных организаций, осуществляющих фундаментальные научные исследования;</w:t>
+    <w:bookmarkStart w:name="z74" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) разрабатывает правила организации и проведения государственной научно-технической экспертизы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z74" w:id="72"/>
-[...15 lines deleted...]
-      27) разрабатывает правила организации и проведения государственной научно-технической экспертизы;</w:t>
+    <w:bookmarkStart w:name="z75" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) разрабатывает типовое положение о консультативно-совещательном органе научной организации, включая порядок избрания его членов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z75" w:id="73"/>
-[...15 lines deleted...]
-      28) разрабатывает типовое положение о консультативно-совещательном органе научной организации, включая порядок избрания его членов;</w:t>
+    <w:bookmarkStart w:name="z76" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) разрабатывает правила отбора претендентов и прохождения научных стажировок;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z76" w:id="74"/>
-[...15 lines deleted...]
-      29) разрабатывает правила отбора претендентов и прохождения научных стажировок;</w:t>
+    <w:bookmarkStart w:name="z77" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) разрабатывает требования к ведущим ученым, оплата труда которых осуществляется в рамках базового финансирования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z77" w:id="75"/>
-[...15 lines deleted...]
-      30) разрабатывает требования к ведущим ученым, оплата труда которых осуществляется в рамках базового финансирования;</w:t>
+    <w:bookmarkStart w:name="z78" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) разрабатывает правила присуждения ежегодной премии "Лучший научный работник";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z78" w:id="76"/>
-[...15 lines deleted...]
-      31) разрабатывает правила присуждения ежегодной премии "Лучший научный работник";</w:t>
+    <w:bookmarkStart w:name="z79" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) разрабатывает классификатор научных направлений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z79" w:id="77"/>
-[...15 lines deleted...]
-      32) разрабатывает классификатор научных направлений;</w:t>
+    <w:bookmarkStart w:name="z80" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33) разрабатывает положение о национальных научных советах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z80" w:id="78"/>
-[...15 lines deleted...]
-      33) разрабатывает положение о национальных научных советах;</w:t>
+    <w:bookmarkStart w:name="z81" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34) разрабатывает положение об апелляционной комиссии и формирует ее состав;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z81" w:id="79"/>
-[...15 lines deleted...]
-      34) разрабатывает положение об апелляционной комиссии и формирует ее состав;</w:t>
+    <w:bookmarkStart w:name="z82" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35) разрабатывает правила базового и программно-целевого финансирования научной и (или) научно-технической деятельности, грантового финансирования научной и (или) научно-технической деятельности и коммерциализации результатов научной и (или) научно-технической деятельности, финансирования научных организаций, осуществляющих фундаментальные научные исследования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z82" w:id="80"/>
-[...15 lines deleted...]
-      35) разрабатывает правила базового и программно-целевого финансирования научной и (или) научно-технической деятельности, грантового финансирования научной и (или) научно-технической деятельности и коммерциализации результатов научной и (или) научно-технической деятельности, финансирования научных организаций, осуществляющих фундаментальные научные исследования;</w:t>
+    <w:bookmarkStart w:name="z83" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36) разрабатывает правила организации и проведения государственного учета научных, научно-технических проектов, программ и отчетов по их выполнению;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z83" w:id="81"/>
-[...15 lines deleted...]
-      36) разрабатывает правила организации и проведения государственного учета научных, научно-технических проектов, программ и отчетов по их выполнению;</w:t>
+    <w:bookmarkStart w:name="z84" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37) разрабатывает правила государственного учета научных, научно-технических проектов и программ, финансируемых из государственного бюджета, и отчетов по их выполнению;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z84" w:id="82"/>
-[...15 lines deleted...]
-      37) разрабатывает правила государственного учета научных, научно-технических проектов и программ, финансируемых из государственного бюджета, и отчетов по их выполнению;</w:t>
+    <w:bookmarkStart w:name="z85" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38) разрабатывает правила формирования, ведения и содержания рабочих коллекций патогенных и промышленных микроорганизмов, используемых в научной и производственной деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z85" w:id="83"/>
-[...15 lines deleted...]
-      38) разрабатывает правила формирования, ведения и содержания рабочих коллекций патогенных и промышленных микроорганизмов, используемых в научной и производственной деятельности;</w:t>
+    <w:bookmarkStart w:name="z86" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39) утверждает нормативные правовые акты по вопросам, входящим в компетенцию Комитета, и при наличии прямой компетенции по их утверждению в актах Министерства, за исключением нормативных правовых актов, затрагивающих права и свободы человека и гражданина;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z86" w:id="84"/>
-[...15 lines deleted...]
-      39) утверждает нормативные правовые акты по вопросам, входящим в компетенцию Комитета, и при наличии прямой компетенции по их утверждению в актах Министерства, за исключением нормативных правовых актов, затрагивающих права и свободы человека и гражданина;</w:t>
+    <w:bookmarkStart w:name="z87" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40) оказывает государственные услуги;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z87" w:id="85"/>
-[...15 lines deleted...]
-      40) оказывает государственные услуги;</w:t>
+    <w:bookmarkStart w:name="z88" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41) осуществляет планирование, реализацию мер по стимулированию коммерциализации результатов научной и (или) научно-технической деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z88" w:id="86"/>
-[...15 lines deleted...]
-      41) осуществляет планирование, реализацию мер по стимулированию коммерциализации результатов научной и (или) научно-технической деятельности;</w:t>
+    <w:bookmarkStart w:name="z89" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42) разрабатывает и реализует программы содействия коммерциализации результатов научной и (или) научно-технической деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z89" w:id="87"/>
-[...15 lines deleted...]
-      42) разрабатывает и реализует программы содействия коммерциализации результатов научной и (или) научно-технической деятельности;</w:t>
+    <w:bookmarkStart w:name="z90" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43) осуществляет мониторинг реализации программ содействия коммерциализации результатов научной и (или) научно-технической деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z90" w:id="88"/>
-[...15 lines deleted...]
-      43) осуществляет мониторинг реализации программ содействия коммерциализации результатов научной и (или) научно-технической деятельности;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43-1) разрабатывает положение об осуществлении мониторинга реализации научных, научно-технических проектов и программ, проектов коммерциализации результатов научной и (или) научно-технической деятельности на стадиях их выполнения и завершения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44) подготавливает для внесения в Правительство Республики Казахстан информацию об эффективности мер по коммерциализации результатов научной и (или) научно-технической деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:p>
-[...33 lines deleted...]
-      44) подготавливает для внесения в Правительство Республики Казахстан информацию об эффективности мер по коммерциализации результатов научной и (или) научно-технической деятельности;</w:t>
+    <w:bookmarkStart w:name="z92" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45) утверждает уставы подведомственных организаций Комитета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z92" w:id="90"/>
-[...15 lines deleted...]
-      45) утверждает уставы подведомственных организаций Комитета;</w:t>
+    <w:bookmarkStart w:name="z93" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46) организация подготовки, издания и внесения в Правительство Республики Казахстан ежегодного Национального доклада по науке;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z93" w:id="91"/>
-[...15 lines deleted...]
-      46) организация подготовки, издания и внесения в Правительство Республики Казахстан ежегодного Национального доклада по науке;</w:t>
+    <w:bookmarkStart w:name="z94" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47) размещение консолидированной аналитической информации о коммерциализации результатов научной и (или) научно-технической деятельности в открытом доступе на интернет-ресурсах уполномоченного органа и в периодических печатных изданиях;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z94" w:id="92"/>
-[...15 lines deleted...]
-      47) размещение консолидированной аналитической информации о коммерциализации результатов научной и (или) научно-технической деятельности в открытом доступе на интернет-ресурсах уполномоченного органа и в периодических печатных изданиях;</w:t>
+    <w:bookmarkStart w:name="z95" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48) проводит аккредитацию субъектов научной и (или) научно-технической деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z95" w:id="93"/>
-[...15 lines deleted...]
-      48) проводит аккредитацию субъектов научной и (или) научно-технической деятельности;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-1) разработка правил инициирования экспериментальных режимов для апробирования инновационных проектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-2) определение приоритетных направлений предоставления инновационных грантов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-3) внесение предложений в Правительство Республики Казахстан по определению национального института развития в области инновационного развития и перечня иных юридических лиц, пятьдесят и более процентов голосующих акций (долей участия в уставном капитале) которых прямо либо косвенно принадлежат государству, уполномоченных на реализацию мер государственной поддержки инновационной деятельности, в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-4) разработка правил предоставления инновационных грантов на технологическое развитие отраслей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-5) разработка правил предоставления инновационных грантов на коммерциализацию технологий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-6) разработка правил предоставления инновационных грантов на технологическое развитие действующих предприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-7) разработка правил оплаты услуг национального института развития в области инновационного развития при предоставлении инновационных грантов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-8) разработка классификации инновационной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-9) разработка методики расчета национального индекса развития инновационной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-10) предоставление инновационных грантов с привлечением национального института развития в области инновационного развития;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-11) выделение на основе договора, заключаемого с национальным институтом развития в области инновационного развития, средств на предоставление инновационных грантов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-12) разработка методики по определению критериев инновационности проектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-13) разработка методики оценки эффективности реализации мер государственной поддержки инновационной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-14) оказание содействия субъектам промышленно-инновационной деятельности по вхождению в глобальные цепочки добавленной стоимости, в том числе путем применения технической документации на производство новых видов товаров и мировых производственных франшиз ведущих мировых производителей, лидирующих по конкретным товарам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-15) формирование предложений по определению перечня специальностей, по которым требуется подготовка специалистов для приоритетных секторов экономики, на основе представляемых субъектами промышленно-инновационной деятельности сведений о потребностях в специалистах и направление в уполномоченный орган по вопросам занятости населения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-16) согласование планов развития национальных управляющих холдингов, национальных холдингов и национальных компаний, планы развития и планы мероприятий юридических лиц, пятьдесят и более процентов голосующих акций (долей участия в уставном капитале) которых принадлежат государству, аффилированных с ними юридических лиц, национальных управляющих холдингов (за исключением Фонда национального благосостояния), национальных холдингов, национальных компаний (за исключением национальных компаний, входящих в группу Фонда национального благосостояния) и аффилированных с ними юридических лиц в части развития технологий и инноваций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-17) согласование документов Системы государственного планирования в Республике Казахстан в части инновационного и технологического развития;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-18) разработка правил обеспечения мониторинга развития национальной инновационной системы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-19) разработка правил оказания услуг по содействию в развитии бизнес-инкубирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-20) разработка методики и критериев осуществления технологического прогнозирования, функционирования отраслевых центров технологических компетенций, организации технологических платформ и разработки целевых технологических программ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-21) участие в формировании государственной политики по цифровой трансформации и внедрению Индустрии 4.0;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      48-22) внесение предложений по определению в курируемых направлениях отраслевых центров технологических компетенций, целевых технологических программ и организации технологических платформ для рассмотрения на Высшей научно-технической комиссии; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-23) разработка правил осуществления мониторинга реализации государственной технологической политики в регионах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-24) поиск и проведение в пределах компетенции переговоров с потенциальными инвесторами, в том числе иностранными, с целью привлечения их к участию в реализации промышленно-инновационных проектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-25) привлечение в пределах компетенции субъектов промышленно-инновационной деятельности к участию в бизнес-форумах, конференциях и семинарах по инвестиционной тематике;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-26) распространение в пределах компетенции информации о промышленно-инновационных проектах в средствах массовой информации, в том числе иностранных, посредством загранучреждений, а также через иностранные дипломатические и приравненные к ним представительства и консульские учреждения на территории Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48-27) разработка правил софинансирования венчурных фондов осуществляемое на конкурсной основе субъектами инновационной системы, участвующими в государственной поддержке инновационной деятельности, включая целевые показатели софинансирования венчурных фондов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z96" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49) осуществляет иные функции, предусмотренных законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z96" w:id="94"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2450,1345 +3112,1365 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; от 19.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 532</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">; от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 558</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z97" w:id="95"/>
+    <w:bookmarkStart w:name="z97" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Глава 3. Статус и полномочия руководителя Комитета при организации его деятельности</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z98" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Руководство Комитета осуществляется Председателем, который несет персональную ответственность за выполнение возложенных на Комитет задач и осуществление им своих функций.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z98" w:id="96"/>
-[...15 lines deleted...]
-      16. Руководство Комитета осуществляется Председателем, который несет персональную ответственность за выполнение возложенных на Комитет задач и осуществление им своих функций.</w:t>
+    <w:bookmarkStart w:name="z99" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Председатель Комитета назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z99" w:id="97"/>
-[...15 lines deleted...]
-      17. Председатель Комитета назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z100" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Председатель Комитета имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z100" w:id="98"/>
-[...15 lines deleted...]
-      18. Председатель Комитета имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z101" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Полномочия Председателя Комитета:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z101" w:id="99"/>
-[...15 lines deleted...]
-      19. Полномочия Председателя Комитета:</w:t>
+    <w:bookmarkStart w:name="z102" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) определяет обязанности и полномочия руководителей структурных подразделений и работников Комитета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z102" w:id="100"/>
-[...15 lines deleted...]
-      1) определяет обязанности и полномочия руководителей структурных подразделений и работников Комитета;</w:t>
+    <w:bookmarkStart w:name="z103" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в соответствии с законодательством Республики Казахстан назначает на должности и освобождает от должностей первых руководителей подведомственных организаций и их заместителей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z103" w:id="101"/>
-[...15 lines deleted...]
-      2) в соответствии с законодательством Республики Казахстан назначает на должности и освобождает от должностей первых руководителей подведомственных организаций и их заместителей;</w:t>
+    <w:bookmarkStart w:name="z104" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) вносит предложения Руководителю аппарата Министерства по вопросам командирования, повышения квалификации, поощрении персонала Комитета, наложении и снятии дисциплинарных взысканий на него;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z104" w:id="102"/>
-[...15 lines deleted...]
-      3) вносит предложения Руководителю аппарата Министерства по вопросам командирования, повышения квалификации, поощрении персонала Комитета, наложении и снятии дисциплинарных взысканий на него;</w:t>
+    <w:bookmarkStart w:name="z105" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) вносит представления Руководителю аппарата Министерства о назначении на должности и освобождения от должностей, а также о поощрении и привлечении к дисциплинарной ответственности заместителей председателя и других сотрудников Комитета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z105" w:id="103"/>
-[...15 lines deleted...]
-      4) вносит представления Руководителю аппарата Министерства о назначении на должности и освобождения от должностей, а также о поощрении и привлечении к дисциплинарной ответственности заместителей председателя и других сотрудников Комитета;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) исключен приказом Министра науки и высшего образования РК от 11.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 260</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z107" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) в пределах своей компетенции издает приказы, дает указания, обязательные для исполнения работниками Комитета и организаций, в отношении которых Комитет является органом управления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z108" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) представляет Комитет в государственных органах и иных организациях в соответствии с действующим законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z109" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) осуществляет общее руководство по принятию мер, направленных на усиление борьбы с коррупцией и соблюдение требований законодательства о государственной службе, обеспечивает соблюдение сотрудниками требований антикоррупционного законодательства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z110" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) контролирует соблюдение сотрудниками Этического кодекса государственных служащих Республики Казахстан, утвержденного Указом Президента Республики Казахстан от 29 декабря 2015 года № 153, исполнительской и трудовой дисциплины;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z111" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) осуществляет иные полномочия в соответствии с законами и актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z112" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий Председателя Комитета в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 19 с изменением, внесенным приказом Министра науки и высшего образования РК от 11.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 260</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">5) исключен приказом Министра науки и высшего образования РК от 11.08.2025 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">; </w:t>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z107" w:id="104"/>
-[...115 lines deleted...]
-      Исполнение полномочий Председателя Комитета в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z113" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Руководитель определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:p>
-[...81 lines deleted...]
-    <w:bookmarkStart w:name="z114" w:id="111"/>
+    <w:bookmarkStart w:name="z114" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Глава 4. Имущество Комитета</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z115" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Комитет имеет на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z115" w:id="112"/>
-[...15 lines deleted...]
-      21. Комитет имеет на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
+    <w:bookmarkStart w:name="z116" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имущество Комитета формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z116" w:id="113"/>
-[...15 lines deleted...]
-      Имущество Комитета формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z117" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Имущество, закрепленное за Комитетом, относится к республиканской собственности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z117" w:id="114"/>
-[...15 lines deleted...]
-      22. Имущество, закрепленное за Комитетом, относится к республиканской собственности.</w:t>
+    <w:bookmarkStart w:name="z118" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Комитет не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z118" w:id="115"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z119" w:id="116"/>
+    <w:bookmarkStart w:name="z119" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Глава 5. Реорганизация и упразднение Комитета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z120" w:id="117"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z120" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Реорганизация и упразднение Комитета осуществляются в соответствии с законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z121" w:id="118"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z121" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. Перечень организаций, находящихся в ведении. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z122" w:id="119"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z122" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Перечень государственных юридических лиц, находящихся в ведении Комитета</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z123" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Республиканское государственное предприятие на праве хозяйственного ведения "Институт математики и математического моделирования";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z123" w:id="120"/>
-[...15 lines deleted...]
-      1. Республиканское государственное предприятие на праве хозяйственного ведения "Институт математики и математического моделирования";</w:t>
+    <w:bookmarkStart w:name="z124" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Республиканское государственное предприятие на праве хозяйственного ведения "Институт экономики";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z124" w:id="121"/>
-[...15 lines deleted...]
-      2. Республиканское государственное предприятие на праве хозяйственного ведения "Институт экономики";</w:t>
+    <w:bookmarkStart w:name="z125" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Республиканское государственное предприятие на праве хозяйственного ведения "Институт языкознания имени А. Байтурсынова";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z125" w:id="122"/>
-[...15 lines deleted...]
-      3. Республиканское государственное предприятие на праве хозяйственного ведения "Институт языкознания имени А. Байтурсынова";</w:t>
+    <w:bookmarkStart w:name="z126" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Республиканское государственное предприятие на праве хозяйственного ведения "Институт литературы и искусства имени М. О. Ауэзова";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z126" w:id="123"/>
-[...15 lines deleted...]
-      4. Республиканское государственное предприятие на праве хозяйственного ведения "Институт литературы и искусства имени М. О. Ауэзова";</w:t>
+    <w:bookmarkStart w:name="z127" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Республиканское государственное предприятие на праве хозяйственного ведения "Институт истории и этнологии имени Ч.Ч. Валиханова";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z127" w:id="124"/>
-[...15 lines deleted...]
-      5. Республиканское государственное предприятие на праве хозяйственного ведения "Институт истории и этнологии имени Ч.Ч. Валиханова";</w:t>
+    <w:bookmarkStart w:name="z128" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Республиканское государственное предприятие на праве хозяйственного ведения "Институт философии, политологии и религиоведения";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z128" w:id="125"/>
-[...15 lines deleted...]
-      6. Республиканское государственное предприятие на праве хозяйственного ведения "Институт философии, политологии и религиоведения";</w:t>
+    <w:bookmarkStart w:name="z129" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Республиканское государственное предприятие на праве хозяйственного ведения "Институт археологии имени А.Х. Маргулана";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z129" w:id="126"/>
-[...15 lines deleted...]
-      7. Республиканское государственное предприятие на праве хозяйственного ведения "Институт археологии имени А.Х. Маргулана";</w:t>
+    <w:bookmarkStart w:name="z130" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Республиканское государственное предприятие на праве хозяйственного ведения "Институт востоковедения имени Р.Б. Сулейменова";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z130" w:id="127"/>
-[...15 lines deleted...]
-      8. Республиканское государственное предприятие на праве хозяйственного ведения "Институт востоковедения имени Р.Б. Сулейменова";</w:t>
+    <w:bookmarkStart w:name="z131" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Республиканское государственное предприятие на праве хозяйственного ведения "Ғылым ордасы";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z131" w:id="128"/>
-[...15 lines deleted...]
-      9. Республиканское государственное предприятие на праве хозяйственного ведения "Ғылым ордасы";</w:t>
+    <w:bookmarkStart w:name="z132" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Республиканское государственное предприятие на праве хозяйственного ведения "Институт биологии и биотехнологии растений";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z132" w:id="129"/>
-[...15 lines deleted...]
-      10. Республиканское государственное предприятие на праве хозяйственного ведения "Институт биологии и биотехнологии растений";</w:t>
+    <w:bookmarkStart w:name="z133" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Республиканское государственное предприятие на праве хозяйственного ведения "Институт генетики и физиологии";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z133" w:id="130"/>
-[...15 lines deleted...]
-      11. Республиканское государственное предприятие на праве хозяйственного ведения "Институт генетики и физиологии";</w:t>
+    <w:bookmarkStart w:name="z134" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Республиканское государственное предприятие на праве хозяйственного ведения "Алтайский ботанический сад";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z134" w:id="131"/>
-[...15 lines deleted...]
-      12. Республиканское государственное предприятие на праве хозяйственного ведения "Алтайский ботанический сад";</w:t>
+    <w:bookmarkStart w:name="z135" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Республиканское государственное предприятие на праве хозяйственного ведения "Мангишлакский экспериментальный ботанический сад";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z135" w:id="132"/>
-[...15 lines deleted...]
-      13. Республиканское государственное предприятие на праве хозяйственного ведения "Мангишлакский экспериментальный ботанический сад";</w:t>
+    <w:bookmarkStart w:name="z136" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Республиканское государственное предприятие на праве хозяйственного ведения "Институт зоологии";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z136" w:id="133"/>
-[...15 lines deleted...]
-      14. Республиканское государственное предприятие на праве хозяйственного ведения "Институт зоологии";</w:t>
+    <w:bookmarkStart w:name="z137" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Республиканское государственное предприятие на праве хозяйственного ведения "Институт молекулярной биологии и биохимии имени М.А. Айтхожина";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z137" w:id="134"/>
-[...15 lines deleted...]
-      15. Республиканское государственное предприятие на праве хозяйственного ведения "Институт молекулярной биологии и биохимии имени М.А. Айтхожина";</w:t>
+    <w:bookmarkStart w:name="z138" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Республиканское государственное предприятие на праве хозяйственного ведения "Институт механики и машиноведения имени академика У.А. Джолдасбекова";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z138" w:id="135"/>
-[...15 lines deleted...]
-      16. Республиканское государственное предприятие на праве хозяйственного ведения "Институт механики и машиноведения имени академика У.А. Джолдасбекова";</w:t>
+    <w:bookmarkStart w:name="z139" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Республиканское государственное предприятие на праве хозяйственного ведения "Институт информационных и вычислительных технологий";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z139" w:id="136"/>
-[...15 lines deleted...]
-      17. Республиканское государственное предприятие на праве хозяйственного ведения "Институт информационных и вычислительных технологий";</w:t>
+    <w:bookmarkStart w:name="z140" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Республиканское государственное предприятие на праве хозяйственного ведения "Институт проблем горения";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z140" w:id="137"/>
-[...15 lines deleted...]
-      18. Республиканское государственное предприятие на праве хозяйственного ведения "Институт проблем горения";</w:t>
+    <w:bookmarkStart w:name="z141" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Республиканское государственное предприятие на праве хозяйственного ведения "Научный институт изучения Улуса Джучи";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z141" w:id="138"/>
-[...15 lines deleted...]
-      19. Республиканское государственное предприятие на праве хозяйственного ведения "Научный институт изучения Улуса Джучи";</w:t>
+    <w:bookmarkStart w:name="z142" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. ГУ "Мемориальный музей академика К. И. Сатпаева";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z142" w:id="139"/>
-[...15 lines deleted...]
-      20. ГУ "Мемориальный музей академика К. И. Сатпаева";</w:t>
+    <w:bookmarkStart w:name="z143" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. ГУ "Институт истории государства";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z143" w:id="140"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z144" w:id="141"/>
+    <w:bookmarkStart w:name="z144" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Перечень юридических лиц, права владения и пользования государственными пакетами акций и долями участия которых переданы Комитету </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z145" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Акционерное общество "Фонд науки";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z145" w:id="142"/>
-[...15 lines deleted...]
-      1. Акционерное общество "Фонд науки";</w:t>
+    <w:bookmarkStart w:name="z146" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Акционерное общество "Национальный центр государственной научно-технической экспертизы";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z146" w:id="143"/>
-[...15 lines deleted...]
-      2. Акционерное общество "Национальный центр государственной научно-технической экспертизы";</w:t>
+    <w:bookmarkStart w:name="z147" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Акционерное общество "Институт географии и водной безопасности";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z147" w:id="144"/>
-[...15 lines deleted...]
-      3. Акционерное общество "Институт географии и водной безопасности";</w:t>
+    <w:bookmarkStart w:name="z148" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Товарищество с ограниченной ответственностью "Центрально–Азиатский региональный гляциологический центр" категории 2 под эгидой ЮНЕСКО";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z148" w:id="145"/>
-[...15 lines deleted...]
-      4. Товарищество с ограниченной ответственностью "Центрально–Азиатский региональный гляциологический центр" категории 2 под эгидой ЮНЕСКО";</w:t>
+    <w:bookmarkStart w:name="z149" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Товарищество с ограниченной ответственностью "Институт Евразийской интеграции".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z149" w:id="146"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>