--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="37775aa" w14:textId="37775aa">
+    <w:p w14:paraId="0faa665" w14:textId="0faa665">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -534,532 +534,497 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к постановлению акима</w:t>
+              <w:t>к постановлению акимата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>города Шымкент</w:t>
+              <w:t>города Шымкент от</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от "07" сентября 2022 года № 1749</w:t>
+              <w:t>07 сентября 2022 года № 1749</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ПОЛОЖЕНИЕ о государственном учреждении "Управление сельского хозяйства и ветеринарии города Шымкент"</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ПОЛОЖЕНИЕ о государственном учреждении "Управление сельского хозяйства и ветеринарии города Шымкент"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение - в редакции постановления акимата города Шымкент от 24.05.2024 </w:t>
+      Сноска. Приложение - в редакции постановления акимата города Шымкент от 23.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 2491</w:t>
+        <w:t>№ 5824</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственное учреждение "Управление сельского хозяйства и ветеринарии города Шымкент" (далее-Управление) является государственным органом Республики Казахстан, осуществляющим руководство в сфере сельского хозяйства и ветеринарии по городу Шымкент.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Управление не имеет ведомств.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Управление осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституцией</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
-[...19 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Управление является юридическим лицом в организационно - правовой форме государственного учреждения, имеет печать с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском и русском языках, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Управление вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
-[...15 lines deleted...]
-      4. Управление является юридическим лицом в организационно - правовой форме государственного учреждения, имеет печать с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском и русском языках, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Управление имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
-[...15 lines deleted...]
-      5. Управление вступает в гражданско-правовые отношения от собственного имени.</w:t>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Управление по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя Управления и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
-[...15 lines deleted...]
-      6. Управление имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Структура и лимит штатной численности Управления утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
-[...15 lines deleted...]
-      7. Управление по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя Управления и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Местонахождение юридического лица: Республика Казахстан, город Шымкент, Аль-Фарабийский район, улица Ж. Тыныбаева, № 49.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
-[...15 lines deleted...]
-      8. Структура и лимит штатной численности Управления утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Настоящее Положение является учредительным документом Управления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
-[...15 lines deleted...]
-      9. Местонахождение юридического лица: Республика Казахстан, город Шымкент, Каратауский район, жилой массив Нурсат, проспект Нұрсұлтан Назарбаев, здание № 10.</w:t>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Финансирование деятельности Управления осуществляется из республиканского и местных бюджетов в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> является учредительным документом Управления.</w:t>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Управлению запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Управления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
-[...15 lines deleted...]
-      11. Финансирование деятельности Управления осуществляется из республиканского и местных бюджетов в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если Управлению законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Задачи и полномочия государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
-[...15 lines deleted...]
-      12. Управлению запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Управления.</w:t>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Задачи: реализация государственной политики в сфере сельского хозяйства и ветеринарии на территории города Шымкент и другие функции предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:p>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Задачи и полномочия государственного органа</w:t>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Полномочия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Права:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1248,94 +1213,74 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       содействие реализации мероприятий по внедрению инновационных технологий в агропромышленной сфере города.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+        <w:t>
+      Управление осуществляет полномочия в соответствии с законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, настоящим Положением.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) реализация государственной политики в области развития агропромышленного комплекса и сельских территорий;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3007,51 +2952,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       79) организация отлова, временного содержания и умерщвления животных;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      80) организация строительства скотомогильников (биотермических ям) и обеспечение их содержания;</w:t>
+      80) организация строительства скотомогильников (биотермических ям) и обеспечение их содержания;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       81) внесение в Шымкентский городской маслихат для для утверждения правил содержания животных, правил содержания и выгула домашних животных, правил отлова, временного содержания и умерщвления животных, предложений по установлению границ санитарных зон содержания животных;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3457,151 +3402,367 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       104) утверждение пороговых значений розничных цен на социально значимые продовольственные товары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      105) утверждение размера предельно допустимых розничных цен на социально значимые продовольственные товары.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+      105) утверждение размера предельно допустимых розничных цен на социально значимые продовольственные товары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      106) проведение эпизоотического мониторинга;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      107) осуществление и (или) организация лова в воспроизводственных целях, лова в замороопасных водоемах и (или) участках;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      108) организация и обеспечение воспроизводства и государственного учета животного мира в резервном фонде охотничьих угодий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      109) осуществление мониторинга развития агропромышленного комплекса и продовольственных товаров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110) организация информационно-маркетингового обеспечения агропромышленного комплекса на соответствующей административно-территориальной единице;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111) организация государственных мероприятий по ветеринарии, защите растений и их карантину в соответствии с законодательством РК на соответствующей административно-территориальной единице;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      112) внесение предложений по совершенствованию нормативно-правовой базы, ценовой, технической, таможенной, налоговой, кредитной, страховой политики, а также по вопросам технического регулирования в сфере агропромышленного комплекса и государственной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      113) организация системы товарного продвижения продукции агропромышленного комплекса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      114) содействие подготовке, переподготовке и повышению квалификации кадров для сельскохозяйственной кооперации, а также проведению научных исследований по вопросам сельскохозяйственной кооперации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      115) определение мест, где запрещены выгуливания домашних животных или нахождения с ними в иных целях, а также при необходимости оборудование площадок для выгула домашних животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      116) организация информационного обеспечения деятельности приютов для животных и социальную рекламу, направленную на передачу животных новым владельцам, поиск владельцев потерявшихся животных, а также информирование о необходимости стерилизации домашних животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      117) организация регулирования численности безнадзорных животных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя государственного органа, коллегиальных органов (при наличии)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Руководство Управления осуществляется руководителем Управления, который несет персональную ответственность за выполнение возложенных на Управление задач и осуществление им своих полномочий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Руководитель Управления назначается на должность и освобождается от должности акимом города Шымкент в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
-[...15 lines deleted...]
-      16. Руководство Управления осуществляется руководителем Управления, который несет персональную ответственность за выполнение возложенных на Управление задач и осуществление им своих полномочий.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Руководитель имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
-[...15 lines deleted...]
-      17. Руководитель Управления назначается на должность и освобождается от должности акимом города Шымкент в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Полномочия руководителя Управления:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организует и руководит деятельностью Управления;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3866,204 +4027,204 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) осуществляет полномочия, предусмотренные законодательными актами Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий руководителя Управления в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Руководитель управления определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Имущество государственного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21.Управление может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имущество Управления формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Имущество, закрепленное за Управлением относится к коммунальной собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Управление не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 4. Имущество государственного органа</w:t>
-[...57 lines deleted...]
-      22. Имущество, закрепленное за Управлением относится к коммунальной собственности.</w:t>
+        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
-[...15 lines deleted...]
-      23. Управление не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Реорганизация и упразднение Управления осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перечень организаций, находящихся в ведении Управления:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4105,55 +4266,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4479,31 +4640,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>