--- v0 (2025-11-09)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9f85d8e" w14:textId="9f85d8e">
+    <w:p w14:paraId="2baf7fd" w14:textId="2baf7fd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -566,540 +566,518 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>города Шымкент</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от "__" ________2022 года № ____</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о государственном учреждении "Управление развития комфортной городской среды города Шымкент"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение - в редакции постановления акимата города Шымкент от 03.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 5975</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Управление развития городской комфортной среды города Шымкент" (далее – Управление) является некоммерческим учреждением со статусом юридического лица, созданным в организационно-правовой форме государственного учреждения, осуществляющим в пределах своих полномочий руководство в сферах государственного управления природными ресурсами и регулирования природопользования, а также охраны окружающией среды и природопользования, организацию обеспечения безопасности водохозяйственных систем и сооружений, находящихся в государственной собственности, работ по строительству ирригационных систем, ликвидации замкнутых ирригационных систем, сбору твердых бытовых отходов на территории города Шымкент.</w:t>
+      1. Управление развития городской комфортной среды города Шымкент (далее – Управление) является некоммерческим учреждением со статусом юридического лица, созданным в организационно-правовой форме государственного учреждения, осуществляющим в пределах своих полномочий руководство в сферах государственного управления природными ресурсами и регулирования природопользования, а также охраны окружающией среды и природопользования, организацию обеспечения безопасности водохозяйственных систем и сооружений, находящихся в государственной собственности, работ по строительству ирригационных систем, ликвидации замкнутых ирригационных систем, сбору твердых бытовых отходов на территории города Шымкент.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:p>
-[...60 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Управление не имеет ведомств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Управление осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституцией</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
+        <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
-      </w:r>
-[...18 lines deleted...]
-      4. Управление является юридическим лицом в организационно-правовой форме государственного учреждения, имеет символы и знаки отличия (при их наличии), печати с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском и русском языках, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Управление вступает в гражданско-правовые отношения от собственного имени.</w:t>
+      4. Управление является юридическим лицом в организационно-правовой форме государственного учреждения, имеет символы и знаки отличия (при их наличии), печати с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском и русском языках, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Управление имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан.</w:t>
+      5. Управление вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Управление по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя управление и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+      6. Управление имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      7. Управление по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя управление и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       8. Структура и лимит штатной численности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Управление утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Местонахождение юридического лица: Республика Казахстан, город Шымкент, Аль-Фарабииский район, улица Туркестанская 11А, индекс 160023.</w:t>
-      </w:r>
-[...38 lines deleted...]
-        <w:t xml:space="preserve"> является учредительным документом управление.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      11. Финансирование деятельности управление осуществляется из республиканского и местных бюджетов, бюджета (сметы расходов) Национального Банка Республики Казахстан в соответствии с законодательством Республики Казахстан.</w:t>
+        <w:t xml:space="preserve">
+      10. Настоящее </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Положение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> является учредительным документом управление.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      11. Финансирование деятельности управление осуществляется из республиканского и местных бюджетов, бюджета (сметы расходов) Национального Банка Республики Казахстан в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       12. Управлению запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями управление.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если управлению законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Задачи и полномочия государственного органа</w:t>
-      </w:r>
-[...18 lines deleted...]
-      13. Задачи: осуществление государственной политики в области охраны окружающей среды, охраны, воспроизводства и сбалансированного использования водных ресурсов, лесов, особо охраняемых природных территорий и животного мира.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z23" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      13. Задачи: осуществление государственной политики в области охраны окружающей среды, охраны, воспроизводства и сбалансированного использования водных ресурсов, лесов, особо охраняемых природных территорий и животного мира.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       14. Полномочия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) права:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1144,108 +1122,50 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организует осуществление проверок и ревизий финансово-хозяйственной деятельности организаций, находящихся в ведении управления, в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вносит предложения в акимат города по созданию, реорганизации и ликвидации организаций, находящихся в ведении управления, организует порядок проведения собраний, участвует в заседаниях акимата города;</w:t>
-      </w:r>
-[...56 lines deleted...]
-        <w:t xml:space="preserve"> Кодекса Республики Казахстан об административных правонарушениях.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осуществление государственным учреждением "Управление развития комфортной городской среды города Шымкент" функций органа государственного управления и уполномоченного органа по отношению к подведомственным ему государственным учреждениям и коммунальным предприятиям;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1530,70 +1450,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Управление осуществляет полномочия в соответствии с законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) реализация государственной экологической политики;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1637,69 +1557,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) организация и проведение государственной экологической экспертизы в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) выдача экологических разрешений на воздействие для объектов II категории и прием деклараций о воздействии на окружающую среду;</w:t>
-[...17 lines deleted...]
-      6) организация общественных слушаний при проведении государственной экологической экспертизы и при принятии решений по вопросам охраны окружающей среды и использования природных ресурсов;</w:t>
+      5) выдача экологических разрешений на воздействие для объектов II категории и прием деклараций о воздействии на окружающую среду; 6) организация общественных слушаний при проведении государственной экологической экспертизы и при принятии решений по вопросам охраны окружающей среды и использования природных ресурсов;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) разработка целевых показателей качества окружающей среды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2382,986 +2284,876 @@
       39) осуществляет разработку концепций, проектирование, строительство и реконструкцию парков, скверов, общественных пространств, набережных вдоль рек и озер, зону озеленения с учетом характеристики территории, потребности населения, экономических и экологических приоритетов;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40) внесение предложение в акимат города по утверждению перечня рыбохозяйственных водоемов и (или) участков местного значения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44) на основании научных предложений проведение паспортизации рыбохозяйственных водоемах и (или) участках;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45) организация разработки и обеспечение проведения государственной экологической экспертизы естественно-научных и технико-экономических обоснований по созданию и расширению особо охраняемых природных территорий местного значения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46) внесение предложении в акимат города по утверждению перечня объектов государственного природно-заповедного фонда местного значения, естественно-научных и технико-экономических обоснований по созданию и расширению особо охраняемых природных территорий местного значения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47) разработка проектов решений по созданию и расширению особо охраняемых природных территорий местного значения по согласованию с уполномоченным органом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48) внесение на утверждение акимат города проектов корректировки функционального зонирования особо охраняемых природных территорий местного значения при положительном заключении государственной экологической экспертизы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49) разработка и утверждение планов управления особо охраняемыми природными территориями, находящимися в ведении, обеспечение проведения их охраны, защиты и восстановления, а также научных исследований;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50) внесение предложении в акимат города по утверждению размеров тарифов за услуги, предоставляемые особо охраняемыми природными территориями местного значения со статусом юридического лица;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51) участие в ведении государственного кадастра особо охраняемых природных территорий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52) разработка и утверждение по согласованию с уполномоченным органом паспорта особо охраняемых природных территорий, находящихся в ведении, и представление паспорта на регистрацию (перерегистрацию) в уполномоченный орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53) разработка проектов решений по резервированию земель для создания особо охраняемых природных территорий всех видов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54) осуществление государственного контроля и надзора за состоянием, охраной, защитой и использованием особо охраняемых природных территорий и объектов государственного природно-заповедного фонда, находящихся в ведении;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55) обеспечение представлений на утверждение городского маслихата ставок платы за использование особо охраняемых природных территорий местного значения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56) внесение предложений по упразднении государственных природных заказников местного значения и уменьшении их территории;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57) управляют водохозяйственными сооружениями, находящимися в коммунальной собственности, осуществляют меры по их защите;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58) ведут учет водохозяйственных сооружений, находящихся в государственной собственности, при обнаружении бесхозяйных водохозяйственных сооружений проводят процедуры, предусмотренные гражданским законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59) реализуют государственную политику в области использования и охраны водного фонда, водоснабжения и водоотведения на гидротехнических сооружениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60) устанавливают водоохранные зоны, полосы и зоны санитарной охраны по согласованию с бассейновыми водохозяйственными управлениями, уполномоченным органом в области санитарно-эпидемиологического благополучия населения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61) устанавливают режим и особые условия хозяйственного использования водоохранных зон и полос по согласованию с бассейновыми инспекциями по регулированию использования и охране водных ресурсов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62) предоставляют водные объекты в обособленное или совместное пользование на конкурсной основе в порядке, установленном Правительством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63) принимают участие в работе бассейновых советов и бассейновом соглашении, вносят на рассмотрение бассейновых советов предложения по рациональному использованию и охране водных объектов, изучают рекомендации бассейновых советов, принимают меры по их реализации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64) обеспечивают реализацию мероприятий по рациональному использованию и охране водных объектов, в том числе по гидромелиорации земель, обеспечению безопасности водохозяйственных систем и сооружений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65) решают вопросы обеспечения безопасности водохозяйственных систем и сооружений на территории города Шымкент;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66) организуют мероприятия по ликвидации последствий аварий водохозяйственных сооружений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67) осуществляют информирование населения о состоянии водных объектов, систем водоснабжения и водоотведения, находящихся на территории города Шымкент;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68) разрабатывают ставки платы за пользование водными ресурсами поверхностных источников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69) проведение инвентаризации гидрологической системы города;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70) выдают разрешения на пользование животным миром, за исключением научно-исследовательского лова на рыбохозяйственных водоемах, расположенных на территории двух и более областей, а также редких и находящихся под угрозой исчезновений видов животных;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71) обеспечение предоставления лес пользователям участков под объекты строительства на землях государственного лесного фонда, находящихся в ведении, где лесные ресурсы предоставлены в долгосрочное лесопользование для оздоровительных, рекреационных, историко-культурных, туристских и спортивных целей, нужд охотничьего хозяйства, побочного лесного пользования, и выдача разрешения на использование этих участков под строительство таких объектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72) выдача заключения об отсутствии или малозначительности полезных ископаемых в недрах под участком будущей застройки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73) выдача разрешения на застройку территорий залегания полезных ископаемых по согласованию с территориальным подразделением уполномоченного органа по изучению недр, при условии обеспечения возможности извлечения полезных ископаемых или доказанности экономической целесообразности застройки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74) регистрация и хранение контрактов (дополнительные соглашения) на разведку, добычу общераспрастраненных полезных ископаемых;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75) осуществление мониторинга и контроля за исполнением контрактных обязательств по общераспрастраненным полезным ископаемым;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76) осуществляют регулирование водных отношений в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77) осуществляет мониторинг и контроль за незаконной добычей общераспространҰнных полезных ископаемых из недр; 78) осуществляют минимизацию образования твердых бытовых отходов и обеспечение их размещения в установленных для их сбора местах либо самостоятельного вывоза с особо охраняемых природных территорий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79) обеспечивает экологическую безопасность населения на территории города Шымкент и восстановление элементов естественных экологических систем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80) определяет меры по стимулированию новых технологий в сфере "зеленой экономики";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81) участвует в разработке генеральных планов развития инфраструктуры государственных национальных природных парков</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      41) исключен постановлением акимата города Шымкент от 26.06.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 3595</w:t>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования);</w:t>
+        <w:t>      Подпункт 81) вводится в действие с 17.01.2026 в соответствии с постановлением акимата города Шымкент от 03.11.2025 № 5975.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...717 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...61 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Организация деятельности государственного органа</w:t>
-      </w:r>
-[...18 lines deleted...]
-      16. Руководство управление осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на управление задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z27" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. Первый руководитель управление назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
+      16. Руководство управление осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на управление задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z28" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. Первый руководитель управление имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
+      17. Первый руководитель управление назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z29" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      18. Первый руководитель управление имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       19. Полномочия первого руководителя управлении:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организует и руководит деятельностью Управления;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3608,264 +3400,264 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) несет персональную ответственность за исполнение законодательства о противодействии коррупции.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий первого руководителя управления в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="27"/>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Первый руководитель определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
-      </w:r>
-[...18 lines deleted...]
-      21. В управление не сформирован аппарат.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z32" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. Управление не имеется коллегиальные органы.</w:t>
+      21. В управление не сформирован аппарат.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z33" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Глава 4. Имущество государственного органа</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Управление не имеется коллегиальные органы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z34" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Имущество государственного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z35" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Управление может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество управление формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="32"/>
+    <w:bookmarkStart w:name="z36" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Имущество, закрепленное за управлением, относится к коммунальной собственности.</w:t>
-      </w:r>
-[...18 lines deleted...]
-      25. Управление не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z37" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение государственного органа</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Управление не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z38" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      26. Реорганизация и упразднение управление осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z39" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      26. Реорганизация и упразднение управление осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z40" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       27. Перечень подведомственных и коммунальных предприятий управление:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - государственное коммунальное казенное предприятие "Шымкентский государственный дендрологический парк имени Асанбая Аскарова";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>