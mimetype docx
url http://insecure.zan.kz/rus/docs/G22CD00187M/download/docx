--- v0 (2025-11-10)
+++ v1 (2026-03-10)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="63910f9" w14:textId="63910f9">
+    <w:p w14:paraId="71b3b3d" w14:textId="71b3b3d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,140 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Положения ГУ "Аппарат Байганинского районного маслихата"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-    </w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решение Байганинского районного маслихата Актюбинской области от 26 декабря 2022 года № 187. Отменено решением Байганинского районного маслихата Актюбинской области от 20 января 2026 года № 362</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Отменено </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>решением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Байганинского районного маслихата Актюбинской области от 20.01.2026 № 362.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -201,182 +273,151 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о государственном органе, утвержденное Правительством Республики Казахстан от 1 сентября 2021 года № 590, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Постановления от 34 декабря 704 "Об утверждении Типового положения маслихата", Байганинский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемое </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение государственного учреждения "Аппарат Байганинского районного маслихата"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в новой редакции.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Отменить </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решения</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Байганинского районного маслихата от 15 июня 2022 года №146 "Об утверждении Положения ГУ "Аппарат Байганинского районного маслихата""</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящее решение вводится в действие с 1 января 2023 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -485,68 +526,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Е. Копжасаров</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -612,898 +635,866 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">районного маслихата </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 26 декабря 2022 года № 187</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z7" w:id="1"/>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о государственном учреждении "Аппарат Байганинского районного маслихата"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z8" w:id="2"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Аппарат Байганинского районного маслихата" является государственным органом Республики Казахстан, обеспечивающим деятельность Байганинского районного маслихата, его органов и депутатов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Государственное учреждение "Аппарат Байганинского районного маслихата" не имеет ведомств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Государственное учреждение "Аппарат Байганинского районного маслихата" (далее - аппарат маслихата) осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституцией</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Аппарат маслихата является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печать и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в республиканском государственном учреждении "Байганинское районное управление казначейства Департамента казначейства по Актюбинской области Комитета Казначейства Министерства Финансов Республики Казахстан"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Аппарат маслихата вступает в гражданско-правовые отношения от собственного имени.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Аппарат маслихата имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Аппарат маслихата по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые распоряжениями председателя Байганинского районного маслихата.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Структура и лимит штатной численности аппарата маслихата утверждаются в соответствии с действующим законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Местонахождение юридического лица: индекс 030300, Республика Казахстан, Актюбинская область, Байганинский район, село Карауылкелды, улица Динмуханбет Конаева, здание 35А.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Полное наименование государственного органа: на государственном языке - "Байғанин аудандық мәслихатының аппараты" мемлекеттік мекемесі, на русском языке - государственное учреждение "Аппарат Байганинского районного маслихата".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Настоящее Положение является учредительным документом аппарата маслихата.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Финансирование деятельности аппарата маслихата осуществляется из местного бюджета в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Аппарату маслихата запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями аппарата маслихата.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Если аппарату маслихата законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...226 lines deleted...]
-    <w:bookmarkStart w:name="z23" w:id="15"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Задачи и полномочия аппарата маслихата</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Задачи: обеспечение эффективной деятельности Байганинского районного маслихата.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Полномочия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) права:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление организационного, правового, материально-технического и иного обеспечения районного маслихата и его органов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказание помощи депутатам в осуществлении их полномочий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      запрашивать от государственных органов и должностных лиц информацию по вопросам повестки дня планируемых сессий районного маслихата и заседаний постоянных (временных) комиссий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      направлять запросы в государственные органы и учреждения в целях обеспечения своевременности рассмотрения и реализации запросов депутатов, и депутатских предложений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлять контроль за сроками и результатом исполнения обращений юридических и физических лиц, направленных в районный маслихат</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в соответствии с Регламентом районного маслихата обеспечивает подготовительную и организационно-техническую работу проведения сессий, заседаний постоянных комиссий районного маслихата;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает депутатов проектами решений и другими материалами по вопросам, вносимым на рассмотрение сессий, постоянных комиссий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      составляет на основании предложений постоянных комиссий планы работы районного маслихата, готовит отчеты о его деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      содействует депутатам маслихата в осуществлении их полномочий, оказывает консультативную и методическую помощь, контролирует своевременность рассмотрения и реализации запросов, предложений и замечаний депутатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет учет и обобщение предложений и замечаний, внесенных депутатами при осуществлении ими своих полномочий, составляет и контролирует выполнение мероприятий по их реализации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует предварительное обсуждение рассматриваемых на сессиях вопросов на заседаниях постоянных комиссий, оказывает помощь депутатам в вопросах качественной подготовки проектов решений и заключений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в разработке актов районного маслихата, а также обеспечивает их регистрацию в органах юстиции в случаях, предусмотренных действующим законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в случаях и порядке, предусмотренных действующим законодательством Республики Казахстан, обеспечивает публикацию решений районного маслихата в средствах массовой информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает рассылку решений и других документов районного маслихата соответствующим органам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет протоколы сессий районного маслихата и других заседаний его органов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет делопроизводство.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Задачи и полномочия аппарата маслихата</w:t>
-[...400 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия председателя маслихата, руководителя аппарата маслихата</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Председатель маслихата является должностным лицом, работающим на постоянной основе. Он избирается маслихатом большинством голосов от общего числа депутатов путем открытого или тайного голосования среди депутатов на сессии маслихата и освобождает его от должности. Председатель маслихата избирается на срок полномочий маслихата.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z29" w:id="21"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Председатель районного маслихата не имеет заместителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Полномочия председателя районного маслихата:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       без доверенности действует от имени государственного учреждения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1858,90 +1849,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивает опубликование решений маслихата, определяет меры по контролю за их исполнением.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При отсутствии председателя маслихата его полномочия временно осуществляются председателем одной из постоянных комиссий маслихата или депутатом маслихата.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="23"/>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Аппарат маслихата возглавляет руководитель аппарата, назначаемый и освобождаемый от должности председателем районного маслихата в установленном законодательством порядке Республики Казахчстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z32" w:id="24"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z32" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Руководитель аппарата:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивает подготовку и проведение пленарных заседаний сессий, соблюдение законодательства о местном государственном управлении и самоуправлении в деятельности аппарата;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2042,258 +2033,280 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       подписывает служебную документацию, трудовые книжки работников аппарата;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет контроль за административно-хозяйственной деятельностью аппарата маслихата.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="25"/>
+    <w:bookmarkStart w:name="z33" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Руководитель аппарата маслихата в соответствии с законодательством Республики Казахстан несет ответственность за выполнение возложенных на него обязанностей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z34" w:id="26"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z34" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество аппарата маслихата</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z35" w:id="27"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z35" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Аппарат маслихата может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество аппарата маслихата формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="28"/>
+    <w:bookmarkStart w:name="z36" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Имущество, закрепленное за аппаратом маслихата, относится к коммунальной собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z37" w:id="29"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z37" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Аппарат маслихата не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z38" w:id="30"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z38" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение аппарата маслихата</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z39" w:id="31"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z39" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Реорганизация и упразднение аппарата маслихата осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2615,35 +2628,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>