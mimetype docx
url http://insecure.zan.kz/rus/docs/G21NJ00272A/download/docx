--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="839d811" w14:textId="839d811">
+    <w:p w14:paraId="abb7cb4" w14:textId="abb7cb4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1630,211 +1630,256 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z51" w:id="41"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В пункт 14 предусмотрены дополнения постановлением акимата Житикаринского района Костанайской области от 09.12.2025 № 285 (вводится в действие с 22.01.2026)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Функции:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z52" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) организация работы по учету, охране и использованию памятников истории, материальной и духовной культуры местного значения;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z52" w:id="42"/>
-[...15 lines deleted...]
-      1) организация работы по учету, охране и использованию памятников истории, материальной и духовной культуры местного значения;</w:t>
+    <w:bookmarkStart w:name="z53" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществление проведения зрелищных культурно-массовых мероприятий района, а также смотров, фестивалей и конкурсов среди учреждений, предприятий и организаций района;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z53" w:id="43"/>
-[...15 lines deleted...]
-      2) осуществление проведения зрелищных культурно-массовых мероприятий района, а также смотров, фестивалей и конкурсов среди учреждений, предприятий и организаций района;</w:t>
+    <w:bookmarkStart w:name="z54" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) проведение аттестации государственных организаций культуры района;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z54" w:id="44"/>
-[...15 lines deleted...]
-      3) проведение аттестации государственных организаций культуры района;</w:t>
+    <w:bookmarkStart w:name="z55" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) проведение мероприятий районного уровня, направленных на развитие государственного и других языков;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z55" w:id="45"/>
-[...15 lines deleted...]
-      4) проведение мероприятий районного уровня, направленных на развитие государственного и других языков;</w:t>
+    <w:bookmarkStart w:name="z56" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) оказание содействия и поддержки действующим на территории района этнокультурным центрам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z56" w:id="46"/>
-[...15 lines deleted...]
-      5) оказание содействия и поддержки действующим на территории района этнокультурным центрам;</w:t>
+    <w:bookmarkStart w:name="z57" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) оказание подведомственным учреждениям методической и консультативной помощи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z57" w:id="47"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z58" w:id="48"/>
+    <w:bookmarkStart w:name="z58" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) осуществляет иные функции в рамках установленной законодательством Республики Казахстан компетенции; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) осуществляет прием и рассмотрение уведомлений о размещении вывески в городе Житикара, в селах и сельских округах Житикаринского района в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1891,698 +1936,698 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="49"/>
+    <w:bookmarkStart w:name="z59" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Статус, полномочия руководителя государственного органа</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z60" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Руководство Отдела культуры и развития языков осуществляется руководителем, который несет персональную ответственность за выполнение возложенных на Отдел культуры и развития языков задач и осуществление им своих полномочий.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z60" w:id="50"/>
-[...15 lines deleted...]
-      15. Руководство Отдела культуры и развития языков осуществляется руководителем, который несет персональную ответственность за выполнение возложенных на Отдел культуры и развития языков задач и осуществление им своих полномочий.</w:t>
+    <w:bookmarkStart w:name="z61" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Руководитель Отдела культуры и развития языков назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z61" w:id="51"/>
-[...15 lines deleted...]
-      16. Руководитель Отдела культуры и развития языков назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z62" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Полномочия руководителя Отдела культуры и развития языков:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z62" w:id="52"/>
-[...15 lines deleted...]
-      17. Полномочия руководителя Отдела культуры и развития языков:</w:t>
+    <w:bookmarkStart w:name="z63" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) организует и руководит работой, определяет обязанности и круг полномочий работников;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z63" w:id="53"/>
-[...15 lines deleted...]
-      1) организует и руководит работой, определяет обязанности и круг полномочий работников;</w:t>
+    <w:bookmarkStart w:name="z64" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) назначает работников на должности и освобождает от должностей в соответствии с действующим законодательством;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z64" w:id="54"/>
-[...15 lines deleted...]
-      2) назначает работников на должности и освобождает от должностей в соответствии с действующим законодательством;</w:t>
+    <w:bookmarkStart w:name="z65" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) издает приказы в пределах своей компетенции и дает работникам указания, обязательные для исполнения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z65" w:id="55"/>
-[...15 lines deleted...]
-      3) издает приказы в пределах своей компетенции и дает работникам указания, обязательные для исполнения;</w:t>
+    <w:bookmarkStart w:name="z66" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в установленном законодательством порядке решает вопросы поощрения, оказания материальной помощи, наложения дисциплинарных взысканий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z66" w:id="56"/>
-[...15 lines deleted...]
-      4) в установленном законодательством порядке решает вопросы поощрения, оказания материальной помощи, наложения дисциплинарных взысканий;</w:t>
+    <w:bookmarkStart w:name="z67" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) без доверенности действует от имени государственного органа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z67" w:id="57"/>
-[...15 lines deleted...]
-      5) без доверенности действует от имени государственного органа;</w:t>
+    <w:bookmarkStart w:name="z68" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) представляет государственный орган во всех взаимоотношениях с иными организациями в соответствии с действующим законодательством;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z68" w:id="58"/>
-[...15 lines deleted...]
-      6) представляет государственный орган во всех взаимоотношениях с иными организациями в соответствии с действующим законодательством;</w:t>
+    <w:bookmarkStart w:name="z69" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) утверждает план финансирования по обязательствам и платежам, структуру и штатное расписание государственного органа в пределах установленного фонда оплаты труда и численности работников;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z69" w:id="59"/>
-[...15 lines deleted...]
-      7) утверждает план финансирования по обязательствам и платежам, структуру и штатное расписание государственного органа в пределах установленного фонда оплаты труда и численности работников;</w:t>
+    <w:bookmarkStart w:name="z70" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) проводит личный прием граждан и представителей юридических лиц, рассматривает в установленные законодательством сроки обращения физических и юридических лиц, принимает по ним необходимые меры;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z70" w:id="60"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8-1) рассматривает дела об административных правонарушениях, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса Республики Казахстан "Об административных правонарушениях", и налагает административные взыскания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="61"/>
+    <w:bookmarkStart w:name="z71" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) осуществляет иные полномочия в рамках установленной законодательством Республики Казахстан компетенции.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z72" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий первого руководителя Отдела культуры и развития языков в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z72" w:id="62"/>
-[...15 lines deleted...]
-      Исполнение полномочий первого руководителя Отдела культуры и развития языков в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 17 с изменением, внесенным постановлением акимата Житикаринского района Костанайской области от 28.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 208</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z74" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Отдел культуры и развития языков может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z75" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имущество Отдела культуры и развития языков формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z76" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Имущество, закрепленное за Отделом культуры и развития языков, относится к коммунальной собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z77" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Отдел культуры и развития языков не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретеннным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z78" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...61 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
-[...79 lines deleted...]
-      20. Отдел культуры и развития языков не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретеннным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+        <w:t xml:space="preserve"> 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z78" w:id="68"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 5. Реорганизация и упразднение государственного органа</w:t>
+    <w:bookmarkStart w:name="z79" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Реорганизация и упразднение Отдела культуры и развития языков осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z79" w:id="69"/>
-[...15 lines deleted...]
-      21. Реорганизация и упразднение Отдела культуры и развития языков осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z80" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Подведомственными организациями государственного учреждения "Отдел культуры и развития языков акимата Житикаринского района" являются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z80" w:id="70"/>
-[...15 lines deleted...]
-      22. Подведомственными организациями государственного учреждения "Отдел культуры и развития языков акимата Житикаринского района" являются:</w:t>
+    <w:bookmarkStart w:name="z81" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) коммунальное государственное учреждение "Житикаринская районная централизованная библиотечная система" государственного учреждения "Отдел культуры и развития языков акимата Житикаринского района";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z81" w:id="71"/>
-[...15 lines deleted...]
-      1) коммунальное государственное учреждение "Житикаринская районная централизованная библиотечная система" государственного учреждения "Отдел культуры и развития языков акимата Житикаринского района";</w:t>
+    <w:bookmarkStart w:name="z82" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) коммунальное государственное учреждение "Центр обучения языкам" государственного учреждения "Отдел культуры и развития языков акимата Житикаринского района";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z82" w:id="72"/>
-[...15 lines deleted...]
-      2) коммунальное государственное учреждение "Центр обучения языкам" государственного учреждения "Отдел культуры и развития языков акимата Житикаринского района";</w:t>
+    <w:bookmarkStart w:name="z83" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) государственное коммунальное казенное предприятие "Районный Дворец культуры" государственного учреждения "Отдел культуры и развития языков акимата Житикаринского района".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z83" w:id="73"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>