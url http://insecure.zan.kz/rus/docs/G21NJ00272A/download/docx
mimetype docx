--- v1 (2025-12-27)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="abb7cb4" w14:textId="abb7cb4">
+    <w:p w14:paraId="a4c8f0c" w14:textId="a4c8f0c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1630,672 +1630,737 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...46 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z52" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организация работы по учету, охране и использованию памятников истории, материальной и духовной культуры местного значения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z53" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z53" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осуществление проведения зрелищных культурно-массовых мероприятий района, а также смотров, фестивалей и конкурсов среди учреждений, предприятий и организаций района;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z54" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z54" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) проведение аттестации государственных организаций культуры района;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z55" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z55" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) проведение мероприятий районного уровня, направленных на развитие государственного и других языков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z56" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z56" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) оказание содействия и поддержки действующим на территории района этнокультурным центрам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z57" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z57" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) оказание подведомственным учреждениям методической и консультативной помощи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z58" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z58" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) осуществляет иные функции в рамках установленной законодательством Республики Казахстан компетенции; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) осуществляет прием и рассмотрение уведомлений о размещении вывески в городе Житикара, в селах и сельских округах Житикаринского района в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О разрешениях и уведомлениях";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-1) утверждает государственный творческий заказ на финансирование творческих кружков для детей и юношества в пределах объемов бюджетных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-2) обеспечивает размещение государственного творческого заказа в творческих кружках для детей и юношества независимо от форм собственности поставщиков услуг государственного творческого заказа, их ведомственной подчиненности, типов и видов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-3) обеспечивает исполнение всех этапов и процедур размещения, контроля качества и целевого освоения государственного творческого заказа в электронном и общедоступном форматах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-4) осуществляет мониторинг деятельности организаций культуры, расположенных на соответствующей территории, и предоставляет в местный исполнительный орган области информацию, а также статистические отчеты установленной формы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-5) организует работу по сохранению историко-культурного наследия, содействует развитию исторических, национальных и культурных традиций и обычаев.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 14 с изменением, внесенным постановлением акимата Житикаринского района Костанайской области от 25.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 с изменениями, внесенными постановлениями акимата Житикаринского района Костанайской области от 25.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 192</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 09.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 285</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 22.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="48"/>
+    <w:bookmarkStart w:name="z59" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Статус, полномочия руководителя государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z60" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z60" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Руководство Отдела культуры и развития языков осуществляется руководителем, который несет персональную ответственность за выполнение возложенных на Отдел культуры и развития языков задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z61" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z61" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководитель Отдела культуры и развития языков назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z62" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z62" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Полномочия руководителя Отдела культуры и развития языков:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z63" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z63" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организует и руководит работой, определяет обязанности и круг полномочий работников;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z64" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z64" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) назначает работников на должности и освобождает от должностей в соответствии с действующим законодательством;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z65" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z65" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) издает приказы в пределах своей компетенции и дает работникам указания, обязательные для исполнения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z66" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z66" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в установленном законодательством порядке решает вопросы поощрения, оказания материальной помощи, наложения дисциплинарных взысканий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z67" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z67" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) без доверенности действует от имени государственного органа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z68" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z68" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) представляет государственный орган во всех взаимоотношениях с иными организациями в соответствии с действующим законодательством;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z69" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z69" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) утверждает план финансирования по обязательствам и платежам, структуру и штатное расписание государственного органа в пределах установленного фонда оплаты труда и численности работников;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z70" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z70" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) проводит личный прием граждан и представителей юридических лиц, рассматривает в установленные законодательством сроки обращения физических и юридических лиц, принимает по ним необходимые меры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8-1) рассматривает дела об административных правонарушениях, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса Республики Казахстан "Об административных правонарушениях", и налагает административные взыскания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="60"/>
+    <w:bookmarkStart w:name="z71" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) осуществляет иные полномочия в рамках установленной законодательством Республики Казахстан компетенции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z72" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z72" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий первого руководителя Отдела культуры и развития языков в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2314,266 +2379,266 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="62"/>
+    <w:bookmarkStart w:name="z73" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z74" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z74" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Отдел культуры и развития языков может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z75" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z75" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество Отдела культуры и развития языков формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z76" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z76" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Имущество, закрепленное за Отделом культуры и развития языков, относится к коммунальной собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z77" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z77" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Отдел культуры и развития языков не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретеннным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z78" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z78" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z79" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z79" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Реорганизация и упразднение Отдела культуры и развития языков осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z80" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z80" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Подведомственными организациями государственного учреждения "Отдел культуры и развития языков акимата Житикаринского района" являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z81" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z81" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) коммунальное государственное учреждение "Житикаринская районная централизованная библиотечная система" государственного учреждения "Отдел культуры и развития языков акимата Житикаринского района";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z82" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z82" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) коммунальное государственное учреждение "Центр обучения языкам" государственного учреждения "Отдел культуры и развития языков акимата Житикаринского района";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z83" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z83" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) государственное коммунальное казенное предприятие "Районный Дворец культуры" государственного учреждения "Отдел культуры и развития языков акимата Житикаринского района".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>