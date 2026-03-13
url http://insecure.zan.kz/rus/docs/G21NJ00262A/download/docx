--- v0 (2025-11-08)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0dcc46c" w14:textId="0dcc46c">
+    <w:p w14:paraId="559e7e7" w14:textId="559e7e7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -906,76 +906,167 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Отдел занятости и социальных программ акимата Житикаринского района" (далее – Отдел занятости) является государственным органом Республики Казахстан, осуществляющим руководство в сфере занятости и социальной защиты населения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z25" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2. Отдел занятости имеет подведомственное учреждение:</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Отдел занятости имеет подведомственные учреждения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z26" w:id="12"/>
-[...15 lines deleted...]
-      коммунальное государственное учреждение "Центр оказания специальных социальных услуг" государственного учреждения "Отдел занятости и социальных программ акимата Житикаринского района".</w:t>
+    <w:bookmarkStart w:name="z9" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      коммунальное государственное учреждение "Центр оказания специальных социальных услуг" государственного учреждения "Отдел занятости и социальных программ акимата Житикаринского района";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z27" w:id="13"/>
+    <w:bookmarkStart w:name="z10" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      коммунальное государственное учреждение "Центр поддержки семьи" государственного учреждения "Отдел занятости и социальных программ акимата Житикаринского района."</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 в редакции постановления акимата Житикаринского района Костанайской области от 06.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 21</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Отдел занятости осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -990,51 +1081,50 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z28" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Отдел занятости является юридическим лицом в организационно-правовой форме государственного учреждения, имеет символы и знаки отличия (при их наличии), печати с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском и русском языках, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z29" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1999,50 +2089,68 @@
         <w:t>
       19) обеспечение услугами индивидуального помощника для лиц с инвалидностью первой группы, имеющих затруднение в передвижении, специалиста жестового языка для лиц с инвалидностью по слуху в соответствии с индивидуальной программой;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
     <w:bookmarkStart w:name="z75" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) предоставление дополнительных мер социальной помощи лицам с инвалидностью, предусмотренных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20-1) организации услуг по перевозке лиц с инвалидностью на инватакси через портал социальных услуг или в соответствии с законодательством Республики Казахстан о государственных закупках;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z76" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) осуществление функции по опеке и попечительству в отношении недееспособных или ограниченно дееспособных совершеннолетних лиц в рамках установленной законодательством Республики Казахстан компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
     <w:bookmarkStart w:name="z77" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2059,50 +2167,112 @@
         <w:t>
       22) оказание государственных услуг в рамках установленной законодательством Республики Казахстан компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
     <w:bookmarkStart w:name="z78" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) осуществление иных функций, в рамках установленной законодательством Республики Казахстан компетенции.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 с изменением, внесенным постановлением акимата Житикаринского района Костанайской области от 06.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 21</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z79" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия руководителя государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
     <w:bookmarkStart w:name="z80" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -2471,54 +2641,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Имущество, закрепленное за Отделом занятости, относится к коммунальной собственности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
     <w:bookmarkStart w:name="z99" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. Отдела занятости не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+      22. Отдел занятости не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 22 в редакции постановления акимата Житикаринского района Костанайской области от 06.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 21</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z100" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
     <w:bookmarkStart w:name="z101" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>