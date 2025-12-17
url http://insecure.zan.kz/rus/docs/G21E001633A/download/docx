--- v0 (2025-11-07)
+++ v1 (2025-12-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4e5f4ad" w14:textId="4e5f4ad">
+    <w:p w14:paraId="7e23bc1" w14:textId="7e23bc1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -642,1565 +642,1930 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 21 декабря 2021 года № 1633</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Положение о гоcударственном учреждении "Управление энергетики и развития инфраструктуры города Шымкент</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Положение о гоcударственном учреждении "Управление энергетики и развития инфраструктуры города Шымкент"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение - в редакции постановления акимата города Шымкент от 03.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 5973</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Управление энергетики и развития инфраструктуры города Шымкент" (далее- Управление) является государственным органом Республики Казахстан, осуществляющим руководство в области энергетики, коммунального хозяйства, промышленной безопасности на территории города Шымкент.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Управление не имеет ведомства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Управление осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституцией</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и Законами Республики Казахстан, актами Президента Республики Казахстан, Правительства Республики Казахстан, постановлениями акимата города Шымкент, решениями и распоряжениями акимат города Шымкент, иными нормативными правовыми актами и настоящим </w:t>
-[...19 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> и Законами Республики Казахстан, актами Президента Республики Казахстан, Правительства Республики Казахстан, постановлениями акимата города Шымкент, решениями и распоряжениями акимат города Шымкент, иными нормативными правовыми актами и настоящим положением.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Управление является юридическим лицом в организационно-правовой форме коммунального государственного учреждения, имеет печать и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Управление вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Управление имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Управление по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя Управления и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Структура и лимит штатной численности Управления утверждаются в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
-[...15 lines deleted...]
-      9. Местонахождение юридического лица: 160011, Республика Казахстан, город Шымкент, Аль-Фарабийский район, улица Т.Орынбаев, 33/2.</w:t>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Местонахождение юридического лица: 160011, Республика Казахстан, город Шымкент, Аль-Фарабийский район, проспект Тауке хана 6.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Настоящее Положение является учредительным документом Управления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Финансирование деятельности Управления осуществляется из республиканского и местных бюджетов, бюджета (сметы расходов) Национального Банка Республики Казахстан в соответсвии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Управлению запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Управления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если Управлению законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета, если иное не установлено законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Задачи и полномочия государственного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Задачи:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осуществление деятельности в области энергетики и коммунального хозяйства на территории города Шымкент.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Полномочия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Права и обязанности Управления:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) запрашивать и получать необходимую информацию у всех государственных органов города Шымкент и иных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) проводить переговоры и заключать соглашения с юридическими лицами по вопросам, относящимся к компетенции Управления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Управление вступает в гражданско-правовые отношения от собственного имени;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Управление имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) вносить предложения акиму города Шымкент по вопросам, входящим в компетенцию Управления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) вносить в установленном порядке проекты постановлений акимата, решений и распоряжений акима и решений Маслихата по вопросам, входящим в компетенцию Управления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) инициировать создание комиссий, советов, рабочих групп и других совещательных органов при акимате города Шымкент для реализации мер государственной политики в сфере энергетики, коммунального-хозяйства, промышленной безопасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) в пределах средств, выделенных Управлению, привлекать в установленном порядке для разработки вопросов, входящих в компетенцию Управления научно-исследовательские организации, а также отдельных специалистов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) осуществлять рассмотрение производств по делам об административных правонарушениях в сфере электроэнергетики, промышленной безопасности, газоснабжении, коммунального хозяйства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) запрещать применения на технических устройствах материалов и изделий, конструкций, оборудования, не соответствующих государственным стандартам и техническим условиям, законодательству в области промышленной безопасности, энергетики, коммунального хозяйства, газе и газоснабжении;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) разрабатывать и вносить в акимат города Шымкент и в маслихат города Шымкент и иные государственные органы программы, предложения об улучшении работы по энергосбережению, обслуживанию энергетической сферы и коммунального хозяйства, поставке коммунальных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) организовывать и проводить в установленном законом порядке конкурсы по государственным закупкам товаров, работ, услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) сотрудничать с общественными объединениями и иными организациями в целях разработки социальной, экономической и технической политики в области энергетики и коммунального хозяйства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) обращаться с иском в суд в порядке, установленном Гражданским процессуальным кодексом Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) осуществлять управление переданным ему имуществом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) осуществлять иные полномочия, предоставленные законодательными актами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) организует снос аварийного жилья;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организует подготовку проектно-сметной документации, технико-экономических обоснований проектов землеустроительных работ для инженерно-коммуникационных инфраструктур города;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) организует работы по приобретению и созданию имущества на основании гражданско-правовых договоров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществляет контроль за полнотой и своевременностью перечисления государственными предприятиями в бюджет установленной части чистого дохода соответствующей отрасли;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) участвует в расследовании аварий совместно с заинтересованными государственными органами в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) участвует в организации и проведении конкурсов на проектирование и строительство объектов, финансируемых за счет средств государственного бюджета, внешних займов, предоставляемых под правительственные гарантии Республики Казахстан, и других источников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) участвует в разработке инвестиционных программ и проектов, а также годовых планов по реализации стратегии социально-экономического развития города Шымкент;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) организует предоставления отчетов в Правительство Республики Казахстан и иные государственные органы по вопросам, входящим в компетенцию Управления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) участвует в конкурсных мероприятиях по государственным закупкам имущества, работ и услуг и осуществление указанных государственных закупок;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) реализует текущих бюджетных программ и программ развития, осуществление функций заказчика при строительстве, реконструкции, реставрации, модернизации и восстановлении инженерных сетей, финансируемых за счет средств государственного бюджета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) осуществляет функций органа государственного управления в отношении коммунальных государственных предприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) осуществляет контроля за исполнением нормативных правовых актов и поручений Правительства Республики Казахстан, акимата и акима города Шымкент по вопросам, касающимся энергетической сферы и коммунального хозяйства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) организует строительства, реконструкции и эксплуатации сетей водоснабжения и водоотведения, очистных сооружений, линий электропередачи, и других объектов инженерной инфраструктуры города;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) выдает заключение о технической целесообразности строительства дублирующих (шунтирующих) линий электропередач и подстанций для объектов 110 кВ и ниже, 220 кВ и выше;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) обеспечивает проведение государственной политики в области энергосбережения и повышения энергоэффективности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) согласовывает проектирования и строительства дублирующих (шунтирующих) линий электропередачи и подстанций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) разрабатывает программы действий акимата в области энергетики и коммунального хозяйства, контроль за их реализацией;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) разрабатывает и реализует региональной научно-технической политики в области энергетики и коммунального хозяйства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) участвует в реализации целевых государственных программ по развитию возобновляемых источников энергии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) осуществляет ежедневного оперативного контроля за состоянием энергетического комплекса и коммунального хозяйства города Шымкент;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) осуществляет контроль за соблюдением требований безопасной эксплуатации газ потребляющих систем и газового оборудования бытовых и коммунально-бытовых потребителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) участвует в реализации генеральной схемы газификации Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) осуществляет контроль учета объектов газоснабжения коммунально – бытового сектора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) осуществляет контроль за эффективностью производственного контроля, готовности организаций к ликвидации аварии и их последствии, работы по локализации и ликвидации последствий аварий на объектах газ потребления и газораспределения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) участвует в работе рабочих по приемке в эксплуатацию законченного строительства и реконструированных систем газораспределения и газ потребления на соответствие требованиям нормативно – правовых актов в сфере газоснабжения Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) осуществляет контроль за соблюдением проектными организациями требований правил безопасности, технических условий, государственных стандартов при проектировании строительства, реконструкций объектов газораспределения и газ потребления и подъемных сооружений коммунально – бытового сектора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) составляет прогноз потребления нефтепродуктов и проводит мониторинг цен на горюче-смазочные материалы, цены на которые установлены государственным регулированием на предстоящий календарный год на территории города;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) осуществляет учет производителей сжиженного нефтяного газа и публикует их перечень на своих интернет – ресурсах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) в пределах своей компетенции осуществляет контроль за оборотом сжиженного нефтяного газа, реализуемого в рамках плана поставки сжиженного нефтяного газа на внутренний рынок Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) осуществляет в порядке, определяемом уполномоченным органом, распределение объемов сжиженного нефтяного газа, выделенных в рамках плана поставки вне товарных бирж;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) создает комиссии по распределению объемов сжиженного нефтяного газа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) ежеквартально предоставляет в уполномоченный орган потребность города Шымкент в сжиженном нефтяном газе на предстоящий квартал с разбивкой по месяцам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33) ведет и публикует на интернет-ресурсе реестр владельцев групповых резервуарных установок;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34) представляет в уполномоченный орган прогноз потребления сжиженного нефтяного газа на территории города Шымкент;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35) представляет в уполномоченный орган сведения по реализации и потреблению сжиженного нефтяного газа на территории города Шымкент;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36) согласовывает плановый ремонт тепловых сетей (магистральных, внутриквартальных);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37) выдает паспорта готовности отопительных котельных всех мощностей и тепловых сетей (магистральных, внутриквартальных) к работе в осенне-зимних условиях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38) осуществляет контроль за подготовкой и осуществлением ремонтно-восстановительных работ по тепловым сетям и их функционирования в осенне-зимний период;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39) проводит расследований технологических нарушений на тепловых сетях (магистральных, внутриквартальных);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40) согласовывает планов ремонта тепловых сетей (магистральных, внутриквартальных);</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      10. Настоящее </w:t>
-[...81 lines deleted...]
-    <w:bookmarkStart w:name="z21" w:id="19"/>
+      41) составляет протоколы об административных правонарушениях, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьями 172</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (частями третьей, пятой и шестой (в части субъектов теплоснабжения в местной системе теплоснабжения и потребителей тепловой энергии), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>300</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (в части субъектов теплоснабжения в местной системе теплоснабжения и потребителей тепловой энергии), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>300-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (в части субъектов теплоснабжения в местной системе теплоснабжения), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>301</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (в части субъектов теплоснабжения в местной системе теплоснабжения), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>301-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (в части субъектов теплоснабжения в местной системе теплоснабжения), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>301-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (в части субъектов теплоснабжения в местной системе теплоснабжения), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>301-3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (в части субъектов теплоснабжения в местной системе теплоснабжения), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>303</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (в части субъектов теплоснабжения в местной системе теплоснабжения и потребителей тепловой энергии), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>304</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (в части тепловых сетей субъектов теплоснабжения в местной системе теплоснабжения, потребителей тепловой энергии), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>305</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (в части охранных зон тепловых сетей в местных системах теплоснабжения, потребителей тепловой энергии и объектов систем газоснабжения бытовых и коммунально-бытовых потребителей), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>307</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (в части коммунально-бытовых потребителей), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>309-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (в части тепловых сетей в местных системах теплоснабжения и потребителей тепловой энергии), Кодекса Республики Казахстан "Об административных правонарушениях";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42) координирует деятельность в области эффективного функционирования систем тепло- энерго-, водо- и газоснабжения, канализации и водоотведения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      43) формирует с центральным исполнительным органом, осуществляющим руководство в сфере жилищных отношений и жилищно-коммунального хозяйства, центральным исполнительным органом, осуществляющим руководство и межотраслевую координацию в области теплоэнергетики, и государственным органом, осуществляющим руководство в области электроэнергетики, совместно с субъектами естественных монополий и энергопроизводящими организациями в сферах, предусмотренных подпунктами 3), 4) и 14) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан "О естественных монополиях", реестр субъектов естественных монополий с определением мероприятий инвестиционной программы по модернизации и строительству энергетической и коммунальной инфраструктуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44) осуществляет иные функции, возложенные на Управление в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Задачи и полномочия государственного органа</w:t>
-[...1094 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя государственного органа, коллегиальных органов (при наличии)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Управления осуществляется руководителем Управления, который несет персональную ответственность за выполнение возложенных на Управление задач и осуществление им своих функций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Руководитель Управления назначается на должность и освобождается от должности акимом города в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Руководитель Управления имеет заместителей, которые назначаются на должность и освобождаются от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия руководителя Управления:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -2574,201 +2939,201 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) Руководитель Управления несет персональную ответственность за финансово-хозяйственную деятельность и сохранность имущества государственного учреждения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий руководителя Управления в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Руководитель Управления определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:bookmarkStart w:name="z32" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z32" w:id="30"/>
-[...15 lines deleted...]
-      23. Управление может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
+    <w:bookmarkStart w:name="z33" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Управление может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество Управления формируется за счет имущества, переданного ему собственником.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="31"/>
-[...15 lines deleted...]
-      24. Имущество, закрепленное за Управлением относится к коммунальной собственности города.</w:t>
+    <w:bookmarkStart w:name="z34" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Имущество, закрепленное за Управлением относится к коммунальной собственности города.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z34" w:id="32"/>
-[...15 lines deleted...]
-      25. Управление не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+    <w:bookmarkStart w:name="z35" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Управление не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:bookmarkStart w:name="z36" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z36" w:id="34"/>
-[...15 lines deleted...]
-      26. Реорганизация и упразднение Управления осуществляется в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z37" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Реорганизация и упразднение Управления осуществляется в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перечень государственных учреждений, находящихся в ведении Управления:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2831,55 +3196,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>