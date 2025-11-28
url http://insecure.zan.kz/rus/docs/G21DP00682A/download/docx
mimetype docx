--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -1,46 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="922b6d6" w14:textId="922b6d6">
+    <w:p w14:paraId="f921540" w14:textId="f921540">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -84,160 +86,236 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении правил расчетов прогнозных объемов доходов и затрат бюджетов городов районного значения, сел, поселков, сельских округов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-        <w:t>Постановление акимата Панфиловского района Алматинской области от 27 октября 2021 года № 682</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Постановление акимата Панфиловского района Алматинской области от 27 октября 2021 года № 682. Утратило силу постановлением акимата Панфиловского района области Жетісу от 16 сентября 2025 года № 466</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z7" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      В соответствии с </w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Утратило силу постановлением акимата Панфиловского района области Жетісу от 16.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 466</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 45 Бюджетного кодекса Республики Казахстан, </w:t>
+        <w:t xml:space="preserve"> статьи 45 Бюджетного кодекса Республики Казахстан, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан" и </w:t>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан" и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра национальной экономики Республики Казахстан "Об утверждении методики расчетов трансфертов общего характера", акимат Панфиловского района ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z8" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1. Утвердить правил расчетов прогнозных объемов доходов и затрат бюджетов городов районного значения, сел, поселков, сельских округов, согласно </w:t>
+        <w:t xml:space="preserve">
+      1. Утвердить правил расчетов прогнозных объемов доходов и затрат бюджетов городов районного значения, сел, поселков, сельских округов, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z9" w:id="2"/>
     <w:p>
@@ -289,4896 +367,5530 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящее постановление вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7794"/>
-        <w:gridCol w:w="4206"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7794" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z12" w:id="5"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Аким района</w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аким района</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="5"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4206" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Т. Умралиев</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-</w:t>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z13" w:id="6"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Приложение к постановлению акимата Панфиловского района от 27 октября 2021 года № 682</w:t>
+              <w:t>Приложение к постановлению акимата Панфиловского района от 27 октября 2021 года № 682</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="6"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-Правила расчетов прогнозных объемов доходов и затрат бюджетов городов районного значения, сел, поселков, сельских округов</w:t>
+        <w:t xml:space="preserve"> Правила расчетов прогнозных объемов доходов и затрат бюджетов городов районного значения, сел, поселков, сельских округов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z15" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Основные положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z16" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящая правила расчетов прогнозных объемов доходов и затрат бюджетов городов районного значения, сел, поселков, сельских округов (далее – Правила) разработан в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 45 Бюджетного кодекса Республики Казахстан от 4 декабря 2008 года (далее – Бюджетный кодекс) и применяется при расчетах прогнозных объемов доходов и затрат бюджетов городов районного значения, сел, поселков, сельских округов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:bookmarkStart w:name="z17" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-Глава 1. Основные положения</w:t>
+        <w:t xml:space="preserve"> Глава 2. Определение прогнозных объемов доходов бюджетов городов районного значения, сел, поселков, сельских округов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z16" w:id="9"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> статьи 45 Бюджетного кодекса Республики Казахстан от 4 декабря 2008 года (далее – Бюджетный кодекс) и применяется при расчетах прогнозных объемов доходов и затрат бюджетов городов районного значения, сел, поселков, сельских округов.</w:t>
+    <w:bookmarkStart w:name="z18" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Прогнозные объемы доходов бюджетов городов районного значения, сел, поселков, сельских округов рассчитываются согласно Методике прогнозирования поступлений бюджета, утверждаемой в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бюджетного кодекса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:bookmarkStart w:name="z19" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-Глава 2. Определение прогнозных объемов доходов бюджетов городов районного значения, сел, поселков, сельских округов</w:t>
+        <w:t xml:space="preserve"> Глава 3. Определение прогнозных объемов затрат бюджетов городов районного значения, сел, поселков, сельских округов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> Бюджетного кодекса.</w:t>
+    <w:bookmarkStart w:name="z20" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Прогнозные объемы затрат бюджетов городов районного значения, сел, поселков, сельских округов рассчитываются как сумма прогнозных объемов затрат по текущим бюджетным программам и по бюджетным программам развития с учетом установленных статьей </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>56-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бюджетного кодекса направлений расходов по функциональному признаку.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:bookmarkStart w:name="z21" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом прогнозные объемы затрат по текущим бюджетным программам, которые направлены на обеспечение деятельности администраторов бюджетных программ по выполнению функций государственного управления и обязательств государства в соответствии с законодательными актами Республики Казахстан, имеющих постоянный характер, а также на достижение цели, решение конкретных задач и мероприятий стратегических и программных документов, состоят из:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      затрат на оплату труда, оплата коммунальных услуг, приобретение продуктов и лекарственных средств, выплата пособий и других затрат (далее – текущие затраты);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      затрат на укрепление материально-технической базы, капитальный ремонт и других затрат (далее – затраты капитального характера).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-[...80 lines deleted...]
-      затрат на оплату труда, оплата коммунальных услуг, приобретение продуктов и лекарственных средств, выплата пособий и других затрат (далее – текущие затраты);</w:t>
+        <w:t xml:space="preserve"> Параграф 1. Расчет прогнозных объемов текущих затрат бюджетов городов районного значения, сел, поселков, сельских округов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z23" w:id="16"/>
-[...15 lines deleted...]
-      затрат на укрепление материально-технической базы, капитальный ремонт и других затрат (далее – затраты капитального характера).</w:t>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Для расчета текущих затрат определяется прогнозный объем текущих затрат в целом по бюджетам городов районного значения, сел, поселков, сельских округов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z24" w:id="17"/>
-[...14 lines deleted...]
-Параграф 1. Расчет прогнозных объемов текущих затрат бюджетов городов районного значения, сел, поселков, сельских округов</w:t>
+    <w:bookmarkStart w:name="z26" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. При определении прогнозного объема текущих затрат бюджетов городов районного значения, сел, поселков, сельских округов учитываются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z25" w:id="18"/>
-[...15 lines deleted...]
-      4. Для расчета текущих затрат определяется прогнозный объем текущих затрат в целом по бюджетам городов районного значения, сел, поселков, сельских округов.</w:t>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) совокупный объем текущих затрат с учетом увеличения текущих затрат на индекс потребительских цен в планируемом периоде в соответствии с прогнозом социально-экономического развития и бюджетных параметров области (за исключением заработной платы);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z26" w:id="19"/>
-[...15 lines deleted...]
-      5. При определении прогнозного объема текущих затрат бюджетов городов районного значения, сел, поселков, сельских округов учитываются:</w:t>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) положения законов Республики Казахстан, предусматривающие увеличение или сокращение расходов бюджетов городов районного значения, сел, поселков, сельских округов и вводимые в действие в планируемом периоде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z27" w:id="20"/>
-[...15 lines deleted...]
-      1) совокупный объем текущих затрат с учетом увеличения текущих затрат на индекс потребительских цен в планируемом периоде в соответствии с прогнозом социально-экономического развития и бюджетных параметров области (за исключением заработной платы);</w:t>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) положения проектов указов Президента Республики Казахстан, постановлений Правительства Республики Казахстан, нормативных правовых приказов министров Республики Казахстан и иных руководителей центральных государственных органов, нормативных правовых постановлений центральных государственных органов, нормативных правовых приказов руководителей ведомств центральных государственных органов при наличии прямой компетенции по их утверждению в нормативных правовых актах государственного органа, в структуру которого входит ведомство, предусматривающие сокращение поступлений или увеличение расходов местных бюджетов и вводимые в действие в планируемом периоде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z28" w:id="21"/>
-[...15 lines deleted...]
-      2) положения законов Республики Казахстан, предусматривающие увеличение или сокращение расходов бюджетов городов районного значения, сел, поселков, сельских округов и вводимые в действие в планируемом периоде;</w:t>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) затраты постоянного характера, ранее финансировавшиеся за счет целевых текущих трансфертов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z29" w:id="22"/>
-[...15 lines deleted...]
-      3) положения проектов указов Президента Республики Казахстан, постановлений Правительства Республики Казахстан, нормативных правовых приказов министров Республики Казахстан и иных руководителей центральных государственных органов, нормативных правовых постановлений центральных государственных органов, нормативных правовых приказов руководителей ведомств центральных государственных органов при наличии прямой компетенции по их утверждению в нормативных правовых актах государственного органа, в структуру которого входит ведомство, предусматривающие сокращение поступлений или увеличение расходов местных бюджетов и вводимые в действие в планируемом периоде;</w:t>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) положения решений областных представительных и исполнительных органов, предусматривающие увеличение или сокращение расходов районных (городов областного значения) бюджетов и вводимых в действие в планируемом периоде.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z30" w:id="23"/>
-[...15 lines deleted...]
-      4) затраты постоянного характера, ранее финансировавшиеся за счет целевых текущих трансфертов;</w:t>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Из суммарного прогнозного объема текущих затрат бюджетов городов районного значения, сел, поселков, сельских округов исключаются средства на выплату экологических надбавок, оказание материальной помощи и на дополнительные отпуска работникам государственных учреждений и казенных предприятий, в соответствии с законодательством Республики Казахстан, и добавляются абсолютными суммами после расчета прогнозных объемов текущих затрат по бюджетам городов районного значения, сел, поселков, сельских округов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z31" w:id="24"/>
-[...15 lines deleted...]
-      5) положения решений областных представительных и исполнительных органов, предусматривающие увеличение или сокращение расходов районных (городов областного значения) бюджетов и вводимых в действие в планируемом периоде.</w:t>
+    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. За расчетную базу прогнозирования объема текущих затрат бюджетов городов районного значения, сел, поселков, сельских округов принимаются объемы текущих затрат в соответствии с уточненным планом года, предшествующего планируемому периоду.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z32" w:id="25"/>
-[...15 lines deleted...]
-      6. Из суммарного прогнозного объема текущих затрат бюджетов городов районного значения, сел, поселков, сельских округов исключаются средства на выплату экологических надбавок, оказание материальной помощи и на дополнительные отпуска работникам государственных учреждений и казенных предприятий, в соответствии с законодательством Республики Казахстан, и добавляются абсолютными суммами после расчета прогнозных объемов текущих затрат по бюджетам городов районного значения, сел, поселков, сельских округов.</w:t>
+    <w:bookmarkStart w:name="z34" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Расчет прогнозного объема текущих затрат бюджетов городов районного значения, сел, поселков, сельских округов производится в соответствии со статьей 56-1 Бюджетного кодекса в разрезе функциональных подгрупп осуществляемых государственных функций с учетом показателей и коэффициентов, приведенных в перечне функциональных подгрупп, осуществляемых государственных функций, показателей и коэффициентов к ним согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему Правилу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z33" w:id="26"/>
-[...15 lines deleted...]
-      7. За расчетную базу прогнозирования объема текущих затрат бюджетов городов районного значения, сел, поселков, сельских округов принимаются объемы текущих затрат в соответствии с уточненным планом года, предшествующего планируемому периоду.</w:t>
+    <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При снижении прогноза численности населения, применяется прогноз численности года, предшествующего трехлетнем планируемому периоду.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z34" w:id="27"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> к настоящему Правилу.</w:t>
+    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Расчет текущих затрат отдельного городов районного значения, сел, поселков, сельских округов по отдельной функциональной подгруппе производится по следующей формуле:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z35" w:id="28"/>
-[...15 lines deleted...]
-      При снижении прогноза численности населения, применяется прогноз численности года, предшествующего трехлетнем планируемому периоду.</w:t>
+    <w:bookmarkStart w:name="z37" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z36" w:id="29"/>
-[...36 lines deleted...]
-      </w:r>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2501900" cy="901700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2501900" cy="901700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z39" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z38" w:id="31"/>
-[...36 lines deleted...]
-      </w:r>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="355600" cy="368300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="355600" cy="368300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       – расчетные текущие затраты i-й городов районного значения, сел, поселков, сельских округов по j-й функциональной подгруппе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z41" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зj – суммарный прогнозный объем текущих затрат по местным бюджетам всех городов районного значения, сел, поселков, сельских округов по j-й функциональной подгруппе;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z40" w:id="33"/>
-[...15 lines deleted...]
-            – расчетные текущие затраты i-й городов районного значения, сел, поселков, сельских округов по j-й функциональной подгруппе;</w:t>
+    <w:bookmarkStart w:name="z42" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z41" w:id="34"/>
-[...36 lines deleted...]
-      </w:r>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="304800" cy="317500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="304800" cy="317500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       – количество потребителей государственных услуг i-й городов районного значения, сел, поселков, сельских округов по j-й функциональной подгруппе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z43" w:id="36"/>
-[...36 lines deleted...]
-      </w:r>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="977900" cy="330200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="977900" cy="330200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      – коэффициенты, учитывающие объективные факторы, которые обусловливают отличия в стоимости предоставления государственных услуг в i-й городов районного значения, сел, поселков, сельских округов по j-й функциональной подгруппе от среднерайонного уровня.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. При расчете прогнозного объема текущих затрат применяются следующие коэффициенты, отражающие объективные факторы, которые обусловливают различия в стоимости предоставления государственных услуг:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z45" w:id="38"/>
-[...15 lines deleted...]
-            – коэффициенты, учитывающие объективные факторы, которые обусловливают отличия в стоимости предоставления государственных услуг в i-й городов районного значения, сел, поселков, сельских округов по j-й функциональной подгруппе от среднерайонного уровня.</w:t>
+    <w:bookmarkStart w:name="z47" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) коэффициент урбанизации:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z46" w:id="39"/>
-[...15 lines deleted...]
-      10. При расчете прогнозного объема текущих затрат применяются следующие коэффициенты, отражающие объективные факторы, которые обусловливают различия в стоимости предоставления государственных услуг:</w:t>
+    <w:bookmarkStart w:name="z48" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z47" w:id="40"/>
-[...36 lines deleted...]
-      </w:r>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1651000" cy="647700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1651000" cy="647700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z50" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Насiгор – прогнозная численность населения города районного значения;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z49" w:id="42"/>
-[...15 lines deleted...]
-            где:</w:t>
+    <w:bookmarkStart w:name="z51" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Насi – прогнозная численность населения в i-й городов районного значения, сел, поселков, сельских округов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z50" w:id="43"/>
-[...15 lines deleted...]
-      Насiгор – прогнозная численность населения города районного значения;</w:t>
+    <w:bookmarkStart w:name="z52" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Коэффициент урбанизации учитывает более высокий относительно среднерайонного уровень затрат, связанных с предоставлением государственных услуг в городской местности по отдельным функциональным подгруппам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z51" w:id="44"/>
-[...15 lines deleted...]
-      Насi – прогнозная численность населения в i-й городов районного значения, сел, поселков, сельских округов.</w:t>
+    <w:bookmarkStart w:name="z53" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) коэффициент дисперсности расселения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z52" w:id="45"/>
-[...15 lines deleted...]
-      Коэффициент урбанизации учитывает более высокий относительно среднерайонного уровень затрат, связанных с предоставлением государственных услуг в городской местности по отдельным функциональным подгруппам;</w:t>
+    <w:bookmarkStart w:name="z54" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z53" w:id="46"/>
-[...36 lines deleted...]
-      </w:r>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1803400" cy="596900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1803400" cy="596900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z55" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z56" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Насiмелк – прогнозная численность населения i-й городов районного значения, сел, поселков, сельских округов, проживающего в населенных пунктах с численностью населения менее 500 человек;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z55" w:id="48"/>
-[...15 lines deleted...]
-            где:</w:t>
+    <w:bookmarkStart w:name="z57" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Насi – общая прогнозная численность населения в i-й городов районного значения, сел, поселков, сельских округов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z56" w:id="49"/>
-[...15 lines deleted...]
-      Насiмелк – прогнозная численность населения i-й городов районного значения, сел, поселков, сельских округов, проживающего в населенных пунктах с численностью населения менее 500 человек;</w:t>
+    <w:bookmarkStart w:name="z58" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Коэффициент дисперсности расселения учитывает более высокий по сравнению со среднерайонным уровнем затрат, обусловленный необходимостью обеспечения определенным набором государственных услуг населению независимо от размеров населенного пункта, в том числе учитывая дополнительные транспортные и иные расходы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z57" w:id="50"/>
-[...15 lines deleted...]
-      Насi – общая прогнозная численность населения в i-й городов районного значения, сел, поселков, сельских округов.</w:t>
+    <w:bookmarkStart w:name="z59" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) коэффициент масштаба:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z58" w:id="51"/>
-[...15 lines deleted...]
-      Коэффициент дисперсности расселения учитывает более высокий по сравнению со среднерайонным уровнем затрат, обусловленный необходимостью обеспечения определенным набором государственных услуг населению независимо от размеров населенного пункта, в том числе учитывая дополнительные транспортные и иные расходы;</w:t>
+    <w:bookmarkStart w:name="z60" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z59" w:id="52"/>
-[...36 lines deleted...]
-      </w:r>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2527300" cy="660400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2527300" cy="660400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z61" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z62" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      – вес, с которым учитывается отклонение численности населения городов районного значения, сел, поселков, сельских округов от среднерайонного уровня; </w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z61" w:id="54"/>
-[...15 lines deleted...]
-            где:</w:t>
+    <w:bookmarkStart w:name="z63" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z62" w:id="55"/>
-[...36 lines deleted...]
-      </w:r>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="444500" cy="292100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="444500" cy="292100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      – средняя прогнозная численность населения одного сельского округа; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z65" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Насi – прогнозная численность населения в i-й городов районного значения, сел, поселков, сельских округов.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z64" w:id="57"/>
+    <w:bookmarkStart w:name="z66" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       Коэффициент масштаба учитывает эффект масштаба, отражающий снижение объема затрат на предоставление государственных услуг в расчете на одного потребителя с ростом численности потребителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z67" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) коэффициент учета надбавок за работу в сельской местности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z68" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-            – средняя прогнозная численность населения одного сельского округа; </w:t>
-[...39 lines deleted...]
-      Коэффициент масштаба учитывает эффект масштаба, отражающий снижение объема затрат на предоставление государственных услуг в расчете на одного потребителя с ростом численности потребителей;</w:t>
+      </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z67" w:id="60"/>
-[...36 lines deleted...]
-      </w:r>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2692400" cy="596900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2692400" cy="596900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z69" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z70" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Насiсельск – прогнозная численность сельского населения i-й городов районного значения, сел, поселков, сельских округов;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z69" w:id="62"/>
-[...15 lines deleted...]
-            где:</w:t>
+    <w:bookmarkStart w:name="z71" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z70" w:id="63"/>
-[...36 lines deleted...]
-      </w:r>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="304800" cy="330200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="304800" cy="330200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      – доля заработной платы в общем объеме текущих затрат по j-й функциональной подгруппе (в сумме по всем регионам).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z73" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Коэффициент учета надбавок за работу в сельской местности учитывает потребность в дополнительных расходах на заработную плату в сельской местности по отдельным функциональным подгруппам;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z72" w:id="65"/>
-[...15 lines deleted...]
-            – доля заработной платы в общем объеме текущих затрат по j-й функциональной подгруппе (в сумме по всем регионам).</w:t>
+    <w:bookmarkStart w:name="z74" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) коэффициент плотности:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z73" w:id="66"/>
-[...15 lines deleted...]
-      Коэффициент учета надбавок за работу в сельской местности учитывает потребность в дополнительных расходах на заработную плату в сельской местности по отдельным функциональным подгруппам;</w:t>
+    <w:bookmarkStart w:name="z75" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z74" w:id="67"/>
-[...36 lines deleted...]
-      </w:r>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1485900" cy="635000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1485900" cy="635000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z76" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z77" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z76" w:id="69"/>
-[...36 lines deleted...]
-      </w:r>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="254000" cy="279400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="254000" cy="279400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z78" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      – плотность населения в среднем по району; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z79" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рi – плотность населения в i-й городов районного значения, сел, поселков, сельских округов;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z78" w:id="71"/>
+    <w:bookmarkStart w:name="z80" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-            – плотность населения в среднем по району; </w:t>
+      </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z79" w:id="72"/>
-[...36 lines deleted...]
-      </w:r>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="215900" cy="292100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId16"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="215900" cy="292100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z81" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z81" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-            – вес, с которым учитывается отклонение плотности населения городов районного значения, сел, поселков, сельских округов от среднерайонного уровня. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z82" w:id="75"/>
+      – вес, с которым учитывается отклонение плотности населения городов районного значения, сел, поселков, сельских округов от среднерайонного уровня. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z82" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Коэффициент плотности учитывает увеличение затрат бюджетов городов районного значения, сел, поселков, сельских округов в связи с уменьшением плотности населения региона; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z83" w:id="76"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z83" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) коэффициент содержания дорог: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-[...17 lines deleted...]
-      </w:r>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z84" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="622300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId17"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="622300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z85" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z86" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ni – норматив финансирования на содержание автомобильных дорог местного значения i-й городов районного значения, сел, поселков, сельских округов, утверждаемый в соответствии с подпунктом 38) пункта 2 статьи 12 Закона Республики Казахстан от 17 июля 2001 года "Об автомобильных дорогах".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z85" w:id="78"/>
-[...15 lines deleted...]
-            где:</w:t>
+    <w:bookmarkStart w:name="z87" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z86" w:id="79"/>
-[...36 lines deleted...]
-      </w:r>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="304800" cy="266700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId18"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="304800" cy="266700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z88" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      – норматив финансирования на содержание автомобильных дорог в среднем по району;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z89" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) коэффициент учета бедности (на основе доли лиц с доходами ниже прожиточного минимума):</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z88" w:id="81"/>
-[...15 lines deleted...]
-            – норматив финансирования на содержание автомобильных дорог в среднем по району;</w:t>
+    <w:bookmarkStart w:name="z90" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z89" w:id="82"/>
-[...36 lines deleted...]
-      </w:r>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1435100" cy="660400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId19"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1435100" cy="660400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z92" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      bi – доля населения с доходами ниже величины прожиточного минимума в общей численности населения в i-й городов районного значения, сел, поселков, сельских округов.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z91" w:id="84"/>
-[...15 lines deleted...]
-            где:</w:t>
+    <w:bookmarkStart w:name="z93" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Коэффициент учета бедности учитывает увеличение затрат бюджетов городов районного значения, сел, поселков, сельских округов на выплату социальной помощи в связи с ростом доли населения с доходами ниже величины прожиточного минимума;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z92" w:id="85"/>
-[...15 lines deleted...]
-      bi – доля населения с доходами ниже величины прожиточного минимума в общей численности населения в i-й городов районного значения, сел, поселков, сельских округов.</w:t>
+    <w:bookmarkStart w:name="z94" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) коэффициент учета продолжительности отопительного сезона:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z93" w:id="86"/>
-[...15 lines deleted...]
-      Коэффициент учета бедности учитывает увеличение затрат бюджетов городов районного значения, сел, поселков, сельских округов на выплату социальной помощи в связи с ростом доли населения с доходами ниже величины прожиточного минимума;</w:t>
+    <w:bookmarkStart w:name="z95" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z94" w:id="87"/>
-[...36 lines deleted...]
-      </w:r>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1879600" cy="647700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId20"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1879600" cy="647700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z96" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z97" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      di – период отопительного сезона в i-й городов районного значения, сел, поселков, сельских округов;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z96" w:id="89"/>
-[...15 lines deleted...]
-            где:</w:t>
+    <w:bookmarkStart w:name="z98" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z97" w:id="90"/>
-[...36 lines deleted...]
-      </w:r>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="304800" cy="304800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId21"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="304800" cy="304800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z99" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      – период отопительного сезона в среднем по району; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z100" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z99" w:id="92"/>
-[...36 lines deleted...]
-      </w:r>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="292100" cy="292100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId22"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="292100" cy="292100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z101" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      – доля затрат на отопление в общем объеме текущих затрат бюджетов городов районного значения, сел, поселков, сельских округов. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z102" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Коэффициент учета продолжительности отопительного сезона учитывает зависимость затрат бюджетов городов районного значения, сел, поселков, сельских округов на отопление от продолжительности отопительного сезона в районе.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z101" w:id="94"/>
+    <w:bookmarkStart w:name="z103" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. За расчетную базу прогнозирования объема текущих затрат бюджетов городов районного значения, сел, поселков, сельских округов последующих двух годов принимаются прогнозные объемы текущих затрат бюджетов городов районного значения, сел, поселков, сельских округов первого года трехлетнего периода с учетом индекса потребительских цен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z104" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 2. Расчет прогнозных объемов затрат капитального характера бюджетов городов районного значения, сел, поселков, сельских округов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z105" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Общий прогнозный объем средств, предусматриваемых для финансирования затрат капитального характера, определяется с разбивкой по годам в соответствии с процентным отношением к общему объему финансирования текущих затрат городов районного значения, сел, поселков, сельских округов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z106" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Расчет прогнозного объема средств, предусматриваемых для финансирования затрат капитального характера, отдельно по каждому городу районного значения, селу, поселку, сельскому округу производится по следующей формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z107" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      КЗi = k * РЗi,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z108" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z109" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      КЗi – расчетные затраты капитального характера i-й городов районного значения, сел, поселков, сельских округов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z110" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      РЗi – расчетные текущие затраты i-й городов районного значения, сел, поселков, сельских округов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z111" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      k – величина процентного отношения затрат капитального характера к общему объему текущих затрат.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z112" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-            – доля затрат на отопление в общем объеме текущих затрат бюджетов городов районного значения, сел, поселков, сельских округов. </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z104" w:id="97"/>
+      Величина коэффициента k для определения объемов трансфертов общего характера между районным бюджетом и бюджетами городов районного значения, сел, поселков, сельских округов устанавливается решением районной бюджетной комиссии в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бюджетного кодекса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z113" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-[...64 lines deleted...]
-    <w:bookmarkStart w:name="z108" w:id="101"/>
+        <w:t xml:space="preserve"> Параграф 3. Расчет прогнозных объемов затрат по бюджетным программам развития бюджетов городов районного значения, сел, поселков, сельских округов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z114" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Общий прогнозный объем средств, предусматриваемых для финансирования затрат по бюджетным программам развития, определяется с разбивкой по годам в процентном соотношении к прогнозному объему текущих затрат и прогнозному объему доходов городов районного значения, сел, поселков, сельских округов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z115" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Расчет прогнозного объема средств, предусматриваемых для финансирования затрат по бюджетным программам развития, отдельно по каждому городу районного значения, селу, поселку, сельскому округу производится по следующей формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z116" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЗБПРi = ( r1 * РЗi) + ( r2 * ПОДi),</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z117" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z110" w:id="103"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z118" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЗБПРi – расчетные затраты по бюджетным программам развития i-й городов районного значения, сел, поселков, сельских округов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z119" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       РЗi – расчетные текущие затраты i-й городов районного значения, сел, поселков, сельских округов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-[...157 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z118" w:id="111"/>
-[...15 lines deleted...]
-      ЗБПРi – расчетные затраты по бюджетным программам развития i-й городов районного значения, сел, поселков, сельских округов;</w:t>
+    <w:bookmarkStart w:name="z120" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ПОДi – прогнозные объемы доходов i-й городов районного значения, сел, поселков, сельских округов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z119" w:id="112"/>
-[...15 lines deleted...]
-      РЗi – расчетные текущие затраты i-й городов районного значения, сел, поселков, сельских округов;</w:t>
+    <w:bookmarkStart w:name="z121" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      r1 – величина процентного отношения затрат по бюджетным программам развития к общему объему текущих затрат.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z120" w:id="113"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z122" w:id="115"/>
+    <w:bookmarkStart w:name="z122" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       r2 – величина процентного отношения затрат по бюджетным программам развития к прогнозному объему доходов местных бюджетов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z123" w:id="116"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z123" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Определение объемов трансфертов общего характера между районным бюджетом и бюджетами городов районного значения, сел, поселков, сельских округов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z124" w:id="117"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z124" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Величина размера r2 определяется отдельно для городов районного значения, сел, поселков, сельских округов, которым установлены бюджетные изъятия и бюджетные субвенции. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-</w:t>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z125" w:id="118"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Приложение к правилу расчетов прогнозных объемов доходов и затрат бюджетов городов районного значения, сел, поселков, сельских округов</w:t>
+              <w:t>Приложение к правилу расчетов прогнозных объемов доходов и затрат бюджетов городов районного значения, сел, поселков, сельских округов</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="118"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z126" w:id="119"/>
+    <w:bookmarkStart w:name="z126" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-[...3 lines deleted...]
-    <w:bookmarkEnd w:id="119"/>
+        <w:t xml:space="preserve"> Перечень функциональных подгрупп, осуществляемых государственных функций, показателей и коэффициентов к ним </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2605"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6333"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2605" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Наименование функциональных подгрупп</w:t>
+              <w:t>
+Наименование функциональных подгрупп</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3362" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Показатели</w:t>
+              <w:t>
+Показатели</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6333" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Коэффициенты</w:t>
+              <w:t>
+Коэффициенты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2605" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3362" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6333" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1. Государственные услуги общего характера</w:t>
+              <w:t>
+ 1. Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2605" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
+              <w:t>
+Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3362" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Численность постоянного населения</w:t>
+              <w:t>
+Численность постоянного населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6333" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>дисперсности расселения; плотности; масштаба; учета продолжительности отопительного сезона</w:t>
+              <w:t>
+дисперсности расселения; плотности; масштаба; учета продолжительности отопительного сезона</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5. Здравоохранение</w:t>
+              <w:t>
+ 5. Здравоохранение</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2605" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Прочие услуги в области здравоохранения</w:t>
+              <w:t>
+Прочие услуги в области здравоохранения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3362" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6333" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>плотности; урбанизации; учета продолжительности отопительного сезона</w:t>
+              <w:t>
+плотности; урбанизации; учета продолжительности отопительного сезона</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>6. Социальная помощь и социальное обеспечение</w:t>
+              <w:t>
+ 6. Социальная помощь и социальное обеспечение</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2605" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Социальная помощь</w:t>
+              <w:t>
+Социальная помощь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3362" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Численность постоянного населения</w:t>
+              <w:t>
+Численность постоянного населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6333" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>дисперсности расселения; учета бедности (на основе доли лиц с доходами ниже прожиточного минимума); учета надбавок за работу в сельской местности; учета продолжительности отопительного сезона</w:t>
+              <w:t>
+дисперсности расселения; учета бедности (на основе доли лиц с доходами ниже прожиточного минимума); учета надбавок за работу в сельской местности; учета продолжительности отопительного сезона</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>7. Жилищно-коммунальное хозяйство</w:t>
+              <w:t>
+7. Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2605" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жилищное хозяйство</w:t>
+              <w:t>
+Жилищное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3362" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Общая площадь жилищного фонда (тысяча квадратных метров)</w:t>
+              <w:t>
+Общая площадь жилищного фонда (тысяча квадратных метров)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6333" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>урбанизации; учета продолжительности отопительного сезона</w:t>
+              <w:t>
+урбанизации; учета продолжительности отопительного сезона</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2605" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Коммунальное хозяйство</w:t>
+              <w:t>
+Коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3362" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Численность постоянного населения</w:t>
+              <w:t>
+Численность постоянного населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6333" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>урбанизации; плотности; учета продолжительности отопительного сезона</w:t>
+              <w:t>
+урбанизации; плотности; учета продолжительности отопительного сезона</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2605" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Благоустройство населенных пунктов</w:t>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6333" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>плотности; учета продолжительности отопительного сезона</w:t>
+              <w:t>
+плотности; учета продолжительности отопительного сезона</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>8. Культура, спорт, туризм и информационное пространство</w:t>
+              <w:t>
+ 8. Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2605" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Деятельность в области культуры</w:t>
+              <w:t>
+Деятельность в области культуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3362" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Численность постоянного населения</w:t>
+              <w:t>
+Численность постоянного населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6333" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>урбанизации; масштаба; учета надбавок за работу в сельской местности; учета продолжительности отопительного сезона</w:t>
+              <w:t>
+урбанизации; масштаба; учета надбавок за работу в сельской местности; учета продолжительности отопительного сезона</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>12. Транспорт и коммуникации</w:t>
+              <w:t>
+ 12. Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2605" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Автомобильный транспорт</w:t>
+              <w:t>
+Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3362" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Протяженность автодорог местного значения, в том числе внутринаселенных пунктов и улиц (километр)</w:t>
+              <w:t>
+Протяженность автодорог местного значения, в том числе внутринаселенных пунктов и улиц (километр)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6333" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>урбанизации; содержания дорог; учета продолжительности отопительного сезона</w:t>
+              <w:t>
+урбанизации; содержания дорог; учета продолжительности отопительного сезона</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>13. Прочие</w:t>
+              <w:t>
+ 13. Прочие</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2605" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Прочие</w:t>
+              <w:t>
+Прочие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3362" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Численность постоянного населения</w:t>
+              <w:t>
+Численность постоянного населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6333" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>учета продолжительности отопительного сезона</w:t>
+              <w:t>
+учета продолжительности отопительного сезона</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId23"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -5500,35 +6212,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/><Relationship Target="media/document_image_rId18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId18"/><Relationship Target="media/document_image_rId19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId19"/><Relationship Target="media/document_image_rId20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId20"/><Relationship Target="media/document_image_rId21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId21"/><Relationship Target="media/document_image_rId22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId22"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/><Relationship Target="media/document_image_rId18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId18"/><Relationship Target="media/document_image_rId19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId19"/><Relationship Target="media/document_image_rId20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId20"/><Relationship Target="media/document_image_rId21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId21"/><Relationship Target="media/document_image_rId22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId22"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId23"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>