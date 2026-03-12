--- v0 (2025-11-09)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5ebf4c4" w14:textId="5ebf4c4">
+    <w:p w14:paraId="37775cf" w14:textId="37775cf">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,432 +100,471 @@
         </w:rPr>
         <w:t>Об утверждении квалификационных требований к категориям должностей органов внутренних дел Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра внутренних дел Республики Казахстан от 12 июня 2020 года № 463.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      В соответствии с </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 29 Закона Республики Казахстан "О правоохранительной службе" ПРИКАЗЫВАЮ:</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-      1. Утвердить:</w:t>
+        <w:br/>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) Квалификационные требования к должностям сотрудников центрального аппарата и ведомств Министерства внутренних дел Республики Казахстан согласно </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Утвердить:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) Квалификационные требования к должностям сотрудников центрального аппарата и ведомств Министерства внутренних дел Республики Казахстан согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) Квалификационные требования к должностям сотрудников областных (городов республиканского значения, на транспорте) территориальных органов Министерства внутренних дел Республики Казахстан согласно </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) Квалификационные требования к должностям сотрудников областных (городов республиканского значения, на транспорте) территориальных органов Министерства внутренних дел Республики Казахстан согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) Квалификационные требования к должностям сотрудников городских, районных (районов в городах, на транспорте) территориальных органов Министерства внутренних дел Республики Казахстан согласно </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) Квалификационные требования к должностям сотрудников городских, районных (районов в городах, на транспорте) территориальных органов Министерства внутренних дел Республики Казахстан согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4) Квалификационные требования к должностям сотрудников организаций образования Министерства внутренних дел Республики Казахстан согласно </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) Квалификационные требования к должностям сотрудников организаций образования Министерства внутренних дел Республики Казахстан согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5) Квалификационные требования к должностям сотрудников подразделений специального назначения Министерства внутренних дел Республики Казахстан согласно </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) Квалификационные требования к должностям сотрудников подразделений специального назначения Министерства внутренних дел Республики Казахстан согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6) Квалификационные требования к должностям сотрудников строевых подразделений Министерства внутренних дел Республики Казахстан согласно </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) Квалификационные требования к должностям сотрудников строевых подразделений Министерства внутренних дел Республики Казахстан согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      7) Квалификационные требования к должностям сотрудников строевых подразделений патрульной полиции Министерства внутренних дел Республики Казахстан согласно </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) Квалификационные требования к должностям сотрудников строевых подразделений патрульной полиции Министерства внутренних дел Республики Казахстан согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      8) Квалификационные требования к должностям сотрудников государственных учреждений Министерства внутренних дел Республики Казахстан согласно </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) Квалификационные требования к должностям сотрудников государственных учреждений Министерства внутренних дел Республики Казахстан согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 1 с изменением, внесенным приказом Министра внутренних дел РК от 22.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -534,114 +573,126 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 700</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Департаменту кадровой политики Министерства внутренних дел Республики Казахстан (Сайтбеков А.М.) в установленном законодательством Республики Казахстан порядке обеспечить размещение настоящего приказа на интернет-ресурсе Министерства внутренних дел Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Контроль за исполнением настоящего приказа возложить на курирующего заместителя министра внутренних дел Республики Казахстан и Департамент кадровой политики Министерства внутренних дел Республики Казахстан (Сайтбеков А.М.).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Департаменту кадровой политики Министерства внутренних дел Республики Казахстан (Сайтбеков А.М.) в установленном законодательством Республики Казахстан порядке обеспечить размещение настоящего приказа на интернет-ресурсе Министерства внутренних дел Республики Казахстан;</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-[...39 lines deleted...]
-    <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -669,88 +720,66 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министр внутренних дел</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">генерал-лейтенант полиции </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -784,50 +813,71 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Е. Тургумбаев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -906,3995 +956,4667 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 12. 06. 2020 года № 463</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:bookmarkStart w:name="z19" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Квалификационные требования к должностям сотрудников центрального аппарата и ведомств Министерства внутренних дел Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции приказа Министра внутренних дел РК от 02.04.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Приложение 1 в редакции приказа Министра внутренних дел РК от 28.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 236</w:t>
+        <w:t>№ 52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z79" w:id="14"/>
-[...197 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Категория</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Требования к образованию</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Стаж работы должен соответствовать следующим требованиям</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Иные требования, необходимые для эффективного выполнения профессиональной деятельности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SV-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Руководитель аппарата Председатель комитета</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование (специалитет) или послевузовское образование,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...217 lines deleted...]
-          </w:tcPr>
+соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее десяти лет стажа работы на правоохранительной службе, из которых не менее пяти лет стажа работы по соответствующему профильному направлению конкретных должностей данных категорий, в том числе не менее пять лет на руководящих должностях, из них не менее двух лет на должностях следующей нижестоящей категории, предусмотренной штатным расписанием конкретного структурного подразделения, или не ниже категорий C-GP-2, C-OGP-3, C-AGP-3, C-KSGP-2, C-KAGP-2, C-VP-2, C-TP-3, C-SV-2, C-SVО-1, C-SVU-1, B-FM-2, B-FMО-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SV-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Начальник департамента Заместитель председателя комитета</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование (специалитет) или послевузовское образование,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...252 lines deleted...]
-            </w:r>
+соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее девяти лет стажа работы на правоохранительной службе, из которых не менее трех лет стажа работы по соответствующему профильному направлению конкретных должностей данных категорий, в том числе не менее трех лет на руководящих должностях, из них не менее двух лет на должностях следующей нижестоящей категории, предусмотренной штатным расписанием конкретного структурного подразделения, или не ниже категорий C-GP-4, C-OGP-3, C-АGP-4, C-KSGP-3, C-ОKSGP-1, C-KАGP-3, C-VP-2, C-TP-3, B-FM-3, B- FMO-2, C-SV-3, C-SVO-2, C-SVU-2, C-SN-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В оперативно-криминалистическую службу наличие квалификационных свидетельств на право производства не менее 6 видов криминалистических исследований, в том числе специальных видов исследований, выданных Квалификационной комиссией МВД Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для служб внутреннего аудита наличие сертификата о присвоении квалификации государственного аудитора.</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SV-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель начальника департамента </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
-[...71 lines deleted...]
-Заместитель начальника департамента Полномочный представитель МВД Республики Казахстан в МВД Кыргызской Республики </w:t>
+Полномочный представитель МВД Республики Казахстан в МВД Кыргызской Республики</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Начальник управления</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...16 lines deleted...]
-          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее восьми лет стажа работы на правоохранительной службе, из которых не менее трех лет стажа работы на руководящих должностях по соответствующему профильному направлению конкретных должностей данных категорий, в том числе не менее двух лет на руководящих должностях следующей нижестоящей категории, предусмотренной штатным расписанием конкретного структурного подразделения, или не ниже категорий C-GP-4, C-AGP-5, C-VP-3, C-TP-4, C-OGP-4, C-KSGP-4, C-KAGP-4, C-OKSGP-2, C-RVP-1, C-GVP-1, C-RTP-1, C-RGP-1, B-FM-4, B-FMО-3, C-SV-4, C-SVО-3, C-SVR-1, C-SVU-3, C-SN-2, C-SGU-1, C-SGU-3, C-SGU-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В оперативно-криминалистическую службу наличие квалификационных свидетельств на право производства не менее 6 видов криминалистических исследований, в том числе специальных видов исследований, выданных Квалификационной комиссией МВД Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
-[...161 lines deleted...]
-В оперативно-криминалистическую службу наличие квалификационных свидетельств на право производства криминалистических исследований или судебных экспертиз.</w:t>
+На должность Представителя МВД Республики Казахстан за рубежом необходимо знание государственного и русского языков, а также английского языка или языка страны пребывания.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для служб внутреннего аудита наличие сертификата о присвоении квалификации государственного аудитора.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 В Интерпол необходимо знание одного из четырех официальных языков: французский, английский, испанский или арабский.</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SV-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Начальник управления департамента, комитета </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+Заместитель начальника управления</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SV-4</w:t>
-[...216 lines deleted...]
-            </w:r>
+Советник министра</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее семи лет стажа работы на правоохранительной службе, из которых не менее трех лет стажа работы по соответствующему профильному направлению конкретных должностей данных категорий, в том числе не менее двух лет на должностях следующей нижестоящей категории, предусмотренной штатным расписанием конкретного структурного подразделения, или не ниже категорий C-GP-6, C-AGP-7, C-KSGP-4, C-KAGP-4, C-OKSGP-3, B-FM-5, B-FMО-4, C-SV-5, C-SVО-4, C-SVR-3, C-SVU-4, C-SN-3, С-SSP-2, C-SGU-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В оперативно-криминалистическую службу наличие квалификационных свидетельств на право производства не менее 5 видов криминалистических исследований, в том числе специальных видов исследований, выданных Квалификационной комиссией МВД Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для служб внутреннего аудита наличие сертификата о присвоении квалификации государственного аудитора.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 В Интерпол необходимо знание одного из четырех официальных языков: французский, английский, испанский или арабский.</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SV-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель начальника управления департамента, комитета </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Главный инспектор (следователь, оперуполномоченный) по особо важным делам </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Начальник отдела </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
-[...252 lines deleted...]
-            </w:r>
+Начальник дежурной части</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее шести лет стажа работы на правоохранительной службе, из которых не менее двух лет стажа работы по соответствующему профильному направлению конкретных должностей данных категорий, в том числе не менее двух лет на должностях следующей нижестоящей категории, предусмотренной штатным расписанием конкретного структурного подразделения, или не ниже категорий C-GP-7, C-AGP-8, C-KSGP-5, C-KAGP-5, C-VP-5, C-TP-7, C-OGP-7, C-OKSGP-5, B-FM-6, B-FMО-5, C-SV-8, C-SVО-5, C-SVR-4, C-SVU-5, C-SN-4, С-SSP-3, C-SGU-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В оперативно-криминалистическую службу наличие квалификационных свидетельств на право производства не менее 5 видов криминалистических исследований, в том числе специальных видов исследований, выданных Квалификационной комиссией МВД Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для служб внутреннего аудита наличие сертификата о присвоении квалификации государственного аудитора.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 В Интерпол необходимо знание одного из четырех официальных языков: французский, английский, испанский или арабский.</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...265 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SV-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Начальник отдела управления департамента, комитета </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Заместитель начальника отдела </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Помощник первого руководителя центрального органа </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее шести лет стажа работы на правоохранительной службе, из которых не менее двух лет стажа работы по соответствующему профильному направлению конкретных должностей данных категорий, в том числе не менее двух лет на должностях следующей нижестоящей категории, предусмотренной штатным расписанием конкретного структурного подразделения, или не ниже категорий C-GP-7, C-AGP-8, C-KSGP-5, C-KAGP-5, C-VP-5, C-TP-7, C-OGP-7, C-OKSGP-5, B-FM-6, B-FMО-5, C-SV-8, C-SVО-5, C-SVR-4, C-SVU-5, C-SN-4, С-SSP-3, C-SGU-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В оперативно-криминалистическую службу наличие квалификационных свидетельств на право производства не менее 4 видов криминалистических исследований, в том числе специальных видов исследований, выданных Квалификационной комиссией МВД Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для служб внутреннего аудита наличие сертификата о присвоении квалификации государственного аудитора.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 В Интерпол необходимо знание одного из четырех официальных языков: французский, английский, испанский или арабский.</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...265 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SV-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель начальника отдела управления департамента, комитета </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Начальник отделения </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее четырех лет стажа работы на правоохранительной службе</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В оперативно-криминалистическую службу наличие квалификационных свидетельств на право производства не менее 4 видов криминалистических исследований, в том числе специальных видов исследований, выданных Квалификационной комиссией МВД Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для служб внутреннего аудита наличие сертификата о присвоении квалификации государственного аудитора.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 В Интерпол необходимо знание одного из четырех официальных языков: французский, английский, испанский или арабский.</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SV-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Старший следователь (оперуполномоченный, дознаватель) по особо важным делам </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Старший инспектор по особым поручениям </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Главный: криминалист, ревизор-аудитор, специалист-врач, специалист-психолог, специалист-полиграфолог, специалист </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8.</w:t>
-[...252 lines deleted...]
-            </w:r>
+Помощник начальника дежурной части - оперативный дежурный</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не менее четырех лет стажа работы на правоохранительной службе</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В оперативно-криминалистическую службу наличие квалификационных свидетельств на право производства не менее 4 видов криминалистических исследований, в том числе специальных видов исследований, выданных Квалификационной комиссией МВД Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 В Интерпол необходимо знание одного из четырех официальных языков: французский, английский, испанский или арабский.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для служб внутреннего аудита наличие сертификата о присвоении квалификации государственного аудитора.</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...247 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SV-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Старший: следователь, дознаватель, оперуполномоченный, криминалист, ревизор-аудитор, инспектор и инженер всех наименований </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее трех лет стажа службы в правоохранительных или специальных государственных органах или на воинской службе, или в должности судьи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В оперативно-криминалистическую службу наличие квалификационных свидетельств на право производства не менее 3 видов криминалистических исследований, в том числе специальных видов исследований, выданных Квалификационной комиссией МВД Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 В Интерпол необходимо знание одного из четырех официальных языков: французский, английский, испанский или арабский.</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SV-10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Следователь, дознаватель, оперуполномоченный, криминалист, ревизор-аудитор, инспектор и инженер всех наименований</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее двух лет стажа работы на правоохранительной службе или специальных государственных органах или на воинской службе или в должности судьи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В оперативно-криминалистическую службу наличие квалификационных свидетельств на право производства не менее 1 вида криминалистических исследований, в том числе специальных видов исследований, выданных Квалификационной комиссией МВД Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10.</w:t>
-[...217 lines deleted...]
-          </w:tcPr>
+Требования к наличию квалификационных свидетельств не устанавливается в случае наличия у кандидата специального образования (в области биологии, химии, молекулярной генетики, молекулярной биологии, IT-сфере).</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 В Интерпол необходимо знание одного из четырех официальных языков: французский, английский, испанский или арабский.</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SV-12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Полицейский-водитель, младший оперуполномоченный, заведующий складом всех наименований</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>среднее образование или техническое и профессиональное, послесреднее образование, обеспечивающее подготовку специалистов среднего звена</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Для полицейских-водителей наличие водительского удостоверения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.</w:t>
-[...176 lines deleted...]
-            </w:r>
+Обязательное прохождение службы в рядах Вооруженных Сил Республики Казахстан или прохождение курсов Военно-технической школы либо окончание курсов Военной кафедры при учебных заведениях Республики Казахстан (данное требование распространяется на призывников)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...172 lines deleted...]
-          </w:tcPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SV-13</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Техник, младший инспектор</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>среднее образование или техническое и профессиональное, послесреднее образование, обеспечивающее подготовку специалистов среднего звена.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Обязательное прохождение службы в рядах Вооруженных Сил Республики Казахстан или прохождение курсов Военно-технической школы либо окончание курсов Военной кафедры при учебных заведениях Республики Казахстан (данное требование распространяется на призывников)</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      Примечание: Лица, обладающие высокой профессиональной подготовкой, имеющие специфические знания либо значительный опыт работы по определенным специальностям, без учета необходимого стажа работы, установленного настоящими квалификационными требованиями, могут быть назначены на должности по решению Министра внутренних дел Республики Казахстан либо по согласованию с ним.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-</w:t>
+      В случае назначении на должности лиц, не являющихся сотрудниками правоохранительных органов, необходимо также руководствоваться требованиями по стажу работы к соответствующим категориям должностей в соответствии с Типовыми квалификационными требованиями к категориям должностей правоохранительных органов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -4989,14408 +5711,4106 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 12. 06. 2020 года № 463</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z81" w:id="15"/>
+    <w:bookmarkStart w:name="z81" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Квалификационные требования к должностям сотрудников областных (городов республиканского значения, столицы, на транспорте) территориальных органов Министерства внутренних дел Республики Казахстан</w:t>
+        <w:t xml:space="preserve"> Квалификационные требования к должностям сотрудников областных (городов республиканского значения, на транспорте) территориальных органов Министерства внутренних дел Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Приложение 2 в редакции приказа Министра внутренних дел РК от 02.04.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Приложение 2 в редакции приказа Министра внутренних дел РК от 28.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 236</w:t>
+        <w:t>№ 52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...193 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Категория</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Требования к образованию</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Стаж работы должен соответствовать следующим требованиям</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Иные требования, необходимые для эффективного выполнения профессиональной деятельности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVО-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Начальник </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование (специалитет) или послевузовское образование,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...252 lines deleted...]
-            </w:r>
+соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее девяти лет стажа работы на правоохранительной службе, из которых не менее трех лет стажа работы по соответствующему профильному направлению конкретных должностей данных категорий, в том числе не менее трех лет на руководящих должностях, из них не менее двух лет на должностях следующей нижестоящей категории, предусмотренной штатным расписанием конкретного структурного подразделения, или не ниже категорий C-GP-4, C-OGP-3, C-АGP-4, C-KSGP-3, C-ОKSGP-1, C-KАGP-3, C-VP-2, C-TP-3, B-FM-3, B- FMO-2, C-SV-3, C-SVO-2, C-SVU-2, C-SN-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVО-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель начальника </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование (специалитет) или послевузовское образование,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...270 lines deleted...]
-            </w:r>
+соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее восьми лет стажа работы на правоохранительной службе, из которых не менее трех лет стажа работы на руководящих должностях по соответствующему профильному направлению конкретных должностей данных категорий, в том числе не менее двух лет на руководящих должностях следующей нижестоящей категории, предусмотренной штатным расписанием конкретного структурного подразделения, или не ниже категорий C-GP-4, C-AGP-5, C-VP-3, C-TP-4, C-OGP-4, C-KSGP-4, C-KAGP-4, C-OKSGP-2, C-RVP-1, C-GVP-1, C-RTP-1, C-RGP-1, B-FM-4, B-FMО-3, C-SV-4, C-SVО-3, C-SVR-2, C-SVU-3, C-SN-2, C-SGU-1, C-SGU-3, C-SGU-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Назначение на должность заместителя начальника по работе с личным составом осуществляется из числа лиц, имеющих стаж службы в подразделениях по работе с личным составом либо прошедших обучение по вопросам управления персоналом (HR).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...265 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVО-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Начальник управления </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее семи лет стажа работы на правоохранительной службе, из которых не менее трех лет стажа работы по соответствующему профильному направлению конкретных должностей данных категорий, в том числе не менее двух лет на должностях следующей нижестоящей категории, предусмотренной штатным расписанием конкретного структурного подразделения, или не ниже категорий C-GP-6, C-AGP-7, C-KSGP-4, C-KAGP-4, C-OKSGP-3, B-FM-5, B-FMО-4, C-SV-5, C-SV-8, C-SVО-4, C-SVR-3, C-SVU-4, C-SN-3, С-SSP-2, C-SGU-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В оперативно-криминалистическую службу наличие квалификационных свидетельств на право производства не менее 5 видов криминалистических исследований, в том числе специальных видов исследований, выданных Квалификационной комиссией МВД Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...265 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVО-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель начальника управления </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Начальник отдела </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее шести лет стажа работы на правоохранительной службе, из которых не менее двух лет стажа работы по соответствующему профильному направлению конкретных должностей данных категорий, в том числе не менее двух лет на должностях следующей нижестоящей категории, предусмотренной штатным расписанием конкретного структурного подразделения, или не ниже категорий C-GP-7, C-AGP-8, C-KSGP-5, C-KAGP-5, C-VP-5, C-TP-7, C-OGP-7, C-OKSGP-5, B-FM-6, B-FMО-5, C-SV-8, C-SVО-5, C-SVR-4, C-SVU-5, C-SN-4, С-SSP-3, C-SGU-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В оперативно-криминалистическую службу наличие квалификационных свидетельств на право производства не менее 5 видов криминалистических исследований, в том числе специальных видов исследований, выданных Квалификационной комиссией МВД Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...140 lines deleted...]
-          </w:tcPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVО-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Начальник отдела управления </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
- 1) не менее трех лет стажа работы на правоохранительной службе; </w:t>
-[...108 lines deleted...]
-            </w:r>
+Заместитель начальника отдела </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Помощник начальника </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее четырех лет стажа работы на правоохранительной службе</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В оперативно-криминалистическую службу наличие квалификационных свидетельств на право производства не менее 4 видов криминалистических исследований, в том числе специальных видов исследований, выданных Квалификационной комиссией МВД Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...247 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVО-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель начальника отдела управления </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Начальник: отделения, службы, дежурной части, центра кинологической службы, изолятора временного содержания, приемника-распределителя, специального приемника, автохозяйства </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее трех лет стажа службы в правоохранительных или специальных государственных органах или на воинской службе, или в должности судьи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В оперативно-криминалистическую службу наличие квалификационных свидетельств на право производства не менее 4 видов криминалистических исследований, в том числе специальных видов исследований, выданных Квалификационной комиссией МВД Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVО-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Старший следователь (оперуполномоченный, дознаватель) по особо важным делам, старший инспектор по особым поручениям всех наименований </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Главный: криминалист, ревизор, специалист всех наименований. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Заместитель начальника: центра кинологической службы, изолятора временного содержания, приемника-распределителя, специального приемника, автохозяйства </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Помощник начальника: отдела, дежурной части - оперативный дежурный </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Оперативный дежурный </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее трех лет стажа службы в правоохранительных или специальных государственных органах или на воинской службе, или в должности судьи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В оперативно-криминалистическую службу наличие квалификационных свидетельств на право производства не менее 4 видов криминалистических исследований, в том числе специальных видов исследований, выданных Квалификационной комиссией МВД Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7.</w:t>
-[...234 lines deleted...]
-            </w:r>
+Для служб внутреннего аудита наличие сертификата о присвоении квалификации государственного аудитора.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVО-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Старший: следователь, дознаватель, криминалист, оперуполномоченный, ревизор, госавтоинспектор, инспектор и инженер всех наименований </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) послесреднее образование, обеспечивающее подготовку специалистов среднего звена </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8.</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+по соответствующим функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SVО-8</w:t>
-[...198 lines deleted...]
-            </w:r>
+(только для старших инженеров всех наименований областного территориального органа</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее двух лет стажа работы на правоохранительной службе или специальных государственных органах или на воинской службе или в должности судьи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В оперативно-криминалистическую службу наличие квалификационных свидетельств на право производства не менее 3 видов криминалистических исследований, в том числе специальных видов исследований, выданных Квалификационной комиссией МВД Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVО-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Следователь, дознаватель, криминалист, оперуполномоченный, ревизор, госавтоинспектор, инспектор и инженер всех наименований </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) высшее образование, соответствующее функциональным направлениям конкретной должности.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9.</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+2) послесреднее образование, обеспечивающее подготовку специалистов среднего звена по соответствующим функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SVО-9</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+(только для инспекторов-кинологов, инженеров всех наименований областного территориального органа, для сотрудников уголовно-исполнительной системы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В оперативно-криминалистическую службу наличие квалификационных свидетельств на право производства не менее 1 вида криминалистических исследований, в том числе специальных видов исследований, выданных Квалификационной комиссией МВД Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Следователь, дознаватель, криминалист, оперуполномоченный, ревизор, психолог, полиграфолог, госавтоинспектор, инспектор и инженер всех наименований областного территориального органа</w:t>
-[...111 lines deleted...]
-            </w:pPr>
+Требования к наличию квалификационных свидетельств не устанавливается в случае наличия у кандидата специального образования (в области биологии, химии, молекулярной генетики, молекулярной биологии, IT-сфере).</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SV-12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Помощник оперативного дежурного.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Командир отделения, полицейский всех наименований, старшина, помощник дежурного, младший оперуполномоченный, помощник следователя, заведующий складом всех наименований </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>среднее образование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Для полицейских-водителей наличие водительского удостоверения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10.</w:t>
-[...194 lines deleted...]
-            </w:r>
+Обязательное прохождение службы в рядах Вооруженных Сил РК или прохождение курсов Военно-технической школы либо окончание курсов Военной кафедры при учебных заведениях Республики Казахстан (данное требование распространяется на призывников)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...189 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SV-13</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Техники и операторы всех наименований, младший инспектор, младший инспектор-кинолог</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>среднее образование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Обязательное прохождение службы в рядах Вооруженных Сил РК или прохождение курсов Военно-технической школы либо окончание курсов Военной кафедры при учебных заведениях Республики Казахстан (данное требование распространяется на призывников)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Примечание: В настоящих квалификационных требованиях в стаж воинской службы не включаются периоды срочной воинской службы составов солдат (матросов).</w:t>
+        <w:t>      Примечание: Лица, обладающие высокой профессиональной подготовкой, имеющие специфические знания либо значительный опыт работы по определенным специальностям, без учета необходимого стажа работы, установленного настоящими квалификационными требованиями, могут быть назначены на должности по решению Министра внутренних дел Республики Казахстан либо по согласованию с ним.</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Лица, обладающие высокой профессиональной подготовкой, имеющие специфические знания либо значительный опыт работы по определенным специальностям, без учета необходимого стажа работы, установленного настоящими квалификационными требованиями, могут быть назначены на должности по решению Министра внутренних дел Республики Казахстан либо по согласованию с ним.</w:t>
-[...157 lines deleted...]
-      Сноска. Заголовок - в редакции приказа Министра внутренних дел РК от 22.09.2025 </w:t>
+      В случае назначении на должности лиц, не являющихся сотрудниками правоохранительных органов, необходимо также руководствоваться требованиями по стажу работы к соответствующим категориям должностей в соответствии с Типовыми квалификационными требованиями к категориям должностей правоохранительных органов.</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...6 lines deleted...]
-        <w:t>№ 700</w:t>
+        <w:br/>
       </w:r>
-      <w:r>
-[...10861 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -19460,3204 +9880,4133 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 5 к приказу</w:t>
+              <w:t>Приложение 3 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министра внутренних дел</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 12. 06. 2020 года № 463</w:t>
+              <w:t>от 12.06.2020 года № 463</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z240" w:id="18"/>
+    <w:bookmarkStart w:name="z124" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Квалификационные требования к должностям сотрудников подразделений специального назначения Министерства внутренних дел Республики Казахстан</w:t>
+        <w:t xml:space="preserve"> Квалификационные требования к должностям сотрудников городских, районных (районов в городах, на транспорте) территориальных органов Министерства внутренних дел Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Приложение 5 в редакции приказа Министра внутренних дел РК от 02.04.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Приложение 3 в редакции приказа Министра внутренних дел РК от 28.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 236</w:t>
+        <w:t>№ 52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...193 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Категория</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Требования к образованию</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Стаж работы должен соответствовать следующим требованиям</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Иные требования, необходимые для эффективного выполнения профессиональной деятельности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVR-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Начальник </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование (специалитет) или послевузовское образование,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...288 lines deleted...]
-            </w:r>
+соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее семи лет стажа работы на правоохранительной службе, из которых не менее трех лет стажа работы по соответствующему профильному направлению конкретных должностей данных категорий, в том числе не менее двух лет на должностях следующей нижестоящей категории, предусмотренной штатным расписанием конкретного структурного подразделения, или не ниже категорий C-GP-6, C-AGP-7, C-KSGP-4, C-KAGP-4, C-OKSGP-3, B-FM-5, B-FMО-4, C-SV-5, C-SVО-4, C-SVR-3, C-SVU-4, C-SN-3, С-SSP-2, C-SGU-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVR-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Начальник</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Заместитель начальника </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование (специалитет) или послевузовское образование,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...288 lines deleted...]
-            </w:r>
+соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее шести лет стажа работы на правоохранительной службе, из которых не менее двух лет стажа работы по соответствующему профильному направлению конкретных должностей данных категорий, в том числе не менее двух лет на должностях следующей нижестоящей категории, предусмотренной штатным расписанием конкретного структурного подразделения, или не ниже категорий C-GP-7, C-AGP-8, C-KSGP-5, C-KAGP-5, C-VP-5, C-TP-7, C-OGP-7, C-OKSGP-5, B-FM-6, B-FMО-5, C-SV-8, C-SVО-5, C-SVR-4, C-SVU-5, C-SN-4, С-SSP-3, C-SGU-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Назначение на должность заместителя начальника по работе с личным составом осуществляется из числа лиц, имеющих стаж службы в подразделениях по работе с личным составом либо прошедших обучение по вопросам управления персоналом (HR).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...283 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVR-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Начальник</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Заместитель начальника </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее шести лет стажа работы на правоохранительной службе, из которых не менее двух лет стажа работы по соответствующему профильному направлению конкретных должностей данных категорий, в том числе не менее двух лет на должностях следующей нижестоящей категории, предусмотренной штатным расписанием конкретного структурного подразделения, или не ниже категорий C-GP-7, C-AGP-8, C-KSGP-5, C-KAGP-5, C-VP-5, C-TP-7, C-OGP-7, C-OKSGP-5, B-FM-6, B-FMО-5, C-SV-8, C-SVО-5, C-SVR-4, C-SVU-5, C-SN-4, С-SSP-3, C-SGU-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Назначение на должность заместителя начальника по работе с личным составом осуществляется из числа лиц, имеющих стаж службы в подразделениях по работе с личным составом либо прошедших обучение по вопросам управления персоналом (HR).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVR-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Начальник</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+Заместитель начальника</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее четырех лет стажа работы на правоохранительной службе</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В оперативно-криминалистическую службу наличие квалификационных свидетельств на право производства не менее 4 видов криминалистических исследований, в том числе специальных видов исследований, выданных Квалификационной комиссией МВД Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SN-4</w:t>
-[...234 lines deleted...]
-            </w:r>
+Для туристской полиции необходимо знание истории Казахстана и иностранных языков.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...207 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVR-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Участковый инспектор полиции</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Назначается после одобрения кандидата на собрании (сходе) местного сообщества</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVR-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Начальник </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+Заместитель начальника</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее трех лет стажа службы в правоохранительных или специальных государственных органах или на воинской службе, или в должности судьи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В оперативно-криминалистическую службу наличие квалификационных свидетельств на право производства не менее 4 видов криминалистических исследований, в том числе специальных видов исследований, выданных Квалификационной комиссией МВД Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SN-6</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+Для туристской полиции необходимо знание истории Казахстана и иностранных языков.</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Старший инспектор-дежурный, старший инспектор специального назначения "Сункар" Командир роты специального отряда быстрого реагирования</w:t>
-[...180 lines deleted...]
-            </w:r>
+Назначение на должность заместителя начальника по работе с личным составом осуществляется из числа лиц, имеющих стаж службы в подразделениях по работе с личным составом либо прошедших обучение по вопросам управления персоналом (HR).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVR-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заместитель начальника</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7.</w:t>
-[...159 lines deleted...]
-          </w:tcPr>
+Оперативный дежурный</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее двух лет стажа работы на правоохранительной службе или специальных государственных органах или на воинской службе или в должности судьи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVR-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Старший: следователь, дознаватель, криминалист, оперуполномоченный, госавтоинспектор, участковый инспектор полиции по делам несовершеннолетних, инспектор и инженер всех наименований</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8.</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+2) техническое и профессиональное, послесреднее образование, обеспечивающее подготовку специалистов среднего звена по соответствующим функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SN-7</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+ (только для подразделений уголовно-исполнительной системы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) не менее одного года стажа работы на государственной службе или в должности судьи или в сферах, соответствующих функциональному направлению конкретной должности данных категорий;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Командир взвода, старший инспектор всех наименований подразделения специального назначения "Арлан" Старший: инспектор и инженер всех наименований специального отряда быстрого реагирования Заместитель командира роты, командир взвода специального отряда быстрого реагирования</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+2) стаж работы не требуется для лиц, окончивших организации образования правоохранительных органов по образовательным программам высшего образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В оперативно-криминалистическую службу наличие квалификационных свидетельств на право производства не менее 3 видов криминалистических исследований, в том числе специальных видов исследований, выданных Квалификационной комиссией МВД Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
-[...144 lines deleted...]
-            </w:r>
+Для туристской полиции необходимо знание истории Казахстана и иностранных языков.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVR-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Следователь, дознаватель, криминалист, оперуполномоченный, госавтоинспектор, участковый инспектор полиции по делам несовершеннолетних, инспектор и инженер всех наименований, помощник участкового инспектора полиции </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9.</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+Инспектор всех наименований подразделений уголовно-исполнительной системы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SN-8</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+2) послесреднее образование, обеспечивающее подготовку специалистов среднего звена по соответствующим функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Инспектор и инженер всех наименований подразделения специального назначения "Арлан", специального отряда быстрого реагирования</w:t>
-[...122 lines deleted...]
-            </w:r>
+(только для должностей помощников участкового инспектора полиции, инспекторов-кинологов, инженеров всех наименований, инспекторов подразделений уголовно-исполнительной системы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Для туристской полиции необходимо знание истории Казахстана и иностранных языков.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SV-12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Помощник дежурного, командир отделения, полицейские всех наименований, старшина, младший оперуполномоченный, помощник следователя, заведующий складом всех наименований</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>среднее образование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Для полицейских-водителей наличие водительского удостоверения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10.</w:t>
-[...176 lines deleted...]
-            </w:r>
+Обязательное прохождение службы в рядах Вооруженных Сил РК или прохождение курсов Военно-технической школы либо окончание курсов Военной кафедры при учебных заведениях Республики Казахстан (данное требование распространяется на призывников)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SV-13</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Техники и операторы всех наименований, младший инспектор, младший инспектор-кинолог</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>среднее образование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Обязательное прохождение службы в рядах Вооруженных Сил РК или прохождение курсов Военно-технической школы либо окончание курсов Военной кафедры при учебных заведениях Республики Казахстан (данное требование распространяется на призывников)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Примечание: В настоящих квалификационных требованиях в стаж воинской службы не включаются периоды срочной воинской службы составов солдат (матросов).</w:t>
+        <w:t>      Примечание: Лица, обладающие высокой профессиональной подготовкой, имеющие специфические знания либо значительный опыт работы по определенным специальностям, без учета необходимого стажа работы, установленного настоящими квалификационными требованиями, могут быть назначены на должности по решению Министра внутренних дел Республики Казахстан либо по согласованию с ним.</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Лица, обладающие высокой профессиональной подготовкой, имеющие специфические знания либо значительный опыт работы по определенным специальностям, без учета необходимого стажа работы, установленного настоящими квалификационными требованиями, могут быть назначены на должности по решению Министра внутренних дел Республики Казахстан либо по согласованию с ним.</w:t>
+      В случае назначении на должности лиц, не являющихся сотрудниками правоохранительных органов, необходимо также руководствоваться требованиями по стажу работы к соответствующим категориям должностей в соответствии с Типовыми квалификационными требованиями к категориям должностей правоохранительных органов.</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -22727,3472 +14076,8444 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 6 к приказу</w:t>
+              <w:t>Приложение 4 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министра внутренних дел</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 12. 06. 2020 года № 463</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z280" w:id="19"/>
+    <w:bookmarkStart w:name="z167" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Квалификационные требования к должностям сотрудников строевых подразделений Министерства внутренних дел Республики Казахстан</w:t>
+        <w:t xml:space="preserve"> Квалификационные требования к должностям сотрудников организаций образования Министерства внутренних дел Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Приложение 6 в редакции приказа Министра внутренних дел РК от 02.04.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Приложение 4 в редакции приказа Министра внутренних дел РК от 28.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 236</w:t>
+        <w:t>№ 52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...193 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Категория</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Требования к образованию</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Стаж работы должен соответствовать следующим требованиям</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Иные требования, необходимые для эффективного выполнения профессиональной деятельности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...266 lines deleted...]
-          </w:tcPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVU-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Начальник академии</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наличие ученой степени (степени) или ученого звания</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее девяти лет стажа работы на правоохранительной службе, из которых не менее трех лет стажа работы по соответствующему профильному направлению конкретных должностей данных категорий, в том числе не менее трех лет на руководящих должностях, из них не менее двух лет на должностях следующей нижестоящей категории, предусмотренной штатным расписанием конкретного структурного подразделения, или не ниже категорий C-GP-4, C-OGP-3, C-АGP-4, C-KSGP-3, C-ОKSGP-1, C-KАGP-3, C-VP-2, C-TP-3, B-FM-3, B- FMO-2, C-SV-3, C-SVO-2, C-SVU-2, C-SN-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Назначается из числа сотрудников, осуществляющих (осуществлявших) научно-педагогическую деятельность.</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVU-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель начальника академии </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+Начальник института</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование (специалитет) или послевузовское образование.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SSP-2</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+Для заместителей начальника академии, курирующих учебную и научную работу и начальника института наличие ученой степени (степени) или ученого звания</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее восьми лет стажа работы на правоохранительной службе, из которых не менее трех лет стажа работы на руководящих должностях по соответствующему профильному направлению конкретных должностей данных категорий, в том числе не менее двух лет на руководящих должностях следующей нижестоящей категории, предусмотренной штатным расписанием конкретного структурного подразделения, или не ниже категорий C-GP-4, C-AGP-5, C-VP-3, C-TP-4, C-OGP-4, C-KSGP-4, C-KAGP-4, C-OKSGP-2, C-RVP-1, C-GVP-1, C-RTP-1, C-RGP-1, B-FM-4, B-FMО-3, C-SV-4, C-SVО-3, C-SVR-1, C-SVU-3, C-SN-2, C-SGU-1, C-SGU-3, C-SGU-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Назначается из числа сотрудников, осуществляющих (осуществлявших) научно-педагогическую деятельность.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Заместитель командира полка, эскадрильи Начальник штаба: полка, эскадрильи</w:t>
-[...187 lines deleted...]
-            </w:pPr>
+Назначение на должность заместителя начальника по работе с личным составом осуществляется из числа лиц, имеющих стаж службы в подразделениях по работе с личным составом либо прошедших обучение по вопросам управления персоналом (HR).</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVU-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заместитель начальника института</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование или послевузовское образование, соответствующее функциональным направлениям конкретной должности.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+Для заместителей начальника института курирующих учебную и научную работу наличие ученой степени (степени) или ученого звания</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее семи лет стажа работы на правоохранительной службе, из которых не менее трех лет стажа работы по соответствующему профильному направлению конкретных должностей данных категорий, в том числе не менее двух лет на должностях следующей нижестоящей категории, предусмотренной штатным расписанием конкретного структурного подразделения, или не ниже категорий C-GP-6, C-AGP-7, C-KSGP-4, C-KAGP-4, C-OKSGP-3, B-FM-5, B-FMО-4, C-SV-5, C-SVО-4, C-SVR-3, C-SVU-4, C-SN-3, С-SSP-2, C-SGU-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Назначается из числа сотрудников, осуществляющих (осуществлявших) научно-педагогическую деятельность.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SSP-3</w:t>
-[...205 lines deleted...]
-            </w:pPr>
+Назначение на должность заместителя начальника по работе с личным составом осуществляется из числа лиц, имеющих стаж службы в подразделениях по работе с личным составом либо прошедших обучение по вопросам управления персоналом (HR).</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...265 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVU-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Помощник начальника академии или института</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее шести лет стажа работы на правоохранительной службе, из которых не менее двух лет стажа работы по соответствующему профильному направлению конкретных должностей данных категорий, в том числе не менее двух лет на должностях следующей нижестоящей категории, предусмотренной штатным расписанием конкретного структурного подразделения, или не ниже категорий C-GP-7, C-AGP-8, C-KSGP-5, C-KAGP-5, C-VP-5, C-TP-7, C-OGP-7, C-OKSGP-5, B-FM-6, B-FMО-5, C-SV-8, C-SVО-5, C-SVR-4, C-SVU-5, C-SN-4, С-SSP-3, C-SGU-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...248 lines deleted...]
-          </w:tcPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVU-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Начальник факультета</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наличие ученой степени (степени) или ученого звания</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее четырех лет стажа работы на правоохранительной службе</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...230 lines deleted...]
-          </w:tcPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVU-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Начальник Учебного центра МВД</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование (специалитет) или послевузовское образование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее четырех лет стажа работы на правоохранительной службе</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVU-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель начальника факультета </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7.</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+Начальник: отдела, службы, центра</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SSP-7</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+Заместитель начальника Учебного центра МВД</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование (специалитет) или послевузовское образование.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Для должностей начальников отделов идеологической работы, по работе с личным составом, заместителей начальников учебных центров, курирующих строевую службу – высшее образование. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее трех лет стажа службы в правоохранительных или специальных государственных органах или на воинской службе, или в должности судьи.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Назначение на должность заместителя начальника по работе с личным составом осуществляется из числа лиц, имеющих стаж службы в подразделениях по работе с личным составом либо прошедших обучение по вопросам управления персоналом (HR). </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Старший инспектор и инженер всех наименований Старший: бортовой техник, бортовой техник-инструктор, техник-группы</w:t>
-[...93 lines deleted...]
-            </w:pPr>
+Для заместителей начальников факультетов, начальников центров и отделов научных подразделений наличие научно-педагогического стажа не менее двух лет.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVU-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Начальник кафедры</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8.</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+Ученый секретарь</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наличие ученой степени (степени) или ученого звания.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SSP-8</w:t>
-[...123 lines deleted...]
-          </w:tcPr>
+Для начальников кафедр тактико-специальной подготовки, физической подготовки, организации безопасности на объектах транспорта, кибербезопасности и информационных технологий – высшее образование (специалитет) или послевузовское образование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">не менее трех лет стажа службы в правоохранительных или специальных государственных органах или на воинской службе, или в должности судьи. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Для начальников кафедр наличие педагогического стажа не менее двух лет.</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVU-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заместитель начальника: отдела, службы, центра</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Для заместителей начальника: отдела, службы, центра учебных, научных подразделений </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9.</w:t>
-[...159 lines deleted...]
-          </w:tcPr>
+высшее образование (специалитет) или послевузовское образование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее двух лет стажа работы на правоохранительной службе или специальных государственных органах или на воинской службе или в должности судьи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...172 lines deleted...]
-          </w:tcPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVU-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заместитель начальника кафедры</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование (специалитет) или послевузовское образование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее двух лет стажа работы на правоохранительной службе или специальных государственных органах или на воинской службе или в должности судьи.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наличие педагогического стажа не менее одного года.</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...189 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVU-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Начальник курса</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее двух лет стажа работы на правоохранительной службе или специальных государственных органах или на воинской службе или в должности судьи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVU-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Начальник дежурной части учебного заведения</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее двух лет стажа работы на правоохранительной службе или специальных государственных органах или на воинской службе или в должности судьи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVU-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Профессор, доцент</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наличие ученой степени (степени) или ученого звания.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12.</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+Для профессоров, доцентов кафедр тактико-специальной подготовки, физической подготовки, организации безопасности на объектах транспорта,</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SV-13</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+кибербезопасности и информационных технологий высшее образование (специалитет) или послевузовское образование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее двух лет стажа работы на правоохранительной службе или специальных государственных органах или на воинской службе или в должности судьи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>14.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVU-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Начальник: отделения, группы, части, лагеря</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Младший инспектор по охране физических лиц Техник</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+Для начальника: отделения, группы по учебному и научному направлениям высшее образование (специалитет) или послевузовское образование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее двух лет стажа работы на правоохранительной службе или специальных государственных органах или на воинской службе или в должности судьи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>15.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVU-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Начальник медицинской части – врач</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее медицинское образование, соответствующее функциональным направлениям конкретной должности.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее двух лет стажа работы на правоохранительной службе или специальных государственных органах или на воинской службе или в должности судьи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>16.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVU-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Старший: научный сотрудник, преподаватель, преподаватель-методист</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-среднее, техническое и профессиональное образование, послесреднее образование</w:t>
-[...51 lines deleted...]
-          </w:tcPr>
+Главный специалист</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Для младших инспекторов по охране физических лиц служба в рядах Вооруженных Сил Республики Казахстан.</w:t>
-            </w:r>
+Заместитель начальника курса</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Для старшего научного сотрудника высшее образование (специалитет) или послевузовское образование. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Для старшего преподавателя высшее образование (специалитет) или послевузовское образование за исключением выпускающих кафедр, а также тактико-специальной подготовки, физической подготовки, организации безопасности на объектах транспорта</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее двух лет стажа работы на правоохранительной службе или специальных государственных органах или на воинской службе или в должности судьи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>17.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVU-10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Научный сотрудник</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование (специалитет) или послевузовское образование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>18.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVU-12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Преподаватель, преподаватель-методист</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Начальник: цикла, отдела</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Старший: преподаватель, преподаватель-методист Учебного центра МВД </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Старший инспектор и инженер всех наименований</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>19.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVU-13</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Начальник отделения Учебного центра МВД </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Заместитель начальника курса Учебного центра МВД </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Командир роты</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Преподаватель, преподаватель-методист Учебного центра МВД </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Инспектор, инженер всех наименований</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVU-13</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Руководитель духового оркестра </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послесреднее образование, обеспечивающее подготовку специалистов среднего звена по соответствующим функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>21.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVU-14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заместитель командира роты</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Командир взвода </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Старший инспектор всех наименований</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>22.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SVU-15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Инспектор всех наименований </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Воспитатель-командир роты воспитательной работы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Начальник: караула, клуба, тира, кабинета, караула </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>23.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>С-SV-12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Старший техник по учету </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Старший техник </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Старший специалист - старший мастер связи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Старшина курса </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Помощник дежурного </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Заведующий складом всех наименований </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Инструктор производственного обучения по вождению и практической езде </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Оружейный мастер </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Полицейский-водитель</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>среднее образование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Для полицейских-водителей наличие водительского удостоверения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обязательное прохождение службы в рядах Вооруженных Сил РК или прохождение курсов Военно-технической школы либо окончание курсов Военной кафедры при учебных заведениях Республики Казахстан (данное требование распространяется на призывников)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>24.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>С-SV-13</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Техник всех наименований </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Младший инспектор охраны Контролер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>среднее образование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Обязательное прохождение службы в рядах Вооруженных Сил РК или прохождение курсов Военно-технической школы либо окончание курсов Военной кафедры при учебных заведениях Республики Казахстан (данное требование распространяется на призывников)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Примечание: В настоящих квалификационных требованиях в стаж воинской службы не включаются периоды срочной воинской службы составов солдат (матросов).</w:t>
+        <w:t>      Примечание: Лица, обладающие высокой профессиональной подготовкой, имеющие специфические знания либо значительный опыт работы по определенным специальностям, без учета необходимого стажа работы, установленного настоящими квалификационными требованиями, могут быть назначены на должности по решению Министра внутренних дел Республики Казахстан либо по согласованию с ним.</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Лица, обладающие высокой профессиональной подготовкой, имеющие специфические знания либо значительный опыт работы по определенным специальностям, без учета необходимого стажа работы, установленного настоящими квалификационными требованиями, могут быть назначены на должности по решению Министра внутренних дел Республики Казахстан либо по согласованию с ним.</w:t>
+      В случае назначении на должности лиц, не являющихся сотрудниками правоохранительных органов, необходимо также руководствоваться требованиями по стажу работы к соответствующим категориям должностей в соответствии с Типовыми квалификационными требованиями к категориям должностей правоохранительных органов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -26228,3092 +22549,5022 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 7 к приказу</w:t>
+              <w:t>Приложение 5 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министра внутренних дел</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 12. 06. 2020 года № 463</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z309" w:id="20"/>
+    <w:bookmarkStart w:name="z240" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Квалификационные требования к должностям сотрудников строевых подразделений патрульной полиции Министерства внутренних дел Республики Казахстан</w:t>
+        <w:t xml:space="preserve"> Квалификационные требования к должностям сотрудников подразделений специального назначения Министерства внутренних дел Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Приложение 7 в редакции приказа Министра внутренних дел РК от 02.04.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Приложение 5 в редакции приказа Министра внутренних дел РК от 28.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 236</w:t>
+        <w:t>№ 52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...193 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Категория</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Требования к образованию</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Стаж работы должен соответствовать следующим требованиям</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Иные требования, необходимые для эффективного выполнения профессиональной деятельности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SN-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Командир отряда специального назначения "Сункар"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование (специалитет) или послевузовское образование,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее восьми лет стажа работы на правоохранительной службе, из которых не менее трех лет стажа работы на руководящих должностях по соответствующему профильному направлению конкретных должностей данных категорий, в том числе не менее двух лет на руководящих должностях следующей нижестоящей категории, предусмотренной штатным расписанием конкретного структурного подразделения, или не ниже категорий C-GP-4, C-AGP-5, C-VP-3, C-TP-4, C-OGP-4, C-KSGP-4, C-KAGP-4, C-OKSGP-2, C-RVP-1, C-GVP-1, C-RTP-1, C-RGP-1, B-FM-4, B-FMО-3, C-SV-4, C-SVО-3, C-SVR-1, C-SVU-3, C-SN-2, C-SGU-1, C-SGU-3, C-SGU-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Назначается из числа сотрудников, проходивших службу в подразделениях специального назначения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-С-SSP-1</w:t>
-[...234 lines deleted...]
-            </w:r>
+Наличие спортивной квалификации (звания, разряда не ниже 1 спортивного разряда) по видам единоборств.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SN-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заместитель командира отряда специального назначения "Сункар"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование (специалитет) или послевузовское образование,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее семи лет стажа работы на правоохранительной службе, из которых не менее трех лет стажа работы по соответствующему профильному направлению конкретных должностей данных категорий, в том числе не менее двух лет на должностях следующей нижестоящей категории, предусмотренной штатным расписанием конкретного структурного подразделения, или не ниже категорий C-GP-6, C-AGP-7, C-KSGP-4, C-KAGP-4, C-OKSGP-3, B-FM-5, B-FMО-4, C-SV-5, C-SVО-4, C-SVR-3, C-SVU-4, C-SN-3, С-SSP-2, C-SGU-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Назначается из числа сотрудников, проходивших службу в подразделениях специального назначения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SSP-2</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+Наличие спортивной квалификации (звания, разряда не ниже 1 спортивного разряда) по видам единоборств.</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Заместитель командира полка Начальник штаба полка.</w:t>
-[...198 lines deleted...]
-            </w:r>
+Назначение на должность заместителя командира по работе с личным составом осуществляется из числа лиц, имеющих стаж службы в подразделениях по работе с личным составом либо прошедших обучение по вопросам управления персоналом (HR).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SN-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Начальник: штаба, отдела отряда специального назначения "Сункар" </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее шести лет стажа работы на правоохранительной службе, из которых не менее двух лет стажа работы по соответствующему профильному направлению конкретных должностей данных категорий, в том числе не менее двух лет на должностях следующей нижестоящей категории, предусмотренной штатным расписанием конкретного структурного подразделения, или не ниже категорий C-GP-7, C-AGP-8, C-KSGP-5, C-KAGP-5, C-VP-5, C-TP-7, C-OGP-7, C-OKSGP-5, B-FM-6, B-FMО-5, C-SV-8, C-SVО-5, C-SVR-4, C-SVU-5, C-SN-4, С-SSP-3, C-SGU-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Назначается из числа сотрудников, проходивших службу в подразделениях специального назначения (за исключением сотрудников вспомогательных служб).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
-[...252 lines deleted...]
-            </w:r>
+Наличие спортивной квалификации (звания, разряда не ниже 1 спортивного разряда) по видам единоборств, тяжелая атлетика, пауэрлифтинг, гиревой спорт, легкая атлетика, триатлон, биатлон, лыжные гонки, лыжное двоеборье, спортивное ориентирование, (за исключением сотрудников вспомогательных служб и сотрудников, имеющих техническое образование - по согласованию с руководством МВД).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SN-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Командир подразделения специального назначения "Арлан" </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
-[...252 lines deleted...]
-            </w:r>
+Командир специального отряда быстрого реагирования</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее шести лет стажа работы на правоохранительной службе, из которых не менее двух лет стажа работы по соответствующему профильному направлению конкретных должностей данных категорий, в том числе не менее двух лет на должностях следующей нижестоящей категории, предусмотренной штатным расписанием конкретного структурного подразделения, или не ниже категорий C-GP-7, C-AGP-8, C-KSGP-5, C-KAGP-5, C-VP-5, C-TP-7, C-OGP-7, C-OKSGP-5, B-FM-6, B-FMО-5, C-SV-8, C-SVО-5, C-SVR-4, C-SVU-5, C-SN-4, С-SSP-3, C-SGU-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Назначается из числа сотрудников, проходивших службу в подразделениях специального назначения (за исключением сотрудников вспомогательных служб).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SN-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель начальника штаба отряда специального назначения "Сункар" </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Начальник: службы, отделения отряда специального назначения "Сункар" </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее четырех лет стажа работы на правоохранительной службе</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Назначается из числа сотрудников, проходивших службу в подразделениях специального назначения (за исключением сотрудников вспомогательных служб).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
-[...252 lines deleted...]
-            </w:r>
+Наличие спортивной квалификации (звания, разряда не ниже 1 спортивного разряда) по видам единоборств, тяжелая атлетика, пауэрлифтинг, гиревой спорт, легкая атлетика, триатлон, биатлон, лыжные гонки, лыжное двоеборье, спортивное ориентирование, (за исключением сотрудников вспомогательных служб и сотрудников, имеющих техническое образование - по согласованию с руководством МВД).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SN-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель командира подразделения специального назначения "Арлан" </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.</w:t>
-[...234 lines deleted...]
-            </w:r>
+Заместитель командира специального отряда быстрого реагирования</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее четырех лет стажа работы на правоохранительной службе</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Назначается из числа сотрудников, проходивших службу в подразделениях специального назначения (за исключением сотрудников вспомогательных служб).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SN-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Штурмовик, снайпер, взрывотехник отряда специального назначения "Сункар"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наличие спортивной квалификации (звания, разряда не ниже 1 спортивного разряда) по видам единоборств, тяжелая атлетика, пауэрлифтинг, гиревой спорт, легкая атлетика, триатлон, биатлон, лыжные гонки, лыжное двоеборье, спортивное ориентирование, (за исключением сотрудников вспомогательных служб и сотрудников, имеющих техническое образование - по согласованию с руководством МВД).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7.</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+Прохождение воинской службы в рядах Вооруженных Сил, других войсках и воинских формированиях Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SSP-7</w:t>
-[...140 lines deleted...]
-            </w:r>
+или окончание курсов Военной кафедры при учебных заведениях Республики Казахстан (данное требование распространяется на призывников)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...189 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SN-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Командир роты специального отряда быстрого реагирования</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее двух лет стажа работы на правоохранительной службе или специальных государственных органах или на воинской службе или в должности судьи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Назначается из числа сотрудников, проходивших службу в подразделениях специального назначения (за исключением сотрудников вспомогательных служб).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SN-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Старший инспектор-дежурный, старший инспектор специального назначения "Сункар"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Назначается из числа сотрудников, проходивших службу в подразделениях специального назначения (за исключением сотрудников вспомогательных служб).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9.</w:t>
-[...176 lines deleted...]
-            </w:r>
+Наличие спортивных званий, разрядов, квалификаций по видам единоборств или удостоверений по практической стрельбе (за исключением сотрудников вспомогательных служб).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SN-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Инспектор, инспектор-психолог отряда специального назначения "Сункар"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SN-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Командир взвода подразделения специального назначения "Арлан" </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10.</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+Заместитель командира роты, командир взвода специального отряда быстрого реагирования</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее двух лет стажа работы на правоохранительной службе или специальных государственных органах или на воинской службе или в должности судьи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Назначается из числа сотрудников, проходивших службу в подразделениях специального назначения (за исключением сотрудников вспомогательных служб).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SN-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Старший инспектор всех наименований подразделения специального назначения "Арлан"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Старший: инспектор и инженер всех наименований специального отряда быстрого реагирования </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Назначается из числа сотрудников, проходивших службу в подразделениях специального назначения (за исключением сотрудников вспомогательных служб).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SN-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Инспектор и инженер всех наименований подразделения специального назначения "Арлан", специального отряда быстрого реагирования</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование или техническое и профессиональное, послесреднее образование, обеспечивающее подготовку специалистов среднего звена, по соответствующим функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>14.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SV-12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Помощник дежурного, заведующий складом, старший техник, старшина, полицейский-водитель отряда специального назначения "Сункар" </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SV-12</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+Старшина, полицейский - водитель, помощник дежурного, заведующий складом подразделения специального назначения "Арлан", специального отряда быстрого реагирования</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>среднее образование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Для полицейских-водителей наличие водительского удостоверения по категориям не менее В, В1, С, С1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Командир отделения, старшина, помощник дежурного, заведующий складом и полицейский всех наименований</w:t>
-[...122 lines deleted...]
-            </w:r>
+Служба в рядах Вооруженных Сил Республики Казахстан (данное требование распространяется на призывников)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Примечание: В настоящих квалификационных требованиях в стаж воинской службы не включаются периоды срочной воинской службы составов солдат (матросов).</w:t>
+        <w:t>      Примечание: Лица, обладающие высокой профессиональной подготовкой, имеющие специфические знания либо значительный опыт работы по определенным специальностям, без учета необходимого стажа работы, установленного настоящими квалификационными требованиями, могут быть назначены на должности по решению Министра внутренних дел Республики Казахстан либо по согласованию с ним.</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Лица, обладающие высокой профессиональной подготовкой, имеющие специфические знания либо значительный опыт работы по определенным специальностям, без учета необходимого стажа работы, установленного настоящими квалификационными требованиями, могут быть назначены на должности по решению Министра внутренних дел Республики Казахстан либо по согласованию с ним.</w:t>
+      В случае назначении на должности лиц, не являющихся сотрудниками правоохранительных органов, необходимо также руководствоваться требованиями по стажу работы к соответствующим категориям должностей в соответствии с Типовыми квалификационными требованиями к категориям должностей правоохранительных органов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -29349,6246 +27600,13500 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 8 к приказу</w:t>
+              <w:t>Приложение 6 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министра внутренних дел</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 12. 06. 2020 года № 463</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z344" w:id="21"/>
+    <w:bookmarkStart w:name="z280" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Квалификационные требования к должностям сотрудников государственных учреждений Министерства внутренних дел Республики Казахстан</w:t>
+        <w:t xml:space="preserve"> Квалификационные требования к должностям сотрудников строевых подразделений Министерства внутренних дел Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Приложение 8 в редакции приказа Министра внутренних дел РК от 02.04.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Приложение 6 в редакции приказа Министра внутренних дел РК от 28.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 236</w:t>
+        <w:t>№ 52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...193 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Категория</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Требования к образованию</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Стаж работы должен соответствовать следующим требованиям</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Иные требования, необходимые для эффективного выполнения профессиональной деятельности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...266 lines deleted...]
-          </w:tcPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SSP-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Командир полка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее семи лет стажа работы на правоохранительной службе, из которых не менее трех лет стажа работы по соответствующему профильному направлению конкретных должностей данных категорий, в том числе не менее двух лет на должностях следующей нижестоящей категории, предусмотренной штатным расписанием конкретного структурного подразделения, или не ниже категорий C-GP-6, C-AGP-7, C-KSGP-4, C-KAGP-4, C-OKSGP-3, B-FM-5, B-FMО-4, C-SV-5, C-SVО-4, C-SVR-3, C-SVU-4, C-SN-3, С-SSP-2, C-SGU-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SSP-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заместитель командира полка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...253 lines deleted...]
-          </w:tcPr>
+Начальник штаба полка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее шести лет стажа работы на правоохранительной службе, из которых не менее двух лет стажа работы по соответствующему профильному направлению конкретных должностей данных категорий, в том числе не менее двух лет на должностях следующей нижестоящей категории, предусмотренной штатным расписанием конкретного структурного подразделения, или не ниже категорий C-GP-7, C-AGP-8, C-KSGP-5, C-KAGP-5, C-VP-5, C-TP-7, C-OGP-7, C-OKSGP-5, B-FM-6, B-FMО-5, C-SV-8, C-SVО-5, C-SVR-4, C-SVU-5, C-SN-4, С-SSP-3, C-SGU-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Назначение на должность заместителя командира по работе с личным составом осуществляется из числа лиц, имеющих стаж службы в подразделениях по работе с личным составом либо прошедших обучение по вопросам управления персоналом (HR).</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...266 lines deleted...]
-          </w:tcPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SSP-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Командир батальона</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее четырех лет стажа работы на правоохранительной службе</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SSP-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Помощник начальника штаба полка </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Заместитель командира батальона </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Командир роты </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Заместитель начальника штаба </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
-[...235 lines deleted...]
-          </w:tcPr>
+Начальник службы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее трех лет стажа службы в правоохранительных или специальных государственных органах или на воинской службе, или в должности судьи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Назначение на должность заместителя командира по работе с личным составом осуществляется из числа лиц, имеющих стаж службы в подразделениях по работе с личным составом либо прошедших обучение по вопросам управления персоналом (HR).</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SSP-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель командира роты </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Командир взвода </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
-[...235 lines deleted...]
-          </w:tcPr>
+Начальник: отделения, дежурной части</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее двух лет стажа работы на правоохранительной службе или специальных государственных органах или на воинской службе или в должности судьи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...248 lines deleted...]
-          </w:tcPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SSP-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель командира взвода </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование или техническое и профессиональное, послесреднее образование, обеспечивающее подготовку специалистов среднего звена</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее одного года стажа работы на государственной службе или в должности судьи или в сферах, соответствующих функциональному направлению конкретной должности данных категорий</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...248 lines deleted...]
-          </w:tcPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SSP-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Старший инспектор и инженер всех наименований </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование или техническое и профессиональное, послесреднее образование, обеспечивающее подготовку специалистов среднего звена</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...248 lines deleted...]
-          </w:tcPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SSP-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Инспектор и инженер всех наименований</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование или техническое и профессиональное, послесреднее образование, обеспечивающее подготовку специалистов среднего звена</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SV-12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Старшина </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9.</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+Помощник командира взвода, он же командир отделения</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Командир отделения </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Полицейский </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SGU-8</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+Полицейский-водитель</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>среднее, техническое и профессиональное образование, послесреднее образование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Для полицейских-водителей наличие водительского удостоверения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Начальник: отдела, дежурной части, центра оперативного управления силами и средствами, испытательной пожарной лаборатории на правах отдела, специализированного отряда, специализированной пожарной части, пожарной части, учебной пожарной части, медицинской части – врач Оперативный дежурный (заместитель руководителя тушения пожара)</w:t>
-[...169 lines deleted...]
-            </w:pPr>
+Обязательное прохождение службы в рядах Вооруженных Сил РК или прохождение курсов Военно-технической школы либо окончание курсов Военной кафедры при учебных заведениях Республики Казахстан (данное требование распространяется на призывников)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SV-13</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Младший инспектор по охране физических лиц</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10.</w:t>
-[...3120 lines deleted...]
-            </w:r>
+Техник</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>среднее образование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Обязательное прохождение службы в рядах Вооруженных Сил РК или прохождение курсов Военно-технической школы либо окончание курсов Военной кафедры при учебных заведениях Республики Казахстан (данное требование распространяется на призывников)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      Примечание: Лица, обладающие высокой профессиональной подготовкой, имеющие специфические знания либо значительный опыт работы по определенным специальностям, без учета необходимого стажа работы, установленного настоящими квалификационными требованиями, могут быть назначены на должности по решению Министра внутренних дел Республики Казахстан либо по согласованию с ним.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Примечание: В настоящих квалификационных требованиях в стаж воинской службы не включаются периоды срочной воинской службы составов солдат (матросов).</w:t>
+      В случае назначении на должности лиц, не являющихся сотрудниками правоохранительных органов, необходимо также руководствоваться требованиями по стажу работы к соответствующим категориям должностей в соответствии с Типовыми квалификационными требованиями к категориям должностей правоохранительных органов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 7 к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра внутренних дел</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 12. 06. 2020 года № 463</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z309" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Квалификационные требования к должностям сотрудников строевых подразделений патрульной полиции Министерства внутренних дел Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Приложение 7 в редакции приказа Министра внутренних дел РК от 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 52</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Категория</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Требования к образованию</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Стаж работы должен соответствовать следующим требованиям</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Иные требования, необходимые для эффективного выполнения профессиональной деятельности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>С-SSP-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Командир полка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее семи лет стажа работы на правоохранительной службе, из которых не менее трех лет стажа работы по соответствующему профильному направлению конкретных должностей данных категорий, в том числе не менее двух лет на должностях следующей нижестоящей категории, предусмотренной штатным расписанием конкретного структурного подразделения, или не ниже категорий C-GP-6, C-AGP-7, C-KSGP-4, C-KAGP-4, C-OKSGP-3, B-FM-5, B-FMО-4, C-SV-5, C-SVО-4, C-SVR-3, C-SVU-4, C-SN-3, С-SSP-2, C-SGU-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наличие водительского удостоверения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SSP-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель командира полка </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Начальник штаба полка.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее шести лет стажа работы на правоохранительной службе, из которых не менее двух лет стажа работы по соответствующему профильному направлению конкретных должностей данных категорий, в том числе не менее двух лет на должностях следующей нижестоящей категории, предусмотренной штатным расписанием конкретного структурного подразделения, или не ниже категорий C-GP-7, C-AGP-8, C-KSGP-5, C-KAGP-5, C-VP-5, C-TP-7, C-OGP-7, C-OKSGP-5, B-FM-6, B-FMО-5, C-SV-8, C-SVО-5, C-SVR-4, C-SVU-5, C-SN-4, С-SSP-3, C-SGU-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наличие водительского удостоверения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Назначение на должность заместителя командира по работе с личным составом осуществляется из числа лиц, имеющих стаж службы в подразделениях по работе с личным составом либо прошедших обучение по вопросам управления персоналом (HR).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SSP-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Командир батальона</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее четырех лет стажа работы на правоохранительной службе</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наличие водительского удостоверения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SSP-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель командира батальона </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Командир роты </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Начальник службы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Помощник начальника штаба полка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее трех лет стажа службы в правоохранительных или специальных государственных органах или на воинской службе, или в должности судьи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наличие водительского удостоверения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Назначение на должность заместителя командира по работе с личным составом осуществляется из числа лиц, имеющих стаж службы в подразделениях по работе с личным составом либо прошедших обучение по вопросам управления персоналом (HR).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SSP-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель командира роты </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Командир взвода </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Начальник: отделения, дежурной части </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Начальник штаба специализированного батальона</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее двух лет стажа работы на правоохранительной службе или специальных государственных органах или на воинской службе или в должности судьи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наличие водительского удостоверения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SSP-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заместитель командира взвода</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее одного года стажа работы на государственной службе или в должности судьи или в сферах, соответствующих функциональному направлению конкретной должности данных категорий</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наличие водительского удостоверения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SSP-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Старший: инженер и инспектор всех наименований</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, техническое и профессиональное, послесреднее образование по соответствующим функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наличие водительского удостоверения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Для туристской полиции необходимо знание истории Казахстана и иностранных языков.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SSP-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Инженер и инспектор всех наименований</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, техническое и профессиональное, послесреднее образование по соответствующим функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наличие водительского удостоверения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Для туристской полиции необходимо знание истории Казахстана и иностранных языков.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SV-12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Командир отделения, старшина, помощник дежурного</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заведующий складом и полицейский всех наименований</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>среднее, техническое и профессиональное образование, послесреднее образование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Обязательное прохождение службы в рядах Вооруженных Сил РК или прохождение курсов Военно-технической школы либо окончание курсов Военной кафедры при учебных заведениях Республики Казахстан (данное требование распространяется на призывников).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Для полицейских-водителей наличие водительского удостоверения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>С-SV-13</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Техник всех наименований</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>среднее образование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Обязательное прохождение службы в рядах Вооруженных Сил РК или прохождение курсов Военно-технической школы либо окончание курсов Военной кафедры при учебных заведениях Республики Казахстан (данное требование распространяется на призывников)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      Примечание: Лица, обладающие высокой профессиональной подготовкой, имеющие специфические знания либо значительный опыт работы по определенным специальностям, без учета необходимого стажа работы, установленного настоящими квалификационными требованиями, могут быть назначены на должности по решению Министра внутренних дел Республики Казахстан либо по согласованию с ним.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Лица, обладающие высокой профессиональной подготовкой, имеющие специфические знания либо значительный опыт работы по определенным специальностям, без учета необходимого стажа работы, установленного настоящими квалификационными требованиями, могут быть назначены на должности по решению Министра внутренних дел Республики Казахстан либо по согласованию с ним.</w:t>
+      В случае назначении на должности лиц, не являющихся сотрудниками правоохранительных органов, необходимо также руководствоваться требованиями по стажу работы к соответствующим категориям должностей в соответствии с Типовыми квалификационными требованиями к категориям должностей правоохранительных органов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 8 к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра внутренних дел</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 12. 06. 2020 года № 463</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z344" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Квалификационные требования к должностям сотрудников государственных учреждений Министерства внутренних дел Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Приложение 8 в редакции приказа Министра внутренних дел РК от 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 52</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Категория</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Требования к образованию</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Стаж работы должен соответствовать следующим требованиям</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Иные требования, необходимые для эффективного выполнения профессиональной деятельности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SGU-1,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SV-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Начальник: учреждения, кинологического центра МВД </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее семи лет стажа работы на правоохранительной службе, из которых не менее трех лет стажа работы по соответствующему профильному направлению конкретных должностей данных категорий, в том числе не менее двух лет на должностях следующей нижестоящей категории, предусмотренной штатным расписанием конкретного структурного подразделения, или не ниже категорий C-GP-6, C-AGP-7, C-KSGP-4, C-KAGP-4, C-OKSGP-3, B-FM-5, B-FMО-4, C-SV-5, C-SVО-4, C-SVR-3, C-SVU-4, C-SN-3, С-SSP-2, C-SGU-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Для лиц, назначаемых в Кинологический центр МВД наличие не менее одного года стажа работы на руководящих должностях кинологических служб</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SGU-2,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SV-5,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SV-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель начальника: учреждения, кинологического центра МВД </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Начальник базы военного и специального снабжения</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее шести лет стажа работы на правоохранительной службе, из которых не менее двух лет стажа работы по соответствующему профильному направлению конкретных должностей данных категорий, в том числе не менее двух лет на должностях следующей нижестоящей категории, предусмотренной штатным расписанием конкретного структурного подразделения, или не ниже категорий C-GP-7, C-AGP-8, C-KSGP-5, C-KAGP-5, C-VP-5, C-TP-7, C-OGP-7, C-OKSGP-5, B-FM-6, B-FMО-5, C-SV-8, C-SVО-5, C-SVR-4, C-SVU-5, C-SN-4, С-SSP-3, C-SGU-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Для лиц, назначаемых в Кинологический центр МВД наличие не менее одного года стажа работы на руководящих должностях кинологических служб.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Назначение на должность заместителя начальника по работе с личным составом осуществляется из числа лиц, имеющих стаж службы в подразделениях по работе с личным составом либо прошедших обучение по вопросам управления персоналом (HR).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SGU-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Начальник учреждения </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее семи лет стажа работы на правоохранительной службе, из которых не менее трех лет стажа работы по соответствующему профильному направлению конкретных должностей данных категорий, в том числе не менее двух лет на должностях следующей нижестоящей категории, предусмотренной штатным расписанием конкретного структурного подразделения, или не ниже категорий C-GP-6, C-AGP-7, C-KSGP-4, C-KAGP-4, C-OKSGP-3, B-FM-5, B-FMО-4, C-SV-5, C-SVО-4, C-SVR-3, C-SVU-4, C-SN-3, С-SSP-2, C-SGU-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SGU-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заместитель начальника управления, учреждения</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее шести лет стажа работы на правоохранительной службе, из которых не менее двух лет стажа работы по соответствующему профильному направлению конкретных должностей данных категорий, в том числе не менее двух лет на должностях следующей нижестоящей категории, предусмотренной штатным расписанием конкретного структурного подразделения, или не ниже категорий C-GP-7, C-AGP-8, C-KSGP-5, C-KAGP-5, C-VP-5, C-TP-7, C-OGP-7, C-OKSGP-5, B-FM-6, B-FMО-5, C-SV-8, C-SVО-5, C-SVR-4, C-SVU-5, C-SN-4, С-SSP-3, C-SGU-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Назначение на должность заместителя начальника по работе с личным составом осуществляется из числа лиц, имеющих стаж службы в подразделениях по работе с личным составом либо прошедших обучение по вопросам управления персоналом (HR).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SGU-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Начальник учреждения</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Начальник больницы для осужденных- врач</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее семи лет стажа работы на правоохранительной службе, из которых не менее трех лет стажа работы по соответствующему профильному направлению конкретных должностей данных категорий, в том числе не менее двух лет на должностях следующей нижестоящей категории, предусмотренной штатным расписанием конкретного структурного подразделения, или не ниже категорий C-GP-6, C-AGP-7, C-KSGP-4, C-KAGP-4, C-OKSGP-3, B-FM-5, B-FMО-4, C-SV-5, C-SVО-4, C-SVR-3, C-SVU-4, C-SN-3, С-SSP-2, C-SGU-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SGU-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель начальника учреждения </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее шести лет стажа работы на правоохранительной службе, из которых не менее двух лет стажа работы по соответствующему профильному направлению конкретных должностей данных категорий, в том числе не менее двух лет на должностях следующей нижестоящей категории, предусмотренной штатным расписанием конкретного структурного подразделения, или не ниже категорий C-GP-7, C-AGP-8, C-KSGP-5, C-KAGP-5, C-VP-5, C-TP-7, C-OGP-7, C-OKSGP-5, B-FM-6, B-FMО-5, C-SV-8, C-SVО-5, C-SVR-4, C-SVU-5, C-SN-4, С-SSP-3, C-SGU-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Назначение на должность заместителя начальника по работе с личным составом осуществляется из числа лиц, имеющих стаж службы в подразделениях по работе с личным составом либо прошедших обучение по вопросам управления персоналом (HR).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SGU-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заместитель начальника больницы для осужденных - врач</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее трех лет стажа работы в государственных медицинских учреждениях</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SGU-8,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SV-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Начальник: отдела, дежурной части, медицинской части – врач</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Заместитель начальника базы военного и специального снабжения </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Начальник отделения базы военного и специального снабжения</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее четырех лет стажа работы на правоохранительной службе</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SGU-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дежурный помощник начальника учреждения уголовно-исполнительной системы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее трех лет стажа службы в правоохранительных или специальных государственных органах или на воинской службе, или в должности судьи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SGU-10,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SV-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Начальник: отделения, службы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Заместитель начальника отдела учреждения уголовно-исполнительной системы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Старший инспектор</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее трех лет стажа службы в правоохранительных или специальных государственных органах или на воинской службе, или в должности судьи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SGU-11,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SV-10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Начальник отделения учреждения уголовно-исполнительной системы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Инспектор</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не менее двух лет стажа работы на правоохранительной службе или специальных государственных органах или на воинской службе или в должности судьи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SGU-11</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Главный специалист Старший инспектор по особым поручениям </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Заместитель дежурного помощника начальника учреждения уголовно-исполнительной системы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Начальник: медицинского здравпункта – врач учреждения уголовно-исполнительной системы, участка </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оперативный дежурный</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>высшее образование, соответствующее функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SGU-12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Старший: оперуполномоченный, инспектор и инженер всех наименований Начальник медицинского кабинета - врач </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) высшее образование, соответствующее функциональным направлениям конкретной должности.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) техническое и профессиональное, послесреднее образование, обеспечивающее подготовку специалистов среднего звена по соответствующим функциональным направлениям конкретной должности (только для подразделений уголовно-исполнительной системы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>14.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SGU-13</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оперуполномоченный, инспектор и инженер всех наименований</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фельдшер уголовно-исполнительной системы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>техническое и профессиональное, послесреднее образование, обеспечивающее подготовку специалистов среднего звена по соответствующим функциональным направлениям конкретной должности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>15.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SV-12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Командир отделения Заведующий складом "НЗ"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Старший контролер Младший инспектор </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Фельдшер </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Полицейский всех наименований </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Помощник дежурного </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заведующий складом арттехвооружения, он же оружейный мастер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Начальник наряда, караула</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>среднее,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+среднее специальное, техническое и профессиональное, послесреднее образование, обеспечивающее подготовку специалистов среднего звена</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Для полицейских-водителей наличие водительского удостоверения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обязательное прохождение службы в рядах Вооруженных Сил РК или прохождение курсов Военно-технической школы либо окончание курсов Военной кафедры при учебных заведениях Республики Казахстан (данное требование распространяется на призывников)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>16.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C-SV-13</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Контролер всех наименований</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Помощник начальника караула</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Медицинская сестра </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Техник по учету </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>среднее,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+среднее специальное, техническое и профессиональное, послесреднее образование, обеспечивающее подготовку специалистов среднего звена</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Обязательное прохождение службы в рядах Вооруженных Сил РК или прохождение курсов Военно-технической школы либо окончание курсов Военной кафедры при учебных заведениях Республики Казахстан (данное требование распространяется на призывников)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Примечание: Лица, обладающие высокой профессиональной подготовкой, имеющие специфические знания либо значительный опыт работы по определенным специальностям, без учета необходимого стажа работы, установленного настоящими квалификационными требованиями, могут быть назначены на должности по решению Министра внутренних дел Республики Казахстан либо по согласованию с ним. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае назначении на должности лиц, не являющихся сотрудниками правоохранительных органов, необходимо также руководствоваться требованиями по стажу работы к соответствующим категориям должностей в соответствии с Типовыми квалификационными требованиями к категориям должностей правоохранительных органов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -35603,55 +41108,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>