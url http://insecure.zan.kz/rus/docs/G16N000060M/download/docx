--- v0 (2025-12-14)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="95494ba" w14:textId="95494ba">
+    <w:p w14:paraId="c75cf6b" w14:textId="c75cf6b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -750,108 +750,118 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о государственном учреждении "Ревизионная комиссия по Костанайской области"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Положение – в редакции решения маслихата Костанайской области от 16.11.2023 </w:t>
+      Сноска. Положение – в редакции решения маслихата Костанайской области от 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 73</w:t>
+        <w:t>№ 262</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z14" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Настоящее Положение определяет статус, полномочия и организацию работы Ревизионной комиссии по Костанайской области.</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Настоящее Положение определяет статус, полномочия и организацию работы Ревизионной комиссии Костанайской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z26" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z27" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Ревизионная комиссия по Костанайской области (далее – Ревизионная комиссия) является государственным органом, осуществляющим внешний государственный аудит и финансовый контроль за исполнением местного бюджета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z28" w:id="7"/>
     <w:p>
@@ -867,71 +877,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Ревизионная комиссия осуществляет свою деятельность в пределах соответствующей административно-территориальной единицы в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституцией</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан, законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан, иными нормативными правовыми актами Республики Казахстан, Регламентом Ревизионной комиссии, а также настоящим </w:t>
-[...19 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> Республики Казахстан, законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан, иными нормативными правовыми актами Республики Казахстан, Регламентом Ревизионной комиссии, а также настоящим Положением.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z29" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Ревизионная комиссия является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печати и штампы со своим наименованием на государственном языке, логотип, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z30" w:id="9"/>
     <w:p>
@@ -967,2846 +957,3104 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Ревизионная комиссия имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z32" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Ревизионная комиссия в пределах своей компетенции в установленном законодательством Республики Казахстан порядке принимает решения, оформляемые приказами Председателя Ревизионной комиссии и постановлениями Ревизионной комиссии.</w:t>
+      6. Ревизионная комиссия по вопросам своей компетенции в установленном законодательством Республики Казахстан порядке принимает решения, оформляемые приказами Председателя Ревизионной комиссии и постановлениями Ревизионной комиссии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z33" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Структуру Ревизионной комиссии образуют Председатель, четыре члена и аппарат Ревизионной комиссии. Лимит штатной численности Ревизионной комиссии утверждается Президентом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z34" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Юридический адрес Ревизионной комиссии: индекс 110000, Костанайская область, город Костанай, проспект Аль-Фараби, дом № 112.</w:t>
+      8. Юридический адрес Ревизионной комиссии: индекс 110000, Костанайская область, город Костанай, проспект Аль-Фараби, дом 112.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z35" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Полное наименование государственного органа – государственное учреждение "Ревизионная комиссия по Костанайской области".</w:t>
+      9. Положение о Ревизионной комиссии утверждается маслихатом Костанайской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z36" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Положение о Ревизионной комиссии утверждается маслихатом Костанайской области.</w:t>
+      10. Настоящее Положение является учредительным документом Ревизионной комиссии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z37" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> является учредительным документом Ревизионной комиссии.</w:t>
+        <w:t>
+      11. Финансирование деятельности Ревизионной комиссии осуществляется за счет средств местного бюджета соответствующей административно-территориальной единицы в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z38" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Финансирование деятельности Ревизионной комиссии осуществляется за счет средств местного бюджета соответствующей административно-территориальной единицы.</w:t>
+      12. Ревизионной комиссии запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Ревизионной комиссии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z39" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Ревизионной комиссии запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся функциями Ревизионной комиссии.</w:t>
+      Если законодательными актами Республики Казахстан Ревизионной комиссии предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z40" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      Если законодательными актами Республики Казахстан Ревизионной комиссии предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Задачи и полномочия Ревизионной комиссии</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z41" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 2. Миссия, основные задачи, функции, права и обязанности Ревизионной комиссии</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Задачи Ревизионной комиссии:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z42" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Миссией Ревизионной комиссии является повышение эффективности управления и использования средств местного бюджета, активов государства и субъектов квазигосударственного сектора в целях укрепления финансовой дисциплины и обеспечения экономической стабильности на территории Костанайской области.</w:t>
+      1) осуществление внешнего государственного аудита и финансового контроля на местном уровне за исполнением местных бюджетов, использованием активов государства и субъектов квазигосударственного сектора;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z43" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Основные задачи Ревизионной комиссии:</w:t>
+      2) контроль за соблюдением требований бюджетного законодательства Республики Казахстан, законодательства Республики Казахстан о государственных закупках и иных нормативных правовых актов Республики Казахстан в области исполнения местных бюджетов, использования средств бюджета, активов государства и субъектов квазигосударственного сектора;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z44" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) осуществление внешнего государственного аудита и финансового контроля на местном уровне за исполнением местных бюджетов, использованием активов государства и субъектов квазигосударственного сектора;</w:t>
+      3) анализ и оценка исполнения местных бюджетов, реализации планов развития области и бюджетных программ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z45" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) контроль за соблюдением требований бюджетного законодательства Республики Казахстан, законодательства Республики Казахстан о государственных закупках и иных нормативных правовых актов Республики Казахстан в области исполнения местных бюджетов, использования средств бюджета, активов государства и субъектов квазигосударственного сектора;</w:t>
+      14. Полномочия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z46" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) анализ и оценка исполнения местных бюджетов, реализации планов развития областей и бюджетных программ.</w:t>
+      1) права:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z47" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Ревизионная комиссия в пределах Костанайской области осуществляет следующие функции:</w:t>
+      запрашивает и получает от местного исполнительного органа области, района (города областного значения), государственных органов, физических и юридических лиц сведения о составе и форматах данных ведомственных информационных систем, а также документацию (информацию), необходимые для формирования перечня объектов государственного аудита на соответствующий год и осуществления государственного аудита, подготовки отчетов об исполнении бюджета, с учетом соблюдения режима секретности, служебной, коммерческой или иной охраняемой законом тайны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z48" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) аудит эффективности:</w:t>
+      выносит обязательные для исполнения всеми государственными органами, организациями и должностными лицами предписания об устранении выявленных нарушений и рассмотрении ответственности должностных лиц, их допустивших;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z49" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      планирования и исполнения местного бюджета в соответствии с принципами бюджетной системы Республики Казахстан с подготовкой отчета об исполнении местного бюджета за отчетный финансовый год, который по своему содержанию является заключением к соответствующему отчету местного исполнительного органа;</w:t>
+      получает в соответствии с законодательством Республики Казахстан доступ к государственным и иным информационным системам, необходимым для проведения государственного аудита;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z50" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      использования связанных грантов, бюджетных инвестиций, государственных и гарантированных государством займов, займов, привлекаемых под поручительство государства и активов государства;</w:t>
+      получает информацию государственных органов и организаций об исполнении рекомендаций и предписаний, с приложением подтверждающих документов в установленные постановлением или предписанием сроки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z51" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      влияния деятельности местного исполнительного органа и субъектов квазигосударственного сектора на развитие экономики или отдельно взятой отрасли экономики, социальной и других сфер государственного управления;</w:t>
+      заслушивает соответствующую информацию должностных лиц объектов государственного аудита по вопросам, связанным с проведением внешнего государственного аудита;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z52" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      реализации документов Системы государственного планирования в части исполнения соответствующего бюджета и использования активов государства, а по поручениям Президента Республики Казахстан также по иным направлениям;</w:t>
+      вносит по итогам государственного аудита предложения о привлечении должностных лиц к дисциплинарной ответственности лицам их назначившим;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z53" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      обоснованности планирования, реализуемости и эффективности осуществления местными исполнительными органами и субъектами квазигосударственного сектора закупок товаров, работ, услуг;</w:t>
+      вносит в маслихат соответствующей области, района (города областного значения) (далее – маслихат) предложения по выявленным фактам несоблюдения должностными лицами нормативных правовых актов Республики Казахстан, а также по результатам аудита эффективности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z54" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ценообразования, включая оценку разницы между размером выделенных (затраченных) местных финансовых ресурсов на приобретение товаров, работ, услуг и рыночной стоимостью приобретенных товаров, работ, услуг;</w:t>
+      осуществляет экспертно-аналитическую деятельность в отношении областного бюджета, а также бюджетов районов (городов областного значения), созданных на соответствующей административно-территориальной единице;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z55" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      управления активами субъектов квазигосударственного сектора;</w:t>
+      возбуждает производства по делу об административном правонарушении в пределах компетенции, предусмотренной законодательством Республики Казахстан об административных правонарушениях;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z56" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налогового администрирования;</w:t>
+      рассматривает дела об административных правонарушениях, составляет по ним протокола и налагает административные взыскания в порядке, предусмотренном законодательством Республики Казахстан об административных правонарушениях;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z57" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      договоров;</w:t>
+      принимает участие в проведении совместных или параллельных проверках с Высшей аудиторской палатой Республики Казахстан (далее – Высшая аудиторская палата) и другими государственными органами по согласованию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z58" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в сфере охраны окружающей среды;</w:t>
+      привлекает для проведения государственного аудита соответствующих специалистов государственных органов (по согласованию с ними), а также при необходимости аудиторские организации, экспертов с оплатой их услуг в пределах выделенных из бюджета средств;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z59" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в сфере информационных технологий;</w:t>
+      осуществляет иные полномочия, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z60" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      деятельности объектов государственного аудита;</w:t>
+      2) обязанности:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z61" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) аудит соответствия:</w:t>
+      утверждает аудиторское заключение, составленное на основании аудиторских отчетов и (или) аудиторских отчетов по финансовой отчетности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z62" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      достоверности и правильности ведения объектами государственного аудита бухгалтерского учета и составления финансовой отчетности;</w:t>
+      принимает постановления Ревизионной комиссии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z63" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      выполнения местными исполнительными органами и субъектами квазигосударственного сектора условий договоров;</w:t>
+      принимает меры по устранению выявленных (выявляемых) в ходе аудиторского мероприятия и экспертно-аналитических мероприятий нарушений и недостатков;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:bookmarkStart w:name="z64" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      полноты и своевременности поступлений в местный бюджет, взимания поступлений в бюджет, а также правильности возврата, зачета ошибочно (излишне) оплаченных сумм из местного бюджета;</w:t>
+      передает материалы в правоохранительные органы или органы, уполномоченные возбуждать и (или) рассматривать дела об административных правонарушениях, с приложением аудиторских доказательств, в случаях выявления в действиях должностных лиц объекта государственного аудита признаков уголовных или административных правонарушений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:bookmarkStart w:name="z65" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      использования средств местного бюджета, в том числе выделенных из вышестоящего в нижестоящий бюджет в виде целевых трансфертов и кредитов, связанных грантов, государственных и гарантированных государством займов, а также займов, привлекаемых под поручительство государства;</w:t>
+      предъявляет иск в суд в целях обеспечения возмещения в бюджет, восстановления путем выполнения работ, оказания услуг, поставки товаров и (или) отражения и (или) уменьшению по учету выявленных сумм нарушений, не возмещенных (не восстановленных) в добровольном порядке, и исполнения предписания Ревизионной комиссии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:bookmarkStart w:name="z66" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      использования субъектами квазигосударственного сектора выделенных им средств местного бюджета в соответствии с финансово-экономическим обоснованием;</w:t>
+      признает результаты государственного аудита, проведенного другими органами государственного аудита и финансового контроля, если они не признаны Высшей аудиторской палатой не соответствующими стандартам государственного аудита и финансового контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:bookmarkStart w:name="z67" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) аудит консолидированной финансовой отчетности местного бюджета, аудит финансовой отчетности администраторов бюджетных программ и государственных учреждений.</w:t>
+      сокращает объем государственного аудита в случаях признания результатов государственного аудита, приняв за основу материалы государственного аудита, проведенного другими органами государственного аудита и финансового контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:bookmarkStart w:name="z68" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. Права Ревизионной комиссии:</w:t>
+      осуществляет регистрацию аудиторских мероприятий и проверок в уполномоченном органе по правовой статистике и специальным учетам в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:bookmarkStart w:name="z69" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) запрашивает и получает от местного исполнительного органа области, государственных органов, физических и юридических лиц сведения о составе и форматах данных ведомственных информационных систем, а также документацию (информацию), необходимые для формирования перечня объектов государственного аудита на соответствующий год и осуществления государственного аудита, подготовки отчетов об исполнении бюджета, с учетом соблюдения режима секретности, служебной, коммерческой или иной охраняемой законом тайны;</w:t>
+      размещает утвержденные перечни объектов государственного аудита на соответствующий год и изменения к ним, за исключением сведений, составляющих государственные секреты в соответствии с законодательством Республики Казахстан о государственных секретах, и (или) сведений, содержащих служебную информацию ограниченного распространения, определенную Правительством Республики Казахстан, в течение пяти календарных дней со дня их утверждения на интернет-ресурсе Ревизионной комиссии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z70" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) выносит обязательные для исполнения всеми государственными органами, организациями и должностными лицами предписания об устранении выявленных нарушений и рассмотрении ответственности должностных лиц, их допустивших;</w:t>
+      размещает для формирования перечня объектов государственного аудита материалы государственного аудита и финансового контроля, отчетность в единой базе данных по государственному аудиту и финансовому контролю, а также в согласованные сроки осуществляет обмен информацией о перечнях объектов государственного аудита на соответствующий год до их утверждения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:bookmarkStart w:name="z71" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) получает в соответствии с законодательством Республики Казахстан доступ к государственным и иным информационным системам, необходимым для проведения государственного аудита;</w:t>
+      согласовывает перечни объектов государственного аудита на соответствующий год и изменения к ним с органами государственного аудита и финансового контроля в целях исключения дублирования проверок;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:bookmarkStart w:name="z72" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) получает информацию государственных органов и организаций об исполнении рекомендаций и предписаний, с приложением подтверждающих документов в установленные постановлением или предписанием сроки;</w:t>
+      направляет постановления и предписания руководителям государственных органов и организаций для рассмотрения и исполнения в указанные в них сроки или, если срок не указан, в течение тридцати календарных дней со дня их получения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:bookmarkStart w:name="z73" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) заслушивает соответствующую информацию должностных лиц объектов государственного аудита по вопросам, связанным с проведением внешнего государственного аудита;</w:t>
+      осуществляет на системной основе мониторинг исполнения данных ими в аудиторском заключении рекомендаций и направленных для обязательного исполнения предписаний;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:bookmarkStart w:name="z74" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) вносит по итогам государственного аудита предложения о привлечении должностных лиц к дисциплинарной ответственности лицам их назначившим;</w:t>
+      анализирует систематически итоги проводимых аудиторских мероприятий, обобщает и исследует причины и последствия выявленных нарушений и недостатков в процессе исполнения бюджета, использования активов государства и субъектов квазигосударственного сектора, а также разрабатывает предложения по совершенствованию бюджетного законодательства и развитию финансовой системы Республики Казахстан и представляет их на рассмотрение соответствующим уполномоченным органам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:bookmarkStart w:name="z75" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) вносит в маслихат области (далее – Маслихат), района (города областного значения) предложения по выявленным фактам несоблюдения должностными лицами нормативных правовых актов Республики Казахстан, а также по результатам аудита эффективности;</w:t>
+      обеспечивает исполнение решений Координационного совета органов государственного аудита и финансового контроля и представление соответствующей информации в Высшую аудиторскую палату;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
     <w:bookmarkStart w:name="z76" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) осуществляет экспертно-аналитическую деятельность в отношении областного бюджета, а также бюджетов районов (городов областного значения), созданных на соответствующей административно-территориальной единице;</w:t>
+      предоставляет информацию об исполнении местного бюджета по запросу Высшей аудиторской палаты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
     <w:bookmarkStart w:name="z77" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) возбуждает производства по делу об административном правонарушении в пределах компетенции, предусмотренной законодательством Республики Казахстан об административных правонарушениях;</w:t>
+      размещает информацию о своей деятельности в средствах массовой информации с учетом обеспечения режима секретности, служебной, коммерческой или иной охраняемой законом тайны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:bookmarkStart w:name="z78" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) рассматривает дела об административных правонарушениях, составляет по ним протокола и налагает административные взыскания в порядке, предусмотренном законодательством Республики Казахстан об административных правонарушениях;</w:t>
+      обеспечивает в пределах своей компетенции принятие мер по противодействию коррупции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:bookmarkStart w:name="z79" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11) принимает участие в проведении совместных или параллельных проверках с Высшей аудиторской палатой Республики Казахстан (далее – Высшая аудиторская палата) и другими государственными органами по согласованию;</w:t>
+      рассматривает и учитывает при формировании перечня объектов государственного аудита на соответствующий год поручения Президента Республики Казахстан, уполномоченных им лиц Администрации Президента Республики Казахстан, запросы Высшей аудиторской палаты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:bookmarkStart w:name="z80" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12) привлекает для проведения государственного аудита соответствующих специалистов государственных органов (по согласованию с ними), а также при необходимости аудиторские организации, экспертов с оплатой их услуг в пределах выделенных из бюджета средств;</w:t>
+      при формировании перечня объектов государственного аудита на соответствующий год анализирует предложения правоохранительных органов, специальных государственных органов, которые выносятся на обсуждение заседания Ревизионной комиссии для рассмотрения их целесообразности и актуальности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
     <w:bookmarkStart w:name="z81" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан.</w:t>
+      15. Ревизионная комиссия в пределах Костанайской области осуществляет следующие функции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
     <w:bookmarkStart w:name="z82" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. Обязанности Ревизионной комиссии:</w:t>
+      1) аудит эффективности:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
     <w:bookmarkStart w:name="z83" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) утверждает аудиторское заключение на основании аудиторских отчетов и (или) аудиторских отчетов по финансовой отчетности;</w:t>
+      планирования и исполнения местного бюджета в соответствии с принципами бюджетной системы Республики Казахстан с подготовкой отчета об исполнении местного бюджета за отчетный финансовый год, который по своему содержанию является заключением к соответствующему отчету местного исполнительного органа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
     <w:bookmarkStart w:name="z84" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) принимает постановления Ревизионной комиссии;</w:t>
+      использования связанных грантов, бюджетных инвестиций, государственных и гарантированных государством займов, займов, привлекаемых под поручительство государства, и активов государства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
     <w:bookmarkStart w:name="z85" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) принимает меры по устранению выявленных (выявляемых) в ходе аудиторского мероприятия и экспертно-аналитических мероприятий нарушений и недостатков;</w:t>
+      влияния деятельности местного исполнительного органа и субъектов квазигосударственного сектора на развитие экономики или отдельно взятой отрасли экономики, социальной и других сфер государственного управления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
     <w:bookmarkStart w:name="z86" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) передает материалы в правоохранительные органы или органы, уполномоченные возбуждать и (или) рассматривать дела об административных правонарушениях, с приложением аудиторских доказательств, в случаях выявления в действиях должностных лиц объекта государственного аудита признаков уголовных или административных правонарушений;</w:t>
+      реализации документов Системы государственного планирования Республики Казахстан в части исполнения соответствующего бюджета и использования активов государства, а по поручениям Президента Республики Казахстан также по иным направлениям;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
     <w:bookmarkStart w:name="z87" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) предъявляет иск в суд в целях обеспечения возмещения в бюджет, восстановления путем выполнения работ, оказания услуг, поставки товаров и (или) отражения по учету выявленных сумм нарушений и исполнения предписания Ревизионной комиссии;</w:t>
+      обоснованности планирования, реализуемости и эффективности осуществления местным исполнительным органом и субъектами квазигосударственного сектора закупок товаров, работ, услуг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
     <w:bookmarkStart w:name="z88" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) признает результаты государственного аудита, проведенного другими органами государственного аудита и финансового контроля, за исключением документов служб внутреннего аудита, если они не признаны судом незаконными в соответствии с гражданским процессуальным законодательством Республики Казахстан;</w:t>
+      ценообразования, включая оценку разницы между размером выделенных (затраченных) местных финансовых ресурсов на приобретение товаров, работ, услуг и рыночной стоимостью приобретенных товаров, работ, услуг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
     <w:bookmarkStart w:name="z89" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) сокращает объем государственного аудита в случаях признания результатов государственного аудита, приняв за основу материалы государственного аудита, проведенного другими органами государственного аудита и финансового контроля;</w:t>
+      управления активами субъектов квазигосударственного сектора;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
     <w:bookmarkStart w:name="z90" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) осуществляет регистрацию аудиторских мероприятий и проверок в уполномоченном органе по правовой статистике и специальным учетам в соответствии с законодательством Республики Казахстан;</w:t>
+      налогового администрирования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
     <w:bookmarkStart w:name="z91" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) размещает материалы государственного аудита и финансового контроля, отчетность в ведомственных информационных системах Ревизионной комиссии и Единой базе данных по государственному аудиту и финансовому контролю, а также в согласованные сроки осуществляет обмен информацией о перечнях объектов государственного аудита на соответствующий год до их утверждения, в целях эффективного планирования проведения государственного аудита и экспертно-аналитических мероприятий;</w:t>
+      договоров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
     <w:bookmarkStart w:name="z92" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) согласовывает перечни объектов государственного аудита на соответствующий год и изменения к ним с органами государственного аудита и финансового контроля в целях исключения дублирования проверок;</w:t>
+      в сфере охраны окружающей среды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
     <w:bookmarkStart w:name="z93" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11) направляет постановления и предписания руководителям государственных органов и организаций для рассмотрения и исполнения в указанные в них сроки или, если срок не указан, в течение тридцати календарных дней со дня их получения;</w:t>
+      в сфере информационных технологий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
     <w:bookmarkStart w:name="z94" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12) осуществляет на системной основе мониторинг исполнения данных ими в аудиторском заключении рекомендаций и направленных для обязательного исполнения предписаний;</w:t>
+      деятельности объектов государственного аудита;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
     <w:bookmarkStart w:name="z95" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13) анализирует систематически итоги проводимых аудиторских мероприятий, обобщает и исследует причины и последствия выявленных нарушений и недостатков в процессе исполнения бюджета, использования активов государства и субъектов квазигосударственного сектора, а также разрабатывает предложения по совершенствованию бюджетного законодательства и развитию финансовой системы Республики Казахстан и представляет их на рассмотрение соответствующим уполномоченным органам;</w:t>
+      2) аудит соответствия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
     <w:bookmarkStart w:name="z96" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14) обеспечивает исполнение решений Координационного совета органов государственного аудита и финансового контроля и представление соответствующей информации в Высшую аудиторскую палату;</w:t>
+      достоверности и правильности ведения объектами государственного аудита бухгалтерского учета и составления финансовой отчетности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
     <w:bookmarkStart w:name="z97" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15) предоставляет информацию об исполнении местного бюджета по запросу Высшей аудиторской палаты;</w:t>
+      выполнения местным исполнительным органом и субъектами квазигосударственного сектора условий договоров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
     <w:bookmarkStart w:name="z98" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16) размещает информацию о своей деятельности в средствах массовой информации с учетом обеспечения режима секретности, служебной, коммерческой или иной охраняемой законом тайны;</w:t>
+      полноты и своевременности поступлений в местный бюджет, взимания поступлений в бюджет, а также правильности возврата, зачета ошибочно (излишне) оплаченных сумм из местного бюджета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
     <w:bookmarkStart w:name="z99" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17) обеспечивает в пределах своей компетенции принятие мер по противодействию коррупции.</w:t>
+      использования средств местного бюджета, в том числе выделенных из вышестоящего в нижестоящий бюджет в виде целевых трансфертов и кредитов, связанных грантов, государственных и гарантированных государством займов, а также займов, привлекаемых под поручительство государства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
     <w:bookmarkStart w:name="z100" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 3. Организация деятельности Ревизионной комиссии и полномочия ее должностных лиц</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      использования субъектами квазигосударственного сектора выделенных им средств местного бюджета в соответствии с финансово-экономическим обоснованием;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
     <w:bookmarkStart w:name="z101" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19. Состав руководства Ревизионной комиссии представлен Председателем и четырьмя членами, назначаемыми сроком на пять лет.</w:t>
+      3) аудит консолидированной финансовой отчетности местного бюджета, аудит финансовой отчетности администраторов бюджетных программ и государственных учреждений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
     <w:bookmarkStart w:name="z102" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      20. Председатель Ревизионной комиссии назначается на должность и освобождается от должности маслихатом по представлению Высшей аудиторской палаты и согласованию с Администрацией Президента Республики Казахстан.</w:t>
+        <w:t xml:space="preserve">
+      4) </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 4) вводится в действие с 01.01.2028 в соответствии с решением маслихата Костанайской области от 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (текст исключен);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z103" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21. Члены Ревизионной комиссии назначаются и освобождаются от должности маслихатом в соответствии с законодательством Республики Казахстан о государственной службе.</w:t>
+      5) текущая оценка исполнения соответствующего бюджета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
     <w:bookmarkStart w:name="z104" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. Полномочия Председателя Ревизионной комиссии:</w:t>
+      6) последующая оценка путем подготовки заключения к отчету местного исполнительного органа области, района (города областного значения) об исполнении соответствующего бюджета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
     <w:bookmarkStart w:name="z105" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      1) осуществляет общее руководство и несет предусмотренную законами Республики Казахстан ответственность за выполнение возложенных на Ревизионную комиссию задач и функций;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Статус, полномочия Председателя и членов Ревизионной комиссии</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
     <w:bookmarkStart w:name="z106" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) утверждает регламент Ревизионной комиссии;</w:t>
+      16. Руководство Ревизионной комиссии осуществляется Председателем, который несет персональную ответственность за выполнение возложенных на Ревизионную комиссию задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
     <w:bookmarkStart w:name="z107" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) организует работу членов Ревизионной комиссии и аппарата Ревизионной комиссии;</w:t>
+      17. Председатель Ревизионной комиссии назначается на должность и освобождается от должности маслихатом по представлению Высшей аудиторской палаты и согласованию с Администрацией Президента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
     <w:bookmarkStart w:name="z108" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) представляет Ревизионную комиссию в иных государственных органах, организациях Республики Казахстан и за ее пределами;</w:t>
+      18. Члены ревизионной комиссии в соответствии с законодательством Республики Казахстан о государственной службе назначаются на должность сроком на пять лет и освобождаются от должности маслихатом по представлению Председателя ревизионной комиссии и согласованию с Высшей аудиторской палатой.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
     <w:bookmarkStart w:name="z109" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) утверждает структуру аппарата и штатное расписание Ревизионной комиссии в пределах утвержденной штатной численности и средств, предусмотренных в областном бюджете;</w:t>
+      19. Полномочия Председателя Ревизионной комиссии:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
     <w:bookmarkStart w:name="z110" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) назначает на должности и освобождает от должностей руководителя и работников аппарата Ревизионной комиссии в установленном законодательством порядке Республики Казахстан;</w:t>
+      1) осуществляет общее руководство и несет предусмотренную законами Республики Казахстан ответственность за выполнение возложенных на Ревизионную комиссию задач и функций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
     <w:bookmarkStart w:name="z111" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) поощряет работников Ревизионной комиссии и налагает дисциплинарные взыскания на них в установленном с законодательством о государственной службе порядке;</w:t>
+      2) утверждает регламент Ревизионной комиссии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
     <w:bookmarkStart w:name="z112" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) в пределах своей компетенции издает приказы, дает указания, проверяет их исполнение, подписывает постановления и предписания, принятые на заседаниях Ревизионной комиссии;</w:t>
+      3) организует работу членов Ревизионной комиссии и аппарата Ревизионной комиссии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
     <w:bookmarkStart w:name="z113" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) утверждает перечень объектов государственного аудита на соответствующий год, предусматривающий организацию государственного аудита на основании системы управления рисками;</w:t>
+      4) представляет Ревизионную комиссию в иных государственных органах, организациях Республики Казахстан и за ее пределами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
     <w:bookmarkStart w:name="z114" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) дает поручения членам Ревизионной комиссии на проведение государственного аудита и (или) встречной, совместной и параллельной проверок;</w:t>
+      5) утверждает структуру аппарата и штатное расписание Ревизионной комиссии в пределах утвержденной штатной численности и средств, предусмотренных в местном бюджете;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
     <w:bookmarkStart w:name="z115" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11) определяет состав государственных аудиторов Ревизионной комиссии, которые участвуют в проведении аудиторских мероприятий в пределах компетенции Ревизионной комиссии;</w:t>
+      6) назначает на должности и освобождает от должностей руководителя и работников аппарата Ревизионной комиссии в установленном законодательством порядке Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
     <w:bookmarkStart w:name="z116" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12) определяет необходимость проведения контроля качества аудиторской, экспертно-аналитической деятельности Ревизионной комиссии на предмет соблюдения стандартов государственного аудита и финансового контроля, в том числе с доступом на объект государственного аудита;</w:t>
+      7) поощряет работников Ревизионной комиссии и налагает дисциплинарные взыскания на них в установленном с законодательством о государственной службе порядке;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
     <w:bookmarkStart w:name="z117" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13) беспрепятственно знакомится с документацией, относящейся к вопросам государственного аудита за исполнением местного бюджета и использованием активов государства и субъектов квазигосударственного сектора, с учетом соблюдения режима секретности, коммерческой и иной охраняемой законом тайны;</w:t>
+      8) в пределах своей компетенции издает приказы, проверяет их исполнение, подписывает постановления и предписания, принятые на заседаниях Ревизионной комиссии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
     <w:bookmarkStart w:name="z118" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14) требует и получает в установленный им срок от объектов государственного аудита необходимые справки, устные и письменные объяснения по вопросам, связанным с проведением аудиторских мероприятий;</w:t>
+      9) утверждает перечень объектов государственного аудита на соответствующий год Ревизионной комиссии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
     <w:bookmarkStart w:name="z119" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15) вносит на рассмотрение соответствующего маслихата предложения по кандидатурам членов Ревизионной комиссии при назначении, а также их освобождении;</w:t>
+      10) дает поручения членам Ревизионной комиссии на проведение государственного аудита и (или) встречной, совместной и параллельной проверок;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
     <w:bookmarkStart w:name="z120" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16) возлагает на одного из членов Ревизионной комиссии области обязанность по представлению годового отчета об исполнении бюджета района (города областного значения) в маслихат соответствующей административно-территориальной единицы;</w:t>
+      11) определяет состав государственных аудиторов Ревизионной комиссии, которые участвуют в проведении аудиторских мероприятий в пределах компетенции Ревизионной комиссии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
     <w:bookmarkStart w:name="z121" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17) вправе присутствовать на заседаниях акимата области, района (города областного значения) соответствующей административно-территориальной единицы;</w:t>
+      12) обеспечивает организацию контроля качества путем проведения регулярных проверок и (или) анализа документов, составляемых государственными аудиторами и иными должностными лицами в ходе своей деятельности, на предмет соответствия стандартам государственного аудита и финансового контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
     <w:bookmarkStart w:name="z122" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18) образовывает консультативно-совещательные и консультативно-экспертные органы при Председателе Ревизионной комиссии;</w:t>
+      13) беспрепятственно знакомится с документацией, относящейся к вопросам государственного аудита за исполнением местного бюджета и использованием активов государства и субъектов квазигосударственного сектора, с учетом соблюдения режима секретности, коммерческой и иной охраняемой законом тайны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
     <w:bookmarkStart w:name="z123" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19) возлагает обязанности Председателя Ревизионной комиссии, в случае своего отсутствия в соответствие с действующим законодательством, на одного из членов Ревизионной комиссии;</w:t>
+      14) требует и получает в установленный им срок от объектов государственного аудита необходимые справки, устные и письменные объяснения по вопросам, связанным с проведением аудиторских мероприятий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
     <w:bookmarkStart w:name="z124" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20) осуществляет иные полномочия, предусмотренные законодательством Республики Казахстан.</w:t>
+      15) представляет маслихату кандидатуры на должность членов ревизионной комиссии для назначения, а также их освобождения по согласованию с Высшей аудиторской палатой;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
     <w:bookmarkStart w:name="z125" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23. Полномочия членов Ревизионной комиссии:</w:t>
+      16) возлагает на одного из членов Ревизионной комиссии области обязанность по представлению годового отчета об исполнении бюджета района (города областного значения) в маслихат соответствующей административно-территориальной единицы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
     <w:bookmarkStart w:name="z126" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) организуют и осуществляют аудиторскую, экспертно-аналитическую, информационную и иную деятельность Ревизионной комиссии;</w:t>
+      17) вправе присутствовать на заседаниях акимата области, района (города областного значения) соответствующей административно-территориальной единицы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
     <w:bookmarkStart w:name="z127" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) несут ответственность, предусмотренную законами Республики Казахстан, не создают препятствия функционированию проверяемых объектов государственного аудита и не вмешиваются в их текущую хозяйственную деятельность;</w:t>
+      18) образовывает консультативно-совещательные и консультативно-экспертные органы при Ревизионной комиссии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
     <w:bookmarkStart w:name="z128" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) имеют беспрепятственный доступ к документации, относящейся к вопросам планирования и проведения государственного аудита за исполнением местных бюджетов и использованием активов государства и субъектов квазигосударственного сектора, с учетом соблюдения режима секретности, коммерческой и иной охраняемой законом тайны;</w:t>
+      19) возлагает обязанности Председателя Ревизионной комиссии, в случае своего отсутствия в соответствие с действующим законодательством, на одного из членов Ревизионной комиссии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
     <w:bookmarkStart w:name="z129" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) требуют и получают в установленные ими сроки от объектов государственного аудита необходимые справки, устные и письменные объяснения по вопросам, связанным с осуществлением государственного аудита;</w:t>
+      20) осуществляет иные полномочия, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
     <w:bookmarkStart w:name="z130" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) в пределах своей компетенции самостоятельно принимают решения по вопросам возглавляемых (курируемых) ими направлений деятельности;</w:t>
+      20. Полномочия членов Ревизионной комиссии:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
     <w:bookmarkStart w:name="z131" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) в пределах своей компетенции утверждают программы государственного аудита с определением объемов необходимых ресурсов для эффективной организации государственного аудита, подписывают предписания в соответствии с распределением обязанностей по организации аудиторской деятельности;</w:t>
+      1) организуют и осуществляют аудиторскую, экспертно-аналитическую, информационную и иную деятельность Ревизионной комиссии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
     <w:bookmarkStart w:name="z132" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) дают в соответствии с утвержденным перечнем объектов государственного аудита на соответствующий год поручения работникам аппарата Ревизионной комиссии на проведение государственного аудита;</w:t>
+      2) несут ответственность, предусмотренную законами Республики Казахстан, не создают препятствия функционированию проверяемых объектов государственного аудита и не вмешиваются в их текущую хозяйственную деятельность;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
     <w:bookmarkStart w:name="z133" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) вправе присутствовать на заседаниях акимата области, района (города областного значения) соответствующей административно-территориальной единицы;</w:t>
+      3) имеют беспрепятственный доступ к документации, относящейся к вопросам планирования и проведения государственного аудита за исполнением местных бюджетов и использованием активов государства и субъектов квазигосударственного сектора, с учетом соблюдения режима секретности, коммерческой и иной охраняемой законом тайны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
     <w:bookmarkStart w:name="z134" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) осуществляют иные полномочия, предусмотренные законодательством Республики Казахстан.</w:t>
+      4) требуют и получают в установленные ими сроки от объектов государственного аудита необходимые справки, устные и письменные объяснения по вопросам, связанным с осуществлением государственного аудита;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
     <w:bookmarkStart w:name="z135" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      24. Председателю и членам Ревизионной комиссии выдаются удостоверения, подписываемые секретарем маслихата области.</w:t>
+      5) в пределах своей компетенции самостоятельно принимают решения по вопросам возглавляемых (курируемых) ими направлений деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
     <w:bookmarkStart w:name="z136" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      25. Ревизионная комиссия извещает за тридцать календарных дней маслихат области о предстоящем истечении срока полномочий Председателя и членов Ревизионной комиссии.</w:t>
+      6) в пределах своей компетенции утверждают программы государственного аудита с определением объемов необходимых ресурсов для эффективной организации государственного аудита, подписывают предписания в соответствии с распределением обязанностей по организации аудиторской деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
     <w:bookmarkStart w:name="z137" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      26. Председатель и члены Ревизионной комиссии досрочно освобождаются от должности вследствие:</w:t>
+      7) дают в соответствии с утвержденным перечнем объектов государственного аудита на соответствующий год поручения работникам аппарата Ревизионной комиссии на проведение государственного аудита;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
     <w:bookmarkStart w:name="z138" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) принятия решения маслихатом об увольнении;</w:t>
+      8) вправе присутствовать на заседаниях акимата области, района (города областного значения) соответствующей административно-территориальной единицы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
     <w:bookmarkStart w:name="z139" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) вступления в отношении их в законную силу обвинительного приговора суда;</w:t>
+      9) осуществляют иные полномочия, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
     <w:bookmarkStart w:name="z140" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) признания в установленном порядке ограниченно дееспособными или недееспособными;</w:t>
+      21. Ревизионная комиссия извещает за тридцать календарных дней маслихат о предстоящем истечении срока полномочий Председателя и членов Ревизионной комиссии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
     <w:bookmarkStart w:name="z141" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t>, совершения порочащего поступка, не совместимого с их статусом, несоблюдения должностных обязанностей;</w:t>
+        <w:t>
+      22. Председатель и члены Ревизионной комиссии досрочно освобождаются от должности вследствие:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
     <w:bookmarkStart w:name="z142" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      5) смерти, а также в случае признания безвестно отсутствующими или объявления умершими;</w:t>
+        <w:t xml:space="preserve">
+      1) принятия решения маслихатом об освобождении от должности в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктами 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 47</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О государственном аудите и финансовом контроле" (далее – Закон);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
     <w:bookmarkStart w:name="z143" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) прекращения гражданства Республики Казахстан;</w:t>
+      2) вступления в отношении их в законную силу обвинительного приговора суда;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
     <w:bookmarkStart w:name="z144" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) выезда на постоянное местожительство за пределы Республики Казахстан;</w:t>
+      3) признания в установленном порядке ограниченно дееспособными или недееспособными;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
     <w:bookmarkStart w:name="z145" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) назначения на другую должность.</w:t>
+      4) нарушения присяги, законов Республики Казахстан, актов Президента Республики Казахстан и настоящего Положения, совершения порочащего поступка, не совместимого с их статусом, несоблюдения должностных обязанностей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
     <w:bookmarkStart w:name="z146" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      27. В случае досрочного прекращения полномочий Председателя и члена Ревизионной комиссии в виде подачи заявления об увольнении, Председатель и член Ревизионной комиссии письменно уведомляет маслихат не позднее чем за один месяц до подачи соответствующего заявления об увольнении.</w:t>
+      5) смерти, а также в случае признания безвестно отсутствующими или объявления умершими;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
     <w:bookmarkStart w:name="z147" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      28. Проведение аудиторских мероприятий, а также информационно-аналитическая, правовая, консультативная, организационная и иная деятельность Ревизионной комиссии обеспечивается аппаратом Ревизионной комиссии. Аппарат Ревизионной комиссии состоит из должностных лиц, являющихся административными государственными служащими, возглавляется руководителем аппарата, назначаемым Председателем Ревизионной комиссии.</w:t>
+      6) прекращения гражданства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
     <w:bookmarkStart w:name="z148" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>
+      7) выезда на постоянное местожительство за пределы Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
     <w:bookmarkStart w:name="z149" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Закона Республики Казахстан "О государственном аудите и финансовом контроле".</w:t>
+        <w:t>
+      8) назначения на другую должность;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
     <w:bookmarkStart w:name="z150" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      31. Деятельность Ревизионной комиссии осуществляется в соответствии с перечнем объектов государственного аудита на соответствующий год, утверждаемым Председателем Ревизионной комиссии. Не допускается внесение изменений в перечень объектов государственного аудита на соответствующий год Ревизионной комиссии, за исключением поручений Президента Республики Казахстан, запросов Высшей аудиторской палаты, основанных на поручениях Администрации Президента Республики Казахстан, решений соответствующих маслихатов и инициативы Председателя Ревизионной комиссии.</w:t>
+      9) иных оснований, предусмотренных законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
     <w:bookmarkStart w:name="z151" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      32. При осуществлении своей деятельности Ревизионная комиссия независима от объекта государственного аудита. Независимость Ревизионной комиссии обеспечивается недопустимостью:</w:t>
+      23. В случае досрочного прекращения полномочий Председателя и члена Ревизионной комиссии в виде подачи заявления об увольнении, Председатель и член Ревизионной комиссии письменно уведомляет маслихат и Высшую аудиторскую палату не позднее чем за один месяц до подачи соответствующего заявления об увольнении.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
     <w:bookmarkStart w:name="z152" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) неправомерного вмешательства государственных органов и иных организаций в деятельность Ревизионной комиссии;</w:t>
+      24. Проведение аудиторских мероприятий, а также информационно-аналитическая, правовая, консультативная, организационная и иная деятельность Ревизионной комиссии обеспечивается аппаратом Ревизионной комиссии. Аппарат Ревизионной комиссии состоит из должностных лиц, являющихся административными государственными служащими, возглавляется руководителем аппарата, назначаемым Председателем Ревизионной комиссии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
     <w:bookmarkStart w:name="z153" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) привлечения государственных аудиторов и иных должностных лиц Ревизионной комиссии по запросам государственных органов для проведения проверок, не предусмотренных в перечне объектов государственного аудита на соответствующий год.</w:t>
+      25. Права, обязанности и ответственность работников аппарата, а также условия прохождения ими государственной службы определяются законодательством о государственной службе, трудовым законодательством, законодательством о государственном аудите и финансовом контроле и настоящим Положением.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
     <w:bookmarkStart w:name="z154" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      33. Государственный контроль и надзор использования Ревизионной комиссией средств местного бюджета осуществляется с согласия или по поручению маслихата области.</w:t>
+        <w:t xml:space="preserve">
+      26. Переподготовка и повышение квалификации работников аппарата Ревизионной комиссии осуществляются в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 39</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О государственном аудите и финансовом контроле".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
     <w:bookmarkStart w:name="z155" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      34. Принятие решений Ревизионной комиссии осуществляется коллегиально на заседании.</w:t>
+      27. Деятельность Ревизионной комиссии осуществляется в соответствии с перечнем объектов государственного аудита на соответствующий год, утверждаемым Председателем Ревизионной комиссии. Не допускается внесение изменений в перечень объектов государственного аудита на соответствующий год Ревизионной комиссии, за исключением поручений Президента Республики Казахстан, запросов Высшей аудиторской палаты, основанных на поручениях Администрации Президента Республики Казахстан, решений соответствующих маслихатов и инициативы Председателя Ревизионной комиссии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
     <w:bookmarkStart w:name="z156" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      35. На заседании Ревизионной комиссии рассматриваются итоги государственного аудита, вопросы планирования, методологии, иные вопросы, требующие коллегиального решения.</w:t>
+      28. При осуществлении своей деятельности Ревизионная комиссия независима от объекта государственного аудита. Независимость Ревизионной комиссии обеспечивается недопустимостью:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
     <w:bookmarkStart w:name="z157" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      36. Заседания Ревизионной комиссии проводятся в открытой или закрытой форме. Решения Ревизионной комиссии принимаются большинством голосов от общего числа состава Ревизионной комиссии, присутствующего на заседании. В случае равенства голосов принятым считается решение, за которое проголосовал председательствующий.</w:t>
+      1) неправомерного вмешательства государственных органов и иных организаций в деятельность Ревизионной комиссии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
     <w:bookmarkStart w:name="z158" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      37. Порядок проведения заседаний Ревизионной комиссии, вопросы организации работы и другие вопросы определяются регламентом Ревизионной комиссии.</w:t>
+      2) привлечения государственных аудиторов и иных должностных лиц Ревизионной комиссии по запросам государственных органов для проведения проверок, не предусмотренных в перечне объектов государственного аудита на соответствующий год.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
     <w:bookmarkStart w:name="z159" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      38. Ежегодно Ревизионной комиссией составляется и представляется на рассмотрение маслихата отчет об исполнении местного бюджета за отчетный финансовый год по форме и структуре, определенной процедурным стандартом внешнего государственного аудита и финансового контроля по предоставлению Ревизионными комиссиями отчета об исполнении местного бюджета маслихатам, утверждаемым Высшей аудиторской палатой.</w:t>
+      29. Государственный контроль и надзор использования Ревизионной комиссией средств местного бюджета осуществляется с согласия или по поручению маслихата.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
     <w:bookmarkStart w:name="z160" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      39. Ревизионной комиссией ежеквартально представляется информация Высшей аудиторской палате о своей работе за отчетный период по форме и структуре, определяемых процедурным стандартом внешнего государственного аудита и финансового контроля по предоставлению Ревизионными комиссиями информации Высшей аудиторской палате, утверждаемым Высшей аудиторской палатой.</w:t>
+      30. Принятие решений Ревизионной комиссии осуществляется коллегиально на заседании.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
     <w:bookmarkStart w:name="z161" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 4. Имущество Ревизионной комиссии</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. На заседании Ревизионной комиссии рассматриваются итоги государственного аудита, вопросы планирования, методологии, иные вопросы, требующие коллегиального решения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
     <w:bookmarkStart w:name="z162" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      40. Ревизионная комиссия может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством Республики Казахстан.</w:t>
+      32. Решения Ревизионной комиссии принимаются большинством голосов от общего числа состава Ревизионной комиссии, присутствующего на заседании. В случае равенства голосов принятым считается решение, за которое проголосовал председательствующий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
     <w:bookmarkStart w:name="z163" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      41. Имущество Ревизионной комиссии формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и из иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      33. Порядок проведения заседаний Ревизионной комиссии, вопросы организации работы определяются регламентом Ревизионной комиссии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
     <w:bookmarkStart w:name="z164" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      42. Имущество, закрепленное за Ревизионной комиссией, относится к коммунальной собственности.</w:t>
+        <w:t xml:space="preserve">
+      34. Ежегодно Ревизионной комиссией составляется и представляется на рассмотрение маслихата отчет об исполнении местного бюджета за отчетный финансовый год по форме и структуре, определенной процедурным стандартом внешнего государственного аудита и финансового контроля по представлению ревизионными комиссиями отчета об исполнении местного бюджета маслихатам, утвержденным нормативным постановлением Счетного комитета по контролю за исполнением республиканского бюджета от 31 марта 2016 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 5-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Об утверждении процедурных стандартов внешнего государственного аудита и финансового контроля" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов № 13647).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
     <w:bookmarkStart w:name="z165" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      43. Ревизионная комиссия не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством Республики Казахстан.</w:t>
+        <w:t xml:space="preserve">
+      35. Ревизионной комиссией ежеквартально представляется информация Высшей аудиторской палате о своей работе за отчетный период по форме и структуре, определяемых процедурным стандартом внешнего государственного аудита и финансового контроля по предоставлению ревизионными комиссиями информации о своей работе, утвержденным нормативным постановлением Счетного комитета по контролю за исполнением республиканского бюджета от 31 марта 2016 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 5-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Об утверждении процедурных стандартов внешнего государственного аудита и финансового контроля" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов № 13647).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
     <w:bookmarkStart w:name="z166" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      44. Материально-техническое и медицинское обеспечение, а также транспортное обслуживание Председателя, членов и работников аппарата Ревизионной комиссии осуществляется в соответствии с законодательством Республики Казахстан.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Имущество Ревизионной комиссии</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
     <w:bookmarkStart w:name="z167" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 5. Реорганизация и упразднение Ревизионной комиссии</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Ревизионная комиссия может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
     <w:bookmarkStart w:name="z168" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      45. Реорганизация и упразднение Ревизионной комиссии осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
+      37. Имущество Ревизионной комиссии формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и из иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z169" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Имущество, закрепленное за Ревизионной комиссией, относится к коммунальной собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z170" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Ревизионная комиссия не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z171" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Материально-техническое и медицинское обеспечение, а также транспортное обслуживание Председателя, членов и работников аппарата Ревизионной комиссии осуществляется в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z172" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Ревизионной комиссии</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z173" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Реорганизация и упразднение Ревизионной комиссии осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4186,31 +4434,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>