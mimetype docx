--- v0 (2025-11-09)
+++ v1 (2026-03-10)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4f440b3" w14:textId="4f440b3">
+    <w:p w14:paraId="1d4cd17" w14:textId="1d4cd17">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4852,50 +4852,70 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень - в редакции приказа Министра сельского хозяйства РК от 14.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 387</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">; с изменением, внесенным приказом и.о. Министра сельского хозяйства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 475</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z207" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Республиканское государственное предприятие на праве хозяйственного ведения "Государственный институт сельскохозяйственных аэрофотогеодезических изысканий (ГИСХАГИ)" Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
     <w:bookmarkStart w:name="z208" w:id="189"/>
     <w:p>
@@ -4915,530 +4935,648 @@
         <w:t>
       2. Республиканское государственное предприятие на праве хозяйственного ведения "Государственный институт проведения работ по обследованию земель" Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
     <w:bookmarkStart w:name="z209" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Республиканское государственное учреждение "Республиканский научно-методический центр агрохимической службы" Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z210" w:id="191"/>
-[...15 lines deleted...]
-      4. Республиканское государственное учреждение "Зональный гидрогеолого-мелиоративный центр" Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Исключен приказом и.о. Министра сельского хозяйства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 475</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Исключен приказом и.о. Министра сельского хозяйства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 475</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Исключен приказом и.о. Министра сельского хозяйства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 475</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z166" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень территориальных подразделений, находящихся в ведении Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z211" w:id="192"/>
-[...15 lines deleted...]
-      5. Республиканское государственное учреждение "Южно-Казахстанская гидрогеолого-мелиоративная экспедиция" Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z167" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Акмолинской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z212" w:id="193"/>
-[...15 lines deleted...]
-      6. Республиканское государственное учреждение "Кызылординская гидрогеолого-мелиоративная экспедиция" Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z168" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Актюбинской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z166" w:id="194"/>
-[...15 lines deleted...]
-      Перечень территориальных подразделений, находящихся в ведении Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан</w:t>
+    <w:bookmarkStart w:name="z169" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Алматинской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z167" w:id="195"/>
-[...15 lines deleted...]
-      1. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Акмолинской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
+    <w:bookmarkStart w:name="z170" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Атырауской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z168" w:id="196"/>
-[...15 lines deleted...]
-      2. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Актюбинской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
+    <w:bookmarkStart w:name="z171" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Восточно-Казахстанской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z169" w:id="197"/>
-[...15 lines deleted...]
-      3. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Алматинской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
+    <w:bookmarkStart w:name="z172" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Жамбылской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z170" w:id="198"/>
-[...15 lines deleted...]
-      4. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Атырауской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
+    <w:bookmarkStart w:name="z173" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Западно-Казахстанской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z171" w:id="199"/>
-[...15 lines deleted...]
-      5. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Восточно-Казахстанской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
+    <w:bookmarkStart w:name="z174" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Карагандинской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z172" w:id="200"/>
-[...15 lines deleted...]
-      6. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Жамбылской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
+    <w:bookmarkStart w:name="z175" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Костанайской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z173" w:id="201"/>
-[...15 lines deleted...]
-      7. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Западно-Казахстанской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
+    <w:bookmarkStart w:name="z176" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Кызылординской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z174" w:id="202"/>
-[...15 lines deleted...]
-      8. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Карагандинской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
+    <w:bookmarkStart w:name="z177" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Мангистауской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z175" w:id="203"/>
-[...15 lines deleted...]
-      9. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Костанайской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
+    <w:bookmarkStart w:name="z178" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Павлодарской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z176" w:id="204"/>
-[...15 lines deleted...]
-      10. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Кызылординской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
+    <w:bookmarkStart w:name="z179" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Северо-Казахстанской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z177" w:id="205"/>
-[...15 lines deleted...]
-      11. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Мангистауской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
+    <w:bookmarkStart w:name="z180" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Туркестанской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z178" w:id="206"/>
-[...15 lines deleted...]
-      12. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Павлодарской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
+    <w:bookmarkStart w:name="z181" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами области Абай Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z179" w:id="207"/>
-[...15 lines deleted...]
-      13. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Северо-Казахстанской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
+    <w:bookmarkStart w:name="z182" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами области Жетісу Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z180" w:id="208"/>
-[...15 lines deleted...]
-      14. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Туркестанской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
+    <w:bookmarkStart w:name="z183" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами области Ұлытау Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z181" w:id="209"/>
-[...15 lines deleted...]
-      15. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами области Абай Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
+    <w:bookmarkStart w:name="z184" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами города Алматы Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z182" w:id="210"/>
-[...15 lines deleted...]
-      16. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами области Жетісу Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
+    <w:bookmarkStart w:name="z185" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами города Астаны Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z183" w:id="211"/>
-[...15 lines deleted...]
-      17. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами области Ұлытау Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
+    <w:bookmarkStart w:name="z186" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами города Шымкента Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z184" w:id="212"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>