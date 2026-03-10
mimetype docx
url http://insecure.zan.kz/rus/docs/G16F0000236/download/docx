--- v1 (2026-03-10)
+++ v2 (2026-03-10)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1d4cd17" w14:textId="1d4cd17">
+    <w:p w14:paraId="4843ed6" w14:textId="4843ed6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2671,50 +2671,88 @@
         <w:t>
       57) осуществляет реализации государственной политики по управлению государственным имуществом в соответствующей отрасли, в пределах своей компетенции разработка, утверждение нормативных правовых актов в сфере управления государственным имуществом соответствующей отрасли;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
     <w:bookmarkStart w:name="z102" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58) осуществляет контроль за сохранностью имущества республиканских юридических лиц и выполнением планов развития республиканским государственным предприятием;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      58-1) в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О государственном имуществе" координирует работу подведомственных организации Комитета и ведет мониторинг по выполнению планов развития;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z103" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59) вносит предложения уполномоченному органу по государственному имуществу по определению предмета и цели деятельности республиканского государственного предприятия, а также вида республиканского государственного предприятия (на праве хозяйственного ведения или казенное предприятие), осуществляющего такую деятельность;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
     <w:bookmarkStart w:name="z104" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -4026,50 +4064,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; от 12.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">; от 04.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 45</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z130" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -4872,711 +4930,765 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; с изменением, внесенным приказом и.о. Министра сельского хозяйства РК от 17.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 475</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">; от 04.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 45</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z207" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Республиканское государственное предприятие на праве хозяйственного ведения "Государственный институт сельскохозяйственных аэрофотогеодезических изысканий (ГИСХАГИ)" Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
     <w:bookmarkStart w:name="z208" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Республиканское государственное предприятие на праве хозяйственного ведения "Государственный институт проведения работ по обследованию земель" Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z209" w:id="190"/>
-[...15 lines deleted...]
-      3. Республиканское государственное учреждение "Республиканский научно-методический центр агрохимической службы" Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Исключен приказом Министра сельского хозяйства РК от 04.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 45</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Исключен приказом и.о. Министра сельского хозяйства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 475</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Исключен приказом и.о. Министра сельского хозяйства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 475</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Исключен приказом и.о. Министра сельского хозяйства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 475</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z166" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень территориальных подразделений, находящихся в ведении Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="190"/>
-    <w:p>
-[...193 lines deleted...]
-        <w:t xml:space="preserve"> Перечень территориальных подразделений, находящихся в ведении Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан</w:t>
+    <w:bookmarkStart w:name="z167" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Акмолинской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z167" w:id="192"/>
-[...15 lines deleted...]
-      1. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Акмолинской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
+    <w:bookmarkStart w:name="z168" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Актюбинской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z168" w:id="193"/>
-[...15 lines deleted...]
-      2. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Актюбинской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
+    <w:bookmarkStart w:name="z169" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Алматинской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z169" w:id="194"/>
-[...15 lines deleted...]
-      3. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Алматинской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
+    <w:bookmarkStart w:name="z170" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Атырауской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z170" w:id="195"/>
-[...15 lines deleted...]
-      4. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Атырауской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
+    <w:bookmarkStart w:name="z171" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Восточно-Казахстанской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z171" w:id="196"/>
-[...15 lines deleted...]
-      5. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Восточно-Казахстанской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
+    <w:bookmarkStart w:name="z172" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Жамбылской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z172" w:id="197"/>
-[...15 lines deleted...]
-      6. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Жамбылской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
+    <w:bookmarkStart w:name="z173" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Западно-Казахстанской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z173" w:id="198"/>
-[...15 lines deleted...]
-      7. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Западно-Казахстанской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
+    <w:bookmarkStart w:name="z174" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Карагандинской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z174" w:id="199"/>
-[...15 lines deleted...]
-      8. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Карагандинской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
+    <w:bookmarkStart w:name="z175" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Костанайской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z175" w:id="200"/>
-[...15 lines deleted...]
-      9. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Костанайской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
+    <w:bookmarkStart w:name="z176" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Кызылординской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z176" w:id="201"/>
-[...15 lines deleted...]
-      10. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Кызылординской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
+    <w:bookmarkStart w:name="z177" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Мангистауской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z177" w:id="202"/>
-[...15 lines deleted...]
-      11. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Мангистауской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
+    <w:bookmarkStart w:name="z178" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Павлодарской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z178" w:id="203"/>
-[...15 lines deleted...]
-      12. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Павлодарской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
+    <w:bookmarkStart w:name="z179" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Северо-Казахстанской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z179" w:id="204"/>
-[...15 lines deleted...]
-      13. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Северо-Казахстанской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
+    <w:bookmarkStart w:name="z180" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Туркестанской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z180" w:id="205"/>
-[...15 lines deleted...]
-      14. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами Туркестанской области Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
+    <w:bookmarkStart w:name="z181" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами области Абай Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z181" w:id="206"/>
-[...15 lines deleted...]
-      15. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами области Абай Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
+    <w:bookmarkStart w:name="z182" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами области Жетісу Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z182" w:id="207"/>
-[...15 lines deleted...]
-      16. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами области Жетісу Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
+    <w:bookmarkStart w:name="z183" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами области Ұлытау Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z183" w:id="208"/>
-[...15 lines deleted...]
-      17. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами области Ұлытау Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
+    <w:bookmarkStart w:name="z184" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами города Алматы Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z184" w:id="209"/>
-[...15 lines deleted...]
-      18. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами города Алматы Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
+    <w:bookmarkStart w:name="z185" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами города Астаны Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z185" w:id="210"/>
-[...15 lines deleted...]
-      19. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами города Астаны Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
+    <w:bookmarkStart w:name="z186" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Республиканское государственное учреждение "Департамент по управлению земельными ресурсами города Шымкента Комитета по управлению земельными ресурсами Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z186" w:id="211"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>