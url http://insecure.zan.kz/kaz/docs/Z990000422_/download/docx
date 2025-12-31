--- v0 (2025-10-01)
+++ v1 (2025-12-31)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="405acd0" w14:textId="405acd0">
+    <w:p w14:paraId="e7117dd" w14:textId="e7117dd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -876,171 +876,171 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-бап жаңа редакцияда - ҚР 2007.03.02 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 237</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, өзгерістер енгізілді - ҚР 2012.01.12 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 540-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 17.01.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 165-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 27.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 424-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі); 20.06.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 161-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 10.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 144-VII</w:t>
       </w:r>
       <w:r>
@@ -1289,51 +1289,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 3-бапқа өзгерістер енгізілді - ҚР 2004.07.09. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 586</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2007.03.02. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 237</w:t>
       </w:r>
       <w:r>
@@ -1584,50 +1584,156 @@
       апелляциялық кеңестің қарсылықтарды қарау қағидаларын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы ратификациялаған халықаралық шарттарға сәйкес селекциялық жетістіктерге арналған өтінімдерді қарау қағидаларын; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) тармақшаның сегізінші абзацы жаңа редакцияда көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аттестаттау комиссиясы туралы ережені;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1656,68 +1762,280 @@
       апелляциялық комиссия туралы ережені әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) селекциялық жетістіктерді тіркеуге жататын мәліметтерді бюллетеньде жариялау тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) тармақшаға өзгеріс енгізу көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдарды аттестаттау, оларды патенттік сенім білдірілген өкілдердің тізілімінде тіркеу, патенттік сенім білдірілген өкілдердің тізілімінен шығару, патенттік сенім білдірілген өкілдің куәлігін жарамсыз деп тану және патенттік сенім білдірілген өкілдердің тізілімінде мәліметтердің күшін жою;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) тармақшаны алып тастау көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) аттестаттау комиссиясының, апелляциялық кеңестің және апелляциялық комиссияның қызметін ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1738,111 +2056,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 3-1-баппен толықтырылды - ҚР 2004.07.09 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 586</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен; өзгерістер енгізілді - ҚР 2011.07.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі), 2012.01.12 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 537-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 20.06.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 161-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 20.06.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 128-VII</w:t>
       </w:r>
       <w:r>
@@ -2033,50 +2351,156 @@
       7) тіркелген селекциялық жетiстiктер туралы мәліметтерді мүдделі тұлғалардың өтініштері негізінде іздеуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) Қазақстан Республикасы ратификациялаған халықаралық шарттарға сәйкес селекциялық жетістіктерге арналған өтінімдерді қарайды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9) тармақшаға өзгеріс енгізу көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де қызмет түрлерін жүзеге асырады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z361" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -2099,91 +2523,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-тарау 3-2-баппен толықтырылды - ҚР 2004.07.09 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 586</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен; жаңа редакцияда - ҚР 2012.07.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 34-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Заңымен; жаңа редакцияда - ҚР 20.06.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 161-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2430,51 +2854,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 4-бапқа өзгерістер енгізілді - ҚР 2004.07.09. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 586</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
@@ -2891,51 +3315,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 5-бапқа өзгерістер енгізілді - ҚР 2004.07.09. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 586</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2007.03.02. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 237</w:t>
       </w:r>
       <w:r>
@@ -3756,62 +4180,274 @@
       Сараптама ұйымы жоқ құжаттарды немесе түзетілген материалдарды сұрата алады, өтінім беруші оларды сұрау салу жөнелтілген күннен бастап үш ай мерзімде ұсынуға міндетті.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтініш беруші жоқ құжаттарды немесе түзетілген материалдарды белгіленген мерзімде ұсынбаған жағдайда, өтінім бойынша іс жүргізу тоқтатылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақтың жетінші бөлігі жаңа редакцияда көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтінім беруші Селекциялық жетістіктердің мемлекеттік тізілімінде селекциялық жетістік тіркелгенге дейін өтінімді кері қайтарып ала алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақты сегізінші, тоғызыншы бөліктермен толықтыру көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z92" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Сортқа, тұқымға жасалған өтiнiмге келiп түскен, өтiнiмнiң алғашқы материалдарында келтірілмеген белгілері бар және өтінім берiлген сорттың, тұқымның мәнiн өзгертетiн қосымша материалдар өтінiм қаралған кезде назарға алынбайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:bookmarkStart w:name="z93" w:id="57"/>
     <w:p>
       <w:pPr>
@@ -3922,51 +4558,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 8-бапқа өзгерістер енгізілді - ҚР 2004.07.09. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 586</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 07.04.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 300-V</w:t>
       </w:r>
       <w:r>
@@ -4476,131 +5112,131 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 10-бапқа өзгерістер енгізілді - ҚР 2004.07.09 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 586</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2012.01.12 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 537-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 07.04.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 300-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 20.06.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 161-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 20.06.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 128-VII</w:t>
       </w:r>
       <w:r>
@@ -6349,51 +6985,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 17-бапқа өзгеріс енгізілді - ҚР 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6506,51 +7142,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6843,51 +7479,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 18-бап жаңа редакцияда - ҚР 20.06.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 161-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6976,71 +7612,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 19-бапқа өзгерістер енгізілді - ҚР 2004.07.09. № 586 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 20.06.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 161-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7288,71 +7924,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 5-тарау 20-1-баппен толықтырылды - ҚР 2012.01.12 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 537-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен; жаңа редакцияда - ҚР 20.06.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 161-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7685,51 +8321,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 5-тарау 20-2-баппен толықтырылды - ҚР 20.06.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 161-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР 20.06.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 128-VII</w:t>
       </w:r>
       <w:r>
@@ -7888,135 +8524,135 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Алып тасталды - ҚР 20.06.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 161-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 21-бапқа өзгерістер енгізілді - ҚР 2004.07.09 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 586</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2012.01.12 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 537-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 20.06.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 161-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8145,51 +8781,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 6-тарау 21-1-баппен толықтырылды - ҚР 07.04.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 300-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8380,71 +9016,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 22-бапқа өзгерістер енгізілді - ҚР 2004.07.09. № 586 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 20.06.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 161-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8599,50 +9235,156 @@
       2) селекциялық жетiстiкке патент беруден бас тарту туралы шешімдеріне қарсылық берілуі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілген қарсылықтарды сотқа дейін қарау міндетті болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-тармаққа өзгеріс енгізу көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Апелляциялық кеңестің құрамына агроөнеркәсіптік кешенді дамыту саласындағы және селекциялық жетістіктерді қорғау саласындағы уәкілетті органдардың, сондай-ақ көрсетілген уәкілетті органдардан қоғамдық кеңестердің өкілдерін қоса алғанда, мүшелердің тақ саны (кемінде бесеуі) кіруге тиіс. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -8789,51 +9531,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 22-1-бап жаңа редакцияда - ҚР 20.06.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 161-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9454,274 +10196,916 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>22-4-бап. Патенттік сенім білдірілген өкілдер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z385" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақтың бірінші бөлігіне өзгеріс енгізу көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасының аумағында тұрақты тұратын, жоғары бiлiмi бар, аттестаттаудан өткен және патенттік сенім білдірілген өкілдердің тізілімінде тiркелген оның әрекетке қабiлеттi азаматы патенттiк сенiм білдірілген өкiл болуға құқылы.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақтың екінші бөлігі жаңа редакцияда көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдарды аттестаттау зияткерлік меншік саласындағы Қазақстан Республикасының заңнамасын және Қазақстан Республикасы ратификациялаған халықаралық шарттарды білуге арналған тестілеу нысанында өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақтың үшінші бөлігіне өзгеріс енгізу көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті органның жанынан құрылатын аттестаттау комиссиясы уәкілетті орган қызметкерлерінің тақ санынан тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақтың төртінші бөлігіне өзгеріс енгізу көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдарды аттестаттаудан өткізу, патенттік сенім білдірілген өкілдердің тізілімінде тіркеу және оған өзгерістер енгізу тәртібін уәкілетті орган айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақтың бесінші бөлігіне өзгеріс енгізу көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Патенттік сенім білдірілген өкілдердің тізілімі уәкілетті органның интернет-ресурсында орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z386" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Аттестаттауға мынадай:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдарды аттестаттау зияткерлік меншік саласындағы Қазақстан Республикасының заңнамасын және Қазақстан Республикасы ратификациялаған халықаралық шарттарды білуге арналған тестілеу нысанында өткізіледі.</w:t>
-[...72 lines deleted...]
-      2. Аттестаттауға мынадай:</w:t>
+      1) Қазақстан Республикасының заңдарына сәйкес кәсіпкерлік қызметпен айналысуға тыйым салынатын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) уәкілетті органның және оның ведомстволық бағынысты ұйымдарының қызметкерлері, сондай-ақ олардың жақын туыстары, жұбайы (зайыбы) болып табылатын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қылмыс жасағаны үшін заңда белгіленген тәртіппен жойылмаған немесе алынбаған сотталғандығы бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осы Заңға сәйкес патенттік сенім білдірілген өкілдердің тізілімінен шығарылған адамдар жiберiлмейдi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z387" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Аттестаттауға зияткерлік меншік құқықтарын сақтау және қорғау саласында кемінде төрт жыл жұмыс тәжірибесі бар не патенттік сенім білдірілген өкілдер палатасында кемінде бір жыл тағылымдамадан өткен адамдар жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...87 lines deleted...]
-    <w:bookmarkStart w:name="z388" w:id="166"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-тармақтың бірінші бөлігіне өзгеріс енгізу көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Патенттік сенім білдірілген өкілдің қызметі аттестаттау комиссиясының хаттамалық шешімімен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) патенттік сенім білдірілген өкілдің аттестаттау комиссиясына берілген өтініші негізінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9756,68 +11140,280 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген мән-жайларды анықтау мақсатында тоқтатыла тұрады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-тармақтың екінші бөлігін алып тастау көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақтың бірінші бөлігінің 3) тармақшасында көрсетілген жағдайда патенттік сенім білдірілген өкілдің қызметі аттестаттау комиссиясы тиісті шешім қабылдағанға дейін үш ай бойы тоқтатыла тұрады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-тармақтың үшінші бөлігіне өзгеріс енгізу көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Патенттік сенім білдірілген өкілдің қызметі оның қызметін тоқтата тұруға себеп болған негіздер жойылған жағдайда, аттестаттау комиссиясының хаттамалық шешімімен қайта басталады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -9885,1221 +11481,2075 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>22-5-бап. Патенттік сенiм білдірілген өкілдің құқықтары мен міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z313" w:id="167"/>
+    <w:bookmarkStart w:name="z313" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Патенттік сенім білдірілген өкіл мыналарға құқылы:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) зияткерлік меншік құқықтарын қорғау, зияткерлік меншік құқықтарын иелену немесе беру мәселелері бойынша консультация беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тапсырыс берушінің, сенім білдірушінің, жұмыс берушінің атынан және тапсырмасы бойынша селекциялық жетістіктерге арналған өтінімдерді ресімдеу және жасау жөніндегі жұмыстарды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) селекциялық жетістіктерге құқықтарды қорғау мәселелері бойынша уәкілетті органмен және (немесе) сараптама ұйымымен өзара іс-қимыл жасау, оның ішінде хат-хабар алысу, сараптама шешімдеріне қарсылықтарды дайындау және жіберу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) лицензиялық (қосалқы лицензиялық) шарттарды және (немесе) басқаға беру шарттарын жасауға, қарауға, сондай-ақ сараптама ұйымында құқықтарды беруді және ұсынуды кейіннен тіркеуге жәрдемдесу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) патенттік сенім білдірілген өкілдер палатасының мүшесі болу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Қазақстан Республикасының заңдарында тыйым салынбаған, зияткерлік меншікті сақтау және қорғау мәселелерімен байланысты басқа да қызмет түрлерін жүзеге асыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z389" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Патенттік сенім білдірілген өкілдің өкілеттіктері сенімхатпен куәландырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Апелляциялық кеңеске қарсылық беруге байланысты істерді жүргізу кезінде патенттік сенім білдірілген өкіл уәкілетті органға сенімхаттың түпнұсқасын ұсынуға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z390" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Егер сенімхат шет тілінде жасалса, онда қарсылық берілген тілге байланысты сенімхаттың қазақ немесе орыс тіліне нотариус куәландырған аудармасы міндетті түрде ұсынылуға тиіс.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="167"/>
-    <w:p>
-[...123 lines deleted...]
-      2. Патенттік сенім білдірілген өкілдің өкілеттіктері сенімхатпен куәландырылады.</w:t>
+    <w:bookmarkStart w:name="z391" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Патенттік сенім білдірілген өкіл, егер бұрын осы іс бойынша мүдделері іс жүргізу туралы өтінішпен жүгінген адамның мүдделеріне қайшы келетін адамдардың атынан өкiлдiк етсе немесе оларға консультация берсе немесе оны қарауға өзгеше қатысса, сондай-ақ егер істі қарауға патенттік сенім білдірілген өкілдің жақын туысы, жұбайы (зайыбы) немесе жекжаты болып табылатын лауазымды адам қатысса, тапсырманы қабылдамауға міндетті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...29 lines deleted...]
-      3. Егер сенімхат шет тілінде жасалса, онда қарсылық берілген тілге байланысты сенімхаттың қазақ немесе орыс тіліне нотариус куәландырған аудармасы міндетті түрде ұсынылуға тиіс.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 22-5-бап жаңа редакцияда - ҚР 20.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      22-6-баптың тақырыбына өзгеріс енгізу көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22-6-бап. Патенттік сенім білдірілген өкілдердің тізілімінен шығару,   патенттік сенім білдірілген өкілдің куәлігін жарамсыз деп   тану және патенттік сенім білдірілген өкілдердің тізіліміндегі мәліметтердің күшін жою</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 22-6-баптың тақырыбы жаңа редакцияда - ҚР 20.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 161-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақтың бірінші абзацына өзгеріс енгізу көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Патенттік сенiм білдірілген өкіл патенттік сенім білдірілген өкілдердің тізілімінен аттестаттау комиссиясының шешімімен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) тармақшаға өзгеріс енгізу көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) патенттік сенім білдірілген өкілдің аттестаттау комиссиясына берілген жеке өтініші негізінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының азаматтығы тоқтатылған кезде немесе Қазақстан Республикасының шегінен тыс тұрақты тұрғылықты жерге кеткен кезде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) патенттік сенiм білдірілген өкілдің кәсіптік қызметінде бес жылдан астам үзіліс болған жағдайда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) тармақшаға өзгеріс енгізу көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) патенттік сенiм білдірілген өкіл қылмыс жасағаны үшін сотталып, соттың айыптау үкімі күшіне енген кезде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) патенттік сенiм білдірілген өкіл қайтыс болған немесе ол хабарсыз кетті деп танылған не қайтыс болды деп жарияланған жағдайда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) патенттік сенiм білдірілген өкіл әрекетке қабілетсіз немесе әрекет қабілеті шектеулі деп танылған жағдайда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) жеке және (немесе) заңды тұлғалардың шағымдарын, сондай-ақ патенттік сенім білдірілген өкілдер палатасының ұсынуын қарау нәтижелері бойынша шығарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-тармаққа өзгеріс енгізу көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Аттестаттау комиссиясының шешімі немесе соттың заңды күшіне енген шешімі не айыптау үкімі негізінде патенттік сенім білдірілген өкілдің куәлігі жарамсыз деп танылады және тиісті мәліметтер патенттік сенім білдірілген өкілдердің тізіліміне енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-тармаққа өзгеріс енгізу көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Патенттік сенiм білдірілген өкілдердің тізілімінен шығарылған патенттік сенім білдірілген өкіл бұл жөнінде мәліметтер енгізілген күннен бастап патенттік сенiм білдірілген өкілдің қызметін жүзеге асыру құқығынан айырылады, ал оны патенттік сенім білдірілген өкіл ретінде тіркеу туралы куәліктің күші жойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-тармаққа өзгеріс енгізу көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Уәкілетті орган патенттік сенім білдірілген өкілдің әрекеттеріне жеке және (немесе) заңды тұлғаның шағымы не патенттік сенім білдірілген өкілдер палатасының ұсынуы келіп түскен жағдайда уәкілетті орган қызметкерлерінің тақ санынан апелляциялық комиссия құрады. Жеке және (немесе) заңды тұлғаның шағымын не патенттік сенім білдірілген өкілдер палатасының ұсынуын қарау кезеңінде патенттік сенім білдірілген өкіл куәлігінің қолданылуы тоқтатыла тұрады, бұл туралы патенттік сенім білдірілген өкілдердің тізіліміне белгі қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z395" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке және (немесе) заңды тұлғаның шағымын не патенттік сенім білдірілген өкілдер палатасының ұсынуын қарау нәтижелері бойынша мынадай шешімдердің бірі қабылданады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z391" w:id="170"/>
-[...15 lines deleted...]
-      4. Патенттік сенім білдірілген өкіл, егер бұрын осы іс бойынша мүдделері іс жүргізу туралы өтінішпен жүгінген адамның мүдделеріне қайшы келетін адамдардың атынан өкiлдiк етсе немесе оларға консультация берсе немесе оны қарауға өзгеше қатысса, сондай-ақ егер істі қарауға патенттік сенім білдірілген өкілдің жақын туысы, жұбайы (зайыбы) немесе жекжаты болып табылатын лауазымды адам қатысса, тапсырманы қабылдамауға міндетті.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) патенттік сенім білдірілген өкілдің куәлігін кері қайтарып алу және патенттік сенім білдірілген өкілдердің тізіліміне тиісті жазба енгізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жеке және (немесе) заңды тұлғаның шағымын не патенттік сенім білдірілген өкілдер палатасының ұсынуын қанағаттандырудан бас тарту.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z396" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Апелляциялық комиссияның шешімі жай көпшілік дауыспен қабылданады, хаттамамен ресімделеді және оған сотқа шағым жасалуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 22-5-бап жаңа редакцияда - ҚР 20.06.2022 </w:t>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-тармақпен толықтыру көзделген – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 22-6-бап жаңа редакцияда - ҚР 20.06.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 128-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z29" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...26 lines deleted...]
-          <w:color w:val="ff0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7-тарау. Қорытынды ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">23-бап. Осы Заңды қолдануға байланысты дауларды шешу </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z405" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мынадай даулар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z161" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сортқа, тұқымға авторлық туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z162" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) патент иеленушiнi белгiлеу туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z163" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) патент иеленушiнiң пайдалануға ерекше құқығын және басқа мүлiктiк құқықтарын бұзу туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z164" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) селекциялық жетiстiктi пайдалануға лицензиялық шарттарды жасасу және оны орындау туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z165" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) осы Заңда көзделген өтемақыларды төлеу туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z166" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) шартқа сәйкес авторға сыйақы төлеу туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z167" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) патент беру туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z382" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1) патентті жарамсыз деп тану туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z168" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) мәжбүрлеп лицензия беру туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z169" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) патенттен туындайтын құқықтарды қорғауға байланысты басқа да даулар сот тәртiбiмен қаралуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z383" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілген даулар, осы тармақтың бірінші бөлігінің 1), 2), 7), 8) және 9) тармақшаларында көрсетілгендерді қоспағанда, егер бұған "Төрелік туралы" және "Медиация туралы" Қазақстан Республикасының заңдарында тыйым салынбаса, тараптардың келісімі бойынша төрелік немесе медиация тәртібімен қаралуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z406" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Заңның 22-1-бабының 2-тармағында көрсетілген сараптама ұйымының шешімдеріне талап қою арыздары апелляциялық кеңесте қаралғаннан кейін сотқа беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 23-бапқа өзгерістер енгізілді - ҚР 31.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 378-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 20.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 161-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
-[...329 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 21.01.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 217-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="177"/>
-[...4 lines deleted...]
-        <w:jc w:val="left"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...177 lines deleted...]
-      7) патент беру туралы;</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24-бап. Селекциялық жетiстiктердi өндiрiсте пайдалану </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z407" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Пайдалануға ұсынылатын селекциялық жетістіктердің мемлекеттік тізілімдеріне селекциялық жетістіктерді агроөнеркәсіп кешенін дамыту саласындағы уәкілетті орган:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z382" w:id="186"/>
-[...15 lines deleted...]
-      7-1) патентті жарамсыз деп тану туралы;</w:t>
+    <w:bookmarkStart w:name="z408" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тұқымдар бойынша – шаруашылықтағы пайдалылығы жөнінде тұқымдарды сынау және байқау жөніндегі мемлекеттік комиссия жүргізетін мемлекеттік сынақ нәтижелері бойынша;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z168" w:id="187"/>
-[...15 lines deleted...]
-      8) мәжбүрлеп лицензия беру туралы;</w:t>
+    <w:bookmarkStart w:name="z409" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сұрыптар бойынша – шаруашылықтағы пайдалылығы жөнінде ауыл шаруашылық дақылдарын сұрыптық сынау жөніндегі мемлекеттік комиссия жүргізетін мемлекеттік сынақ нәтижелері бойынша немесе өтінім берушінің деректері бойынша енгізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z169" w:id="188"/>
-[...248 lines deleted...]
-    <w:bookmarkStart w:name="z170" w:id="194"/>
+    <w:bookmarkStart w:name="z170" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Өткiзiлетiн ұрықтармен және асыл тұқымдық материалмен олардың қандай сортқа, тұқымға жататынын, қайдан шыққанын және сапасын куәландыратын тиiстi құжаттар қоса жүруге тиiс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkEnd w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Құжат тиiстi аймақта пайдалануға ұсынылатын сорттың ұрығына, тұқымның асыл тұқымды материалына берiледi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -11153,70 +13603,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>25-бап. Заңдық маңызы бар іс-қимылдарға ақы төлеу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z182" w:id="195"/>
+    <w:bookmarkStart w:name="z182" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ауыл шаруашылығы дақылдарының сортын сынақтан өткізу жөніндегі мемлекеттік комиссия Қазақстан Республикасының заңнамасына сәйкес, ауыл шаруашылығы дақылдары сорттарын патентке қабілеттілігіне сынақтан өткізгені үшін төлемақы алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkEnd w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11290,203 +13740,203 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">26-бап. Жарияланымдар </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Бюллетеньде селекциялық жетiстiктi тiркеуге қатысты:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z171" w:id="196"/>
+    <w:bookmarkStart w:name="z171" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) селекциялық жетiстiк басымдығының күнiн, өтініш беруші – заңды тұлғаның атауын не жеке тұлғаның тегін, атын, әкесінің атын (егер ол жеке басты куәландыратын құжатта көрсетілсе), селекциялық жетiстiктiң атауын, егер бас тартпаса, автордың аты-жөнiн көрсете отырып, оңды нәтиже мен алдын ала сараптамадан өткен патент беруге жасалған өтiнiмдер туралы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z172" w:id="197"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z172" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) патент беру туралы өтiнiм бойынша қабылданатын шешiмдер туралы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z173" w:id="198"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z173" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) селекциялық жетiстiктердiң атауындағы өзгерiстер туралы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z174" w:id="199"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z174" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) патенттердi жарамсыз және олардың күшi жойылды деп тану туралы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z175" w:id="200"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z175" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) селекциялық жетiстiктердi қорғауға қатысты басқа да мәлiметтер жарияланады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z176" w:id="201"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z176" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Өтiнiм туралы мәлiметтер жарияланғаннан кейiн кез келген тұлға өтiнiм материалдарымен танысуға құқылы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkEnd w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 26-бапқа өзгерістер енгізілді - ҚР 2004.07.09. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 586</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен; 20.06.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 128-VII</w:t>
       </w:r>
       <w:r>
@@ -11527,90 +13977,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">27-бап. Шет елдерде селекциялық жетiстiктердi патенттеу </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Өтiнiм берушi Қазақстан Республикасы селекциялық жетiстiктердi қорғау туралы екi жақты немесе көп жақты халықаралық шарт арқылы байланысы бар басқа мемлекеттiң құзыреттi органына селекциялық жетiстiктi қорғауға алғашқы өтiнiм беруге құқылы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z178" w:id="202"/>
+    <w:bookmarkStart w:name="z178" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтiнiм берушi өзi алғашқы өтiнiм берген мемлекеттiң құзыретті органы оған қорғау құжатын бергенiн күтпей-ақ басқа мемлекеттердiң құзыреттi органдарына өтiнiм беруге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z179" w:id="203"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z179" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Селекциялық жетiстiктерге құқықтарды Қазақстан Республикасының шегiнен тыс қорғауға байланысты шығындарды өтiнiм берушi өтейдi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkEnd w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11664,70 +14114,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">28-бап. Шетелдiктердiң, азаматтығы жоқ адамдардың және шетелдiк заңды тұлғалардың құқықтары </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Шетелдiктер мен шетелдiк заңды тұлғалар осы Заңда және Қазақстан Республикасының селекциялық жетiстiктердi қорғау саласындағы өзге де заң және нормативтiк құқықтық актiлерiнде көзделген құқықтарды Қазақстан Республикасының халықаралық шарттары негiзiнде немесе өзара түсiнiстiк принципiнде Қазақстан Республикасының жеке және заңды тұлғаларымен бiрдей пайдаланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z177" w:id="204"/>
+    <w:bookmarkStart w:name="z177" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасында тұратын азаматтығы жоқ адамдар осы Заңда және селекциялық жетiстiктердi құқықтық қорғауға қатысты өзге де актiлерде көзделген құқықтарды, егер осы Заңнан өзгеше туындамаса, Қазақстан Республикасының жеке және заңды тұлғаларымен бiрдей пайдаланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkEnd w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>