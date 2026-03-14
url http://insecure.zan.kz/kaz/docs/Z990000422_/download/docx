--- v1 (2025-12-31)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e7117dd" w14:textId="e7117dd">
+    <w:p w14:paraId="16cf6aa" w14:textId="16cf6aa">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1584,616 +1584,402 @@
       апелляциялық кеңестің қарсылықтарды қарау қағидаларын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы ратификациялаған халықаралық шарттарға сәйкес селекциялық жетістіктерге арналған өтінімдерді қарау қағидаларын; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      патенттік сенім білдірілген өкілдер қызметінің мәселелері жөніндегі комиссия туралы ережені;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      апелляциялық кеңес туралы ережені;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      апелляциялық комиссия туралы ережені әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) селекциялық жетістіктерді тіркеуге жататын мәліметтерді бюллетеньде жариялау тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдарды аттестаттау, оларды патенттік сенім білдірілген өкілдердің тізілімінде (тізілімдерінде) тіркеу, патенттік сенім білдірілген өкілдердің тізілімінен (тізілімдерінен) шығару, патенттік сенім білдірілген өкілдің куәлігін жарамсыз деп тану және патенттік сенім білдірілген өкілдердің тізілімінде (тізілімдерінде) мәліметтердің күшін жою;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      5) алып тасталды – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-          <w:color w:val="ff0000"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы  Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-1-баппен толықтырылды - ҚР 2004.07.09 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; өзгерістер енгізілді - ҚР 2011.07.05 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі), 2012.01.12 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 537-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 20.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 161-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 20.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 233-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) Заңымен.</w:t>
-[...479 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2351,276 +2137,190 @@
       7) тіркелген селекциялық жетiстiктер туралы мәліметтерді мүдделі тұлғалардың өтініштері негізінде іздеуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) Қазақстан Республикасы ратификациялаған халықаралық шарттарға сәйкес селекциялық жетістіктерге арналған өтінімдерді қарайды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) Қазақстан Республикасының заңдарында тыйым салынбаған өзге де қызмет түрлерін жүзеге асырады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z361" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Уәкілетті органмен келісу бойынша сараптама ұйымы селекциялық жетiстiктердi қорғау саласында қызметтер көрсеткені үшін осы ұйым шеккен шығындарды толық өтеу, оның қызметінің шығынсыздығы және өз кірістері есебінен қаржыландыру қамтамасыз етілген жағдайда, көрсетілетін қызметтердің бағаларын бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...30 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Ескерту. 1-тарау 3-2-баппен толықтырылды - ҚР 2004.07.09 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; жаңа редакцияда – ҚР 20.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 161-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 233-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) Заңымен.</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2847,58 +2547,58 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 4-бапқа өзгерістер енгізілді - ҚР 2004.07.09. </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Ескерту. 4-бапқа өзгерістер енгізілді – ҚР 2004.07.09. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 586</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
@@ -4180,274 +3880,98 @@
       Сараптама ұйымы жоқ құжаттарды немесе түзетілген материалдарды сұрата алады, өтінім беруші оларды сұрау салу жөнелтілген күннен бастап үш ай мерзімде ұсынуға міндетті.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтініш беруші жоқ құжаттарды немесе түзетілген материалдарды белгіленген мерзімде ұсынбаған жағдайда, өтінім бойынша іс жүргізу тоқтатылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...222 lines deleted...]
-</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сараптама ұйымы өткізіп алған мерзімді қалпына келтіру төлемі туралы құжат ұсынылған кезде іс жүргізуді қалпына келтіруі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтінім беруші мерзімді қалпына келтіру туралы өтінішхатты өткізіп алған мерзім аяқталған күннен бастап он екі айдан кешіктірмей бере алады. Мұндай өтінішхат сараптама ұйымына сараптамада сұратылатын материалдармен, төлем туралы құжаттармен бір мезгілде ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтінім беруші селекциялық жетістік Селекциялық жетістіктердің мемлекеттік тізілімінде тіркелгенге дейін өтінімді кері қайтарып ала алады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z92" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Сортқа, тұқымға жасалған өтiнiмге келiп түскен, өтiнiмнiң алғашқы материалдарында келтірілмеген белгілері бар және өтінім берiлген сорттың, тұқымның мәнiн өзгертетiн қосымша материалдар өтінiм қаралған кезде назарға алынбайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:bookmarkStart w:name="z93" w:id="57"/>
     <w:p>
       <w:pPr>
@@ -4551,58 +4075,58 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 8-бапқа өзгерістер енгізілді - ҚР 2004.07.09. </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Ескерту. 8-бапқа өзгерістер енгізілді - ҚР 09.07.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 586</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 07.04.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 300-V</w:t>
       </w:r>
       <w:r>
@@ -4631,51 +4155,91 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 20.06.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 128-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -9235,168 +8799,62 @@
       2) селекциялық жетiстiкке патент беруден бас тарту туралы шешімдеріне қарсылық берілуі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілген қарсылықтарды сотқа дейін қарау міндетті болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...104 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Апелляциялық кеңестің құрамына агроөнеркәсіптік кешенді дамыту саласындағы және селекциялық жетістіктерді қорғау саласындағы уәкілетті органдардың, сондай-ақ көрсетілген уәкілетті органдардан қоғамдық кеңестердің өкілдерін қоса алғанда, мүшелердің тақ саны (кемінде бесеуі) кіруге тиіс. </w:t>
+      3. Апелляциялық кеңестің құрамына агроөнеркәсіптік кешенді дамыту саласындағы және селекциялық жетістіктерді қорғау саласындағы уәкілетті органдардың өкілдерін қоса алғанда, мүшелердің тақ саны (кемінде бесеуі) кіруге тиіс. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Апелляциялық кеңестің құрамына мыналар кіре алмайды:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -9544,51 +9002,91 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 22-1-бап жаңа редакцияда - ҚР 20.06.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 161-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -10142,3414 +9640,1982 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 22-3-бап жаңа редакцияда - ҚР 20.06.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 161-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен; өзгеріс енгізілді - ҚР 20.06.2022 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР 20.06.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 128-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); орыс тіліндегі мәтінге өзегріс енгізілді, қазақ тіліндегі мәтін өзгермейді – 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22-4-бап. Патенттік сенім білдірілген өкілдер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z385" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қазақстан Республикасының аумағында тұрақты тұратын, жоғары бiлiмi бар, аттестаттаудан өткен және патенттік сенім білдірілген өкілдердің тізілімінде (тізілімдерінде) тiркелген оның әрекетке қабiлеттi азаматы патенттiк сенiм білдірілген өкiл болуға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдардың аттестаттаудан өту және оларға патенттік сенім білдірілген өкіл куәлігін беру нәтижелері бойынша патенттік сенім білдірілген өкіл қызметін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тауар белгілері, географиялық нұсқамалар, тауар шығарылған жердің атаулары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өнертабыстар, пайдалы модельдер, өнеркәсіптік үлгілер, селекциялық жетістіктер саласында мамандануына сәйкес жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті органның жанынан құрылатын патенттік сенім білдірілген өкілдер қызметінің мәселелері жөніндегі комиссия уәкілетті орган қызметкерлерінің тақ санынан тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Патенттік сенім білдірілген өкіл қызметімен айналысуға үміткер адамдарды аттестаттаудан өткізу, патенттік сенім білдірілген өкілдердің тізілімінде (тізілімдерінде) тіркеу және оған өзгерістер енгізу тәртібін уәкілетті орган айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Патенттік сенім білдірілген өкілдердің тізілімі тізілімдері уәкілетті органның интернет-ресурсында орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z386" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Аттестаттауға мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының заңдарына сәйкес кәсіпкерлік қызметпен айналысуға тыйым салынатын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) уәкілетті органның және оның ведомстволық бағынысты ұйымдарының қызметкерлері, сондай-ақ олардың жақын туыстары, жұбайы (зайыбы) болып табылатын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қылмыс жасағаны үшін заңда белгіленген тәртіппен жойылмаған немесе алынбаған сотталғандығы бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осы Заңға сәйкес патенттік сенім білдірілген өкілдердің тізілімінен шығарылған адамдар жiберiлмейдi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z387" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Аттестаттауға зияткерлік меншік құқықтарын сақтау және қорғау саласында кемінде төрт жыл жұмыс тәжірибесі бар не патенттік сенім білдірілген өкілдер палатасында кемінде бір жыл тағылымдамадан өткен адамдар жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z388" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Патенттік сенім білдірілген өкілдің қызметі патенттік сенім білдірілген өкілдер қызметінің мәселелері жөніндегі комиссияның хаттамалық шешімімен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) патенттік сенім білдірілген өкілдің патенттік сенім білдірілген өкілдер қызметінің мәселелері жөніндегі комиссияға берілген өтініші негізінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының заңдарына сәйкес кәсіпкерлік қызметпен айналысуға тыйым салынатын адамдарға, уәкілетті органның және оның ведомстволық бағынысты ұйымдарының қызметкерлеріне жатқызу кезеңіне тоқтатыла тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) алып тасталды – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Патенттік сенім білдірілген өкілдің қызметі оның қызметін тоқтата тұруға себеп болған негіздер жойылған жағдайда, патенттік сенім білдірілген өкілдер қызметінің мәселелері жөніндегі комиссияның хаттамалық шешімімен қайта басталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Патенттік сенім білдірілген өкіл сенім білдірушіден оның тапсырмасын орындауға байланысты алатын ақпарат Қазақстан Республикасының заңдарында құпия ақпаратқа немесе заңмен қорғалатын өзге де құпияға қойылатын талаптар сақталған кезде құпия деп танылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 22-4-бап жаңа редакцияда - ҚР 20.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22-5-бап. Патенттік сенiм білдірілген өкілдің құқықтары мен міндеттері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z313" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Патенттік сенім білдірілген өкіл мыналарға құқылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) зияткерлік меншік құқықтарын қорғау, зияткерлік меншік құқықтарын иелену немесе беру мәселелері бойынша консультация беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тапсырыс берушінің, сенім білдірушінің, жұмыс берушінің атынан және тапсырмасы бойынша селекциялық жетістіктерге арналған өтінімдерді ресімдеу және жасау жөніндегі жұмыстарды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) селекциялық жетістіктерге құқықтарды қорғау мәселелері бойынша уәкілетті органмен және (немесе) сараптама ұйымымен өзара іс-қимыл жасау, оның ішінде хат-хабар алысу, сараптама шешімдеріне қарсылықтарды дайындау және жіберу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) лицензиялық (қосалқы лицензиялық) шарттарды және (немесе) басқаға беру шарттарын жасауға, қарауға, сондай-ақ сараптама ұйымында құқықтарды беруді және ұсынуды кейіннен тіркеуге жәрдемдесу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) патенттік сенім білдірілген өкілдер палатасының мүшесі болу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Қазақстан Республикасының заңдарында тыйым салынбаған, зияткерлік меншікті сақтау және қорғау мәселелерімен байланысты басқа да қызмет түрлерін жүзеге асыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z389" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Патенттік сенім білдірілген өкілдің өкілеттіктері сенімхатпен куәландырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Апелляциялық кеңеске қарсылық беруге байланысты істерді жүргізу кезінде патенттік сенім білдірілген өкіл уәкілетті органға сенімхаттың түпнұсқасын ұсынуға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z390" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Егер сенімхат шет тілінде жасалса, онда қарсылық берілген тілге байланысты сенімхаттың қазақ немесе орыс тіліне нотариус куәландырған аудармасы міндетті түрде ұсынылуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z391" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Патенттік сенім білдірілген өкіл, егер бұрын осы іс бойынша мүдделері іс жүргізу туралы өтінішпен жүгінген адамның мүдделеріне қайшы келетін адамдардың атынан өкiлдiк етсе немесе оларға консультация берсе немесе оны қарауға өзгеше қатысса, сондай-ақ егер істі қарауға патенттік сенім білдірілген өкілдің жақын туысы, жұбайы (зайыбы) немесе жекжаты болып табылатын лауазымды адам қатысса, тапсырманы қабылдамауға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 22-5-бап жаңа редакцияда - ҚР 20.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>22-4-бап. Патенттік сенім білдірілген өкілдер</w:t>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>22-6-бап. Патенттік сенім білдірілген өкілдердің тізілімінен (тізілімдерінен) шығару, патенттік сенім білдірілген өкілдің куәлігін жарамсыз деп тану және патенттік сенім білдірілген өкілдердің тізіліміндегі (тізілімдеріндегі) мәліметтердің күшін жою</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 22-6-баптың тақырыбы жаңа редакцияда - ҚР 20.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 161-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z323" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Патенттік сенiм білдірілген өкіл патенттік сенім білдірілген өкілдердің тізілімінен (тізілімдерінен) патенттік сенім білдірілген өкілдер қызметінің мәселелері жөніндегі комиссияның шешімімен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) патенттік сенім білдірілген өкілдің патенттік сенім білдірілген өкілдер қызметінің мәселелері жөніндегі комиссияға берілген өтініші негізінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының азаматтығы тоқтатылған кезде немесе Қазақстан Республикасының шегінен тыс тұрақты тұрғылықты жерге кеткен кезде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) патенттік сенiм білдірілген өкілдің кәсіптік қызметінде бес жылдан астам үзіліс болған жағдайда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) патенттік сенiм білдірілген өкіл қылмыс жасағаны үшін сотталып, соттың айыптау үкімі заңды күшіне енген кезде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) патенттік сенiм білдірілген өкіл қайтыс болған немесе ол хабарсыз кетті деп танылған не қайтыс болды деп жарияланған жағдайда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) патенттік сенiм білдірілген өкіл әрекетке қабілетсіз немесе әрекет қабілеті шектеулі деп танылған жағдайда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) жеке және (немесе) заңды тұлғалардың шағымдарын, сондай-ақ патенттік сенім білдірілген өкілдер палатасының ұсынуын қарау нәтижелері бойынша шығарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z392" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Патенттік сенім білдірілген өкілдер қызметінің мәселелері жөніндегі комиссияның шешімі немесе соттың заңды күшіне енген шешімі не айыптау үкімі негізінде патенттік сенім білдірілген өкілдің куәлігі жарамсыз деп танылады және тиісті мәліметтер патенттік сенім білдірілген өкілдердің тізіліміне (тізілімдеріне) енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z393" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Патенттік сенiм білдірілген өкілдердің тізілімінен (тізілімдерінен) шығарылған патенттік сенім білдірілген өкіл бұл жөнінде мәліметтер енгізілген күннен бастап патенттік сенiм білдірілген өкілдің қызметін жүзеге асыру құқығынан айырылады, ал оны патенттік сенім білдірілген өкіл ретінде тіркеу туралы куәліктің күші жойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z394" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Уәкілетті орган патенттік сенім білдірілген өкілдің әрекеттеріне жеке және (немесе) заңды тұлғаның шағымы не патенттік сенім білдірілген өкілдер палатасының ұсынуы келіп түскен жағдайда уәкілетті орган қызметкерлерінің тақ санынан патенттік сенім білдірілген өкілдер қызметінің мәселелері жөніндегі комиссия құрады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z395" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке және (немесе) заңды тұлғаның шағымын не патенттік сенім білдірілген өкілдер палатасының ұсынуын қарау нәтижелері бойынша мынадай шешімдердің бірі қабылданады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) патенттік сенім білдірілген өкілдің куәлігін кері қайтарып алу және патенттік сенім білдірілген өкілдердің тізіліміне (тізілімдеріне) тиісті жазба енгізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жеке және (немесе) заңды тұлғаның шағымын не патенттік сенім білдірілген өкілдер палатасының ұсынуын қанағаттандырудан бас тарту.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z396" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Патенттік сенім білдірілген өкілдер қызметінің мәселелері жөніндегі комиссияның шешіміне уәкілетті органның жанынан құрылатын апелляциялық комиссияға патенттік сенім білдірілген өкілдердің шағымдарын сотқа дейін қарау жөніндегі шағым берілуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Патенттік сенім білдірілген өкілдер қызметінің мәселелері жөніндегі комиссияның шешімдеріне шағымдарды қарау тәртібін уәкілетті орган айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілген шағымдарды сотқа дейін қарау міндетті болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Апелляциялық комиссияның шешімі жай көпшілік дауыспен қабылданады, хаттамамен ресімделеді және ол бойынша сотқа шағым жасалуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 22-6-бап жаңа редакцияда - ҚР 20.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді – ҚР 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7-тарау. Қорытынды ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">23-бап. Осы Заңды қолдануға байланысты дауларды шешу </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z405" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мынадай даулар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z161" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сортқа, тұқымға авторлық туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z162" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) патент иеленушiнi белгiлеу туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z163" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) патент иеленушiнiң пайдалануға ерекше құқығын және басқа мүлiктiк құқықтарын бұзу туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z164" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) селекциялық жетiстiктi пайдалануға лицензиялық шарттарды жасасу және оны орындау туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z165" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) осы Заңда көзделген өтемақыларды төлеу туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z166" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) шартқа сәйкес авторға сыйақы төлеу туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z167" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) патент беру туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z382" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1) патентті жарамсыз деп тану туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z168" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) мәжбүрлеп лицензия беру туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z169" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) патенттен туындайтын құқықтарды қорғауға байланысты басқа да даулар сот тәртiбiмен қаралуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z383" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілген даулар, осы тармақтың бірінші бөлігінің 1), 2), 7), 8) және 9) тармақшаларында көрсетілгендерді қоспағанда, егер бұған "Төрелік туралы" және "Медиация туралы" Қазақстан Республикасының заңдарында тыйым салынбаса, тараптардың келісімі бойынша төрелік немесе медиация тәртібімен қаралуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z406" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Заңның 22-1-бабының 2-тармағында көрсетілген сараптама ұйымының шешімдеріне талап қою арыздары апелляциялық кеңесте қаралғаннан кейін сотқа беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">Ескерту. 23-бапқа өзгерістер енгізілді - ҚР 31.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 378-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 20.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 161-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 21.01.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 217-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...1210 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>22-5-бап. Патенттік сенiм білдірілген өкілдің құқықтары мен міндеттері</w:t>
-[...1943 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">24-бап. Селекциялық жетiстiктердi өндiрiсте пайдалану </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z407" w:id="185"/>
+    <w:bookmarkStart w:name="z407" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Пайдалануға ұсынылатын селекциялық жетістіктердің мемлекеттік тізілімдеріне селекциялық жетістіктерді агроөнеркәсіп кешенін дамыту саласындағы уәкілетті орган:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z408" w:id="186"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z408" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тұқымдар бойынша – шаруашылықтағы пайдалылығы жөнінде тұқымдарды сынау және байқау жөніндегі мемлекеттік комиссия жүргізетін мемлекеттік сынақ нәтижелері бойынша;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z409" w:id="187"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z409" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сұрыптар бойынша – шаруашылықтағы пайдалылығы жөнінде ауыл шаруашылық дақылдарын сұрыптық сынау жөніндегі мемлекеттік комиссия жүргізетін мемлекеттік сынақ нәтижелері бойынша немесе өтінім берушінің деректері бойынша енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z170" w:id="188"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z170" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Өткiзiлетiн ұрықтармен және асыл тұқымдық материалмен олардың қандай сортқа, тұқымға жататынын, қайдан шыққанын және сапасын куәландыратын тиiстi құжаттар қоса жүруге тиiс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkEnd w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Құжат тиiстi аймақта пайдалануға ұсынылатын сорттың ұрығына, тұқымның асыл тұқымды материалына берiледi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -13603,70 +11669,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>25-бап. Заңдық маңызы бар іс-қимылдарға ақы төлеу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z182" w:id="189"/>
+    <w:bookmarkStart w:name="z182" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ауыл шаруашылығы дақылдарының сортын сынақтан өткізу жөніндегі мемлекеттік комиссия Қазақстан Республикасының заңнамасына сәйкес, ауыл шаруашылығы дақылдары сорттарын патентке қабілеттілігіне сынақтан өткізгені үшін төлемақы алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkEnd w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13740,170 +11806,170 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">26-бап. Жарияланымдар </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Бюллетеньде селекциялық жетiстiктi тiркеуге қатысты:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z171" w:id="190"/>
+    <w:bookmarkStart w:name="z171" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) селекциялық жетiстiк басымдығының күнiн, өтініш беруші – заңды тұлғаның атауын не жеке тұлғаның тегін, атын, әкесінің атын (егер ол жеке басты куәландыратын құжатта көрсетілсе), селекциялық жетiстiктiң атауын, егер бас тартпаса, автордың аты-жөнiн көрсете отырып, оңды нәтиже мен алдын ала сараптамадан өткен патент беруге жасалған өтiнiмдер туралы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z172" w:id="191"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z172" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) патент беру туралы өтiнiм бойынша қабылданатын шешiмдер туралы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z173" w:id="192"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z173" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) селекциялық жетiстiктердiң атауындағы өзгерiстер туралы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z174" w:id="193"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z174" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) патенттердi жарамсыз және олардың күшi жойылды деп тану туралы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z175" w:id="194"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z175" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) селекциялық жетiстiктердi қорғауға қатысты басқа да мәлiметтер жарияланады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z176" w:id="195"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z176" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Өтiнiм туралы мәлiметтер жарияланғаннан кейiн кез келген тұлға өтiнiм материалдарымен танысуға құқылы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkEnd w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13977,90 +12043,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">27-бап. Шет елдерде селекциялық жетiстiктердi патенттеу </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Өтiнiм берушi Қазақстан Республикасы селекциялық жетiстiктердi қорғау туралы екi жақты немесе көп жақты халықаралық шарт арқылы байланысы бар басқа мемлекеттiң құзыреттi органына селекциялық жетiстiктi қорғауға алғашқы өтiнiм беруге құқылы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z178" w:id="196"/>
+    <w:bookmarkStart w:name="z178" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтiнiм берушi өзi алғашқы өтiнiм берген мемлекеттiң құзыретті органы оған қорғау құжатын бергенiн күтпей-ақ басқа мемлекеттердiң құзыреттi органдарына өтiнiм беруге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z179" w:id="197"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z179" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Селекциялық жетiстiктерге құқықтарды Қазақстан Республикасының шегiнен тыс қорғауға байланысты шығындарды өтiнiм берушi өтейдi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkEnd w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14114,70 +12180,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">28-бап. Шетелдiктердiң, азаматтығы жоқ адамдардың және шетелдiк заңды тұлғалардың құқықтары </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Шетелдiктер мен шетелдiк заңды тұлғалар осы Заңда және Қазақстан Республикасының селекциялық жетiстiктердi қорғау саласындағы өзге де заң және нормативтiк құқықтық актiлерiнде көзделген құқықтарды Қазақстан Республикасының халықаралық шарттары негiзiнде немесе өзара түсiнiстiк принципiнде Қазақстан Республикасының жеке және заңды тұлғаларымен бiрдей пайдаланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z177" w:id="198"/>
+    <w:bookmarkStart w:name="z177" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасында тұратын азаматтығы жоқ адамдар осы Заңда және селекциялық жетiстiктердi құқықтық қорғауға қатысты өзге де актiлерде көзделген құқықтарды, егер осы Заңнан өзгеше туындамаса, Қазақстан Республикасының жеке және заңды тұлғаларымен бiрдей пайдаланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkEnd w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14379,55 +12445,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>