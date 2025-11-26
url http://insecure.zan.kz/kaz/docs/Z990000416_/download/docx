--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e5fc9fb" w14:textId="e5fc9fb">
+    <w:p w14:paraId="4fdafc1" w14:textId="4fdafc1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4145,952 +4145,896 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z187" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Қазақстан Республикасының қаржы мониторингі жөніндегі уәкілетті органы қаржы мониторингін жүзеге асырады және "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының Заңына сәйкес терроризмдi қаржыландыруға қарсы iс-қимыл жөніндегі өзге де шараларды қолданады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z188" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) азаматтық қорғау саласындағы уәкілетті орган жасалған терроризм актісінің салдарынан туындаған техногендік сипаттағы төтенше жағдайларды жоюды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z129" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1) өнеркәсіптік қауіпсіздік саласындағы уәкілетті орган қауіпті өндірістік объектілердің терроризмге қарсы қорғалуы жай-күйінің мониторингін ұйымдастыруға қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z189" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) сыртқы саясат саласындағы уәкілетті орган терроризмге қарсы іс-қимыл жөніндегі халықаралық ынтымақтастық саласында Қазақстан Республикасының сыртқы саяси бағытының іске асырылуын қамтамасыз етеді, Қазақстан Республикасының шет елдердегі террористік тұрғыдан осал мекемелерінің тізбесін олардың санаттарына сәйкес әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z190" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) байланыс және ақпарат саласындағы уәкілетті орган әлеуметтік маңызы бар құндылықтарды және этносаралық келісімді насихаттауды қамтамасыз етеді, сондай-ақ Қазақстан Республикасының ақпараттық кеңістігінде терроризм идеологиясын таратуға қарсы іс-қимылды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z268" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-1) мәдениет саласындағы уәкілетті орган Қазақстан Республикасында ішкі саяси тұрақтылықты және этносаралық келісімді нығайтуға бағытталған шараларды іске асыруды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z191" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) қоршаған ортаны қорғау саласындағы уәкілетті орган террористік әсер етуге ұшыраған объектілердің қалыпты жұмыс істеуі мен экологиялық қауіпсіздігін қалпына келтіру жөніндегі іс-шараларға қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z192" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) мемлекеттік жоспарлау саласындағы уәкілетті орган ұлтаралық және конфессияаралық жанжалдарды және терроризм көріністерінің әлеуметтік-экономикалық алғышарттарын болдырмау мақсатында Қазақстан Республикасының әлеуметтік-экономикалық дамуының негізгі басымдықтарын қалыптастыруға бағытталған шаралар кешенін әзірлеу мен іске асыруды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z193" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) агроөнеркәсіптік кешенді дамыту саласындағы уәкілетті орган гидротехникалық құрылыстардың терроризмге қарсы қорғалуы жай-күйінің мониторингін ұйымдастыруға қатысады, мемлекеттік ветеринариялық-санитариялық бақылауды және қадағалауды, аса қауіпті организмдер көздерінің физикалық қорғалуына мемлекеттік фитосанитариялық бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z194" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) көлік және коммуникация саласындағы уәкілетті орган мүдделі мемлекеттік органдарды көлік-коммуникация саласының объектілерінде терроризмге қарсы іс-қимыл жасау жөніндегі міндеттерді шешуге қажетті ақпаратпен жедел қамтамасыз етуді ұйымдастырады және өз құзыреті шегінде олардың терроризмге қарсы қорғалуы жөніндегі іс-шараларды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">14) алып тасталды - ҚР 07.11.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-          <w:color w:val="ff0000"/>
+    </w:p>
+    <w:bookmarkStart w:name="z196" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) экономикалық тергеу қызметі террористік қылмыстар жасау құралдары ретінде пайдаланылуы мүмкін қаруды, оқ-дәрілерді, жарылғыш заттарды және өзге де нәрселерді Еуразиялық экономикалық одақтың кедендік шекарасы арқылы заңсыз өткізуді анықтау және оның жолын кесу жөніндегі іс-шараларды, сондай-ақ терроризмді қаржыландыру көздерінің, арналарының және тәсілдерінің алдын алуды, анықтауды, жолын кесуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z197" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) атом энергиясын пайдалану саласындағы уәкілетті орган ядролық қондырғылардың, радиациялық көздердің, радиоактивті материалдарды сақтау пункттерінің терроризмге қарсы қорғалуының жай-күйін, ядролық материалдарды, радиоактивті заттарды, радиоактивті қалдықтарды бірыңғай мемлекеттік есепке алу және бақылау жүйелерін бақылауды және қадағалауды жүзеге асырады, өндірістік объектілердің терроризмге қарсы қорғалуы жай-күйінің мониторингін ұйымдастыруға қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z198" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) әділет органдары терроризм актісінің салдарынан жәбірленуші жеке және заңды тұлғаларға және оның жолын кесуге қатысқан адамдарға өз құзыретіне қатысты мәселелер бойынша, оның ішінде қажетті құжаттарды беруде тегін қажетті құқықтық көмекті ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z199" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) халықты әлеуметтік қорғау саласындағы уәкілетті орган терроризм актісінің салдарынан зардап шеккен адамдарды және оның жолын кесуге қатысқан адамдарды жұмысқа орналастыру мәселелері бойынша шараларды іске асыруды және жергілікті атқарушы органдардың қызметін үйлестіруді қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z200" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) білім және ғылым саласындағы уәкілетті орган Қазақстан Республикасының жалпы білім беретін және жоғары оқу орындарында факультативтік сабақтар ұйымдастыру арқылы қоғамда терроризмге қарсы сананы қалыптастыруды қамтамасыз етеді, террористік әрекеттен зардап шеккен балаларды әлеуметтік оңалту мәселелері бойынша салааралық үйлестіруді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z201" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) денсаулық сақтау саласындағы уәкілетті орган терроризм актісінің салдарларын барынша азайту және (немесе) жою жөніндегі шараларды іске асыруға қатысады, шұғыл медициналық көмекті, терроризм актісінің салдарынан жәбірленуші адамдарды медициналық-психологиялық сүйемелдеуді ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z394" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20-1) биологиялық қауіпсіздік саласындағы уәкілетті орган патогенді биологиялық агенттер пайдаланылатын және (немесе) ықтимал қауіпті биологиялық объектілерге қатысты терроризм актілеріне және (немесе) диверсияларға, патогенді биологиялық агенттерді бактериологиялық (биологиялық) және уытты қару ретінде әзірлеу (жасау), өндіру (дайындау) және пайдалану үшін биологиялық технологиялар мен өзге де аралас технологияларды қолдануға жол бермеуге бағытталған шаралар кешенін әзірлеуге және іске асыруға қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z202" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) діни қызмет саласындағы уәкілетті орган конфессияаралық келісімді, азаматтардың діни қызметке құқықтарын қамтамасыз етеді және күш қолдану идеологиясы мен терроризмді насихаттауға жол бермеу мақсатында діни бірлестіктермен өзара іс-қимыл жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z278" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының терроризмге қарсы іс-қимылды жүзеге асыратын мемлекеттік органдары Қазақстан Республикасының заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді орындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-бап жаңа редакцияда - ҚР 2013.01.08 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 63-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жариялағанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен; өзгерістер енгізілді - ҚР 11.04.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 189-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 2014.06.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 206-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 04.07.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 03.11.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 244-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 07.11.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 22.12.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 11.07.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 26.12.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 124-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2018 бастап қолданысқа енгізіледі); 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 326-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 21.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 123-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 24.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 196-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 219-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
-[...831 lines deleted...]
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5148,110 +5092,110 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жариялағанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-бап. Терроризмге қарсы іс-қимылда Қазақстан Республикасының мемлекеттік органдарына жәрдемдесудің міндеттілігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="128"/>
+    <w:bookmarkStart w:name="z71" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасының мемлекеттік органдары мен ұйымдарының лауазымды адамдары терроризмге қарсы іс-қимылды жүзеге асыратын мемлекеттік органдарға жәрдемдесуге және қажетті көмек көрсетуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z72" w:id="129"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z72" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасының азаматтары дайындалып жатқан немесе жасалған терроризм актісі туралы мәліметтерді терроризмге қарсы іс-қимылды жүзеге асыратын мемлекеттік органдарға дереу хабарлауға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z73" w:id="130"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z73" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Дайындалып жатқан немесе жасалған терроризм актілері туралы ақпаратты мемлекеттік органдарға беру азаматтық борышты орындау болып бағаланады. Терроризм актісін болғызбауға немесе оның жолын кесуге көмектескен ақпарат үшін терроризмге қарсы іс-қимыл саласындағы қызметті үйлестіру жөніндегі уәкілетті мемлекеттік орган сыйақы белгілейді және төлейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkEnd w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5350,165 +5294,165 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="131"/>
+    <w:bookmarkStart w:name="z14" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Террористік іс-әрекеттің алдын алу, анықтау және жолын кесу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkEnd w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бап. Террористік іс-әрекеттің алдын алу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="132"/>
+    <w:bookmarkStart w:name="z74" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасының аумағында:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z75" w:id="133"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z75" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) терроризмді насихаттауға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z76" w:id="134"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z76" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) террористік ұйымдардың, сондай-ақ заңсыз әскерилендірілген құралымдардың құрылуына, тіркелуіне және жұмыс істеуіне тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z77" w:id="135"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z77" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Ұлттық қауіпсіздік органдарының террористік іс-әрекетке қатысқан шетелдіктер мен азаматтығы жоқ адамдардың Қазақстан Республикасына келуіне тыйым салуға құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkEnd w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5618,250 +5562,250 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-1-бап. Терроризмге қарсы ақпараттық-насихаттық іс-қимыл</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z132" w:id="136"/>
+    <w:bookmarkStart w:name="z132" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Терроризмге қарсы ақпараттық-насихаттық іс-қимыл:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z133" w:id="137"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z133" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       терроризмнің қауіптілігін түсіндіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z134" w:id="138"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z134" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       террористер өз көзқарастары мен идеяларын насихаттауды солардың көмегімен жүзеге асыратын нысандарды, әдістерді және амалдарды әшкерелеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z203" w:id="139"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z203" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қоғамда терроризмге қарсы сананы қалыптастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z204" w:id="140"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z204" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       терроризм профилактикасында терроризмге қарсы іс-қимылды жүзеге асыратын мемлекеттік органдардың және азаматтық қоғам институттарының күш-жігерін біріктіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z205" w:id="141"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z205" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       терроризмді қолдаудың әлеуметтік базасын қысқарту мақсатында жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z206" w:id="142"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z206" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Терроризмге қарсы іс-қимылды жүзеге асыратын мемлекеттік органдар: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z207" w:id="143"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z207" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өз құзыреті шеңберінде терроризмге қарсы ақпараттық-насихаттық іс-қимылды ұйымдастыруға және үйлестіруге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z208" w:id="144"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z208" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осы қызметке бұқаралық ақпарат құралдары, заңды тұлғалар, азаматтық қоғам институттары, діни бірлестіктер өкілдерінің қатысуын ынталандыруға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z209" w:id="145"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z209" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қоғамда терроризмге қарсы сананы қалыптастыруға қатысуға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkEnd w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5897,90 +5841,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-2-бап. Террористік тұрғыдан осал объектілерді терроризмге қарсы қорғау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z281" w:id="146"/>
+    <w:bookmarkStart w:name="z281" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Орталық мемлекеттік органдар, оның ішінде Қазақстан Республикасының Президентіне тікелей бағынатын және есеп беретін мемлекеттік органдар осы Заңның 4-бабы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес айқындалатын, террористік тұрғыдан осал объектілердің терроризмге қарсы қорғалуын ұйымдастыруға қойылатын талаптардың негізінде террористік тұрғыдан осал объектілердің терроризмге қарсы қорғалуын ұйымдастыру жөніндегі нұсқаулықтарды әзірлейді және бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkEnd w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Террористік тұрғыдан осал объектілердің терроризмге қарсы қорғалуын ұйымдастыру жөніндегі нұсқаулықты әзірлеуге объектілерді террористік тұрғыдан осал объектілер қатарына жатқызу өлшемшарттарына сәйкес келетін объектілердің болуы негіз болып табылады, бұл ретте объектілер:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6063,70 +6007,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       күзетілетін объектілер үшін – Қазақстан Республикасының Мемлекеттік күзет қызметімен;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының шет елдердегі мекемелері үшін – сыртқы барлау субъектілерімен келісіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z282" w:id="147"/>
+    <w:bookmarkStart w:name="z282" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Террористік тұрғыдан осал объектілерді қорғау мақсатында террористік тұрғыдан осал нақты объектілердің терроризмге қарсы қорғалу жай-күйі туралы ақпарат қолжетімділігі шектеулі ақпарат болып табылады. Шектеуге жататын ақпарат түрлері осы Заңның 4-бабы 3-тармағының 4) тармақшасы негізінде әзірленетін нормативтік құқықтық актілерде айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkEnd w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6220,263 +6164,263 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 10-3-баптың тақырыбы жаңа редакцияда – ҚР 13.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 325-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z213" w:id="148"/>
+    <w:bookmarkStart w:name="z213" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Террористік тұрғыдан осал объектілердің меншік иелері, иеленушілері, басшылары немесе өзге де лауазымды адамдары олардың терроризмге қарсы қорғалуын қамтамасыз ету мақсатында осы Заңның 4-бабы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4) тармақшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген, террористік тұрғыдан осал объектілердің терроризмге қарсы қорғалуын ұйымдастыруға қойылатын талаптарға және осы Заңның 10-2-бабының 1-тармағында көзделген, террористік тұрғыдан осал объектілердің терроризмге қарсы қорғалуын ұйымдастыру жөніндегі нұсқаулықтарға сәйкес:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z214" w:id="149"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z214" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тиісті өткізу режимін, объектілерге қойылатын қойылатын талаптарға сәйкес оларды қазіргі заманғы инженерлік-техникалық күзет жабдықтарымен жарақтауды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z215" w:id="150"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z215" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) үлгілік паспорттың негізінде – террористік тұрғыдан осал объектінің терроризмге қарсы қорғалуы паспортын әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z216" w:id="151"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z216" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) террористік тұрғыдан осал объектілердің персоналымен олардың терроризмге қарсы қорғалуын қамтамасыз ету бойынша профилактикалық және оқу-жаттығу іс-шараларын ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z217" w:id="152"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z217" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) уәкілетті мемлекеттік органдармен және ұйымдармен, терроризмге қарсы күрес жөніндегі жедел штабтармен терроризм актілеріне ден қою, сондай-ақ жасалған терроризм актісі салдарынан туындаған техногендік сипаттағы қатерлерді жою мәселелері бойынша бірлескен іс-қимылдарды жоспарлау және ұйымдастыру кезінде қатысу жөніндегі іс-шараларды іске асыруға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkEnd w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">5) алып тасталды - ҚР 13.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 325-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z219" w:id="153"/>
+    <w:bookmarkStart w:name="z219" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Терроризм актісі жасалған жағдайда террористік тұрғыдан осал объектілердің меншік иелері, басшылары немесе өзге де лауазымды адамдары жасалған терроризм актісі туралы Қазақстан Республикасының ұлттық қауіпсіздік органдарына немесе ішкі істер органдарына дереу хабарлауға және персоналды эвакуациялауды қамтамасыз етуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z161" w:id="154"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z161" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1-1. Террористік тұрғыдан осал объектілер бойынша күзет қызметтерін көрсету туралы шарттар жасасқан күзет қызметі субъектілері тиісті өткізу режимін қамтамасыз ету, өз персоналымен оқу-жаттығу іс-шараларын ұйымдастыру, техникалық қорғау құралдарын тиісінше пайдалану жөніндегі міндеттерді осы Заңның 4-бабы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6491,91 +6435,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген, террористік тұрғыдан осал объектілердің терроризмге қарсы қорғалуын ұйымдастыруға қойылатын талаптарға және осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-2-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағында көзделген, террористік тұрғыдан осал объектілердің терроризмге қарсы қорғалуын ұйымдастыру жөніндегі нұсқаулықтарға сәйкес орындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z220" w:id="155"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z220" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тиісті іс-шараларды іске асыру мақсатында террористік тұрғыдан осал объектілердің меншік иелері, иеленушілері, басшылары немесе өзге де лауазымды адамдары қажетті қаржыландыруды көздеуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z221" w:id="156"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z221" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Террористік тұрғыдан осал объектілердің меншік иелерінің, иеленушілерінің, басшыларының немесе өзге де лауазымды адамдарының, сондай-ақ террористік тұрғыдан осал объектілер бойынша күзет қызметтерін көрсету туралы шарттар жасасқан күзет қызметі субъектілерінің осы бапта көзделген міндеттерді орындамауы Қазақстан Республикасының заңдарында көзделген жауаптылыққа алып келеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkEnd w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6651,90 +6595,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-4-бап. Террористік материалдарды әкелуге, басып шығаруға, әзірлеуге және (немесе) таратуға жол бермеу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z270" w:id="157"/>
+    <w:bookmarkStart w:name="z270" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасының аумағына террористік материалдарды әкелуге, оларды басып шығаруға, әзірлеуге және (немесе) таратуға тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z271" w:id="158"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z271" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасының аумағына әкелінетін, онда басып шығарылатын, әзірленетін және (немесе) таратылатын және террористік іс-әрекет белгілері және (немесе) оны жүзеге асыруға, оның ішінде терроризм актісін жасауға шақыру қамтылған не осындай іс-әрекетті жүзеге асыру қажеттілігін негіздейтін немесе ақтайтын ақпараттық материалдарды прокурордың өтініші бойынша осындай талаптарды мәлімдеген прокурордың орналасқан жері бойынша немесе осындай материалдардың табылған жері бойынша сот оларды әкелуге, басып шығаруға, әзірлеуге және (немесе) таратуға тыйым сала отырып, террористік деп таниды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkEnd w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6770,90 +6714,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">11-бап. Террористік iс-әрекеттi анықтау </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="159"/>
+    <w:bookmarkStart w:name="z78" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасының терроризмге қарсы іс-қимылды жүзеге асыратын мемлекеттiк органдары террористік iс-әрекеттi анықтауды Қазақстан Республикасының заңнамасына сәйкес өткiзедi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z79" w:id="160"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z79" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасының аумағындағы мемлекеттiк органдар мен ұйымдар, террористік iс-әрекет белгiлерi бар барлық оқиғалар туралы терроризмге қарсы іс-қимылды жүзеге асыратын органдарға хабарлауға мiндеттi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkEnd w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6889,150 +6833,150 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-бап. Терроризм актісінің жолын кесу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="161"/>
+    <w:bookmarkStart w:name="z80" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Терроризм актісінің жолын кесу, террористерді, жарылғыш заттарды зиянсыздандыру, жеке адамдар мен ұйымдардың қауіпсіздігін қамтамасыз ету, сондай-ақ оның зардаптарын барынша азайту және (немесе) жою мақсатында терроризмге қарсы операция жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z81" w:id="162"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z81" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Адамдардың өмірі мен денсаулығын, материалдық құндылықтарды және объектілерді сақтау, сондай-ақ күш қолданбастан терроризм актісінің жолын кесу мүмкіндіктерін зерделеу мақсатында террористермен келіссөз жүргізуге жол беріледі. Келіссөз жүргізу оралымды штаб басшысы осыған арнайы уәкілдік берген адамға тапсырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z82" w:id="163"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z82" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Егер террористің (террористердің) терроризм актісін тоқтатуға келіспеуі себепті онымен (олармен) келіссөздер мақсатына қол жеткізілмесе және адамдардың өмірі мен денсаулығына нақты қауіп-қатер төніп тұрса, терроризмге қарсы операцияның басшысы террористі (террористерді) жою туралы шешім қабылдауға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z83" w:id="164"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z83" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Күзетілетін адамға немесе объектіге айқын қауіп-қатер төнгені анықталған немесе ондай қауіп-қатерді өзге заңды құралдармен жою мүмкін болмаған жағдайда террорист (террористер) терроризмге қарсы операция басшысының өкімімен келіссөз жүргізілмей және ескерту жасалмай жойылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z84" w:id="165"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z84" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Мемлекеттік органдардың терроризмге қарсы операцияға қатысушы бөлімшелері Қазақстан Республикасының заңдарына сәйкес адам күшін, қызметтік иттерді, әскери және өзге де техниканы, қару мен арнаулы құралдарды қолданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkEnd w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7086,90 +7030,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-1-бап. Террористік ұйымдарды, террористік деп танылған ақпараттық материалдарды және террористік іс-әрекетті жүзеге асырғаны үшін жауаптылыққа тартылған адамдарды есепке алу</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Терроризм профилактикасы, оны анықтау және оның жолын кесу мақсатында өз құзыреті шегінде құқықтық статистика және арнайы есепке алу саласындағы статистикалық қызметті жүзеге асыратын мемлекеттік орган соттардың шешімдері негізінде террористік ұйымдарды, террористік деп танылған ақпараттық материалдарды және террористік іс-әрекетті жүзеге асырғаны үшін жауаптылыққа тартылған адамдарды есепке алуды жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z272" w:id="166"/>
+    <w:bookmarkStart w:name="z272" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Сот ұйымды террористік деп таныған және террористік іс-әрекетті жүзеге асырғаны үшін оны тарату арқылы іс-әрекетіне тыйым салған, сондай-ақ ақпараттық материалдарды террористік деп таныған не террористік іс-әрекетті жүзеге асырғаны үшін адамдарды жауапқа тартқан кезде өз құзыреті шегінде құқықтық статистика және арнайы есепке алу саласындағы статистикалық қызметті жүзеге асыратын мемлекеттік органға сот ақпараттық есепке алу құжаттарын дереу жіберуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z273" w:id="167"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z273" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Өз құзыреті шегінде құқықтық статистика және арнайы есепке алу саласындағы статистикалық қызметті жүзеге асыратын мемлекеттік орган сот террористік деп таныған ұйымдардың және ақпараттық материалдардың бірыңғай тізімдерін жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkEnd w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілген тізімдер өз құзыреті шегінде құқықтық статистика және арнайы есепке алу саласындағы статистикалық қызметті жүзеге асыратын мемлекеттік органның интернет-ресурсында орналастырылуға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -7243,206 +7187,206 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-бап. Оралымды штабтар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z85" w:id="168"/>
+    <w:bookmarkStart w:name="z85" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Терроризмге қарсы іс-қимыл жасау мақсатында тұрақты жұмыс істейтін республикалық және облыстық, республикалық маңызы бар қаланың, астананың, ауданның (облыстық маңызы бар қаланың) және теңіздік жедел штабтары құрылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z86" w:id="169"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z86" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ұлттық қауіпсіздік комитетінің Төрағасы республикалық жедел штабтың басшысы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z222" w:id="170"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z222" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұлттық қауіпсіздік комитетінің аумақтық органының бастығы облыстық, республикалық маңызы бар қаланың, астананың, аудандық (облыстық маңызы бар қаланың) жедел штабтың басшысы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkEnd w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұлттық қауіпсіздік комитетінің Қазақстан Республикасының Мемлекеттік шекарасын күзетуді және Қазақстан Республикасының Каспий теңізіндегі шекара кеңістігінде белгіленген режимдердің сақталуына бақылауды жүзеге асыратын Шекара қызметі аумақтық бөлімшесінің бастығы теңіздік жедел штаб басшысы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z87" w:id="171"/>
+    <w:bookmarkStart w:name="z87" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қазақстан Республикасы Мемлекеттік күзет қызметінiң бастығы "Қазақстан Республикасы Мемлекеттік күзет қызметі туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес күзетiлуге жататын адамдардың қауiпсiздiгiн қамтамасыз етуге бағытталған терроризмге қарсы операцияны өткiзу кезiнде республикалық жедел штабтың басшысы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkEnd w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Облыстық, республикалық маңызы бар қаланың, астананың, аудандық (облыстық маңызы бар қаланың) жедел штабтың басшысын Қазақстан Республикасы Мемлекеттік күзет қызметінің бастығы республикалық жедел штабтың құрамына кіретін мемлекеттік органдардың немесе олардың аумақтық органдарының өкілдері қатарынан тағайындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z88" w:id="172"/>
+    <w:bookmarkStart w:name="z88" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Республикалық оралымды штабтың құрамына терроризмге қарсы іс-қимылды жүзеге асыратын мемлекеттік органдардың және өз құзыреті шегінде терроризмге қарсы операциялар жүргізуге қажетті көмек көрсете алатын өзге де мемлекеттік органдардың басшылары кіреді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Облыстың, республикалық маңызы бар қаланың, астананың, ауданның (облыстық маңызы бар қаланың) және теңіздік жедел штабының құрамына терроризмге қарсы іс-қимылды жүзеге асыратын мемлекеттік органдардың аумақтық бөлімшелерінің және терроризмге қарсы операция жүргізуге өз құзыреті шегінде қажетті көмек көрсете алатын өзге де мемлекеттік органдардың басшылары кіреді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -7650,286 +7594,286 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-1-бап. Терроризмге қарсы операцияға басшылық жасау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z135" w:id="173"/>
+    <w:bookmarkStart w:name="z135" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Терроризм актісінің қоғамдық қауіптілігінің ауқымы мен дәрежесіне, күтілетін теріс салдарларына қарай терроризмге қарсы операцияға басшылық жасауды республикалық немесе облыстық, республикалық маңызы бар қаланың, астананың, ауданның (облыстық маңызы бар қаланың) және теңіздік жедел штабының басшысы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z136" w:id="174"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z136" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Оралымды штабтың басшысы терроризмге қарсы операция басталғаннан бастап ол аяқталғанға дейін операция басшысы және оны жүргізуге тартылатын барлық әскери қызметшілердің, Қазақстан Республикасы мемлекеттік органдарының қызметкерлері мен мамандарының бастығы болады. Қазақстан Республикасы ратификациялаған халықаралық шарттарға сәйкес оралымды штабтың басшысы терроризмге қарсы операцияға қатысуға тартылатын шет мемлекеттердің арнайы мақсаттағы бөлімшелері мамандарының бастығы болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkEnd w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жаппай тәртіпсіздіктерден; ұлтаралық және конфессияаралық қақтығыстардан; жекелеген жергілікті жерлерді, аса маңызды және стратегиялық объектілерді қоршап алудан немесе басып алудан; заңсыз қарулы құралымдарды ұйымдастырудан және олардың қызметінен туындаған әлеуметтік сипаттағы төтенше ахуалдар кезінде терроризмге қарсы операцияны жүргізу туралы шешім әлеуметтік сипаттағы төтенше ахуалдардың алдын алу және оларды жою мақсатында құрылған республикалық және (немесе) өңірлік жедел штабтармен келісілгеннен кейін қабылданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z137" w:id="175"/>
+    <w:bookmarkStart w:name="z137" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Төтенше жағдай режимі кезінде терроризмге қарсы операцияны жүргізу туралы шешім Қазақстан Республикасы Президентінің жанындағы Төтенше жағдай режимін қамтамасыз ету жөніндегі мемлекеттік комиссиямен немесе жергілікті жердің комендантымен келісілгеннен кейін қабылданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z141" w:id="176"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z141" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Республикалық жедел штабтың басшысы терроризм актісінің жасалғаны туралы немесе оның дайындалып жатқаны, сондай-ақ терроризмге қарсы операцияның басталғаны туралы расталған ақпаратты алған кезде Қазақстан Республикасының Президентіне, Қазақстан Республикасының Қауіпсіздік Кеңесіне, Қазақстан Республикасының Бас Прокурорына және Қазақстан Республикасының Үкіметіне дереу хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z144" w:id="177"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z144" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Атқаратын қызметіне қарамастан басқа лауазымды адамның терроризмге қарсы операцияның оралымды басшылығына заңсыз араласуына жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z395" w:id="178"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z395" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Жедел штабтың басшысы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z405" w:id="179"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z405" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) терроризмге қарсы операцияның жүргізілу аймағының шекарасын, басталу және аяқталу уақытын айқындайды, берілген күштер мен құралдарды пайдалану бағыттары мен шектері туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkEnd w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте терроризм актісінің қоғамдық қауіптілігінің ауқымдары мен дәрежесіне, күтілетін теріс салдарына қарай, көрсетілген шешімдерді – әлеуметтік сипаттағы төтенше ахуалдың алдын алу және оны жою мақсатында құрылған республикалық немесе өңірлік жедел штабпен, төтенше жағдай режимі кезінде Қазақстан Республикасы Президентінің жанындағы Төтенше жағдай режимін қамтамасыз ету жөніндегі мемлекеттік комиссиямен немесе жергілікті жердің комендантымен келіседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z406" w:id="180"/>
+    <w:bookmarkStart w:name="z406" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) бұқаралық ақпарат құралдарының және жұртшылықтың өкілдерімен байланыста болу үшін жауапты жедел штабтың өкілін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z407" w:id="181"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z407" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) терроризмге қарсы операцияны жүргізу туралы шешім қабылдайды және жауынгерлік өкім (жауынгерлік бұйрық) береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z408" w:id="182"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z408" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Осы баптың 2, 3-тармақтарында және 6-тармағының 1) тармақшасында көзделген, терроризмге қарсы операцияны жүргізуді келісу жөніндегі міндеттер күзетілетін адамдардың қауіпсіздігін қамтамасыз ету жөніндегі терроризмге қарсы операцияларға қолданылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkEnd w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8045,130 +7989,130 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14-бап. Терроризмге қарсы операцияларды жүргізуге тартылатын күштер мен құралдар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="183"/>
+    <w:bookmarkStart w:name="z89" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Терроризмге қарсы операцияларды жүргізу үшін оралымды штабтарға терроризмге қарсы іс-қимылды жүзеге асыратын мемлекеттік органдардың қажетті күштері мен құралдары беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z90" w:id="184"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z90" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы ратификациялаған халықаралық шарттарға сәйкес, қажет болған жағдайларда терроризмге қарсы операцияға қатысу үшін шет мемлекеттердің арнайы мақсаттағы бөлімшелері тартылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z91" w:id="185"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z91" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Терроризмге қарсы операция жүргізу барысында Қазақстан Республикасының Қарулы Күштері осы Заңға және "Қазақстан Республикасының қорғанысы және Қарулы Күштері туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Президентінің шешімі бойынша қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkEnd w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8262,170 +8206,170 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 14-1-баптың тақырыбы жаңа редакцияда - ҚР 10.01.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 275-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z226" w:id="186"/>
+    <w:bookmarkStart w:name="z226" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасының Қарулы Күштері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z227" w:id="187"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z227" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) терроризм актісін жасау үшін пайдаланылатын не террористер басып алған әуе кемелері ұшуының жолын кесуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z228" w:id="188"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z228" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Қазақстан Республикасының ішкі және аумақтық суларында, балық аулау аймағында, континенттік қайраңында орналасқан теңіздегі экономикалық қызмет объектілерінде терроризм актілерінің жолын кесуге, сондай-ақ теңізде жүзу қауіпсіздігін қамтамасыз ету үшін; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z229" w:id="189"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z229" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің актілерінде көзделген тәртіппен терроризмге қарсы операцияның өткізілуіне қатысу үшін қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z230" w:id="190"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z230" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Қазақстан Республикасының Қарулы Күштері терроризмге қарсы операцияны өткізу кезінде осы Заңға және Қазақстан Республикасының өзге де заңнамалық актілеріне сәйкес арнайы құралдарды, қару мен жауынгерлік техниканы қолданады. Бұл ретте Қазақстан Республикасы Қарулы Күштерінің әскери қызметшілеріне терроризмге қарсы операцияны өткізу аймағында дене күшін, арнайы құралдарды, қаруды қолдану және жауынгерлік техниканы пайдалану шарттарына, тәртібі мен шегіне қатысты бөлігінде "Қазақстан Республикасының ұлттық қауіпсіздік органдары туралы" Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ережелері қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkEnd w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8541,110 +8485,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14-2-бап. Әуе кеңістігіндегі терроризм актілерінің жолын кесу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z232" w:id="191"/>
+    <w:bookmarkStart w:name="z232" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасының Қарулы Күштері қару мен жауынгерлік техниканы әуе кеңістігіндегі терроризм актісінің қатерін жою немесе жолын кесу мақсатында қолданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z233" w:id="192"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z233" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Егер әуе кемесі жердегі басқару пункттерінің Қазақстан Республикасының әуе кеңістігін пайдалану қағидаларын бұзуды тоқтату туралы радиокомандаларына және (немесе) Қазақстан Республикасы Қарулы Күштерінің оны жолдан ұстап қалуға көтерілген ұшу аппараттарының радиокомандалары мен көрінетін белгілеріне ден қоймаса не себебін түсіндірмей, радиокомандаларға және көрінетін белгілерге бағынудан бас тартса, Қазақстан Республикасының Қарулы Күштері қару мен жауынгерлік техниканы осы әуе кемесін қонуға мәжбүрлеу арқылы оның ұшуының жолын кесу үшін қолданады. Егер әуе кемесі қону туралы талаптарға бағынбаса және адамдардың қаза табуының не техногендік апат туындауының нақты қаупі төнсе, қару мен жауынгерлік техника аталған әуе кемесін жойып жіберу арқылы оның ұшуының жолын кесу үшін қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z234" w:id="193"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z234" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Егер әуе кемесін терроризм актісін жасау үшін пайдалану туралы немесе әуе кемесін басып алу туралы анық ақпарат бар болса және бұл ретте қалыптасқан мән-жайлардан туындайтын, оны қондыру үшін қажетті барлық шаралар таусылса және адамдардың қаза табуының не техногендік апат туындауының нақты қаупі төнсе, Қазақстан Республикасының Қарулы Күштері қару мен жауынгерлік техниканы аталған әуе кемесін жойып жіберу арқылы оның ұшуының жолын кесу үшін қолданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkEnd w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8758,90 +8702,90 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> күшіне енген күннен бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z236" w:id="194"/>
+    <w:bookmarkStart w:name="z236" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасының Қарулы Күштері Қазақстан Республикасының ішкі және аумақтық суларында, балық аулау аймағында, континенттік қайраңында терроризм актісінің қатерін жою мақсатында және теңізде жүзу қауіпсіздігін қамтамасыз ету кезінде қаруды, жауынгерлік техниканы және арнайы құралдарды қолданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z237" w:id="195"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z237" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Егер теңіз немесе өзен кемелері және корабльдер (жүзу құралдары) Қазақстан Республикасының су кеңістігін пайдалану қағидаларын бұзуды тоқтату туралы командаларға және (немесе) белгілерге ден қоймаса не тоқтау туралы талаптарға бағынудан бас тартса, Қазақстан Республикасы Қарулы Күштерінің әскери корабльдерінің (ұшу аппараттарының) қаруы терроризм актісінің қатерін жою мақсатында жүзу құралын тоқтауға мәжбүрлеу үшін қолданылады. Егер жүзу құралы тоқтау туралы талапқа бағынбаса және (немесе) оны тоқтауға мәжбүрлеу мүмкін болмаса және бұл ретте қалыптасқан мән-жайлардан туындайтын, оны тоқтату үшін қажетті барлық шаралар таусылса және адамдардың қаза табуының не экологиялық апат туындауының нақты қаупі төнсе, Қазақстан Республикасы Қарулы Күштерінің әскери корабльдерінің (ұшу аппараттарының) қаруы жүзу құралын жойып жіберу арқылы оның қозғалысының жолын кесу үшін қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkEnd w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8937,90 +8881,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-бап. Терроризмге қарсы операция өткізілетін аймақтағы құқықтық режим</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z92" w:id="196"/>
+    <w:bookmarkStart w:name="z92" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Терроризм актісінің жолын кесу және оны ашу, оның салдарларын барынша азайту, тізбесі "Қазақстан Республикасы Мемлекеттік күзет қызметі туралы" Қазақстан Республикасының Заңында белгіленген күзетілетін адамдардың қауіпсіздігін қамтамасыз ету, сондай-ақ жеке адамның, қоғамның және мемлекеттің өмірлік маңызы бар мүдделерін қорғау мақсатында терроризмге қарсы операция басшысының шешімі бойынша оның өткізілу шегінде терроризмге қарсы операцияның құқықтық режимі оны өткізу кезеңіне енгізілуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z93" w:id="197"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z93" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Терроризмге қарсы операцияның құқықтық режимін енгізу туралы шешім (шегінде (соларда) осындай режим енгізілетін аймақты (объектілер тізбесін) және қолданылатын шаралар мен уақытша шектеулер тізбесін айқындауды қоса алғанда) және оның күшін жою туралы шешім тиісті аумақтың халқына, жергілікті атқарушы органдарына және жергілікті өзін-өзі басқару органдарына, ұйымдарының әкімшіліктеріне, объектілерінің басшыларына бұқаралық ақпарат құралдары мен телекоммуникация желілері арқылы дереу жеткізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkEnd w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9076,488 +9020,488 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-1-бап. Терроризмге қарсы операцияны жүргізу кезеңінде қолданылатын шаралар мен уақытша шектеулер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z94" w:id="198"/>
+    <w:bookmarkStart w:name="z94" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Терроризмге қарсы операцияны жүргізу аймағында терроризмге қарсы операцияға қатысушы тұлғалардың:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z95" w:id="199"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z95" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жеке басын куәландыратын құжаттарды тексеруді жүргізуге, ал олар болмаған жағдайда – жеке басын анықтау үшін Қазақстан Республикасының заңнамасында белгіленген тәртіппен жеке тұлғаларды ұстауды жүзеге асыруға және оларды ішкі істер органдарына немесе басқа да мемлекеттік органдарға жеткізуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z96" w:id="200"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z96" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жеке қарап тексеруге және жеке адамның заттарын қарап тексеруге, көлік құралдарын, оның ішінде техникалық құралдарды пайдалана отырып куәгерлердің қатысуынсыз қарап тексеруге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z97" w:id="201"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z97" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) құқық бұзушылықтарды немесе терроризмге қарсы операцияға қатысатын адамдардың заңды талаптарына кедергі келтіруге бағытталған өзге де әрекеттерді жасаған немесе жасайтын, сондай-ақ терроризмге қарсы операцияны жүргізу аймағына рұқсатсыз кірумен немесе кіруге әрекет жасаумен байланысты әрекеттері үшін адамдарды Қазақстан Республикасының заңнамасында белгіленген тәртіппен ұстауға және ішкі істер органдарына жеткізуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z98" w:id="202"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z98" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жеке адамдарды жекелеген объектілерден, жергілікті жер мен су кеңістігі учаскелерінен кетіруге, көлік құралдарының, оның ішінде дипломатиялық және консулдық өкілдіктердің көлік құралдарының жол жүрісін, оларды сүйреп әкетуді қоса алғанда, шектеуге немесе тыйым салуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z99" w:id="203"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z99" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) радиоэфир мониторингін жүргізу, телефонмен сөйлесуді және телкоммуникациялық жүйелер арналары арқылы берілетін өзге де ақпаратты бақылау үшін, сондай-ақ электрлі байланыс арналары мен почта жөнелтілімдерінде іздестіруді жүзеге асыру үшін арнайы байланыс құралдарын қоса алғанда, байланыс құралдарын қызметтік мақсатта пайдалануға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z100" w:id="204"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z100" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) егер кешеуілдеу адамдардың өмірі мен денсаулығына нақты қауіп төндіруі мүмкін болса, жедел медициналық жәрдемді қажет ететін адамдарды емдеу мекемелеріне жеткізу, терроризм актісі жасалған жерге бару үшін, сондай-ақ терроризм актісін жасады деп күдік келтірілген адамдардың ізіне түсу және оларды ұстау үшін көлік құралдарын (дипломатиялық иммунитеті бар шет мемлекеттер мен халықаралық ұйымдар өкілдіктерінің көлік құралдарынан басқа) меншік иелеріне материалдық зиян келтірілген жағдайда оны Қазақстан Республикасының Үкіметі белгілейтін тәртіппен өтей отырып, пайдалануға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z146" w:id="205"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z146" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) адам күшін, қызметтік иттерді, әскери және өзге де техниканы, қаруды және арнаулы құралдарды террористерге қатысты Қазақстан Республикасының заңдарында көзделген ескертулерсіз және шектеулерсіз қолдануға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z147" w:id="206"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z147" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) егер кешеуілдеу адамдардың өмірі мен денсаулығына нақты қауіп туғызатын болса, жеке және заңды тұлғалардың меншігіндегі немесе иелігіндегі және пайдалануындағы тұрғын үйлер мен өзге де үй-жайларға және оларға жеке меншік құқығымен немесе жер пайдалану құқығымен тиесілі жер учаскелеріне кедергісіз кіруге құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkEnd w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оралымды штаб басшысы не ол уәкілеттік берген адам азаматтардың тұрғын үйіне кірген жағдайлар туралы жиырма төрт сағат ішінде прокурорға хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z148" w:id="207"/>
+    <w:bookmarkStart w:name="z148" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Терроризмге қарсы операцияны жүргізу аймағында оралымды штаб басшысының шешімі бойынша мынадай уақытша шектеулер қолданылуы мүмкін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z149" w:id="208"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z149" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қауіпті өндірістік объектілердің қызметін тоқтата тұру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z150" w:id="209"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z150" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "Байланыс туралы" Қазақстан Республикасы Заңының 41-1-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жеке және (немесе) заңды тұлғаларға байланыс қызметін көрсетуді тоқтата тұру және (немесе) байланыс желісі мен құралдарын қолдануды шектеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z151" w:id="210"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z151" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қоғамдық тәртіптің, мемлекеттік күзетке жататын объектілердің, халықтың тұрмыс-тіршілігін және көліктердің жұмыс істеуін қамтамасыз ететін объектілердің, сондай-ақ ерекше материалдық, тарихи, ғылыми, көркем немесе мәдени құндылығы бар объектілердің күзетілуін күшейту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z152" w:id="211"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z152" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) терроризмге қарсы операция жүргізілетін аймақта тұратын жеке адамдарды уақытша көшіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z153" w:id="212"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z153" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) карантин енгізу, санитариялық-эпидемияға қарсы, ветеринариялық іс-шараларды және өсімдіктер карантині жөніндегі іс-шараларды жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z154" w:id="213"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z154" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) қарумен, оқ-дәрілермен, жарылғыш заттармен, күшті әсер ететін химиялық және улы заттармен сауданы шектеу немесе оған тыйым салу, дәрілік, есірткілік, психотроптық заттар мен прекурсорлар, этил спирті мен алкогольді өнімдер айналымының айрықша режимін орнату;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z238" w:id="214"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z238" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) күзет қызметін тоқтата тұру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z155" w:id="215"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z155" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Терроризмге қарсы операция жүргізілетін аймақта осы баптың 1 және 2-тармақтарында көзделген шаралардың бүкіл кешені мен уақытша шектеулер сияқты жекелеген шаралар мен уақытша шектеулер де белгіленуі (енгізілуі) мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z156" w:id="216"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z156" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Терроризмге қарсы операция жүргізу аймағында бұқаралық ақпарат құралдары өкілдерінің болуына және олардың дыбыс жазуды, фото және бейнетүсіруді жүзеге асыруына оралымды штаб басшысының рұқсатымен ғана жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z157" w:id="217"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z157" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Терроризмге қарсы операция жүргізуге қатысушы адамдардың операция басталған кезден бастап ол аяқталған кезге дейінгі іс-қимылы қажетті қорғаныс жағдайында немесе аса қажетті жағдайда жасалатын іс-қимыл деп есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkEnd w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9676,163 +9620,163 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="218"/>
+    <w:bookmarkStart w:name="z21" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Терроризм актісі салдарынан зардап шеккен адамдардың залалдарын өтеу және оларды әлеуметтік жағынан оңалту</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkEnd w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16-бап. Терроризм актісінің салдарынан немесе оның жолын кесу кезінде келтiрiлген зиянды өтеу</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жеке және заңды тұлғаларға терроризм актісінің салдарынан келтірілген мүліктік зиянды өтеу Қазақстан Республикасының Үкіметі белгілеген тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z239" w:id="219"/>
+    <w:bookmarkStart w:name="z239" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Терроризм актісінің салдарынан келтірілген моральдық зиянның орнын толтыру оны жасаған адамдардың есебінен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z240" w:id="220"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z240" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Терроризм актісінің жолын кесу кезінде терроризм актісін жасаушы адамның (адамдардың) денсаулығы мен мүлкіне келтірілген зиян, сондай-ақ осы адамның (адамдардың) өлуінен туындаған зиян өтелуге жатпайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z241" w:id="221"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z241" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Терроризм актісінің жолын кесу кезінде жеке және заңды тұлғаларға келтірілген зиянды өтеу Қазақстан Республикасының Үкіметі белгілеген тәртіппен бюджет қаражаты есебінен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkEnd w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10106,51 +10050,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 18-бапқа өзгерту енгізілді - ҚР 2010.04.08 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 266-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10233,145 +10177,145 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="222"/>
+    <w:bookmarkStart w:name="z26" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. Террористік іс-әрекетке қатысқаны үшін жауаптылық</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkEnd w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">20-бап. Адамдардың террористік iс-әрекетке қатысқаны үшiн жауаптылығы </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z101" w:id="223"/>
+    <w:bookmarkStart w:name="z101" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Террористік iс-әрекетке қатысушы адамдар Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қылмыстық кодексінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген қылмыстық жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z102" w:id="224"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z102" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Егер терроризм актісін дайындауға қатысқан адам мемлекеттiк органдарға дер кезiнде ескертсе немесе терроризм актісін болғызбауға өзге де әдiспен жәрдемдессе және оның iс-қимылында өзге қылмыс құрамы болмаса, ол қылмыстық жауаптан босатылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkEnd w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10407,90 +10351,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>21-бап. Ұйымдардың террористік іс-әрекет үшін жауаптылығы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z159" w:id="225"/>
+    <w:bookmarkStart w:name="z159" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Террористік іс-әрекетті жүзеге асырған жағдайда ұйымның, сондай-ақ оның құрылымдық бөлімшесінің (филиалы мен өкілдігінің) іс-әрекетіне оны Қазақстан Республикасының заңдарында көзделген тәртіппен террористік деп тану және тарату арқылы тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z160" w:id="226"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z160" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Террористік деп танылған ұйымды тарату кезінде оған (филиалы мен өкілдігіне) тиесілі Қазақстан Республикасы аумағындағы мүлкі тәркіленеді және мемлекет кірісіне өндіріп алынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkEnd w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10526,70 +10470,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>21-1-бап. Терроризм актісін жасауы салдарынан, сондай-ақ олар жасаған терроризм актісінің жолын кесу кезінде өлген адамдарды жерлеу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z243" w:id="227"/>
+    <w:bookmarkStart w:name="z243" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Терроризм актісін жасауы салдарынан, сондай-ақ олар жасаған терроризм актісінің жолын кесу кезінде өлгендіктен, террористік іс-әрекетке қатысуына байланысты өздеріне қатысты қылмыстық қуғындау тоқтатылған адамдарды жерлеу Қазақстан Республикасының Үкіметі белгілеген тәртіппен жүзеге асырылады. Аталған адамдардың мәйіттері жерлеуге берілмейді және олар жерленген орын туралы хабарланбайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkEnd w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10608,68 +10552,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жариялағанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="228"/>
+    <w:bookmarkStart w:name="z29" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-тарау. Қазақстан Республикасының терроризмге қарсы іс-қимылды жүзеге асыратын мемлекеттік органдарының арнаулы мақсаттағы бөлімшелерін материалдық-техникалық жағынан қамтамасыз ету</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkEnd w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 7-тараудың тақырыбына өзгерту енгізілді - ҚР 2010.04.08 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10769,130 +10713,130 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 22-бапқа өзгеріс енгізілді - ҚР 2004.12.20 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2005 жылғы 1 қаңтардан бастап қолданысқа енгiзiледi), 2010.04.08 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 266-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="229"/>
+    <w:bookmarkStart w:name="z31" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8-тарау. Терроризмге қарсы іс-қимыл саласындағы қызметті</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>жүзеге асыру заңдылығын бақылау мен қадағалау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkEnd w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 8-тараудың тақырыбы жаңа редакцияда - ҚР 2010.04.08 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11001,150 +10945,150 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>23-1-бап. Қазақстан Республикасының терроризмге қарсы іс-қимыл туралы заңнамасының террористік тұрғыдан осал объектілердің терроризмге қарсы қорғалуын қамтамасыз ету бөлігіндегі талаптарының сақталуын мемлекеттік бақылау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z283" w:id="230"/>
+    <w:bookmarkStart w:name="z283" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы Қарулы Күштерінің, басқа да әскерлер мен әскери құралымдардың әскери бөлімдері мен мекемелерін, Қазақстан Республикасының арнаулы мемлекеттік органдарының, ішкі істер органдарының объектілерін, сондай-ақ күзетілетін объектілер мен Қазақстан Республикасының шет елдердегі мекемелерін қоспағанда, бақылау субъектілерінің Қазақстан Республикасының терроризмге қарсы іс-қимыл туралы заңнамасының террористік тұрғыдан осал объектілердің терроризмге қарсы қорғалуын қамтамасыз ету бөлігіндегі талаптарын сақтауы мемлекеттік бақылау нысанасы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z284" w:id="231"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z284" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Қарулы Күштерінің, басқа да әскерлер мен әскери құралымдардың әскери бөлімдері мен мекемелерінің, Қазақстан Республикасының арнаулы мемлекеттік органдары, ішкі істер органдары объектілерінің, сондай-ақ күзетілетін объектілер мен Қазақстан Республикасының шет елдердегі мекемелерінің терроризмге қарсы қорғалуының жай-күйін бақылауды қоспағанда, мемлекеттік бақылауды Қазақстан Республикасы ішкі істер органдарының қызметкерлері тексеру нысанында жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z285" w:id="232"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z285" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Тексеру жүргізу тәртібі осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>23-2-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z286" w:id="233"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z286" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Террористік тұрғыдан осал, Қазақстан Республикасы Қарулы Күштерінің, басқа да әскерлер мен әскери құралымдардың әскери бөлімдері мен мекемелерінің, Қазақстан Республикасының арнаулы мемлекеттік органдары, ішкі істер органдары объектілерінің, Қазақстан Республикасының шет елдердегі мекемелерінің терроризмге қарсы қорғалуының жай-күйін бақылау тиісті мемлекеттік органдардың бірінші басшылары айқындайтын тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkEnd w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Күзетілетін объектілердің терроризмге қарсы қорғалуының жай-күйін бақылау Қазақстан Республикасы Мемлекеттік күзет қызметінің бастығы айқындайтын тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -11218,1542 +11162,1542 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>23-2-бап. Тексеру жүргізу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z287" w:id="234"/>
+    <w:bookmarkStart w:name="z287" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Бақылау субъектілерін (объектілерін) тексеруді Қазақстан Республикасының ішкі істер органдары бақылау субъектісінің (объектісінің) жұмыс уақытында мерзімділік негізде және жоспардан тыс жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z288" w:id="235"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z288" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Мерзімділік негіздегі тексеру бақылау объектісіне бару арқылы екі жылда бір рет жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z289" w:id="236"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z289" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Жоспардан тыс тексеру бақылау объектісіне бару арқылы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z290" w:id="237"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z290" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) анықталған бұзушылықтарды жою туралы берілген нұсқамалардың орындалуын бақылау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z291" w:id="238"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z291" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының бүкіл аумағында, өңірлерінің немесе елді мекендерінің аумағында террористік қауіптілік деңгейін енгізу кезінде республикалық, облыстық, республикалық маңызы бар қаланың, астананың терроризмге қарсы күрес жөніндегі жедел штабы басшысының шешімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z292" w:id="239"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z292" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) террористік тұрғыдан осал объектілерде терроризм актісінің ықтимал қатерлері туралы ақпарат келіп түскен жағдайда, облыстың, республикалық маңызы бар қаланың, астананың терроризмге қарсы комиссиясы төрағасының шешімі негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z293" w:id="240"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z293" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы баптың 3-тармағы 1) тармақшасының негізінде жүзеге асырылатын жоспардан тыс тексеруді Қазақстан Республикасының ішкі істер органдары жоспардан тыс тексеру тағайындауға негіз болған фактілер мен мән-жайларды тексеру мақсатында және анықталған бұзушылықтарды жою туралы нұсқамада көрсетілген бұзушылықтарды жою мерзімі аяқталғаннан кейін отыз жұмыс күнінен кешіктірмей тағайындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z294" w:id="241"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z294" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Жоспардан тыс тексеру жүргізілгеннен кейін мерзімділік негіздегі тексеру анықталған бұзушылықтар жойылған жағдайда, жоспардан тыс тексеру аяқталған күннен бастап екі жыл өткен соң тағайындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z295" w:id="242"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z295" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Тексеру бақылау субъектісін алдын ала хабардар етпестен, тексеру тағайындау туралы актінің негізінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z296" w:id="243"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z296" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қазақстан Республикасы ішкі істер органдарының қызметкері (қызметкерлері) террорирстік тұрғыдан осал объектілерді тексеру кезінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z297" w:id="244"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z297" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тексеру тағайындау туралы актіні;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z298" w:id="245"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z298" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қызметтік куәлікті көрсетуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z299" w:id="246"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z299" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Тексеру жүргізу мерзімі алдағы жұмыстардың көлемі, алға қойылған міндеттер ескеріле отырып белгіленеді және жеті жұмыс күнінен аспауға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z300" w:id="247"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z300" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Тексеру жүргізу мерзімін Қазақстан Республикасы ішкі істер органының басшысы немесе оны алмастыратын адам күрделі және (немесе) ұзақ мерзімді сараптамалар жүргізу қажет болған жағдайда ғана тек бір рет ұзартуы мүмкін. Тексеруді ұзарту мерзімі сараптама нәтижелері алынған күннен бастап үш жұмыс күнінен аспауға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkEnd w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тексеру жүргізу мерзімін ұзарту бақылау субъектісін не оның уәкілетті адамын міндетті түрде хабардар ете отырып, тексеруді ұзарту туралы қосымша актімен ресімделеді. Тексеруді ұзарту туралы қосымша актіде тексеру тағайындау туралы алдыңғы актінің нөмірі мен тіркелген күні және ұзарту себебі көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тексеру мерзімін ұзарту туралы хабарламаны Қазақстан Республикасы ішкі істер органдарының қызметкері (қызметкерлері) ұзартылғанға дейін кемінде бір жұмыс күні бұрын табыс етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z301" w:id="248"/>
+    <w:bookmarkStart w:name="z301" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Тексеру тағайындау туралы акт бақылау субъектісіне не оның уәкілетті адамына табыс етілген күн тексеру жүргізудің басталғаны болып есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z302" w:id="249"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z302" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Тексеру тағайындау туралы актіде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z303" w:id="250"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z303" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) актінің нөмірі мен күні;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z304" w:id="251"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z304" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасы ішкі істер органы бөлімшесінің атауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z305" w:id="252"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z305" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасы ішкі істер органдарының тексеру жүргізуге уәкілеттік берілген қызметкерінің (қызметкерлерінің) тегі, аты, әкесінің аты (егер ол жеке басты куәландыратын құжатта көрсетілсе) және лауазымы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z306" w:id="253"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z306" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мемлекеттік органдар мен ұйымдардың тексеру жүргізуге тартылатын мамандары, консультанттары және сарапшылары туралы мәліметтер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z307" w:id="254"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z307" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бақылау субъектісінің атауы (заңды тұлғаның немесе оның филиалының және (немесе) өкілдігінің атауы) немесе өзіне қатысты тексеру жүргізу тағайындалған жеке тұлғаның тегі, аты, әкесінің аты (егер ол жеке басты куәландыратын құжатта көрсетілсе), бақылау субъектісінің бизнес-сәйкестендіру нөмірі немесе жеке сәйкестендіру нөмірі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z308" w:id="255"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z308" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) тұрған жері көрсетілген бақылау объектісінің атауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z309" w:id="256"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z309" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) тексеру жүргізу нысанасы, оның ішінде міндетті талаптары тексерілуге жататын нормативтік құқықтық актілер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z310" w:id="257"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z310" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) тексеру жүргізу мерзімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z311" w:id="258"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z311" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) тексеру жүргізудің құқықтық негіздері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z312" w:id="259"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z312" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) бақылау субъектісінің осы Заңның 23-5-бабында көзделген құқықтары мен міндеттері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z313" w:id="260"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z313" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) Қазақстан Республикасы ішкі істер органдарының актіге қол қоюға уәкілеттік берілген қызметкерінің (қызметкерлерінің) тегі, аты, әкесінің аты (егер ол жеке басты куәландыратын құжатта көрсетілсе), Қазақстан Республикасы ішкі істер органының мөрі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z314" w:id="261"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z314" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) бақылау субъектісінің (заңды тұлға басшысының, жеке тұлғаның) немесе уәкілетті адамның тексеру тағайындау туралы актіні алғаны немесе алудан бас тартқаны туралы қолтаңбасы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z315" w:id="262"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z315" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Тексеру тағайындау туралы акт, тексеруді ұзарту туралы қосымша акт Қазақстан Республикасы ішкі істер органдарының тексеру тағайындаған бөлімшелеріндегі тексерулерді тіркеу журналында тіркеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkEnd w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы ішкі істер органдарының қызметкері тексеру тағайындау туралы актіні тексеру басталғаннан кейінгі келесі жұмыс күні ішінде құқықтық статистика және арнайы есепке алу саласындағы уәкілетті органда тіркейді, тексеруді ұзарту туралы қосымша актіні бақылау субъектісі немесе оның уәкілетті адамы тексеруді ұзарту туралы хабардар етілгеннен кейінгі келесі жұмыс күні ішінде тіркейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z316" w:id="263"/>
+    <w:bookmarkStart w:name="z316" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Тексеру тағайындау туралы актіні қабылдаудан бас тартылған не Қазақстан Республикасы ішкі істер органдары қызметкерінің (қызметкерлерінің) бақылау объектісіне кіруіне кедергі келтірілген, тексеру жүргізу үшін қажетті материалдар мен мәліметтер ұсынылмаған жағдайларда Қазақстан Республикасының заңдарына сәйкес шаралар қабылданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z317" w:id="264"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z317" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Қазақстан Республикасы ішкі істер органының тексеруді жүзеге асыратын қызметкері (қызметкерлері) тексеру нәтижелері бойынша екі данада:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z318" w:id="265"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z318" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тексеру нәтижелері туралы акт;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z319" w:id="266"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z319" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) бұзушылықтар анықталған жағдайларда, анықталған бұзушылықтарды жою туралы нұсқама жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z320" w:id="267"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z320" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Тексеру нәтижелері туралы актіде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z321" w:id="268"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z321" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) актінің нөмірі, жасалған күні, уақыты және орны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z322" w:id="269"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z322" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасы ішкі істер органы бөлімшесінің атауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z323" w:id="270"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z323" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) тексеру жүргізуге негіз болған тексеру тағайындау туралы актінің күні мен нөмірі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z324" w:id="271"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z324" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасы ішкі істер органдарының тексеру жүргізген қызметкерінің (қызметкерлерінің) тегі, аты, әкесінің аты (егер ол жеке басты куәландыратын құжатта көрсетілсе) және лауазымы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z325" w:id="272"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z325" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) мемлекеттік органдар мен ұйымдардың тексеру жүргізуге тартылатын мамандары, консультанттары және сарапшылары туралы мәліметтер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z326" w:id="273"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z326" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бақылау субъектісінің атауы (заңды тұлғаның немесе оның филиалының және (немесе) өкілдігінің атауы) немесе өзіне қатысты тексеру жүргізу тағайындалған жеке тұлғаның тегі, аты, әкесінің аты (егер ол жеке басты куәландыратын құжатта көрсетілсе), уәкілетті адамның лауазымы (болған кезде);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z327" w:id="274"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z327" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) тұрған жері көрсетілген бақылау объектісінің атауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z328" w:id="275"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z328" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) тексерудің жүргізілген күні, орны және кезеңі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z329" w:id="276"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z329" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) тексеру нәтижелері туралы, оның ішінде анықталған бұзушылықтар, олардың сипаты туралы мәліметтер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z330" w:id="277"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z330" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) бақылау субъектісінің немесе бақылау субъектісі уәкілетті адамының тексеру нәтижелері туралы актімен танысқаны туралы немесе танысудан бас тартқаны туралы мәліметтер, олардың қолтаңбалары немесе қол қоюдан бас тартуы, сондай-ақ жүргізілген тексеру нәтижелері бойынша ескертпелердің және (немесе) қарсылықтардың бар-жоғы туралы белгі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z331" w:id="278"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z331" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) Қазақстан Республикасы ішкі істер органдарының тексеру жүргізген қызметкерінің (қызметкерлерінің) қолтаңбасы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z332" w:id="279"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z332" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Тексеру тағайындау туралы актіде не тексеруді ұзарту туралы қосымша актіде көрсетілген, тексеруді аяқтау мерзімінен кешіктірілмей тексеру нәтижелері туралы актінің екінші данасын бақылау субъектісіне немесе оның уәкілетті адамына табыс еткен күн тексеру мерзімінің аяқталғаны болып есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z333" w:id="280"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z333" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Тексеру жүргізу кезінде бұзушылықтар болмаған жағдайда, тексеру нәтижелері туралы актіде тиісті жазба жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z334" w:id="281"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z334" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Бұзушылықтар анықталған жағдайларда, анықталған бұзушылықтарды жою туралы нұсқама тексеру аяқталғаннан кейін он жұмыс күні ішінде табыс етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z335" w:id="282"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z335" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Анықталған бұзушылықтарды жою туралы нұсқамада:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z336" w:id="283"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z336" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) нұсқаманың жасалған күні, уақыты және орны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z337" w:id="284"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z337" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасы ішкі істер органдарының тексеру жүргізген қызметкерінің (қызметкерлерінің) тегі, аты, әкесінің аты (егер ол жеке басты куәландыратын құжатта көрсетілсе) және лауазымы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z338" w:id="285"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z338" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) бақылау субъектісінің атауы (заңды тұлғаның немесе оның филиалының және (немесе) өкілдігінің атауы) немесе өзіне қатысты тексеру жүргізу тағайындалған жеке тұлғаның тегі, аты, әкесінің аты (егер ол жеке басты куәландыратын құжатта көрсетілсе), тексеру жүргізу кезінде қатысқан уәкілетті адамның лауазымы (болған кезде);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z339" w:id="286"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z339" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) тұрған жері көрсетілген бақылау объектісінің атауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z340" w:id="287"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z340" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) тексеру нәтижелері туралы актінің нөмірі мен күні;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z341" w:id="288"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z341" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) анықталған бұзушылықтардың тізбесі және анықталған бұзушылықтарды жою мерзімі көрсетіле отырып, оларды жою туралы талаптар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z342" w:id="289"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z342" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) бақылау субъектісінің немесе оның уәкілетті адамының анықталған бұзушылықтарды жою туралы нұсқамамен танысқаны немесе танысудан бас тартқаны туралы мәліметтер, олардың қолтаңбалары немесе қол қоюдан бас тартуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z343" w:id="290"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z343" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) Қазақстан Республикасы ішкі істер органдарының тексеру жүргізген қызметкерінің (қызметкерлерінің) қолтаңбасы көрсетіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z344" w:id="291"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z344" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Анықталған бұзушылықтарды жою туралы нұсқамада көрсетілген, анықталған бұзушылықтарды жою мерзімдері оны орындаудың нақты мүмкіндігіне ықпал ететін мән-жайлар ескеріле отырып айқындалады, бірақ анықталған бұзушылықтарды жою туралы нұсқама табыс етілген күннен бастап күнтізбелік отыз күннен кем болмайды және он екі айдан аспайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkEnd w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Анықталған бұзушылықтарды жою туралы нұсқамада көрсетілген анықталған бұзушылықтарды жою мерзімдерін айқындау кезінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z345" w:id="292"/>
+    <w:bookmarkStart w:name="z345" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бақылау субъектісінде бұзушылықтарды жою бойынша ұйымдастырушылық, техникалық мүмкіндіктерінің бар-жоғы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z346" w:id="293"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z346" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) инженерлік-техникалық қорғау құралдарының техникалық жай-күйінің ерекшеліктері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z347" w:id="294"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z347" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) мемлекеттік органдардан, жергілікті атқарушы органдардан міндетті қорытындыларды, келісулерді және Қазақстан Республикасының заңнамасында белгіленген басқа да құжаттарды алу мерзімдері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z348" w:id="295"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z348" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) бюджеттік жоспарлау саласындағы нормативтік құқықтық актілерге сәйкес ресімделген растаушы құжаттар болған кезде, мемлекеттік бюджеттен қаржыландырылатын террористік тұрғыдан осал объектілердің терроризмге қарсы қорғалуын ұйымдастыруға мемлекеттік бюджеттен ақша түсімдерінің уақтылы, толық бөлінуі немесе болмауы ескеріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z349" w:id="296"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z349" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Осы баптың 20-тармағының 3) және 4) тармақшаларымен байланысты мән-жайларды қоспағанда, егер тексеру жүргізу нәтижесінде бақылау субъектісінің осы Заңда және терроризмге қарсы іс-қимыл туралы нормативтік құқықтық актілерде белгіленген міндеттерді террористік тұрғыдан осал объектілердің терроризмге қарсы қорғалуын қамтамасыз ету бөлігінде орындамау және (немесе) тиісінше орындамау фактілері анықталған болса, Қазақстан Республикасы ішкі істер органдарының қызметкері (қызметкерлері) өкілеттіктері шегінде бақылау субъектісін Қазақстан Республикасы заңдарында белгіленген жауаптылыққа тарту жөнінде шаралар қабылдауға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z350" w:id="297"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z350" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Тексеру нәтижелері бойынша ескертпелер және (немесе) қарсылықтар болған жағдайда, бақылау субъектісі оларды жазбаша түрде баяндайды. Ескертпелер және (немесе) қарсылықтар тексеру нәтижелері туралы актіге қоса беріледі, ол туралы тиісті белгі жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z351" w:id="298"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z351" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Тексеру нәтижелері туралы актіге және (немесе) анықталған бұзушылықтарды жою туралы нұсқамаға Қазақстан Республикасының ішкі істер органының жоғары тұрған бөлімшесіне не Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа шағым жасалуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z352" w:id="299"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z352" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Қазақстан Республикасының ішкі істер органдарының жоғары тұрған бөлімшесі не сот жарамсыз деп таныған, тексеру нәтижелері туралы акт және (немесе) анықталған бұзушылықтарды жою туралы нұсқама бақылау субъектісінің Қазақстан Республикасының терроризмге қарсы іс-қимыл туралы заңнамасының террористік тұрғыдан осал объектілердің терроризмге қарсы қорғалуын қамтамасыз ету бөлігіндегі талаптарын бұзғанының дәлелі болып табылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z353" w:id="300"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z353" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Тексеруді ұйымдастыру мен жүргізуге қойылатын талаптарды өрескел бұзуға:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z354" w:id="301"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z354" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тексеру жүргізу негіздерінің болмауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z355" w:id="302"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z355" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тексеру тағайындау туралы актінің болмауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z356" w:id="303"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z356" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасы ішкі істер органының құзыретіне кірмейтін мәселелер бойынша тексерулер тағайындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z357" w:id="304"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z357" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осы бапта көзделген тексеру жүргізу мерзімін бұзу жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkEnd w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12864,430 +12808,430 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>23-4-бап. Қазақстан Республикасы ішкі істер органдары қызметкерлерінің тексеру жүргізу кезіндегі құқықтары мен міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z358" w:id="305"/>
+    <w:bookmarkStart w:name="z358" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы ішкі істер органдары қызметкерінің (қызметкерлерінің) тексеру жүргізу кезінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z359" w:id="306"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z359" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы Заңның 23-2-бабының 7-тармағында көрсетілген құжаттарды көрсеткен кезде бақылау субъектісінің (объектісінің) аумағына және үй-жайларына кедергісіз кіруге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z360" w:id="307"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z360" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қағаз және (немесе) электрондық жеткізгіштерде материалдар мен мәліметтерді не олардың көшірмелерін тексеру нәтижелері туралы актіге қоса тіркеу үшін алуға, сондай-ақ тексеру нысанасына сәйкес инженерлік-техникалық қорғау құралдарына, ақпараттық жүйелер мен автоматтандырылған дерекқорға қолжетімділік алуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z361" w:id="308"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z361" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) бақылау объектісінің бағытына сәйкес мемлекеттік органдар мен ұйымдардың мамандарын, консультанттарын және сарапшыларын тиісті мемлекеттік органдармен келісу бойынша тартуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z362" w:id="309"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z362" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) аудио-, фото- және бейнетүсірілімді жүзеге асыруға құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z363" w:id="310"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z363" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тексеру жүргізу кезінде Қазақстан Республикасы ішкі істер органдарының қызметкері (қызметкерлері):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z364" w:id="311"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z364" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) террористік тұрғыдан осал объектілердің терроризмге қарсы қорғалуын қамтамасыз ету бөлігінде Қазақстан Республикасы терроризмге қарсы іс-қимыл туралы заңнамасында белгіленбеген талаптардың орындалуын тексеруге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z365" w:id="312"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z365" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) егер материалдар мен мәліметтер тексеру нысанасына жатпаса, оларды ұсынуды талап етуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z366" w:id="313"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z366" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) инженерлік-техникалық қорғау құралдарын (олардың элементтерін, ақпарат жеткізгіштерді) алып қою туралы хаттама ресімдемей алып қоюға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z367" w:id="314"/>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z367" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) тексеру жүргізудің белгіленген мерзімін асыруға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z368" w:id="315"/>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z368" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) тексеру нысанасына сәйкес бақылау субъектісі есебінен шығындық сипаттағы іс-шараларды жүргізуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z369" w:id="316"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z369" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының заңдарында көзделген жағдайларды қоспағанда, тексеру жүргізу нәтижесінде алынған, коммерциялық, салықтық немесе заңмен қорғалатын өзге де құпияны құрайтын ақпаратты жария етуге және (немесе) таратуға құқылы емес.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z370" w:id="317"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z370" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы ішкі істер органдарының қызметкері (қызметкерлері) тексеру жүргізу кезінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z371" w:id="318"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z371" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының заңнамасын, бақылау субъектілерінің құқықтары мен заңды мүдделерін сақтауға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z372" w:id="319"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z372" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тексеруді осы Заңда айқындалатын негіздерде және тәртіпке сәйкес жүргізуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z373" w:id="320"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z373" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) тексеру жүргізу кезеңінде бақылау субъектісінің (объектісінің) белгіленген жұмыс режиміне кедергі келтірмеуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z374" w:id="321"/>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z374" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) бақылау субъектісіне немесе оның уәкілетті адамына тексеру жүргізу кезінде қатысуына кедергі келтірмеуге, тексеру нысанасына жататын мәселелер бойынша түсіндірме беруге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z375" w:id="322"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z375" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) тексеру жүргізу кезінде оның нысанасына жататын қажетті ақпаратты бақылау субъектісіне беруге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z376" w:id="323"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z376" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) тексеру жүргізу нәтижесінде алынған материалдар мен мәліметтердің сақталуын қамтамасыз етуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkEnd w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13323,386 +13267,386 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>23-5-бап. Бақылау субъектісінің немесе оның уәкілетті адамының тексеру жүргізу кезіндегі құқықтары мен міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z378" w:id="324"/>
+    <w:bookmarkStart w:name="z378" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тексеруді жүзеге асыру кезінде бақылау субъектісі немесе оның уәкілетті адамы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z379" w:id="325"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z379" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бақылау объектісіне тексеру жүргізу үшін келген Қазақстан Республикасы ішкі істер органдарының қызметкерін (қызметкерлерін) мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkEnd w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осы Заңның 23-2-бабының 7-тармағында көзделген құжаттар болмаған;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тексеру тағайындау туралы актіде көрсетілген тексеру мерзімі өткен не тексеру ұзартылған жағдайда тексеруді ұзарту туралы қосымша актіде көрсетілген мерзім өткен жағдайларда, жібермеуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z380" w:id="326"/>
+    <w:bookmarkStart w:name="z380" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) егер материалдар мен мәліметтер тексеру нысанасына жатпаса, оларды ұсынбауға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z381" w:id="327"/>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z381" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) тексеру тағайындау туралы актіге, тексеру нәтижесі туралы актіге, анықталған бұзушылықтарды жою туралы нұсқамаға және Қазақстан Республикасы ішкі істер органдары қызметкерінің (қызметкерлерінің) әрекетіне (әрекетсіздігіне) Қазақстан Республикасының заңнамасында айқындалатын тәртіппен шағым жасауға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z382" w:id="328"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z382" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасы ішкі істер органдары қызметкерінің (қызметкерлерінің) бақылау субъектілерінің (объектілерінің) қызметін шектейтін, Қазақстан Республикасының заңдарында көзделмеген талаптарын орындамауға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z383" w:id="329"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z383" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) тексеруді жүзеге асыру процесін, Қазақстан Республикасы ішкі істер органдары қызметкерінің (қызметкерлерінің), мемлекеттік органдар мен ұйымдардың тартылатын мамандарының, консультанттарының және сарапшыларының жекелеген әрекеттерін олардың қызметіне кедергі жасамай, алынған ақпаратты, оның ішінде бұқаралық ақпарат құралдарында және Интернетте еркін тарату құқығынсыз аудио және фото-, бейнетехника құралдарының көмегімен тіркеуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z384" w:id="330"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z384" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) өз құқықтары мен заңды мүдделерін білдіру мақсатында жүргізілетін тексеруге үшінші тұлғаларды тартуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z385" w:id="331"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z385" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тексеру жүргізу кезінде бақылау субъектісі немесе оның уәкілетті адамы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z386" w:id="332"/>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z386" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бақылау субъекітісінің (объектісінің) аумағына және үй-жайларына осы Заңның 23-2-бабының 7-тармағында көрсетілген құжаттарды көрсеткен кезде Қазақстан Республикасы ішкі істер органдары қызметкерінің (қызметкерлерінің), сондай-ақ мемлекеттік органдар мен ұйымдардың тексеру жүргізуге тартылатын мамандарының, консультанттарының және сарапшыларының кедергісіз кіруін қамтамасыз етуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z387" w:id="333"/>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z387" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасы ішкі істер органдарының тексеру жүргізу үшін келген қызметкерінің (қызметкерлерінің), сондай-ақ тексеру жүргізуге тартылатын мамандардың, консультанттардың және сарапшылардың осы объект үшін белгіленген нормативтерге сәйкес зиянды және қауіпті өндірістік әсер ету факторларынан қауіпсіздігін қамтамасыз етуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z388" w:id="334"/>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z388" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасы ішкі істер органдарының қызметкеріне (қызметкерлеріне) қағаз және (немесе) электрондық жеткізгіштерде материалдар мен мәліметтерді не олардың көшірмелерін тексеру нәтижелері туралы актіге және анықталған бұзушылықтарды жою туралы нұсқамаға қоса тіркеу үшін ұсынуға, сондай-ақ террористік тұрғыдан осал объектілердің инженерлік-техникалық қорғау құралдарына, оның ішінде ақпараттық жүйелерге және автоматтандырылған дерекқорға тексеру нысанасына сәйкес қолжетімділік беруге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z389" w:id="335"/>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z389" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) тексеру тағайындау туралы актінің екінші данасына алғаны туралы белгі қоюға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z390" w:id="336"/>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z390" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) тексеру аяқталған күні тексеру нәтижелері туралы актінің екінші данасына және анықталған бұзушылықтарды жою туралы нұсқаманы алған кезде оның екінші данасына алғаны туралы белгі қоюға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z391" w:id="337"/>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z391" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) тексеру жүргізу кезеңінде тексеру нысанасына жататын материалдарға өзгерістер мен толықтырулар, сондай-ақ инженерлік-техникалық құралдардың, ақпараттық жүйелер мен автоматтандырылған дерекқордың конфигурациясына және сипаттамасына өзгерістер енгізуге жол бермеуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z392" w:id="338"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z392" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) анықталған бұзушылықтарды жою туралы нұсқаманы орындауға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkEnd w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>