--- v1 (2025-11-26)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4fdafc1" w14:textId="4fdafc1">
+    <w:p w14:paraId="5ea4121" w14:textId="5ea4121">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4690,51 +4690,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 206-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 04.07.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 233-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
@@ -4790,91 +4790,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 28-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 11.07.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 91-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 26.12.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2018 бастап қолданысқа енгізіледі); 13.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 326-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 325-VI</w:t>
       </w:r>
       <w:r>
@@ -6326,51 +6326,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">5) алып тасталды - ҚР 13.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 325-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6965,51 +6965,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 12-бап жаңа редакцияда - ҚР 2010.04.08 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 266-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен.  </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9570,51 +9570,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 180-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 14.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 141-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
@@ -10713,51 +10713,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 22-бапқа өзгеріс енгізілді - ҚР 2004.12.20 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2005 жылғы 1 қаңтардан бастап қолданысқа енгiзiледi), 2010.04.08 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 266-IV</w:t>
       </w:r>
       <w:r>
@@ -12848,805 +12848,1033 @@
         <w:t>
       1. Қазақстан Республикасы ішкі істер органдары қызметкерінің (қызметкерлерінің) тексеру жүргізу кезінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="306"/>
     <w:bookmarkStart w:name="z359" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы Заңның 23-2-бабының 7-тармағында көрсетілген құжаттарды көрсеткен кезде бақылау субъектісінің (объектісінің) аумағына және үй-жайларына кедергісіз кіруге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z360" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қағаз және (немесе) электрондық жеткізгіштерде материалдар мен мәліметтерді не олардың көшірмелерін тексеру нәтижелері туралы актіге қоса тіркеу үшін алуға, сондай-ақ тексеру нысанасына сәйкес инженерлік-техникалық қорғау құралдарына, ақпараттық жүйелер мен автоматтандырылған дерекқорға қолжетімділік алуға;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z361" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бақылау объектісінің бағытына сәйкес мемлекеттік органдар мен ұйымдардың мамандарын, консультанттарын және сарапшыларын тиісті мемлекеттік органдармен келісу бойынша тартуға;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z361" w:id="309"/>
-[...15 lines deleted...]
-      3) бақылау объектісінің бағытына сәйкес мемлекеттік органдар мен ұйымдардың мамандарын, консультанттарын және сарапшыларын тиісті мемлекеттік органдармен келісу бойынша тартуға;</w:t>
+    <w:bookmarkStart w:name="z362" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) аудио-, фото- және бейнетүсірілімді жүзеге асыруға құқығы бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z362" w:id="310"/>
-[...15 lines deleted...]
-      4) аудио-, фото- және бейнетүсірілімді жүзеге асыруға құқығы бар.</w:t>
+    <w:bookmarkStart w:name="z363" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Тексеру жүргізу кезінде Қазақстан Республикасы ішкі істер органдарының қызметкері (қызметкерлері):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z363" w:id="311"/>
-[...15 lines deleted...]
-      2. Тексеру жүргізу кезінде Қазақстан Республикасы ішкі істер органдарының қызметкері (қызметкерлері):</w:t>
+    <w:bookmarkStart w:name="z364" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) террористік тұрғыдан осал объектілердің терроризмге қарсы қорғалуын қамтамасыз ету бөлігінде Қазақстан Республикасы терроризмге қарсы іс-қимыл туралы заңнамасында белгіленбеген талаптардың орындалуын тексеруге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z364" w:id="312"/>
-[...15 lines deleted...]
-      1) террористік тұрғыдан осал объектілердің терроризмге қарсы қорғалуын қамтамасыз ету бөлігінде Қазақстан Республикасы терроризмге қарсы іс-қимыл туралы заңнамасында белгіленбеген талаптардың орындалуын тексеруге;</w:t>
+    <w:bookmarkStart w:name="z365" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) егер материалдар мен мәліметтер тексеру нысанасына жатпаса, оларды ұсынуды талап етуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z365" w:id="313"/>
-[...15 lines deleted...]
-      2) егер материалдар мен мәліметтер тексеру нысанасына жатпаса, оларды ұсынуды талап етуге;</w:t>
+    <w:bookmarkStart w:name="z366" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) инженерлік-техникалық қорғау құралдарын (олардың элементтерін, ақпарат жеткізгіштерді) алып қою туралы хаттама ресімдемей алып қоюға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z366" w:id="314"/>
-[...15 lines deleted...]
-      3) инженерлік-техникалық қорғау құралдарын (олардың элементтерін, ақпарат жеткізгіштерді) алып қою туралы хаттама ресімдемей алып қоюға;</w:t>
+    <w:bookmarkStart w:name="z367" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тексеру жүргізудің белгіленген мерзімін асыруға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z367" w:id="315"/>
-[...15 lines deleted...]
-      4) тексеру жүргізудің белгіленген мерзімін асыруға;</w:t>
+    <w:bookmarkStart w:name="z368" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) тексеру нысанасына сәйкес бақылау субъектісі есебінен шығындық сипаттағы іс-шараларды жүргізуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z368" w:id="316"/>
-[...15 lines deleted...]
-      5) тексеру нысанасына сәйкес бақылау субъектісі есебінен шығындық сипаттағы іс-шараларды жүргізуге;</w:t>
+    <w:bookmarkStart w:name="z369" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Қазақстан Республикасының заңдарында көзделген жағдайларды қоспағанда, тексеру жүргізу нәтижесінде алынған, коммерциялық, салықтық немесе заңмен қорғалатын өзге де құпияны құрайтын ақпаратты жария етуге және (немесе) таратуға құқылы емес.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z369" w:id="317"/>
-[...15 lines deleted...]
-      6) Қазақстан Республикасының заңдарында көзделген жағдайларды қоспағанда, тексеру жүргізу нәтижесінде алынған, коммерциялық, салықтық немесе заңмен қорғалатын өзге де құпияны құрайтын ақпаратты жария етуге және (немесе) таратуға құқылы емес.</w:t>
+    <w:bookmarkStart w:name="z370" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қазақстан Республикасы ішкі істер органдарының қызметкері (қызметкерлері) тексеру жүргізу кезінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z370" w:id="318"/>
-[...15 lines deleted...]
-      3. Қазақстан Республикасы ішкі істер органдарының қызметкері (қызметкерлері) тексеру жүргізу кезінде:</w:t>
+    <w:bookmarkStart w:name="z371" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының заңнамасын, бақылау субъектілерінің құқықтары мен заңды мүдделерін сақтауға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z371" w:id="319"/>
-[...15 lines deleted...]
-      1) Қазақстан Республикасының заңнамасын, бақылау субъектілерінің құқықтары мен заңды мүдделерін сақтауға;</w:t>
+    <w:bookmarkStart w:name="z372" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тексеруді осы Заңда айқындалатын негіздерде және тәртіпке сәйкес жүргізуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z372" w:id="320"/>
-[...15 lines deleted...]
-      2) тексеруді осы Заңда айқындалатын негіздерде және тәртіпке сәйкес жүргізуге;</w:t>
+    <w:bookmarkStart w:name="z373" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тексеру жүргізу кезеңінде бақылау субъектісінің (объектісінің) белгіленген жұмыс режиміне кедергі келтірмеуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z373" w:id="321"/>
-[...15 lines deleted...]
-      3) тексеру жүргізу кезеңінде бақылау субъектісінің (объектісінің) белгіленген жұмыс режиміне кедергі келтірмеуге;</w:t>
+    <w:bookmarkStart w:name="z374" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) бақылау субъектісіне немесе оның уәкілетті адамына тексеру жүргізу кезінде қатысуына кедергі келтірмеуге, тексеру нысанасына жататын мәселелер бойынша түсіндірме беруге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z374" w:id="322"/>
-[...15 lines deleted...]
-      4) бақылау субъектісіне немесе оның уәкілетті адамына тексеру жүргізу кезінде қатысуына кедергі келтірмеуге, тексеру нысанасына жататын мәселелер бойынша түсіндірме беруге;</w:t>
+    <w:bookmarkStart w:name="z375" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) тексеру жүргізу кезінде оның нысанасына жататын қажетті ақпаратты бақылау субъектісіне беруге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z375" w:id="323"/>
-[...15 lines deleted...]
-      5) тексеру жүргізу кезінде оның нысанасына жататын қажетті ақпаратты бақылау субъектісіне беруге;</w:t>
+    <w:bookmarkStart w:name="z376" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) тексеру жүргізу нәтижесінде алынған материалдар мен мәліметтердің сақталуын қамтамасыз етуге міндетті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z376" w:id="324"/>
-[...15 lines deleted...]
-      6) тексеру жүргізу нәтижесінде алынған материалдар мен мәліметтердің сақталуын қамтамасыз етуге міндетті.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тарау 23-4-баппен толықтырылды - ҚР 13.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23-5-бап. Бақылау субъектісінің немесе оның уәкілетті адамының тексеру жүргізу кезіндегі құқықтары мен міндеттері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z378" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Тексеруді жүзеге асыру кезінде бақылау субъектісі немесе оның уәкілетті адамы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z379" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бақылау объектісіне тексеру жүргізу үшін келген Қазақстан Республикасы ішкі істер органдарының қызметкерін (қызметкерлерін) мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осы Заңның 23-2-бабының 7-тармағында көзделген құжаттар болмаған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тексеру тағайындау туралы актіде көрсетілген тексеру мерзімі өткен не тексеру ұзартылған жағдайда тексеруді ұзарту туралы қосымша актіде көрсетілген мерзім өткен жағдайларда, жібермеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z380" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) егер материалдар мен мәліметтер тексеру нысанасына жатпаса, оларды ұсынбауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z381" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тексеру тағайындау туралы актіге, тексеру нәтижесі туралы актіге, анықталған бұзушылықтарды жою туралы нұсқамаға және Қазақстан Республикасы ішкі істер органдары қызметкерінің (қызметкерлерінің) әрекетіне (әрекетсіздігіне) Қазақстан Республикасының заңнамасында айқындалатын тәртіппен шағым жасауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z382" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасы ішкі істер органдары қызметкерінің (қызметкерлерінің) бақылау субъектілерінің (объектілерінің) қызметін шектейтін, Қазақстан Республикасының заңдарында көзделмеген талаптарын орындамауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z383" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) тексеруді жүзеге асыру процесін, Қазақстан Республикасы ішкі істер органдары қызметкерінің (қызметкерлерінің), мемлекеттік органдар мен ұйымдардың тартылатын мамандарының, консультанттарының және сарапшыларының жекелеген әрекеттерін олардың қызметіне кедергі жасамай, алынған ақпаратты, оның ішінде бұқаралық ақпарат құралдарында және Интернетте еркін тарату құқығынсыз аудио және фото-, бейнетехника құралдарының көмегімен тіркеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z384" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өз құқықтары мен заңды мүдделерін білдіру мақсатында жүргізілетін тексеруге үшінші тұлғаларды тартуға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z385" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Тексеру жүргізу кезінде бақылау субъектісі немесе оның уәкілетті адамы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z386" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бақылау субъекітісінің (объектісінің) аумағына және үй-жайларына осы Заңның 23-2-бабының 7-тармағында көрсетілген құжаттарды көрсеткен кезде Қазақстан Республикасы ішкі істер органдары қызметкерінің (қызметкерлерінің), сондай-ақ мемлекеттік органдар мен ұйымдардың тексеру жүргізуге тартылатын мамандарының, консультанттарының және сарапшыларының кедергісіз кіруін қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z387" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасы ішкі істер органдарының тексеру жүргізу үшін келген қызметкерінің (қызметкерлерінің), сондай-ақ тексеру жүргізуге тартылатын мамандардың, консультанттардың және сарапшылардың осы объект үшін белгіленген нормативтерге сәйкес зиянды және қауіпті өндірістік әсер ету факторларынан қауіпсіздігін қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 8-тарау 23-4-баппен толықтырылды - ҚР 13.05.2020 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...249 lines deleted...]
-      2) Қазақстан Республикасы ішкі істер органдарының тексеру жүргізу үшін келген қызметкерінің (қызметкерлерінің), сондай-ақ тексеру жүргізуге тартылатын мамандардың, консультанттардың және сарапшылардың осы объект үшін белгіленген нормативтерге сәйкес зиянды және қауіпті өндірістік әсер ету факторларынан қауіпсіздігін қамтамасыз етуге;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасы ішкі істер органдарының қызметкеріне (қызметкерлеріне) қағаз және (немесе) электрондық жеткізгіштерде материалдар мен мәліметтерді не олардың көшірмелерін тексеру нәтижелері туралы актіге және анықталған бұзушылықтарды жою туралы нұсқамаға қоса тіркеу үшін ұсынуға, сондай-ақ террористік тұрғыдан осал объектілердің инженерлік-техникалық қорғау құралдарына, оның ішінде ақпараттық жүйелерге және автоматтандырылған дерекқорға тексеру нысанасына сәйкес қолжетімділік беруге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z389" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тексеру тағайындау туралы актінің екінші данасына алғаны туралы белгі қоюға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z388" w:id="335"/>
-[...15 lines deleted...]
-      3) Қазақстан Республикасы ішкі істер органдарының қызметкеріне (қызметкерлеріне) қағаз және (немесе) электрондық жеткізгіштерде материалдар мен мәліметтерді не олардың көшірмелерін тексеру нәтижелері туралы актіге және анықталған бұзушылықтарды жою туралы нұсқамаға қоса тіркеу үшін ұсынуға, сондай-ақ террористік тұрғыдан осал объектілердің инженерлік-техникалық қорғау құралдарына, оның ішінде ақпараттық жүйелерге және автоматтандырылған дерекқорға тексеру нысанасына сәйкес қолжетімділік беруге;</w:t>
+    <w:bookmarkStart w:name="z390" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) тексеру аяқталған күні тексеру нәтижелері туралы актінің екінші данасына және анықталған бұзушылықтарды жою туралы нұсқаманы алған кезде оның екінші данасына алғаны туралы белгі қоюға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z389" w:id="336"/>
-[...15 lines deleted...]
-      4) тексеру тағайындау туралы актінің екінші данасына алғаны туралы белгі қоюға;</w:t>
+    <w:bookmarkStart w:name="z391" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) тексеру жүргізу кезеңінде тексеру нысанасына жататын материалдарға өзгерістер мен толықтырулар, сондай-ақ инженерлік-техникалық құралдардың, ақпараттық жүйелер мен автоматтандырылған дерекқордың конфигурациясына және сипаттамасына өзгерістер енгізуге жол бермеуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z390" w:id="337"/>
-[...15 lines deleted...]
-      5) тексеру аяқталған күні тексеру нәтижелері туралы актінің екінші данасына және анықталған бұзушылықтарды жою туралы нұсқаманы алған кезде оның екінші данасына алғаны туралы белгі қоюға;</w:t>
+    <w:bookmarkStart w:name="z392" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) анықталған бұзушылықтарды жою туралы нұсқаманы орындауға міндетті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z391" w:id="338"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13943,55 +14171,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>