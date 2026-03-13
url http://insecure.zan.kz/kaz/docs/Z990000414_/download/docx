--- v0 (2025-10-08)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="567e99a" w14:textId="567e99a">
+    <w:p w14:paraId="378c0cd" w14:textId="378c0cd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -302,323 +302,317 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-бап. Осы Заңда пайдаланылатын негізгі ұғымдар</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы Заңда мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z13" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы (бұдан әрі – Мемлекеттік корпорация) – Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтерді көрсету үшін, "бір терезе" қағидаты бойынша мемлекеттік қызметтер көрсетуге өтініштерді қабылдау және көрсетілетін қызметті алушыға олардың нәтижелерін беру жөніндегі жұмысты ұйымдастыру, мемлекеттік қызметтерді электрондық нысанда көрсетуді қамтамасыз ету үшін Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған заңды тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z39" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) жәрдемақы тағайындау жөнiндегi уәкiлеттi орган – халықты әлеуметтік қорғау саласында мемлекеттік саясаттың іске асырылуын жүзеге асыратын мемлекеттік органның аумақтық бөлiмшесi;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z14" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекеттік арнайы жәрдемақы (бұдан әрі – жәрдемақы) – 1998 жылғы 1 қаңтардағы жағдай бойынша жерасты және ашық кен жұмыстарында, еңбек жағдайлары ерекше зиянды және ерекше ауыр жұмыстарда немесе еңбек жағдайлары зиянды және ауыр жұмыстарда осы Заңда белгіленген жұмыс өтілі бар адамдарға төленетін ақшалай төлем;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z15" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) орталық атқарушы орган – халықты әлеуметтік қорғау саласындағы басшылықты, сондай-ақ Қазақстан Республикасының заңнамасында көзделген шектерде салааралық үйлестіруді жүзеге асыратын мемлекеттік орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...83 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) алып тасталды – ҚР 23.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 50-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      4) алып тасталды – ҚР 23.12.2023 </w:t>
-[...62 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-бап жаңа редакцияда - ҚР 17.03.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 293-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); өзгеріс енгізілді - ҚР 17.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 408-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.03.2016 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі); 02.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 165-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 23.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 50-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
@@ -721,143 +715,143 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2005 бастап қолданысқа енгiзiледi) Заңымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:bookmarkStart w:name="z5" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  2-тарау. Жәрдемақы тағайындау және төлеу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">3-бап. Азаматтардың жәрдемақыға құқығы </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасы азаматтарының осы Заңда көзделген тәртіппен жәрдемақы алуға құқығы бар. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="5"/>
+    <w:bookmarkStart w:name="z16" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Жәрдемақы ай сайын төленеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z17" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z17" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Жәрдемақы алатын жалақысына қарамастан төленеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">4-бап. Жәрдемақыларға құқығы бар азаматтар </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -885,198 +879,166 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       еркектер - 53 жасқа толғанда және жұмыс стажы кемінде 20 жыл болып, оның кемінде 10 жылын аталған жұмыстарда істегенде; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       әйелдер - 48 жасқа толғанда және жұмыс стажы кемінде 15 жыл болып, оның кемінде 7 жыл 6 айын аталған жұмыстарда істегенде, жәрдемақы тағайындалуға құқығы бар. </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Қазақстан Республикасының Үкіметі бекітетін Өндірістердің, жұмыстардың, кәсіптердің, лауазымдар мен көрсеткіштердің № 2 тізімі бойынша еңбек жағдайлары зиянды және ауыр жұмыстарда 1998 жылғы 1 қаңтардағы жағдай бойынша жұмыс стажы бар азаматтардың: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       еркектер - 58 жасқа толғанда және жұмыс стажы кемінде 25 жыл болып, оның кемінде 12 жыл 6 айын аталған жұмыстарда істегенде; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       әйелдер - 53 жасқа толғанда және жұмыс стажы кемінде 20 жыл болып, оның кемінде 10 жылын аталған жұмыстарда істегенде, жәрдемақы тағайындалуға құқығы бар. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="7"/>
+    <w:bookmarkStart w:name="z29" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1. Жұмыс өтілін есептеу Қазақстан Республикасының Әлеуметтік кодексіне сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z19" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Өндірістердің, жұмыстардың, кәсіптердің, лауазымдар мен көрсеткіштердің № 2 тізімі бойынша еңбек жағдайлары зиянды және ауыр жұмыстарда осы Заңға сәйкес талап етілетін жұмыс стажы жеткіліксіз болған жағдайда Өндірістердің, жұмыстардың, кәсіптердің, лауазымдар мен көрсеткіштердің № 1 тізімі бойынша жерасты және ашық кен жұмыстарындағы, еңбек жағдайлары ерекше зиянды және ерекше ауыр жұмыстардағы жұмыс стажы есепке алынады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="8"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z20" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Жәрдемақыға құқық зейнеткерлікке 1998 жылғы 1 қаңтарға дейін жеңілдікті жағдайларда шыққан азаматтарға қолданылмайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1218,148 +1180,148 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жәрдемақы тағайындау үшін өтініш жасау жәрдемақыға құқығы туындағаннан кейін, қандай да бір мерзіммен шектелмей кез келген уақытта жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте жәрдемақы тағайындауға өтініш жасалған уақытқа жұмыстың тоқтатылғанына немесе жалғастырылып жатқанына қарамастан, жәрдемақы тағайындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="9"/>
+    <w:bookmarkStart w:name="z21" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тізбесін орталық атқарушы орган айқындайтын құжаттарды қоса бере отырып, жәрдемақы тағайындау туралы өтінішті жәрдемақы алуға құқығы бар адам Мемлекеттік корпорацияға береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z22" w:id="10"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Жәрдемақылар тағайындау мерзімі өтініш барлық қажетті құжаттарымен қоса Мемлекеттік корпорацияда тіркелген күннен бастап сегіз жұмыс күнінен аспайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z23" w:id="11"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Өтініштің барлық қажетті құжаттарымен қоса Мемлекеттік корпорацияда тіркелген күні жәрдемақылар тағайындау үшін өтініш жасалған күн болып есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жәрдемақы тағайындаудан бас тартылған жағдайда, жәрдемақы тағайындау жөніндегі уәкілетті орган бас тарту себептерін жазбаша түрде уәждеуге және өтініш берушіге құжаттарын қайтаруға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="12"/>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Жәрдемақы жүгінген күннен бастап тағайындалады. Жәрдемақы төлеуді тағайындау, жүзеге асыру, тоқтата тұру, қайта есептеу, қайта бастау, тоқтату және оны төлеу туралы шешімді қайта қарау тәртібін орталық атқарушы орган айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1408,51 +1370,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі); 20.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 226-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
@@ -1475,162 +1437,374 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-1-бап. Өтінішті қабылдаудан және жәрдемақы тағайындаудан бас тарту:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="13"/>
+    <w:bookmarkStart w:name="z32" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жәрдемақы тағайындауға өтінішті қабылдаудан бас тарту үшін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жәрдемақы тағайындау, төлеу, тағайындауға өтініш беру фактісін растайтын мәліметтерді орталық атқарушы органның ақпараттық жүйесінен алу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) өтініш берушінің Қазақстан Республикасының заңнамасына сәйкес толық емес құжаттар топтамасын және (немесе) қолданылу мерзімі өткен құжаттарды ұсынуы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жеке басын куәландыратын құжат бойынша мәліметтердің (мемлекеттік ақпараттық жүйелерден алынған мәліметтермен расталатын, Қазақстан Республикасының заңнамасына сәйкес оның ауысуынан басқа) жәрдемақы тағайындау үшін қажетті құжаттармен сәйкес келмеуі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жәрдемақы тағайындау үшін талап етілетін, қолжетімділігі шектеулі дербес деректерге қол жеткізуге өтініш берушінің келісімінің болмауы негіздер болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="14"/>
+    <w:bookmarkStart w:name="z33" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Жәрдемақы тағайындаудан бас тартуға:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өтініш беруші жәрдемақы тағайындау үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігінің анықталуы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1704,168 +1878,266 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-2-бапқа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-2-бап. Жәрдемақы төлеуді тоқтата тұру, қайта бастау және тоқтату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="15"/>
+    <w:bookmarkStart w:name="z34" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жәрдемақы төлеу:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z35" w:id="16"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z35" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) алушының банктік шоты бойынша үш және одан да көп ай шығыс операцияларының болмауы туралы мәліметтер, оның ішінде ақпараттық жүйелерден мәліметтер келіп түскен айдан кейінгі айдың бірінші күнінен бастап тоқтатыла тұрады. Бұл ретте жәрдемақы төлеу тоқтатыла тұрған күннен бастап қайта басталады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z36" w:id="17"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z36" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) жедел-іздестіру іс-шараларын, оның ішінде алушы болып табылатын хабар-ошарсыз кеткен адамды іздестіруді жүргізу туралы растайтын құжаттың болуы туралы мәліметтер, оның ішінде ақпараттық жүйелерден мәліметтер келіп түскен айдан кейінгі айдың бірінші күнінен бастап тоқтатыла тұрады. Бұл ретте жәрдемақы төлеу хабар-ошарсыз кеткен адамды хабар-ошарсыз кетті деп тану туралы сот шешімінің күшін жою туралы сот актісі күшіне енген күннен бастап қайта басталады, бірақ тоқтатыла тұру күнінен ерте емес. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z37" w:id="18"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z37" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Жәрдемақы төлеу жәрдемақы төлеуді тоқтата тұруға себеп болған мән-жайлардың аяқталғанын растайтын құжаттардың және (немесе) мәліметтердің, оның ішінде ақпараттық жүйелерден алынған мәліметтердің негізінде өтініш бойынша қайта басталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z38" w:id="19"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z38" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Жәрдемақы төлеу:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) алушының қайтыс болуы туралы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2047,90 +2319,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">6-бап. Жәрдемақы мөлшері </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Өндірістердің, жұмыстардың, кәсіптердің, лауазымдар мен көрсеткіштердің № 1 тізімі бойынша жерасты және ашық кен жұмыстарында, еңбек жағдайлары ерекше зиянды және ерекше ауыр жұмыстарда 1998 жылғы 1 қаңтардағы жағдай бойынша жұмыс өтілі бар азаматтарға жәрдемақы 9,42 айлық есептік көрсеткіш мөлшерінде тағайындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="20"/>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Өндірістердің, жұмыстардың, кәсіптердің, лауазымдар мен көрсеткіштердің № 2 тізімі бойынша еңбек жағдайлары зиянды және ауыр жұмыстарда 1998 жылғы 1 қаңтардағы жағдай бойынша жұмыс өтілі бар азаматтарға жәрдемақы 8,38 айлық есептік көрсеткіш мөлшерінде тағайындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z26" w:id="21"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Жәрдемақы алушыға зейнеткерлік жасқа толған кезде осы Заңға сәйкес жәрдемақы алу немесе Қазақстан Республикасының Әлеуметтік кодексіне сәйкес жасына байланысты зейнетақы төлемдерін тағайындау арасында таңдау жасау құқығы беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2179,51 +2451,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі); 20.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 226-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
@@ -2422,118 +2694,118 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі); 20.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 226-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="22"/>
+    <w:bookmarkStart w:name="z11" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  3-тарау. Қорытынды ереже</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">8-бап. Осы заңды күшіне енгізу тәртібі </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2673,55 +2945,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>