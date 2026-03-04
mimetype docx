--- v0 (2025-11-16)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="92292a5" w14:textId="92292a5">
+    <w:p w14:paraId="0dd3632" w14:textId="0dd3632">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -127,50 +127,146 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>МАЗМҰНЫ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бүкіл мәтін бойынша "ақпараттық жүйе", "электрондық ақпараттық ресурс", "электрондық-цифрлық нысанда", "ақпараттық жүйелерде", "электрондық ақпараттық ресурстар", "ақпараттық жүйелер" деген сөздер тиісінше "цифрлық жүйе", "цифрлық ресурс", "цифрлық нысанда", "цифрлық жүйелерде", "цифрлық ресурстар", "цифрлық жүйелер" деген сөздермен ауыстыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
       Осы Заң Қазақстан Республикасының ұлттық қауіпсіздігін қамтамасыз ету мүддесінде мемлекеттік құпияларды қорғаудың құқықтық негіздері мен бірыңғай жүйесін айқындайды, мәліметтерді мемлекеттік құпияларға жатқызуға, оларды құпияландыруға, оларға билік етуге, оларды қорғау мен құпиясыздандыруға байланысты туындайтын қоғамдық қатынастарды реттейді. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -7936,51 +8032,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 338</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2009.12.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 228-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
@@ -8036,51 +8132,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 248-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 419-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 28.12.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 36-VI</w:t>
       </w:r>
       <w:r>