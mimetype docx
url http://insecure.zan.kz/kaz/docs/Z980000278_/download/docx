--- v0 (2025-11-13)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5721823" w14:textId="5721823">
+    <w:p w14:paraId="959223d" w14:textId="959223d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4650,91 +4650,205 @@
         <w:t>
       13) асыл тұқымды жануарлардың республикалық тізілімін жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
     <w:bookmarkStart w:name="z296" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13-1) "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының Заңына сәйкес жеке және заңды тұлғалардан асыл тұқымды мал шаруашылығы саласындағы қызметтің басталғаны (тоқтатылғаны) туралы хабарламалар қабылдауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z297" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13-2) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13-2) асыл тұқымды мал шаруашылығы саласындағы рұқсаттар мен хабарламалардың мемлекеттік электрондық тізілімін жүргізеді және оған өзгерістер мен толықтырулар енгізеді;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z189" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) экспорттаушы елдердің құзыретті органдары импортталған асыл тұқымдық өнімге (материалға) берген асыл тұқымдық куәлікті немесе оған балама құжатты тану тәртібі туралы ережені әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z189" w:id="101"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z158" w:id="102"/>
+    <w:bookmarkStart w:name="z158" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4769,52 +4883,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z190" w:id="103"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z190" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4829,51 +4943,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - ҚР 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4902,51 +5016,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z192" w:id="104"/>
+    <w:bookmarkStart w:name="z192" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4981,72 +5095,72 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z193" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) асыл тұқымды мал шаруашылығы саласындағы әкімшілік деректерді жинауға арналған нысандарды мемлекеттік статистика саласындағы уәкілетті органмен келісу бойынша бекітеді;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z193" w:id="105"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z194" w:id="106"/>
+    <w:bookmarkStart w:name="z194" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5081,132 +5195,132 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z195" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) асыл тұқымды жануарлардың республикалық тізілімін жүргізуді және оны уәкілетті органның интернет-ресурсында жариялауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z195" w:id="107"/>
-[...15 lines deleted...]
-      20) асыл тұқымды жануарлардың республикалық тізілімін жүргізуді және оны уәкілетті органның интернет-ресурсында жариялауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z196" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) Қазақстан Республикасында пайдалануға ұсынылатын асыл тұқымды мал шаруашылығы саласындағы селекциялық жетістіктердің мемлекеттік тізілімін жүргізеді және басып шығарады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z196" w:id="108"/>
-[...15 lines deleted...]
-      21) Қазақстан Республикасында пайдалануға ұсынылатын асыл тұқымды мал шаруашылығы саласындағы селекциялық жетістіктердің мемлекеттік тізілімін жүргізеді және басып шығарады;</w:t>
+    <w:bookmarkStart w:name="z197" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) асыл тұқымды мал шаруашылығы саласындағы селекциялық жетістіктерді сынақтан және байқаудан өткізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z197" w:id="109"/>
-[...15 lines deleted...]
-      22) асыл тұқымды мал шаруашылығы саласындағы селекциялық жетістіктерді сынақтан және байқаудан өткізеді;</w:t>
+    <w:bookmarkStart w:name="z198" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) өткізілетін асыл тұқымды өнімге (материалға) берілетін асыл тұқымдық куәліктер деректерінің дәйектілігіне бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z198" w:id="110"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z199" w:id="111"/>
+    <w:bookmarkStart w:name="z199" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5221,183 +5335,183 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - ҚР 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z203" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) селекциялық және асыл тұқымдық жұмыстың ақпарат қорын жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z203" w:id="112"/>
-[...15 lines deleted...]
-      25) селекциялық және асыл тұқымдық жұмыстың ақпарат қорын жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z89" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25-1) асыл тұқымды мал шаруашылығы саласында мемлекеттік қолдаудың бағыттарын айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z89" w:id="113"/>
-[...15 lines deleted...]
-      25-1) асыл тұқымды мал шаруашылығы саласында мемлекеттік қолдаудың бағыттарын айқындайды;</w:t>
+    <w:bookmarkStart w:name="z204" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) мыналарды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z204" w:id="114"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z90" w:id="115"/>
+    <w:bookmarkStart w:name="z90" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>асыл тұқымды мал шаруашылығын дамытуды субсидиялау қағидаларын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z92" w:id="116"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z92" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       мал шаруашылығы салалары бойынша асыл тұқымдық өнімді (материалды) есепке алу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>нысандарын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z93" w:id="117"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z93" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       асыл тұқымдық өнімнің (материалдың) барлық түрлеріне асыл тұқымдық куәліктердің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
@@ -5414,671 +5528,671 @@
         </w:rPr>
         <w:t xml:space="preserve"> және оларды беру (жою) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>тәртібін</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z94" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      асыл тұқымдық өнім (материал) мәртебесін беру (тоқтата тұру, күшін жою) қағидаларын;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z94" w:id="118"/>
-[...15 lines deleted...]
-      асыл тұқымдық өнім (материал) мәртебесін беру (тоқтата тұру, күшін жою) қағидаларын;</w:t>
+    <w:bookmarkStart w:name="z95" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      асыл тұқымды жануардың жеке карточкасының, сондай-ақ селекциялық процеске тартылған ауыл шаруашылығы жануары карточкасының нысаны мен оларды толтыру қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z95" w:id="119"/>
-[...15 lines deleted...]
-      асыл тұқымды жануардың жеке карточкасының, сондай-ақ селекциялық процеске тартылған ауыл шаруашылығы жануары карточкасының нысаны мен оларды толтыру қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">27) алып тасталды - ҚР 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">28) алып тасталды - ҚР 2012.07.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">29) алып тасталды - ҚР 29.12.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 269-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2015 бастап қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z208" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) Қазақстан Республикасының асыл тұқымды мал шаруашылығы туралы заңнамасының орындалуына бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z209" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) асыл тұқымды мал шаруашылығы саласындағы халықаралық қатынастарда Қазақстан Республикасының атынан өкілдік етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z97" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31-1) асыл тұқымды мал шаруашылығы саласындағы нормативтік құқықтық актілерді әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z210" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">27) алып тасталды - ҚР 29.09.2014 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 13-бапқа өзгерістер енгізілді - ҚР 2012.07.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 13.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 17.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi);</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 16.05.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 29.12.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 269-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2015 бастап қолданысқа енгізіледі); 27.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 424-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...184 lines deleted...]
-      32) осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14-бап. Облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарының құзыреті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z212" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:p>
-[...318 lines deleted...]
-    <w:bookmarkStart w:name="z213" w:id="125"/>
+    <w:bookmarkStart w:name="z213" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6093,71 +6207,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - ҚР 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z340" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) асыл тұқымды мал шаруашылығы саласындағы мемлекеттік саясатты іске асырады;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z340" w:id="126"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6294,51 +6408,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z217" w:id="127"/>
+    <w:bookmarkStart w:name="z217" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6353,52 +6467,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - ҚР 17.01.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 165-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z218" w:id="128"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z218" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6433,91 +6547,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z219" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) асыл тұқымды малдың, оның ішінде тектік қоры шектеулі тұқымдардың тектік қорын сақтауға және қалпына келтіруге бағытталған іс-шараларды субсидиялауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z219" w:id="129"/>
-[...15 lines deleted...]
-      7) асыл тұқымды малдың, оның ішінде тектік қоры шектеулі тұқымдардың тектік қорын сақтауға және қалпына келтіруге бағытталған іс-шараларды субсидиялауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z220" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) жергілікті мемлекеттік басқару мүддесінде жергілікті атқарушы органдарға Қазақстан Республикасының заңнамасымен жүктелген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z220" w:id="130"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6688,146 +6802,252 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16-бап. Асыл тұқымды мал шаруашылығы саласындағы мемлекеттiк бақылау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z231" w:id="131"/>
+    <w:bookmarkStart w:name="z231" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Асыл тұқымды мал шаруашылығы саласындағы мемлекеттiк бақылау – уәкілетті орган ведомствосының және оның аумақтық бөлімшелерінің лауазымды адамдарының Қазақстан Республикасы заңнамасының талаптарын жеке және заңды тұлғалардың сақтауын қамтамасыз етуге бағытталған іс-қимылдарының жиынтығы.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z232" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Асыл тұқымды мал шаруашылығы саласындағы мемлекеттік бақылау тексеру, бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау және бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нысанында жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z232" w:id="132"/>
-[...15 lines deleted...]
-      2. Асыл тұқымды мал шаруашылығы саласындағы мемлекеттік бақылау тексеру, бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау және бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нысанында жүзеге асырылады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексеру және бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау Қазақстан Республикасының Кәсіпкерлік кодексіне сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау Қазақстан Республикасының Кәсіпкерлік кодексіне және осы Заңға сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z341" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1. Бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...50 lines deleted...]
-    <w:bookmarkEnd w:id="133"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) тармақша жаңа редакцияда көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) ақпараттық жүйелерден; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7072,820 +7292,820 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бақылау субъектісіне (объектісіне) бармай профилактикалық бақылаудың жиілігі деректер мен ақпараттың келіп түсуіне қарай, бірақ айына бір реттен жиілетпей айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нәтижелері уәкілетті орган ведомствосының немесе оның аумақтық бөлімшесінің бақылау субъектісіне (объектісіне) бармай профилактикалық бақылауды тіркеудің арнаулы журналында есепке алуына жатады, ол нөмірленуге, тігілуге және уәкілетті орган ведомствосының немесе оның аумақтық бөлімшесінің мөрімен бекемделуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z234" w:id="134"/>
+    <w:bookmarkStart w:name="z234" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Асыл тұқымды мал шаруашылығы жөнiндегi мемлекеттік инспекторлар:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z98" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) асыл тұқымды мал шаруашылығы саласындағы субъектілердегі, бюджеттік субсидиялар алған жеке және заңды тұлғалардағы есепке алу мен есептіліктің жүргізілуіне мемлекеттік бақылауды жүзеге асыруға;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z98" w:id="135"/>
-[...15 lines deleted...]
-      1) асыл тұқымды мал шаруашылығы саласындағы субъектілердегі, бюджеттік субсидиялар алған жеке және заңды тұлғалардағы есепке алу мен есептіліктің жүргізілуіне мемлекеттік бақылауды жүзеге асыруға;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) алып тасталды - ҚР 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) алып тасталды - ҚР 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z225" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) асыл тұқымдық куәліктерде көрсетілген деректердің анықтығын тексеруге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">2) алып тасталды - ҚР 24.05.2018 </w:t>
+        <w:t xml:space="preserve">5) алып тасталды – ҚР 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z227" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Қазақстан Республикасының Әкімшілік құқық бұзушылық туралы кодексінде көзделген тәртіппен асыл тұқымды мал шаруашылығы саласындағы әкімшілік құқық бұзушылық туралы істерді қарауға және әкімшілік жазалар қолдануға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z228" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) нұсқамалар беруге және олардың орындалуын бақылауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z342" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1) бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нәтижелері бойынша анықталған бұзушылықтарды жою туралы ұсынымдар беруге және олардың орындалуын бақылауға құқылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) алып тасталды – ҚР 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z242" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Асыл тұқымды мал шаруашылығы жөнiндегi мемлекеттiк инспекторлардың өз құзыретi шегiндегі актілерiн асыл тұқымды мал шаруашылығы саласындағы субъектiлердiң, бюджеттік субсидиялар алған жеке және заңды тұлғалардың орындауы мiндеттi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z243" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Асыл тұқымды мал шаруашылығы жөнiндегi мемлекеттiк инспекторлардың әрекеттерiне (әрекетсiздiгіне) Қазақстан Республикасының заңдарында белгіленген тәртіппен шағым жасалуы мүмкiн.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 16-бапқа өзгерістер енгізілді - ҚР 2012.07.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 16.05.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 29.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 376-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 27.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 424-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2021 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...314 lines deleted...]
-      5. Асыл тұқымды мал шаруашылығы жөнiндегi мемлекеттiк инспекторлардың әрекеттерiне (әрекетсiздiгіне) Қазақстан Республикасының заңдарында белгіленген тәртіппен шағым жасалуы мүмкiн.</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16-1-бап. Асыл тұқымды мал шаруашылығы саласындағы мемлекеттiк реттеу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z245" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Асыл тұқымды мал шаруашылығы саласындағы мемлекеттiк реттеу:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
-    <w:p>
-[...338 lines deleted...]
-    <w:bookmarkStart w:name="z246" w:id="143"/>
+    <w:bookmarkStart w:name="z246" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7900,391 +8120,391 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - ҚР 2012.07.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 36-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z247" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) асыл тұқымды мал шаруашылығы саласында мемлекеттік бақылау жүргізу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z247" w:id="144"/>
-[...15 lines deleted...]
-      2) асыл тұқымды мал шаруашылығы саласында мемлекеттік бақылау жүргізу;</w:t>
+    <w:bookmarkStart w:name="z248" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасына сәйкес асыл тұқымды мал шаруашылығы саласында іргелі және қолданбалы сипаттағы ғылыми зерттеулер және малдың тектік қорын сақтау, дамыту және пайдалану бойынша селекция жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z248" w:id="145"/>
-[...15 lines deleted...]
-      3) Қазақстан Республикасының заңнамасына сәйкес асыл тұқымды мал шаруашылығы саласында іргелі және қолданбалы сипаттағы ғылыми зерттеулер және малдың тектік қорын сақтау, дамыту және пайдалану бойынша селекция жүргізу;</w:t>
+    <w:bookmarkStart w:name="z249" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) асыл тұқымды, оның ішінде тектік қоры шектеулі малдың тектік қорын сақтауға және қалпына келтіруге бағытталған іс-шараларды субсидиялау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z249" w:id="146"/>
-[...15 lines deleted...]
-      4) асыл тұқымды, оның ішінде тектік қоры шектеулі малдың тектік қорын сақтауға және қалпына келтіруге бағытталған іс-шараларды субсидиялау;</w:t>
+    <w:bookmarkStart w:name="z250" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) қазақстандық ауыл шаруашылығы тауарын өндірушілер үшін асыл тұқымдық өнімге (материалға) қолжетімділікті қамтамасыз етуге бағытталған іс-шараларды субсидиялау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z250" w:id="147"/>
-[...15 lines deleted...]
-      5) қазақстандық ауыл шаруашылығы тауарын өндірушілер үшін асыл тұқымдық өнімге (материалға) қолжетімділікті қамтамасыз етуге бағытталған іс-шараларды субсидиялау;</w:t>
+    <w:bookmarkStart w:name="z251" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) қазақстандық ауыл шаруашылығы тауарын өндірушілердің селекциялық және асыл тұқымдық жұмыс жүргізу жөніндегі іс-шараларын субсидиялау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z251" w:id="148"/>
-[...15 lines deleted...]
-      6) қазақстандық ауыл шаруашылығы тауарын өндірушілердің селекциялық және асыл тұқымдық жұмыс жүргізу жөніндегі іс-шараларын субсидиялау;</w:t>
+    <w:bookmarkStart w:name="z252" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) асыл тұқымды мал шаруашылығы саласындағы жетістіктерді сынақтан және байқаудан өткізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z252" w:id="149"/>
-[...15 lines deleted...]
-      7) асыл тұқымды мал шаруашылығы саласындағы жетістіктерді сынақтан және байқаудан өткізу;</w:t>
+    <w:bookmarkStart w:name="z253" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) асыл тұқымды жануарлардың республикалық тізілімін жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z253" w:id="150"/>
-[...15 lines deleted...]
-      8) асыл тұқымды жануарлардың республикалық тізілімін жүргізу;</w:t>
+    <w:bookmarkStart w:name="z254" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Қазақстан Республикасында пайдалануға ұсынылатын, асыл тұқымды мал шаруашылығы саласындағы селекциялық жетістіктердің мемлекеттік тізілімін жүргізу арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z254" w:id="151"/>
-[...15 lines deleted...]
-      9) Қазақстан Республикасында пайдалануға ұсынылатын, асыл тұқымды мал шаруашылығы саласындағы селекциялық жетістіктердің мемлекеттік тізілімін жүргізу арқылы жүзеге асырылады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 16-1-бапқа өзгерістер енгізілді - ҚР 2012.07.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 17.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); 19.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16-2-бап. Асыл тұқымды мал шаруашылығы саласындағы қызметтің басталғаны туралы хабарлама жасау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z256" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы бапта аталған жеке және заңды тұлғалар асыл тұқымды мал шаруашылығы саласындағы қызметті бастағанға дейін бұл жөнінде уәкілетті органды "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының Заңында белгіленген тәртіппен хабардар етуге міндетті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="151"/>
-    <w:p>
-[...178 lines deleted...]
-    <w:bookmarkStart w:name="z257" w:id="153"/>
+    <w:bookmarkStart w:name="z257" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8319,52 +8539,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z263" w:id="154"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z263" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8399,229 +8619,573 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңымен.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z308" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Асыл тұқымдық орталық ретінде қызметін бастағаны туралы уәкілетті органға хабарлама жасаған заңды тұлға:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z308" w:id="155"/>
-[...15 lines deleted...]
-      4. Асыл тұқымдық орталық ретінде қызметін бастағаны туралы уәкілетті органға хабарлама жасаған заңды тұлға:</w:t>
+    <w:bookmarkStart w:name="z309" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) меншік немесе жалға алу (кемінде үш жыл) немесе лизинг құқығында материалдық-техникалық базаға (асыл тұқымды тұқымдық жануарларды күтіп-ұстауға арналған үй-жайға, асыл тұқымды тұқымдық жануарлардың ұрығын төменгi температурада мұздатуға және сақтауға арналған зертханаға, ветеринариялық-санитариялық тексеру өткізетін орынға, карантиндік үй-жайға, изоляторға, зертханалық және криогендiк жабдыққа) иелік етуі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z309" w:id="156"/>
-[...15 lines deleted...]
-      1) меншік немесе жалға алу (кемінде үш жыл) немесе лизинг құқығында материалдық-техникалық базаға (асыл тұқымды тұқымдық жануарларды күтіп-ұстауға арналған үй-жайға, асыл тұқымды тұқымдық жануарлардың ұрығын төменгi температурада мұздатуға және сақтауға арналған зертханаға, ветеринариялық-санитариялық тексеру өткізетін орынға, карантиндік үй-жайға, изоляторға, зертханалық және криогендiк жабдыққа) иелік етуі;</w:t>
+    <w:bookmarkStart w:name="z310" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бонитирлеу және (немесе) индекстік бағалау жүргізуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z310" w:id="157"/>
-[...15 lines deleted...]
-      2) бонитирлеу және (немесе) индекстік бағалау жүргізуге;</w:t>
+    <w:bookmarkStart w:name="z311" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) асыл тұқымды тұқымдық жануарларға ұрпақ сапасы бойынша бағалау және (немесе) геномдық бағалау жүргізуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z311" w:id="158"/>
-[...15 lines deleted...]
-      3) асыл тұқымды тұқымдық жануарларға ұрпақ сапасы бойынша бағалау және (немесе) геномдық бағалау жүргізуге;</w:t>
+    <w:bookmarkStart w:name="z312" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) штатында тиісті мамандықтар бойынша қызметкерлерінің болуға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z312" w:id="159"/>
-[...15 lines deleted...]
-      4) штатында тиісті мамандықтар бойынша қызметкерлерінің болуға;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) асыл тұқымды жануарларға өз өнімділігі бойынша бағалау (сынақтар) жүргізуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z313" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хабарламаға мынадай құжаттар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
-    <w:p>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z313" w:id="160"/>
+    <w:bookmarkStart w:name="z235" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заңды тұлғаны (заңды тұлға үшін) мемлекеттік тіркеу (қайта тіркеу) туралы анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z236" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) объектіге ветеринариялық-санитариялық қорытындының және есепке алу нөмірінің берілгені туралы растаудың көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) алып тасталды – ҚР 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z238" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) асыл тұқымды тұқымдық жануарлардың болуын растайтын асыл тұқымдық куәліктердің көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z239" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өндірістік үй-жайлар кешендерінің (асыл тұқымды тұқымдық жануарларды күтіп-ұстауға арналған үй-жайдың, асыл тұқымды тұқымдық жануарлардың ұрығын төменгi температурада мұздатуға және сақтауға арналған зертхананың, ветеринариялық-санитариялық тексеру өткізетін орынның, карантиндік үй-жайдың, изолятордың, зертханалық және криогендiк жабдықтардың (Дьюар ыдысының), еріткіш термостаттың, су моншасының, микроскоптың, жылыту үстелінің, мұздатқыштың, асыл тұқымды материалды буып-түюге және таңбалауға арналған жабдықтардың) меншік құқығында болуын растайтын құқық белгілейтін құжаттардың немесе жалға алу (кемінде үш жыл) шартының немесе лизинг шартының көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z240" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) сәйкестендіру жүргізілгенін растайтын ветеринариялық паспорттар қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) алып тасталды – ҚР 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z318" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Дистрибьютерлік орталық ретінде қызметін бастағаны туралы уәкілетті органға хабарлама жасаған заңды тұлға:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z319" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) меншік немесе жалға алу (кемінде үш жыл) немесе лизинг құқығында материалдық-техникалық базаға (стационарлық биоқоймалары бар өндiрiстiк үй-жайларға, зертханалық және криогендiк жабдыққа) иелік етуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z320" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) штатында тиісті мамандықтар бойынша қызметкерлерінің болуы міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z321" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Хабарламаға мынадай құжаттар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z235" w:id="161"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z258" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заңды тұлғаны (заңды тұлға үшін) мемлекеттік тіркеу (қайта тіркеу) туралы анықтама;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z236" w:id="162"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z259" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) объектіге ветеринариялық-санитариялық қорытындының және есепке алу нөмірінің берілгені туралы растаудың көшірмелері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkEnd w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8670,883 +9234,635 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z238" w:id="163"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z261" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) стационарлық биоқоймалары бар өндiрiстiк үй-жайларды, зертханалық және криогендiк жабдықтарды қоса алғанда, материалдық-техникалық базаның (Дьюар ыдысының), еріткіш термостаттың, су моншасының, микроскоптың, жылыту үстелінің) меншік құқығында болуын растайтын құқық белгілейтін құжаттардың немесе жалға алу (кемінде үш жыл) шартының немесе лизинг шартының көшірмелері қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z322" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Малдың белгілі бір түрі және өнімділігінің бағыты бойынша бағалаушы (сыныптаушы) ретінде қызметін бастағаны туралы уәкілетті органға хабарлама жасаған жеке тұлға хабарламаға:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z323" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жеке куәлігінің;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z324" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "ауыл шаруашылығы және биоресурстар" немесе "ветеринария" бағыты бойынша білімі туралы дипломның;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z325" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жануардың тиісті түрі бойынша бонитерлерді (сыныптаушыларды) оқыту курсынан өткені туралы құжаттың көшірмелерін қоса береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z326" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Техник-ұрықтандырушы ретінде қызметін бастағаны туралы уәкілетті органға хабарлама жасаған жеке тұлға хабарламаға:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z327" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жеке куәлігінің;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z328" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "ауыл шаруашылығы және биоресурстар", "ветеринария" бағыты бойынша білімі туралы дипломның немесе техник-ұрықтандырушыны оқыту курстарынан өткені туралы құжаттың немесе осы бейін бойынша кемінде алты ай жұмыс өтілін растайтын құжаттың;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">7) алып тасталды – ҚР 10.10.2022 </w:t>
+        <w:t xml:space="preserve">3) алып тасталды – ҚР 10.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 144-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z330" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) материалдық-техникалық базаның (зертханалық үй-жайдың, бақылау-өлшеу аспаптарының, құрал-саймандардың, криогендiк жабдықтардың (Дьюар ыдысының), еріткіш термостаттың, су моншасының, микроскоптың, жылыту үстелінің, шприц-катетердің) меншік құқығында болуын растайтын құқық белгілейтін құжаттардың немесе жалға алу (кемінде бір жыл) шартының немесе лизинг шартының көшірмелерін қоса береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z331" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Эмбриондарды телу (ауыстырып салу) жөніндегі маман ретінде қызметін бастағаны туралы уәкілетті органға хабарлама жасаған жеке тұлға хабарламаға:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z332" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жеке куәлігінің;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z333" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "ауыл шаруашылығы және биоресурстар" немесе "ветеринария" бағыты бойынша білімі туралы дипломның;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z334" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) эмбриондарды транспланттау (ауыстырып салу) жөніндегі маманды оқыту курстарынан өткені туралы құжаттың;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z335" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) материалдық-техникалық базаның (зертханалық үй-жайдың, бақылау-өлшеу аспаптарының, құрал-саймандардың, криогендiк немесе технологиялық жабдықтардың (Дьюар ыдысының), еріткіш термостаттың, жылыту үстелінің, микроскоптың, шприцтің) меншік құқығында болуын растайтын құқық белгілейтін құжаттардың немесе жалға алу (кемінде бір жыл) шартының немесе лизинг шартының көшірмелерін қоса береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. Алып тасталды – ҚР 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...119 lines deleted...]
-    <w:bookmarkEnd w:id="171"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10-тармаққа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Осы бапта көзделген құжаттарды ұсыну оларда қамтылған ақпаратты мемлекеттік ақпараттық жүйелерден және (немесе) мәліметтер нысанынан алу мүмкін болған жағдайда, талап етілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z338" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құжаттар "электрондық үкімет" веб-порталы немесе "Азаматтарға арналған үкімет" мемлекеттік корпорациясы арқылы берілген кезде құжаттар электрондық нысанда ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...554 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 16-2-бап жаңа редакцияда - ҚР 2012.07.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 36-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен, өзгерістер енгізілді - ҚР 2012.12.24 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -9610,51 +9926,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 203-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 17.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 408-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.03.2016 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
@@ -9670,51 +9986,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 424-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі); 05.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 408-VI</w:t>
       </w:r>
       <w:r>
@@ -9835,972 +10151,972 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 16-3-баптың тақырыбына өзгеріс енгізілді – ҚР 10.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 144-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z267" w:id="188"/>
+    <w:bookmarkStart w:name="z267" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Асыл тұқымдық өнiм (материал) уәкілетті орган айқындаған тәртіппен селекциялық және асыл тұқымдық жұмыстың ақпараттық дерекқорында және (немесе) қағаз жеткізгіштерде есепке алынуға жатады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Асыл тұқымды жануарлардың республикалық тізіліміне уәкілетті орган айқындаған тәртіппен асыл тұқымды жануарлар туралы деректер енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z264" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Асыл тұқымды малдың шығу тегі, өнімділігі және өзге де сапалары бойынша неғұрлым құндылары туралы деректер асыл тұқымдық кітапқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z265" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Асыл тұқымдық кiтапқа және асыл тұқымды жануарлардың республикалық тізіліміне енгiзiлген деректер мүдделi тұлғалар үшiн қолжетiмдi болып табылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="188"/>
-    <w:p>
-[...33 lines deleted...]
-      Асыл тұқымды малдың шығу тегі, өнімділігі және өзге де сапалары бойынша неғұрлым құндылары туралы деректер асыл тұқымдық кітапқа енгізіледі.</w:t>
+    <w:bookmarkStart w:name="z268" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жануардың шығу тегін, өнімділік және өзге де сапаларын растау мақсатында жеке және заңды тұлғалар уәкілетті орган бекіткен тәртіппен және нысандар бойынша есепке алуды жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z265" w:id="190"/>
-[...15 lines deleted...]
-      Асыл тұқымдық кiтапқа және асыл тұқымды жануарлардың республикалық тізіліміне енгiзiлген деректер мүдделi тұлғалар үшiн қолжетiмдi болып табылады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 16-3-бап жаңа редакцияда - ҚР 27.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 424-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); өзгеріс енгізілді – ҚР 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16-4-бап. Асыл тұқымды мал шаруашылығын мемлекеттiк қолдау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z275" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Асыл тұқымды мал шаруашылығын мемлекеттiк қолдау бюджет қаражаты есебiнен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z268" w:id="191"/>
-[...15 lines deleted...]
-      Жануардың шығу тегін, өнімділік және өзге де сапаларын растау мақсатында жеке және заңды тұлғалар уәкілетті орган бекіткен тәртіппен және нысандар бойынша есепке алуды жүргізеді.</w:t>
+    <w:bookmarkStart w:name="z276" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттiк қолдаудың негiзгi нысаны:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z277" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) асыл тұқымды малдың, оның iшiнде тектiк қоры шектеулi тұқымдардың тектiк қорын сақтауға, дамытуға және қалпына келтiруге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z278" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қазақстандық ауыл шаруашылығы тауарын өндiрушiлер үшін асыл тұқымды өнiмге (материалға) қолжетімділікті қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z279" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қазақстандық ауыл шаруашылығы тауарын өндiрушiлердің селекциялық және асыл тұқымдық жұмыс жүргізуіне;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z399" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасының аумағында өсірілген мініс және мініс-жегін жылқылар тұқымдарының асыл тұқымды мал басын күтіп-бағуға жұмсалған шығындарды өтеуге бағытталған іс-шараларды субсидиялау болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z280" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Бюджет қаражаты есебінен жүзеге асырылатын асыл тұқымды мал шаруашылығын мемлекеттiк қолдау бағыттарын уәкілетті орган айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z281" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Асыл тұқымды мал шаруашылығы саласындағы ғылыми зерттеулер бағдарламаларын қаржыландыру Қазақстан Республикасының заңнамасында белгіленген тәртіппен бюджет қаражаты және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 16-3-бап жаңа редакцияда - ҚР 27.11.2015 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Ескерту. 16-4-бапқа өзгерістер енгізілді - ҚР 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); 09.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 123-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); 19.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16-5-бап. Асыл тұқымды мал шаруашылығы саласындағы ғылыми зерттеулер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z283" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Асыл тұқымды мал шаруашылығы саласындағы ғылыми зерттеулердi ауыл шаруашылығы бейiнiндегi Қазақстан Республикасының ғылыми ұйымдары жүзеге асырады. Аталған ұйымдар уәкiлеттi органмен бiрлесе отырып:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z284" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) асыл тұқымды мал шаруашылығы саласында мемлекеттiк ғылыми-техникалық бағдарламаларды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z285" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бонитирлеу жөніндегі нұсқаулықтарды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z286" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) асыл тұқымды өнiмдi (материалды) бағалау мен генетикалық бақылау үшін әдiстемелер мен техникалық құралдарды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z287" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) асыл тұқымды мал шаруашылығы саласында, оның ішінде селекциялық және асыл тұқымдық жұмыста ақпараттық қамтамасыз ету жүйелерiн;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) индекстік бағалау жүргізу қағидаларын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) молекулярлық генетикалық сараптама жүргізу қағидаларын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) асыл тұқымды тұқымдық жануарларға ұрпақ сапасы бойынша бағалау жүргізу қағидаларын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) асыл тұқымды жануарларға өз өнімділігі бойынша бағалау (сынақтар) жүргізу қағидаларын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) геномдық бағалау жүргізу қағидаларын әзірлеуді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 16-5-бапқа өзгеріс енгізілді - ҚР 27.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 424-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> енгізіледі); өзгеріс енгізілді – ҚР 10.10.2022 </w:t>
+        <w:t xml:space="preserve"> енгізіледі); 10.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 144-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z15" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...419 lines deleted...]
-      3) асыл тұқымды өнiмдi (материалды) бағалау мен генетикалық бақылау үшін әдiстемелер мен техникалық құралдарды;</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Асыл тұқымды мал шаруашылығын мемлекеттiк реттеу</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z287" w:id="204"/>
-[...228 lines deleted...]
-    <w:bookmarkEnd w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-тарау алып тасталды - ҚР 2012.01.12 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 540-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="206"/>
+    <w:bookmarkStart w:name="z21" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Асыл тұқымдық өнiмдi (материалды) тану және пайдалану</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkEnd w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-тараудың тақырыбы жаңа редакцияда - ҚР 27.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10870,1310 +11186,1310 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-бап. Асыл тұқымдық өнiмдi (материалды) тану</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Өнiмді (материалды) республикалық палата уәкілетті орган айқындаған тәртіппен асыл тұқымдық деп таниды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z119" w:id="207"/>
+    <w:bookmarkStart w:name="z119" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Заңның 9-бабы үшінші бөлігінің талаптарына сәйкес келген кезде импортталған асыл тұқымдық өнiм (материал) асыл тұқымды деп танылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 17-бап жаңа редакцияда - ҚР 2012.01.12 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 540-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР 27.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 424-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18-бап. Асыл тұқымдық өнімді (материалды) пайдалану және өткізу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z360" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Егер осы бапта өзгеше көзделмесе, асыл тұқымдық өнімді (материалды) пайдалану және өткізу уәкілетті орган айқындаған тәртіппен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z361" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ұрық мынадай шарттарға бір мезгілде сәйкес келген кезде:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="207"/>
-    <w:p>
-[...154 lines deleted...]
-      1. Егер осы бапта өзгеше көзделмесе, асыл тұқымдық өнімді (материалды) пайдалану және өткізу уәкілетті орган айқындаған тәртіппен жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z362" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ұрпақ сапасы және (немесе) геномдық бағалау бойынша бағаланған асыл тұқымды тұқымдық жануардан алынған;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z361" w:id="209"/>
-[...15 lines deleted...]
-      2. Ұрық мынадай шарттарға бір мезгілде сәйкес келген кезде:</w:t>
+    <w:bookmarkStart w:name="z363" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тиісті морфофункционалдық көрсеткіштері болған;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z362" w:id="210"/>
-[...15 lines deleted...]
-      1) ұрпақ сапасы және (немесе) геномдық бағалау бойынша бағаланған асыл тұқымды тұқымдық жануардан алынған;</w:t>
+    <w:bookmarkStart w:name="z364" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) генетикалық детерминделген аурулары болмаған;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z363" w:id="211"/>
-[...15 lines deleted...]
-      2) тиісті морфофункционалдық көрсеткіштері болған;</w:t>
+    <w:bookmarkStart w:name="z365" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сәйкестендіруге мүмкіндік беретін таңбалауы болған кезде пайдаланылады және өткізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z364" w:id="212"/>
-[...15 lines deleted...]
-      3) генетикалық детерминделген аурулары болмаған;</w:t>
+    <w:bookmarkStart w:name="z366" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Эмбрион мынадай шарттарға бір мезгілде сәйкес келген кезде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z365" w:id="213"/>
-[...15 lines deleted...]
-      4) сәйкестендіруге мүмкіндік беретін таңбалауы болған кезде пайдаланылады және өткізіледі.</w:t>
+    <w:bookmarkStart w:name="z367" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) асыл тұқымды жануарлардан алынған;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z366" w:id="214"/>
-[...15 lines deleted...]
-      3. Эмбрион мынадай шарттарға бір мезгілде сәйкес келген кезде:</w:t>
+    <w:bookmarkStart w:name="z368" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) генетикалық детерминделген аурулары болмаған;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z367" w:id="215"/>
-[...15 lines deleted...]
-      1) асыл тұқымды жануарлардан алынған;</w:t>
+    <w:bookmarkStart w:name="z369" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) асыл тұқымдық куәлігі болған;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z368" w:id="216"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z370" w:id="218"/>
+    <w:bookmarkStart w:name="z370" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) сәйкестендіруге мүмкіндік беретін таңбалауы болған кезде пайдаланылады және өткізіледі. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z371" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Ені (таңбалауы) жоқ асыл тұқымдық өнімді (материалды) өткізуге жол берілмейді. Асыл тұқымды жануар асыл тұқымдық мақсатқа өткізілген кезде асыл тұқымды жануардың асыл тұқымдық куәлігі де болуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z372" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Тұқымның өсімін молайту үшін осы Заңның 19 және 20-баптарында көзделген талаптарға сәйкес келетін асыл тұқымды жануарлар ғана пайдаланылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z371" w:id="219"/>
-[...15 lines deleted...]
-      4. Ені (таңбалауы) жоқ асыл тұқымдық өнімді (материалды) өткізуге жол берілмейді. Асыл тұқымды жануар асыл тұқымдық мақсатқа өткізілген кезде асыл тұқымды жануардың асыл тұқымдық куәлігі де болуға тиіс.</w:t>
+    <w:bookmarkStart w:name="z373" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Асыл тұқымды жануарлар алынған шаруашылықтар туралы деректерді сақтау мақсатында зауытшылар туралы мәліметтер асыл тұқымдық куәліктерде көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z372" w:id="220"/>
-[...15 lines deleted...]
-      5. Тұқымның өсімін молайту үшін осы Заңның 19 және 20-баптарында көзделген талаптарға сәйкес келетін асыл тұқымды жануарлар ғана пайдаланылады.</w:t>
+    <w:bookmarkStart w:name="z374" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Жануарлардың тұқымдық және өнімділік сапаларын жақсарту мақсатында ауыл шаруашылығы тауарын өндіруші:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z373" w:id="221"/>
-[...15 lines deleted...]
-      6. Асыл тұқымды жануарлар алынған шаруашылықтар туралы деректерді сақтау мақсатында зауытшылар туралы мәліметтер асыл тұқымдық куәліктерде көрсетіледі.</w:t>
+    <w:bookmarkStart w:name="z375" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы баптың 2-тармағының 1) және 2) тармақшаларында белгіленген талаптарға сәйкес келетін жаңадан алынған ұрықты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z374" w:id="222"/>
-[...15 lines deleted...]
-      7. Жануарлардың тұқымдық және өнімділік сапаларын жақсарту мақсатында ауыл шаруашылығы тауарын өндіруші:</w:t>
+    <w:bookmarkStart w:name="z376" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы баптың 3-тармағының 1) тармақшасында белгіленген талапқа сәйкес келетін жаңадан алынған эмбрионды пайдалануға құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z375" w:id="223"/>
-[...15 lines deleted...]
-      1) осы баптың 2-тармағының 1) және 2) тармақшаларында белгіленген талаптарға сәйкес келетін жаңадан алынған ұрықты;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың бірінші бөлігі 1) тармақшасының талабы асыл тұқымды тұқымдық жануарды меншік құқығында немесе өзге де заңды негізде иелік ететін ауыл шаруашылығы тауарын өндірушіге қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 18-бап жаңа редакцияда – ҚР 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-бап. Асыл тұқымды жануарларды бонитирлеу және индекстік бағалау</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер Қазақстан Республикасының асыл тұқымды мал шаруашылығы саласындағы заңнамасында өзгеше көзделмесе, асыл тұқымды жануарлар бонитирлеуге және (немесе) индекстік бағалауға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бонитирлеуден және (немесе) индекстік бағалаудан өтпеген асыл тұқымды жануарларды асыл тұқымдық мақсаттарға өткізуге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 19-бап жаңа редакцияда – ҚР 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20-бап. Асыл тұқымдық орталықтарда күтіп-ұсталатын асыл тұқымды тұқымдық жануарларды бағалау</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Асыл тұқымдық орталықтарда күтіп-ұсталатын, ұрығы таза тұқымды және асыл тұқымды жануарлар алу үшін пайдаланылатын асыл тұқымды тұқымдық жануарлар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бонитирлеуге және (немесе) индекстік бағалауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ұрпақ сапасы бойынша бағалауға және (немесе) геномдық бағалауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      асыл тұқымды жануарларды өз өнімділігі бойынша бағалауға (сынақтарға) жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 20-бап жаңа редакцияда – ҚР 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20-1-бап. Молекулярлық генетикалық сараптама </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z377" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Молекулярлық генетикалық сараптама мамандандырылған зертханаларда жүзеге асырылады, олар оның нәтижелерін селекциялық және асыл тұқымдық жұмыстың ақпараттық дерекқорына енгізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z376" w:id="224"/>
-[...401 lines deleted...]
-    <w:bookmarkEnd w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Асыл тұқымды мал шаруашылығы саласындағы қызметті жүзеге асыратын жеке немесе заңды тұлғалар молекулярлық генетикалық сараптамаға тапсырыс берушілер болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z378" w:id="226"/>
+    <w:bookmarkStart w:name="z378" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Молекулярлық генетикалық сараптаманың теріс қорытындысын алу тапсырыс берушіні молекулярлық генетикалық сараптама жүргізу үшін басқа мамандандырылған зертханаларға қайта жүгіну құқығынан айырмайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z379" w:id="227"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z379" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Тапсырыс берушінің:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z380" w:id="228"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z380" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) молекулярлық генетикалық сараптама жүргізудің кез келген кезеңінде өтінімді кері қайтарып алуға; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z381" w:id="229"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z381" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) молекулярлық генетикалық сараптама жүргізу барысында туындайтын мәселелерді қарауға қатысуға құқығы бар. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z382" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Тапсырыс беруші:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z383" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жануардың биологиялық материалдарының үлгілерін іріктеуге және мамандандырылған зертханаға жеткізуге;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z382" w:id="230"/>
-[...15 lines deleted...]
-      4. Тапсырыс беруші:</w:t>
+    <w:bookmarkStart w:name="z384" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) молекулярлық генетикалық сараптама жүргізу үшін мамандандырылған зертханаға берілетін жануардың биологиялық материалдары үлгілерінің жиналуын бақылауға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z383" w:id="231"/>
-[...15 lines deleted...]
-      1) жануардың биологиялық материалдарының үлгілерін іріктеуге және мамандандырылған зертханаға жеткізуге;</w:t>
+    <w:bookmarkStart w:name="z385" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) молекулярлық генетикалық сараптама жүргізу үшін іріктелген жануардың биологиялық материалдарының үлгілерін абайсызда немесе қасақана ауыстыру жағдайларын болғызбауды қамтамасыз етуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z384" w:id="232"/>
-[...15 lines deleted...]
-      2) молекулярлық генетикалық сараптама жүргізу үшін мамандандырылған зертханаға берілетін жануардың биологиялық материалдары үлгілерінің жиналуын бақылауға;</w:t>
+    <w:bookmarkStart w:name="z386" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ілеспе құжаттаманы тиісті түрде ресімдеуге және мамандандырылған зертханаға ұсынуға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z385" w:id="233"/>
-[...15 lines deleted...]
-      3) молекулярлық генетикалық сараптама жүргізу үшін іріктелген жануардың биологиялық материалдарының үлгілерін абайсызда немесе қасақана ауыстыру жағдайларын болғызбауды қамтамасыз етуге;</w:t>
+    <w:bookmarkStart w:name="z387" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) қаптамалардағы жазбалар мен сәйкестендіргіштердің және ұсынылып отырған барлық ілеспе құжаттардың көрсетілген сәйкестендіргіштері бар нақты жануарларға сәйкес келуіне кепілдік беруге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z386" w:id="234"/>
-[...15 lines deleted...]
-      4) ілеспе құжаттаманы тиісті түрде ресімдеуге және мамандандырылған зертханаға ұсынуға;</w:t>
+    <w:bookmarkStart w:name="z388" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) молекулярлық генетикалық сараптама жүргізу құнын, оның ішінде молекулярлық генетикалық сараптаманың теріс қорытындысын алған жағдайда да төлеуге міндетті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z387" w:id="235"/>
-[...15 lines deleted...]
-      5) қаптамалардағы жазбалар мен сәйкестендіргіштердің және ұсынылып отырған барлық ілеспе құжаттардың көрсетілген сәйкестендіргіштері бар нақты жануарларға сәйкес келуіне кепілдік беруге;</w:t>
+    <w:bookmarkStart w:name="z389" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Тапсырыс беруші осы баптың 4-тармағының 1) – 5) тармақшаларында және молекулярлық генетикалық сараптама жүргізуге арналған шартта көзделген міндеттерді орындамаған жағдайда, мамандандырылған зертхананың көрсетілетін қызметтерді ұсынудан толық көлемде не ішінара бас тартуға құқығы бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z388" w:id="236"/>
-[...15 lines deleted...]
-      6) молекулярлық генетикалық сараптама жүргізу құнын, оның ішінде молекулярлық генетикалық сараптаманың теріс қорытындысын алған жағдайда да төлеуге міндетті.</w:t>
+    <w:bookmarkStart w:name="z390" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Мамандандырылған зертхана:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z389" w:id="237"/>
-[...15 lines deleted...]
-      5. Тапсырыс беруші осы баптың 4-тармағының 1) – 5) тармақшаларында және молекулярлық генетикалық сараптама жүргізуге арналған шартта көзделген міндеттерді орындамаған жағдайда, мамандандырылған зертхананың көрсетілетін қызметтерді ұсынудан толық көлемде не ішінара бас тартуға құқығы бар.</w:t>
+    <w:bookmarkStart w:name="z391" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) молекулярлық генетикалық сараптама жүргізуге арналған шартта белгіленген мерзімде толық көлемде қызметтерді көрсетуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z390" w:id="238"/>
-[...15 lines deleted...]
-      6. Мамандандырылған зертхана:</w:t>
+    <w:bookmarkStart w:name="z392" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) молекулярлық генетикалық сараптама жүргізуге арналған шарт бойынша өз міндеттемелерін үшінші тұлғаларға бермеуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z391" w:id="239"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z393" w:id="241"/>
+    <w:bookmarkStart w:name="z393" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) тапсырыс берушіге оның талабы бойынша молекулярлық генетикалық сараптаманың жүргізілу барысы туралы барлық мәліметтерді хабарлауға; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z394" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) егер молекулярлық генетикалық сараптама жүргізуге арналған шартта көзделген міндеттемелерді сапалы және мерзімінде орындау мүмкін болмаса және бұл тапсырыс беруші тарапынан қажетті шаралар қолдануды қажет етсе, тапсырыс берушіге дереу хабар беруге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z395" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Молекулярлық генетикалық сараптамаға тапсырыс беруші мен мамандандырылған зертхананың Қазақстан Республикасының заңнамасында және молекулярлық генетикалық сараптама жүргізуге арналған шартта көзделген өзге де құқықтары мен міндеттері болады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z394" w:id="242"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12247,468 +12563,468 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 21-бап алынып тасталды – ҚР 2006.01.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2006 бастап қолданысқа енгiзiледi) Заңымен. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="244"/>
+    <w:bookmarkStart w:name="z27" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  5-тарау. Асыл тұқымды мал шаруашылығы саласындағы субъектiлердiң қызметiн ұйымдастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkEnd w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">22-бап. Асыл тұқымды мал шаруашылығы саласындағы субъектiлер </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Асыл тұқымды мал шаруашылығы саласындағы қызметтi жеке және заңды тұлғалар жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z146" w:id="245"/>
+    <w:bookmarkStart w:name="z146" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Асыл тұқымды мал шаруашылығы саласындағы субъектiлер осы Заңның 16-3-бабының бірінші бөлігіне сәйкес деректерді есепке алуды жүргізеді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Асыл тұқымдық орталықтар, дистрибьютерлік орталықтар және республикалық палаталар уәкілетті орган айқындаған тәртіппен есептілік ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 22-бапқа өзгеріс енгізілді - ҚР 2001.12.14 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 269</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2004.12.20 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2005.01.01 бастап қолданысқа енгiзiледi), 2006.01.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2006.01.01 бастап қолданысқа енгiзiледi), 2012.01.12 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 540-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23-бап. Асыл тұқымды мал шаруашылығы саласындағы субъектiлердiң түрлерi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Асыл тұқымды мал шаруашылығы саласындағы субъектiлерге:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z126" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) асыл тұқымдық орталықтар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z128" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) дистрибьютерлiк орталықтар;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="245"/>
-    <w:p>
-[...210 lines deleted...]
-      1) асыл тұқымдық орталықтар;</w:t>
+    <w:bookmarkStart w:name="z129" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бонитерлер (сыныптаушылар);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z128" w:id="247"/>
-[...15 lines deleted...]
-      2) дистрибьютерлiк орталықтар;</w:t>
+    <w:bookmarkStart w:name="z132" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) техник-ұрықтандырушылар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z129" w:id="248"/>
-[...15 lines deleted...]
-      3) бонитерлер (сыныптаушылар);</w:t>
+    <w:bookmarkStart w:name="z133" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) эмбриондарды транспланттау (ауыстырып салу) жөніндегі мамандар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z132" w:id="249"/>
-[...15 lines deleted...]
-      4) техник-ұрықтандырушылар;</w:t>
+    <w:bookmarkStart w:name="z134" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) республикалық палаталар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z133" w:id="250"/>
-[...15 lines deleted...]
-      5) эмбриондарды транспланттау (ауыстырып салу) жөніндегі мамандар;</w:t>
+    <w:bookmarkStart w:name="z396" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) асыл тұқымды мал шаруашылығы саласындағы қызметті жүзеге асыратын жеке және заңды тұлғалар жатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z134" w:id="251"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12990,291 +13306,291 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Асыл тұқымдық орталықтар қызметiнiң негiзгi бағыттары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z159" w:id="253"/>
+    <w:bookmarkStart w:name="z159" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) асыл тұқымды тұқымдық жануарлардың ұрығын, эмбриондарды алу, жинақтау, сатып алу, сақтау мен өткізу және оларды селекциялық және асыл тұқымдық жұмыстың ақпарат қорында тіркеу;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) алып тасталды – ҚР 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) алып тасталды – ҚР 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) алып тасталды – ҚР 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z163" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) асыл тұқымды тұқымдық жануарлардың ұрығын және эмбриондарды пайдалану нәтижелерiн есепке алу, олар туралы деректер банкiн жүргiзу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z164" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) тектiк қормен алмасуды жүзеге асыру болып табылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="253"/>
-    <w:p>
-[...219 lines deleted...]
-    <w:bookmarkStart w:name="z202" w:id="256"/>
+    <w:bookmarkStart w:name="z202" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13309,70 +13625,70 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkEnd w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Асыл тұқымды тұқымдық жануарлардың ұрығын, эмбриондарды алуды, жинақтауды, сатып алуды, сақтауды және өткізуді асыл тұқымдық орталықтар осы Заңның талаптарына сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z165" w:id="257"/>
+    <w:bookmarkStart w:name="z165" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13407,545 +13723,545 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 26-бап жаңа редакцияда - ҚР 2001.12.14 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 269</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен, өзгерістер енгізілді - ҚР 2008.07.05. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 62-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгiзiлу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз), 2012.01.12 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 540-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 17.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 165-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 27.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 424-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>27-бап. Дистрибьютерлік орталықтар қызметінің негізгі бағыттары</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дистрибьютерлік орталықтар қызметінің негізгі бағыттары асыл тұқымды тұқымдық жануарлардың ұрығын, эмбриондарды сатып алу, сақтау мен өткізу және оларды селекциялық және асыл тұқымдық жұмыстың ақпарат қорында тіркеу болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Асыл тұқымды тұқымдық жануарлардың ұрығын, эмбриондарды сатып алуды, сақтауды және өткізуді дистрибьютерлік орталықтар осы Заңның талаптарына сәйкес жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 27-бап жаңа редакцияда - ҚР 2012.01.12 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 540-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР 27.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 424-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>28-бап. Бағалаушылар (сыныптаушылар), техник-ұрықтандырушылар және эмбриондарды телу (ауыстырып салу) жөніндегі мамандар қызметiнiң негiзгi бағыттары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z397" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Бонитерлер (сыныптаушылар) қызметiнiң негiзгi бағыттары бонитирлеу жүргізу болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z141" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Техник-ұрықтандырушы қызметiнiң негiзгi бағыттары жануарларды қолдан ұрықтандыру жөніндегі қызметтерді көрсету болып табылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="257"/>
-    <w:p>
-[...429 lines deleted...]
-      1. Бонитерлер (сыныптаушылар) қызметiнiң негiзгi бағыттары бонитирлеу жүргізу болып табылады.</w:t>
+    <w:bookmarkStart w:name="z142" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Эмбриондарды транспланттау (ауыстырып салу) жөніндегі мамандар қызметiнiң негiзгi бағыттары асыл тұқымды жануарлардың эмбриондарын алу, криоконсервациялау және транспланттау (ауыстырып салу) жөніндегі қызметтерді көрсету болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z141" w:id="259"/>
-[...15 lines deleted...]
-      2. Техник-ұрықтандырушы қызметiнiң негiзгi бағыттары жануарларды қолдан ұрықтандыру жөніндегі қызметтерді көрсету болып табылады.</w:t>
+    <w:bookmarkStart w:name="z398" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Бонитер (сыныптаушы), техник-ұрықтандырушы және эмбриондарды транспланттау (ауыстырып салу) жөніндегі маман уәкілетті орган айқындаған тәртіпке сәйкес біліктілікті арттыру курстарынан өтеді және біліктілікті арттыру курстарынан өткені туралы сертификат алады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z142" w:id="260"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14156,1361 +14472,1361 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>28-2-бап. Республикалық палата</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z150" w:id="262"/>
+    <w:bookmarkStart w:name="z150" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Республикалық палата асыл тұқымды жануарларды өсiрудi және (немесе) өсімін молайтуды жүзеге асыратын жеке және заңды тұлғалардың мүдделерiн білдіру және қорғау үшiн құрылатын және жұмыс істейтін, коммерциялық емес, өзiн-өзi қаржыландыратын ұйым болып табылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z135" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Республикалық палата заңды тұлға болып табылады және Қазақстан Республикасының заңнамасында көзделген тәртiппен әдiлет органдарында тiркеледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z136" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Республикалық палата облыстардың, республикалық маңызы бар қалалардың, астананың аумағында өзінің құрылымдық бөлімшелерін (филиалдары мен өкілдіктерін) құруға құқылы.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z135" w:id="263"/>
-[...15 lines deleted...]
-      2. Республикалық палата заңды тұлға болып табылады және Қазақстан Республикасының заңнамасында көзделген тәртiппен әдiлет органдарында тiркеледi.</w:t>
+    <w:bookmarkStart w:name="z137" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Республикалық палатаның қызметi Қазақстан Республикасының заңдарымен және палатаның алқалы органы қабылдаған жарғымен реттеледi.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z136" w:id="264"/>
-[...15 lines deleted...]
-      3. Республикалық палата облыстардың, республикалық маңызы бар қалалардың, астананың аумағында өзінің құрылымдық бөлімшелерін (филиалдары мен өкілдіктерін) құруға құқылы.</w:t>
+    <w:bookmarkStart w:name="z138" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Қазақстан Республикасының аумағында ірi қара малдың әр тұқымы бойынша ірі қара малдың тиісті тұқымы жөніндегі бiр республикалық палата құрылады және жұмыс істейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z137" w:id="265"/>
-[...15 lines deleted...]
-      4. Республикалық палатаның қызметi Қазақстан Республикасының заңдарымен және палатаның алқалы органы қабылдаған жарғымен реттеледi.</w:t>
+    <w:bookmarkStart w:name="z139" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының аумағында қой шаруашылығы және жылқы шаруашылығы республикалық палаталары қойлардың және жылқылардың әр өнімділік бағыты бойынша біреуден құрылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z138" w:id="266"/>
-[...15 lines deleted...]
-      5. Қазақстан Республикасының аумағында ірi қара малдың әр тұқымы бойынша ірі қара малдың тиісті тұқымы жөніндегі бiр республикалық палата құрылады және жұмыс істейді.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының аумағында құстардың барлық түрі мен өнімділік бағыттарына бір құс шаруашылығы республикалық палатасы құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z140" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының аумағында түйе шаруашылығы, шошқа шаруашылығы, ешкі шаруашылығы, марал шаруашылығы (бұғы шаруашылығы), қоян шаруашылығы, аң шаруашылығы, бал ара шаруашылығы, балық өсіру шаруашылығы республикалық палаталары жануардың әр түрі бойынша біреуден құрылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z139" w:id="267"/>
-[...15 lines deleted...]
-      Қазақстан Республикасының аумағында қой шаруашылығы және жылқы шаруашылығы республикалық палаталары қойлардың және жылқылардың әр өнімділік бағыты бойынша біреуден құрылады.</w:t>
+    <w:bookmarkStart w:name="z143" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Егер ірі қара малдың бір тұқымы бойынша немесе қой мен жылқының өнімділік бағыттары бойынша асыл тұқымды жануарларды өсіруді жүзеге асыратын жеке және заңды тұлғалардың мүдделері ірі қара малдың өнімділік бағыттары бойынша немесе қой мен жылқының өнімділік бағыттары бойынша республикалық палатада білдірілсе, жекелеген республикалық палатаны құру ірі қара малдың өнімділік бағыттары бойынша немесе қой мен жылқының өнімділік бағыттары бойынша жұмыс істеп тұрған республикалық палатаны қайта ұйымдастыру (бөлу, бөліп шығару нысанында) арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қазақстан Республикасының аумағында құстардың барлық түрі мен өнімділік бағыттарына бір құс шаруашылығы республикалық палатасы құрылады.</w:t>
-[...18 lines deleted...]
-      Қазақстан Республикасының аумағында түйе шаруашылығы, шошқа шаруашылығы, ешкі шаруашылығы, марал шаруашылығы (бұғы шаруашылығы), қоян шаруашылығы, аң шаруашылығы, бал ара шаруашылығы, балық өсіру шаруашылығы республикалық палаталары жануардың әр түрі бойынша біреуден құрылады.</w:t>
+      Ірі қара малдың өнімділік бағыттары бойынша немесе қой мен жылқының өнімділік бағыттары бойынша республикалық палатаны қайта ұйымдастыру (бөлу, бөліп шығару нысанында) үшін республикалық палата мүшелерінің жалпы жиналысында шығарылған және республикалық палата мүшелерінің кемінде елу пайыз дауысын алған, ірі қара малдың бір тұқымы бойынша немесе қой мен жылқының өнімділік бағыттары бойынша асыл тұқымды жануарларды өсіруді жүзеге асыратын жеке және заңды тұлғалардың мүдделерін білдіретін республикалық палатаның кемінде үш мүшесінің және республикалық палата кеңесінің кемінде бір мүшесінің бірлескен шешімі негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z144" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Республикалық палатаның кірісін (мүлкін) қалыптастыру көздері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z143" w:id="269"/>
-[...15 lines deleted...]
-      6. Егер ірі қара малдың бір тұқымы бойынша немесе қой мен жылқының өнімділік бағыттары бойынша асыл тұқымды жануарларды өсіруді жүзеге асыратын жеке және заңды тұлғалардың мүдделері ірі қара малдың өнімділік бағыттары бойынша немесе қой мен жылқының өнімділік бағыттары бойынша республикалық палатада білдірілсе, жекелеген республикалық палатаны құру ірі қара малдың өнімділік бағыттары бойынша немесе қой мен жылқының өнімділік бағыттары бойынша жұмыс істеп тұрған республикалық палатаны қайта ұйымдастыру (бөлу, бөліп шығару нысанында) арқылы жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z145" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) республикалық палата мүшелерінен жарналардың түсуі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="269"/>
-    <w:p>
-[...33 lines deleted...]
-      7. Республикалық палатаның кірісін (мүлкін) қалыптастыру көздері:</w:t>
+    <w:bookmarkStart w:name="z148" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) асыл тұқымдық куәліктерді беру бойынша қызметтер көрсетуден алынған кірістер (бланкінің құны);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z145" w:id="271"/>
-[...15 lines deleted...]
-      1) республикалық палата мүшелерінен жарналардың түсуі;</w:t>
+    <w:bookmarkStart w:name="z151" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ерікті мүліктік жарналар мен қайырмалдықтар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z148" w:id="272"/>
-[...15 lines deleted...]
-      2) асыл тұқымдық куәліктерді беру бойынша қызметтер көрсетуден алынған кірістер (бланкінің құны);</w:t>
+    <w:bookmarkStart w:name="z152" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасының заңнамасымен тыйым салынбаған басқа да көздер болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z151" w:id="273"/>
-[...15 lines deleted...]
-      3) ерікті мүліктік жарналар мен қайырмалдықтар;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Заң 28-2-баппен толықтырылды - ҚР 2012.01.12 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 540-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР 27.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 424-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); өзгеріс енгізілді – ҚР 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>28-3-бап. Республикалық палатаның құрылымы мен өкілеттіктері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z168" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Республикалық палатаның құрылымы селекциялық және асыл тұқымдық жұмысты жүргізу мен үйлестіруге бірлесіп жауап беретін алқалы органнан, республикалық палата кеңесінен және атқарушы органнан тұрады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z152" w:id="274"/>
-[...15 lines deleted...]
-      4) Қазақстан Республикасының заңнамасымен тыйым салынбаған басқа да көздер болып табылады.</w:t>
+    <w:bookmarkStart w:name="z153" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Алқалы орган – республикалық палата мүшелерінің жиналысы, ол жоғары басқару органы болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z154" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алқалы орган республикалық палатаны дамытудың стратегиялық бағыттары бойынша шешімдерді айқындайды және қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алқалы орган жылына бір реттен сиретпей шақырылады. Алқалы органның кезектен тыс жиналысы республикалық палата мүшелері жалпы санының кемінде үштен екісінің талап етуі бойынша шақырылуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z155" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Республикалық палатаның жарғысына сәйкес республикалық палата кеңесін үш жыл мерзімге алқалы орган сайлайды және ол республикалық палата мүшелерінің мүдделерін білдіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Республикалық палата кеңесінің құрамы алқалы органның шешімімен қайта сайлануы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Республикалық палата кеңесінің құрамы жыл сайын үштен біріне жаңартылып отырады, республикалық палата кеңесінің төрағасы үш жылда бір рет сайланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Республикалық палата кеңесінің құрамын қалыптастыру кезінде өңірлердің тең өкілдігі қамтамасыз етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z156" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Республикалық палата кеңесі Қазақстан Республикасының заңдарында және республикалық палатаның жарғысында белгіленген құзыретке сәйкес республикалық палата қызметіне жалпы басшылықты және оны басқаруды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z157" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Республикалық палата кеңесінің құрамына ауыл шаруашылығы бейініндегі Қазақстан Республикасы ғылыми ұйымдарының өкілдері және республикалық палата мүшелері кіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z166" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Республикалық палата кеңесінің төрағасы республикалық палата кеңесі мүшелерінің арасынан сайланады және оны алқалы орган бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сол бір адам республикалық палата кеңесінің төрағасы болып қатарынан екі реттен артық сайлана алмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z200" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Республикалық палата кеңесінің отырысы республикалық палата жарғысына сәйкес белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z269" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Республикалық палата кеңесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z270" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жұмыс регламентін айқындайды және атқарушы органның қаржылық-шаруашылық қызметін бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z271" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) республикалық палатаның бюджетін бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z272" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) алқалы органға тарифтік саясатқа өзгерістер енгізуді ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z273" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) алқалы органға атқарушы директор кандидатурасын бекітуге ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z291" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Қазақстан Республикасының заңнамасына қайшы келмейтін өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z292" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Атқарушы орган:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z293" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) уәкілетті орган бекіткен тәртіппен асыл тұқымдық өнім (материал) мәртебесін беру (тоқтата тұру, күшін жою) арқылы асыл тұқымды мал шаруашылығының таңдалған бағытына қарай асыл тұқымды мал басын есепке алуды ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) уәкілетті орган айқындаған тәртіппен асыл тұқымдық өнім (материал) мәртебесін беру (тоқтата тұру, күшін жою) арқылы бірінші санатты етті бағыттағы асыл тұқымды ірі қара малды және екінші санатты етті бағыттағы асыл тұқымды ірі қара малды есепке алуды ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z294" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бонитирлеу жөніндегі нұсқаулыққа және (немесе) индекстік бағалау жүргізу қағидаларына және (немесе) асыл тұқымды тұқымдық жануарларға ұрпақ сапасы бойынша бағалау жүргізу қағидаларына және (немесе) геномдық бағалау жүргізу қағидаларына және (немесе) асыл тұқымды жануарларға өз өнімділігі бойынша бағалау (сынақтар) жүргізу қағидаларына сәйкес асыл тұқымды жануарлардың, оның ішінде асыл тұқымды тұқымдық жануарлардың асыл тұқымдық құндылығын айқындау жөніндегі іс-шараларды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z298" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) уәкілетті орган бекіткен тәртіппен асыл тұқымды өнімге (материалға) асыл тұқымдық куәліктер беруді (жоюды) жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z299" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) импортталған асыл тұқымдық өнімге (материалға) экспорттаушы елдердің құзыретті органдары берген асыл тұқымдық куәлікті немесе оған балама құжатты уәкілетті орган бекіткен тәртіппен тануды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Заң 28-2-баппен толықтырылды - ҚР 2012.01.12 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) алып тасталды – ҚР 10.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z301" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) таза қанды және таза тұқымды жануарлар бойынша асыл тұқымдық кітаптарды бөлек жүргізеді және басып шығарады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z302" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) бонитирлеу, индекстік бағалау, асыл тұқымды тұқымдық жануарларды ұрпақ сапасы бойынша бағалау, геномдық бағалау, асыл тұқымды жануарларды өз өнімділігі бойынша бағалау (сынақтар) деректеріне мониторингті жүзеге асырады, сондай-ақ мүдделі тұлғаларға оның нәтижелері туралы хабар береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z303" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) алқалы органмен келісу бойынша тұқым стандартын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z344" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-1) асыл тұқымды жануарлардың республикалық тізіліміне енгізу үшін уәкілетті орган бекіткен нысан бойынша асыл тұқымды жануарлар тізілімін жүргізеді және оның деректерін уәкілетті органға ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z304" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Қазақстан Республикасының заңнамасына қайшы келмейтін өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z305" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Асыл тұқымдық өнімге (материалға) мәртебе мен асыл тұқымдық куәлік беруді – республикалық палатаға мүшелігіне қарамастан, жеке және (немесе) заңды тұлғаның өтініші негізінде республикалық палата жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Заң 28-3-баппен толықтырылды - ҚР 2012.01.12 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 540-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР 27.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 424-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі); өзгеріс енгізілді – ҚР 10.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 144-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z169" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...660 lines deleted...]
-      9) Қазақстан Республикасының заңнамасына қайшы келмейтін өзге де өкілеттіктерді жүзеге асырады.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-тарау. Ауыл шаруашылығы малын қолдан ұрықтандыру және эмбриондарды телу</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z305" w:id="299"/>
-[...158 lines deleted...]
-    <w:bookmarkEnd w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 6-тарау алып тасталды - ҚР 2001.12.14 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 269</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="301"/>
+    <w:bookmarkStart w:name="z36" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-тарау. Асыл тұқымды мал шаруашылығы саласындағы дауларды шешу және оның қызметiн жүзеге асыру кезiндегi жауаптылық</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkEnd w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">30-бап. Асыл тұқымды мал шаруашылығы саласындағы қызметтi жүзеге асыру кезiндегi дауларды шешу </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -15677,68 +15993,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="302"/>
+    <w:bookmarkStart w:name="z39" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8-тарау. Қазақстан Республикасының асыл тұқымды мал шаруашылығы саласындағы халықаралық ынтымақтастығы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkEnd w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">32-бап. Қазақстан Республикасының асыл тұқымды мал шаруашылығы саласындағы халықаралық ынтымақтастығы </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -16349,31 +16665,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>