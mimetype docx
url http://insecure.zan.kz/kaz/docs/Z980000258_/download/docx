--- v0 (2025-11-15)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5b21615" w14:textId="5b21615">
+    <w:p w14:paraId="0afb1fe" w14:textId="0afb1fe">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1325,130 +1325,244 @@
         </w:rPr>
         <w:t>
       16) жылжымайтын мүлікті ресімдеу мәселелерін қарау жөніндегі комиссияны құруға, оның құрамын және ол туралы ережені бекітуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z142" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) Алматы қаласында сыртқы жарықтандыру жүйелерін пайдалану қағидаларын бекітуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z143" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      18) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) меншік иелерінің келісімі болған кезде азаматтар көп жиналатын орындарда бейнекамералар орнату және бейнебайқау мониторингін жүргізу қағидаларын қоғамдық тәртіпті қорғау және ақпараттандыру салаларындағы уәкілетті органдармен келісу бойынша бекітуге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z152" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) сәулет, қала құрылысы және құрылыс істері жөніндегі уәкілетті органмен келісу бойынша қала аумағында құрылыс салу қағидаларын бекітуге;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z152" w:id="27"/>
-[...15 lines deleted...]
-      19) сәулет, қала құрылысы және құрылыс істері жөніндегі уәкілетті органмен келісу бойынша қала аумағында құрылыс салу қағидаларын бекітуге;</w:t>
+    <w:bookmarkStart w:name="z153" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) тұрғынжайды реновациялау бағдарламасын бекітуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z153" w:id="28"/>
-[...15 lines deleted...]
-      20) тұрғынжайды реновациялау бағдарламасын бекітуге;</w:t>
+    <w:bookmarkStart w:name="z154" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) құрылыс-монтаждау жұмыстарының ғимараттар мен құрылысжайлардың тіреу және (немесе) қоршау конструкцияларын тұрғызуға және реконструкциялауға қойылатын талаптарға сәйкестігін инспекциялау үшін құрылыс объектілеріне бару тәртібін белгілеуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z154" w:id="29"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1714,680 +1828,574 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">4-бап. Алматы қаласы атқарушы органының өкiлеттiгi </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="30"/>
+    <w:bookmarkStart w:name="z18" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Алматы қаласының атқарушы органы: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z89" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z89" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>&lt;*&gt;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z91" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z91" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Алматы қаласының коммуналдық меншiгiн иеленудi, пайдалануды және оған билiк етудi жүзеге асырады; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z95" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z95" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) коммуналдық заңды тұлғаларға бекiтiлiп берiлмеген коммуналдық меншiк тiзбесiн бекiтедi, республикалық меншікке жатқызылған заңды тұлғаларды қоспағанда, Алматы қаласының аумағында тiркелген акционерлік қоғамдардың акцияларының және жауапкершілігі шектеулі серіктестіктердің қатысу үлестерінің мемлекеттiк пакеттерiн иеленудi, пайдалануды және оған билiк етудi жүзеге асырады; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z96" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z96" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) "Мемлекеттік мүлік туралы" Қазақстан Республикасының Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-тарауында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгiленген тәртiппен коммуналдық мүлiктi жекешелендiру туралы шешiм шығарады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z99" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z99" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4-1) қала аумағында халықтың экологиялық қауiпсiздігін және бұзылған табиғи экологиялық жүйелерін қалпына келтiрудi қамтамасыз етеді; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z100" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z100" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4-2) Қазақстан Республикасының заңдарында белгіленген тәртiппен қалада жалпымемлекеттік және халықаралық іс-шаралар өткiзу үшін қажетті жағдайлар жасайды; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z101" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-3) Алматы қаласы арқылы өтетiн транзиттік автомобиль көлiгінің жүру сызбасын белгiлейдi;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z101" w:id="37"/>
-[...15 lines deleted...]
-      4-3) Алматы қаласы арқылы өтетiн транзиттік автомобиль көлiгінің жүру сызбасын белгiлейдi;</w:t>
+    <w:bookmarkStart w:name="z102" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-4) ақылы автотұрақтарды (автомобиль қоятын орындарды) ұйымдастыру қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z102" w:id="38"/>
-[...15 lines deleted...]
-      4-4) ақылы автотұрақтарды (автомобиль қоятын орындарды) ұйымдастыру қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z103" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-5) ақылы автотұрақтарды (автомобиль қоятын орындарды) ұйымдастырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z103" w:id="39"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-6) авариялық көппәтерлі тұрғын үйлерді бұзуды ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z104" w:id="40"/>
+    <w:bookmarkStart w:name="z104" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) Қазақстан Республикасының Yкiметi белгiлейтiн тiзбеге сәйкес қызмет түрлерiн лицензиялауды жүзеге асырады; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z107" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z107" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) Алматы қаласын дамытудың бас жоспарын iске асыруды және оның мониторингiн қамтамасыз етедi; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z151" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-1) "Тұрғын үй қатынастары туралы" және "Жылжымайтын мүлікке құқықтарды мемлекеттік тіркеу туралы" Қазақстан Республикасы заңдарының талаптарына сәйкес жергілікті бюджет қаражаты есебінен кондоминиум объектісінің ортақ мүлкін түгендеу тізбесін жасай отырып, пайдаланудағы көппәтерлі тұрғын үйлерге мемлекеттік техникалық зерттеп-қарау жүргізуді қамтамасыз етеді, сондай-ақ көппәтерлі тұрғын үйге және үй жанындағы жер учаскесіне жылжымайтын мүлік объектісінің кадастрлық паспортын дайындауды (қалпына келтіруді), оның ішінде көппәтерлі тұрғын үй пәтерлері, тұрғын емес үй-жайлары меншік иелерінің жиналысы шешімінің негізінде пәтерлердің, тұрғын емес үй-жайлардың меншік иелерінен, көппәтерлі тұрғын үй мүлкінің меншік иелері бірлестігінің төрағасынан немесе кондоминиум объектісін басқару субьектісінен тиісті өтініш келіп түскен кезде қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z151" w:id="42"/>
-[...15 lines deleted...]
-      6-1) "Тұрғын үй қатынастары туралы" және "Жылжымайтын мүлікке құқықтарды мемлекеттік тіркеу туралы" Қазақстан Республикасы заңдарының талаптарына сәйкес жергілікті бюджет қаражаты есебінен кондоминиум объектісінің ортақ мүлкін түгендеу тізбесін жасай отырып, пайдаланудағы көппәтерлі тұрғын үйлерге мемлекеттік техникалық зерттеп-қарау жүргізуді қамтамасыз етеді, сондай-ақ көппәтерлі тұрғын үйге және үй жанындағы жер учаскесіне жылжымайтын мүлік объектісінің кадастрлық паспортын дайындауды (қалпына келтіруді), оның ішінде көппәтерлі тұрғын үй пәтерлері, тұрғын емес үй-жайлары меншік иелерінің жиналысы шешімінің негізінде пәтерлердің, тұрғын емес үй-жайлардың меншік иелерінен, көппәтерлі тұрғын үй мүлкінің меншік иелері бірлестігінің төрағасынан немесе кондоминиум объектісін басқару субьектісінен тиісті өтініш келіп түскен кезде қамтамасыз етеді;</w:t>
+    <w:bookmarkStart w:name="z139" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-2) жергілікті бюджет қаражаты болған кезде Алматы қаласына бірыңғай сәулеттік келбет беруге бағытталған, көрсетілетін қызметтерді, оның ішінде сәндік-жарықпен безендіруді қоса алғанда, көп пәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыруды және қаржыландыруды жүзеге асыруға, сондай-ақ мұндай қаражатты кондоминиум объектісінің ортақ мүлкін күрделі жөндеу бойынша арнаулы жалпықалалық шотқа жіберуге құқылы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z139" w:id="43"/>
-[...15 lines deleted...]
-      6-2) жергілікті бюджет қаражаты болған кезде Алматы қаласына бірыңғай сәулеттік келбет беруге бағытталған, көрсетілетін қызметтерді, оның ішінде сәндік-жарықпен безендіруді қоса алғанда, көп пәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыруды және қаржыландыруды жүзеге асыруға, сондай-ақ мұндай қаражатты кондоминиум объектісінің ортақ мүлкін күрделі жөндеу бойынша арнаулы жалпықалалық шотқа жіберуге құқылы;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-3) жергілікті бюджет қаражаты болған кезде көппәтерлі тұрғын үйлер пәтерлері, тұрғын емес үй-жайлары, орынтұрақ орындары, қоймалары меншік иелерінің қаражатты қайтаруын қамтамасыз ету шартымен, кондоминиум объектісінің ортақ мүлкін күрделі жөндеуді ұйымдастыруды және қаржыландыруды жүзеге асыруға құқылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-4) жергілікті бюджет қаражаты болған кезде көппәтерлі тұрғын үйлер пәтерлері, тұрғын емес үй-жайлары меншік иелерінің қаражатты қайтаруын қамтамасыз ету шартымен, көппәтерлі тұрғын үйлердегі лифтілерді жөндеу мен ауыстыруды ұйымдастыруды және қаржыландыруды жүзеге асыруға құқылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-5) Алматы қаласына бірыңғай сәулет келбетін беруге бағытталған, көрсетілетін қызметтерді, оның ішінде сәндік-жарықпен безендіруді қоса алғанда, көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру және жүргізу қағидаларын, сондай-ақ көппәтерлі тұрғын үйлердің пәтерлері, тұрғын емес үй-жайлары, орынтұрақ орындары, қоймалары меншік иелерінің лифтілерді жөндеуге және ауыстыруға, кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге байланысты ақшаны қайтаруын қамтамасыз ету қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-6) елді мекендер шекараларының шегінде тұрғын үй қорын басқару, газ және газбен жабдықтау салаларындағы әлеуметтік инфрақұрылым объектілерінде бақылау субъектілеріне қатысты мемлекеттік бақылауды жүзеге асыру бойынша тұрғын үй инспекциясының жұмысын ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-7) елді мекендер шекараларының шегінде қауіпті техникалық құрылғыларды қауіпсіз пайдалану талаптарының сақталуына өнеркәсіптік қауіпсіздік саласындағы әлеуметтік инфрақұрылым объектілерінде бақылау және қадағалау субъектілеріне қатысты мемлекеттік бақылауды және қадағалауды жүзеге асыру бойынша тұрғын үй инспекциясының жұмысын ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-9) ғимараттар мен құрылысжайлардың сейсмикалық орнықтылығы саласындағы ғылыми-зерттеу институттарын күрделі объектілерді техникалық жағынан сүйемелдеуге тарту туралы шешім қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-10) Алматы қаласының сәулет-құрылыс бақылау органының жергілікті өкілді орган айқындаған тәртіппен құрылыс-монтаждау жұмыстарының ғимараттар мен құрылысжайлардың тіреу және (немесе) қоршау конструкцияларын тұрғызуға және реконструкциялауға қойылатын талаптарға сәйкестігін инспекциялау үшін құрылыс объектілеріне баруға құқығы бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z110" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) жергiлiктi өкiлдi органға жергілiктi мемлекеттiк басқарудың үлгi құрылымына сәйкес Алматы қаласын басқару схемасын бекiтуге ұсынады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:p>
-[...247 lines deleted...]
-      7) жергiлiктi өкiлдi органға жергілiктi мемлекеттiк басқарудың үлгi құрылымына сәйкес Алматы қаласын басқару схемасын бекiтуге ұсынады;</w:t>
+    <w:bookmarkStart w:name="z111" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Қазақстан Республикасының Жер кодексінде және "Мемлекеттік мүлік туралы" Қазақстан Республикасының Заңында белгіленген тәртіппен мүлікті мемлекет мұқтажы үшін мәжбүрлеп иеліктен шығаруды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z111" w:id="45"/>
-[...15 lines deleted...]
-      8) Қазақстан Республикасының Жер кодексінде және "Мемлекеттік мүлік туралы" Қазақстан Республикасының Заңында белгіленген тәртіппен мүлікті мемлекет мұқтажы үшін мәжбүрлеп иеліктен шығаруды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z10" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) халықтың көші-қоны мәселелері жөніндегі уәкілетті орган бекітетін облыстардағы, республикалық маңызы бар қалалардағы және астанадағы көші-қон процестерін реттеудің үлгілік қағидаларына сәйкес Алматы қаласының аумағындағы көші-қон процестерін реттеу қағидаларын әзірлейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z10" w:id="46"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9-1) Қазақстан Республикасының бюджет заңнамасына сәйкес қарыз алуды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3340,51 +3348,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Ескерту. 4-бапқа өзгерістер енгізілді - ҚР 2001.06.11 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 207</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2001.06.13 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 212</w:t>
       </w:r>
       <w:r>
@@ -3753,50 +3761,90 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">); 24.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 196-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">); 15.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 207-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -3965,260 +4013,260 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-1-бап. Жылжымайтын мүлікті ресімдеу мәселелерін қарау жөніндегі комиссия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z144" w:id="47"/>
+    <w:bookmarkStart w:name="z144" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жылжымайтын мүлікті ресімдеу мәселелерін қарау жөніндегі комиссия (бұдан әрі – комиссия) Қазақстан Республикасының заңнамасында белгіленген тәртіппен тиісті рұқсаттар алмай, өзіне меншік немесе жер пайдалану құқығымен тиесілі жер учаскесінде тұлға салған жылжымайтын мүлікке құқықтарды ресімдеу туралы мәселелерді қарайтын, жергілікті атқарушы орган жанындағы алқалы орган болып табылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z145" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Комиссияның қарауына жататын аумақтар мен объектілерді Алматы қаласының жергілікті өкілді органы бекітеді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z145" w:id="48"/>
-[...15 lines deleted...]
-      2. Комиссияның қарауына жататын аумақтар мен объектілерді Алматы қаласының жергілікті өкілді органы бекітеді.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың бірінші бөлігінде көрсетілген аумақтарға Қазақстан Республикасының заңнамасына сәйкес құрылыс мақсаттары үшін жеке және (немесе) мемлекеттік емес заңды тұлғалардың меншігіне немесе жер пайдалануына берілмейтін жер учаскелері жатқызылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z146" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Әкімнің жер мәселелеріне жетекшілік ететін орынбасары комиссия төрағасы болып тағайындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Осы тармақтың бірінші бөлігінде көрсетілген аумақтарға Қазақстан Республикасының заңнамасына сәйкес құрылыс мақсаттары үшін жеке және (немесе) мемлекеттік емес заңды тұлғалардың меншігіне немесе жер пайдалануына берілмейтін жер учаскелері жатқызылмайды.</w:t>
-[...18 lines deleted...]
-      3. Әкімнің жер мәселелеріне жетекшілік ететін орынбасары комиссия төрағасы болып тағайындалады.</w:t>
+      Комиссияның құрамы Алматы қаласының жергілікті өкілді органының депутаттары, мемлекеттік органдар мен ұйымдардың өкілдері, Алматы қаласы Қоғамдық кеңесінің мүшелері және өзге де адамдар қатарынан қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z147" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Комиссия Алматы қаласының аумағындағы, құқықтары ресімделмеген жылжымайтын мүлікке құқықтарды ресімдеу мәселелері бойынша қорытынды шығарады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Комиссияның құрамы Алматы қаласының жергілікті өкілді органының депутаттары, мемлекеттік органдар мен ұйымдардың өкілдері, Алматы қаласы Қоғамдық кеңесінің мүшелері және өзге де адамдар қатарынан қалыптастырылады.</w:t>
-[...18 lines deleted...]
-      4. Комиссия Алматы қаласының аумағындағы, құқықтары ресімделмеген жылжымайтын мүлікке құқықтарды ресімдеу мәселелері бойынша қорытынды шығарады.</w:t>
+      Қорытындыны дайындау кезінде комиссия осы тармақтың бірінші бөлігінде көрсетілген жылжымайтын мүліктің сәулет, қала құрылысы, құрылыс талаптарына, экологиялық және Қазақстан Республикасының заңнамасында белгіленген басқа да талаптарға сәйкес келетіні немесе сәйкес келмейтіні туралы мәселелерді қарайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссияның жұмысы туралы ақпарат Алматы қаласы атқарушы органының интернет-ресурсында тоқсан сайын орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z148" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Комиссияның қорытындысына комиссияның барлық мүшесі қол қояды және ол ұсынымдық сипатта болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қорытындыны дайындау кезінде комиссия осы тармақтың бірінші бөлігінде көрсетілген жылжымайтын мүліктің сәулет, қала құрылысы, құрылыс талаптарына, экологиялық және Қазақстан Республикасының заңнамасында белгіленген басқа да талаптарға сәйкес келетіні немесе сәйкес келмейтіні туралы мәселелерді қарайды.</w:t>
-[...36 lines deleted...]
-      5. Комиссияның қорытындысына комиссияның барлық мүшесі қол қояды және ол ұсынымдық сипатта болады.</w:t>
+      Комиссия мүшесінің ерекше пікірі болған жағдайда, ол қорытындыға қол қоймайды және ерекше пікірі комиссия төрағасына жазбаша түрде ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z149" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Алматы қаласының атқарушы органы комиссияның оң қорытындысы негізінде жылжымайтын мүлікке құқықтарды ресімдеу туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:p>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4312,482 +4360,240 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z155" w:id="53"/>
+    <w:bookmarkStart w:name="z155" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-3-бап. Тұрғынжайды реновациялау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-[...12 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Тұрғынжайды реновациялау бағдарламасында оны іске асыру тетігі мен өлшемшарттары, оның ішінде реновациялауға жататын объектілердегі тұрғынжайдың меншік иелеріне өтеу тәртібі мен шарттары, сондай-ақ қаржыландыру, оның ішінде тұрғынжайды реновациялау бағдарламасын іске асыру жөніндегі уәкілетті ұйымды тарта отырып қаржыландыру тетіктері белгіленеді. </w:t>
-[...246 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк алпыс күн өткен соң қолданысқа </w:t>
+      Ескерту. 4-3-бап алып тасталды – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-бап. Алматы қаласының бюджетi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="63"/>
+    <w:bookmarkStart w:name="z19" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-бап алып тасталды – ҚР 2004.12.20 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2005 бастап қолданысқа енгiзiледi) Заңымен. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">6-бап. Алматы қаласының әкiмi жанындағы бюджеттен тыс қор </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="64"/>
+    <w:bookmarkStart w:name="z20" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 6-бап алып тасталды – ҚР 2004.12.20 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2005 бастап қолданысқа енгiзiледi) Заңымен. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">7-бап. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>&lt;*&gt;</w:t>
@@ -4856,90 +4662,90 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">8-бап. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>&lt;*&gt;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z136" w:id="65"/>
+    <w:bookmarkStart w:name="z136" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 8-бап алып тасталды – ҚР 1998.12.24 № 334 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>
@@ -5044,55 +4850,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>