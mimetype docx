--- v0 (2025-11-15)
+++ v1 (2025-12-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f9a0807" w14:textId="f9a0807">
+    <w:p w14:paraId="7f7e797" w14:textId="7f7e797">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3784,205 +3784,91 @@
         <w:t>
       2) жылжымалы мүлiк кепiлiнiң тiзiлiмiне (оның iшiнде деректердiң компьютерлiк базасына) кепiлдi тiркеу туралы өтiнiштегi деректердi енгiзуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:bookmarkStart w:name="z69" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) өтiнiш берген адамға жылжымалы мүлiк кепiлiн тiркеу туралы куәлiк беруге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:p>
-[...114 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z745" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4) қаржы мониторингі жөніндегі уәкілетті органға Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының </w:t>
+      4) қаржы мониторингі жөніндегі уәкілетті органға Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мәліметтерді хабарлауға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z70" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3997,311 +3883,311 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және 9-4-баптарында көрсетілген жағдайларды қоспағанда, жылжымалы мүлiк кепiлiн тіркеу өтініш қабылданған кезден бастап екі жұмыс күні iшiнде жүргiзiлуге тиiс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z130" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z130" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1. Жылжымалы мүлік кепілінің бірыңғай тізілімі арқылы келіп түскен өтініш негізінде жылжымалы мүлік кепілін электрондық тіркеу жылжымалы мүлік кепілін тіркегені үшін алымның төленгені немесе алым төлеуден босатылғаны туралы растама жылжымайтын мүлік кепілінің бірыңғай тізіліміне келіп түскен күннен кейінгі бір жұмыс күнінен кешіктірілмей жүргізілуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z71" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z71" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Тiркеушi орган және (немесе) Мемлекеттік корпорация жылжымалы мүлік кепілінің бірыңғай тізіліміндегі кепіл туралы мәліметтердің өтініштегі толтырылу толықтығын тексередi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z721" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z721" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Тіркеуші орган және (немесе) Мемлекеттік корпорация, үшінші тұлғаларды қоспағанда, осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген, жылжымалы мүлік кепілін тіркеу кезінде туындайтын қатынастардың барлық қатысушыларына тиісті қолжетімділік болған кезде жазбаша нысанда немесе жылжымалы мүлік кепілінің бірыңғай тізілімі арқылы электрондық нысанда жылжымалы мүлік кепілі бойынша ақпарат беруді қамтамасыз етуге міндетті. Үшінші тұлғалар жылжымалы мүлік кепілінің бірыңғай тізілімінен ақпаратты кепіл беруші және (немесе) кепіл ұстаушы осындай сұрау салуды растаған жағдайда алуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z728" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z728" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте жылжымалы мүлік кепілі бойынша ақпаратта жылжымалы мүлік кепілі туралы және кепіл туралы шарттың тараптары немесе кепіл шарттарын қамтитын өзге де құжаттар туралы мынадай деректер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z729" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z729" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) кепіл беруші мен кепіл ұстаушы туралы деректер, олардың деректемелері, оның ішінде мекенжайлары, банктік деректемелері, телефон нөмірлері, сондай-ақ электрондық мекенжайы (бар болған кезде);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z730" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z730" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) негізінде кепiлдiк құқық қатынастары туындағын құжат туралы мәлiметтер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z731" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z731" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) кепiл туралы шарттың немесе кепiл талаптары қамтылған өзге де құжаттың жасалған күнi мен орны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z732" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z732" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) кепiл нысанасы болып табылатын мүлiктiң тiзбесi және (немесе) жалпы сипаттамасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z733" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z733" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) кепiлмен қамтамасыз етiлген мiндеттеменiң орындалу мерзiмi қамтылуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z734" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z734" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Егер кепіл міндеттемесі тараптарының келісімі бойынша жылжымалы мүлік кепілін тіркеуден шығару бойынша өтініш иесі кепіл ұстаушы болып табылса, онда соңғысы кепілмен қамтамасыз етілген міндеттемені кепіл беруші орындағаннан кейін жылжымалы мүлік кепілін тіркеуден шығаруға арналған өтінішті тіркеуші органға және (немесе) Мемлекеттік корпорацияға міндеттеме орындалғаннан кейін екі жұмыс күнінен кешіктірмей жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z735" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z735" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтініш жылжымалы мүлік кепілінің бірыңғай тізілімі арқылы жіберілуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z736" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z736" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Тіркеуші орган және (немесе) Мемлекеттік корпорация кепіл ұстаушы өтініш берген күннен кейінгі бір жұмыс күні ішінде кепілді тіркеуден шығаруды жүргізеді және жылжымалы мүлік кепілінің бірыңғай тізілімі арқылы кепіл ұстаушыға және кепіл берушіге тіркеуші органның және (немесе) Мемлекеттік корпорацияның электрондық цифрлық қолтаңбасымен куәландырылған электрондық құжат түрінде жылжымалы мүлік кепілін тіркеуден шығарғаны туралы хабарлама не электрондық құжат түрінде тіркеуден бас тарту туралы уәжді жауап жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4470,64 +4356,104 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 241-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -4535,190 +4461,190 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">11-бап. Жылжымалы мүлiк кепiлiн тiркеуден бас тарту </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тiркеушi орган және (немесе) Мемлекеттік корпорация:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="73"/>
+    <w:bookmarkStart w:name="z72" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) кепілді тіркеу туралы өтінішті толтыру толық болмаған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z73" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z73" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) егер кепiлдi тiркеу туралы өтiнiш осы Заңның 9-бабының талаптарына сәйкес келмеген;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z74" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z74" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) егер кепiлдi тiркеу туралы өтiнiштi тиiстi тұлға жасамаған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z75" w:id="76"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z75" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) егер жылжымалы мүлiк кепiлiн және кеменiң немесе жасалып жатқан кеменiң ипотекасын мемлекеттiк тiркегенi үшiн алынатын алымның бюджетке төленгенiн растайтын құжат болмаған жағдайларда, кепiлдi тiркеуден бас тартады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z76" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z76" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және 9-4-баптарында көрсетілген жағдайларды қоспағанда, тiркеуден бас тартылған жағдайда тiркеушi орган және (немесе) Мемлекеттік корпорация өтініш қабылданған кезден бастап екі жұмыс күнi iшiнде Қазақстан Республикасының заңнамасы талаптарының бұзылғанына сiлтеме жасай отырып, өтiнiш берушіге жазбаша уәжді бас тартуды жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z77" w:id="78"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z77" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Мүдделi тұлға жылжымалы мүлiк кепiлiн тiркеуден бас тартуға не тiркеуден жалтаруға Қазақстан Республикасының заңдарында белгіленген тәртіппен шағым жасауы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4785,51 +4711,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>201</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2007.01.01 бастап қолданысқа енгiзiледi), 2011.02.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 406-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.04.27 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 15-V</w:t>
       </w:r>
       <w:r>
@@ -5010,250 +4936,250 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">12-бап. Тiркелген жылжымалы мүлiк кепiлiнiң тiзiлiмi </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тiркелген жылжымалы мүлiк кепiлiнiң тiзiлiмiне жылжымалы мүлiк кепiлi және кепiл туралы шарттың тараптары туралы мынадай деректер кiредi:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="79"/>
+    <w:bookmarkStart w:name="z78" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жылжымалы мүлiк кепiлiн тiркеу күнi, уақыты (сағаты мен минуты);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z79" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z79" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) кепiл берушi мен кепiл ұстаушы туралы деректер, олардың мекен-жайлары (деректемелерi);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z80" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z80" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) құжаттардың тiркеу нөмiрлерi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z81" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z81" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) негiзiнде кепiлдiк құқық қатынастары пайда болған құжат туралы мәлiметтер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z82" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z82" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) кепiл туралы шарт немесе кепiл талаптары бар өзге де шарттың жасалған күнi мен орны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z83" w:id="84"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z83" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) кепiл нысанасы болып табылатын мүлiктiң тiзбесi және сипаттамасы немесе кепіл туралы шартта тараптардың келісімімен көзделген кепілмен қамтамасыз етудің нақты сипаттамасы талап етілместен, кепіл нысанасының жалпы сипаттамасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z84" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z84" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) кепiлмен қамтамасыз етiлген мiндеттеменiң ақшалай баламасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z85" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z85" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) кепiлмен қамтамасыз етiлген мiндеттеменiң орындалу мерзiмi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z86" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z86" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Жылжымалы мүлiк кепiлi тiзбесiне осы кепiл туралы өзге де мәлiметтер енгiзiлуi мүмкiн.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z87" w:id="88"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z87" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Ипотекалық облигациялар бойынша қамтамасыз ету болып табылатын кепiлдi тiркеу кезiнде кепiл тiзiлiмiне кепiл берушi мен аталған облигацияларды ұстаушылардың өкiлi туралы деректер енгiзiледi. Кепiл ұстаушылар туралы деректер бағалы қағаздарды ұстаушылардың тізілімінде көрсетiледi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5327,250 +5253,250 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">13-бап. Жылжымалы мүлiк кепiлiн тiркеу туралы куәлiк </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жылжымалы мүлiк кепiлiн тiркеу оны тiркеу жөнiндегi куәлiкпен куәландырылады, онда мыналар болады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z88" w:id="89"/>
+    <w:bookmarkStart w:name="z88" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тiркеушi органның және (немесе) Мемлекеттік корпорацияның атауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z89" w:id="90"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z89" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) кепiл берушi мен кепiл ұстаушының атауы, орналасқан жерi (заңды тұлға үшiн) немесе тегi, аты, әкесiнiң аты, тұрғылықты жерi (жеке адам үшiн);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z90" w:id="91"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z90" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) кепiл туралы шартты немесе кепiл талаптары бар өзге де шарттың жасалған күнi мен орны және оның нөмiрi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z91" w:id="92"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z91" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) кепiлмен қамтамасыз етiлген мiндеттеменiң ақшалай баламасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z92" w:id="93"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z92" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) кепiл нысанасы болып табылатын мүлiктiң тiзбесi және сипаттамасы немесе кепіл туралы шартта тараптардың келісімімен көзделген кепілмен қамтамасыз етудің нақты сипаттамасы талап етілместен, кепіл нысанасының жалпы сипаттамасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z93" w:id="94"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z93" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) тiркеушi орган және (немесе) Мемлекеттік корпорация берген жылжымалы мүлiк кепiлiнiң тiркеу нөмiрi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z94" w:id="95"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z94" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) жылжымалы мүлiк кепiлiн тiркеу күнi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z95" w:id="96"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z95" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Кепілді тiркеу туралы куәлiкке уәкiлетті лауазымды адам қол қояды және ол тiркеушi органның және (немесе) Мемлекеттік корпорацияның электрондық цифрлық қолтаңбасымен куәландырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z96" w:id="97"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z96" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Кепiл берушiнiң немесе кепiл ұстаушының өтiнiшi бойынша тіркеуші орган және (немесе) Мемлекеттік корпорация өздері берген куәліктерге қатысты өтініш келіп түскен күннен кейінгі бір жұмыс күнінен кешіктірмей жылжымалы мүлiк кепiлiн тіркеу туралы жоғалған куәліктің орнына оның телнұсқасын беруді жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z97" w:id="98"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z97" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Тiркеу туралы куәлiк Қазақстан Республикасы заңнамасының талаптары бұзылған жағдайда, Қазақстан Республикасының заңдарында белгіленген тәртіппен жарамсыз деп танылуы мүмкiн.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5639,51 +5565,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі); 29.03.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 479-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі); 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
@@ -5764,70 +5690,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">14-бап. Жылжымалы мүлiк кепiлiн тiркеудiң күшiнде болу мерзiмi </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жылжымалы мүлiк кепiлiнiң тiркелуi кепiл тоқтатылғанға дейiн қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="99"/>
+    <w:bookmarkStart w:name="z98" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Кепiлмен қамтамасыз етiлген мiндеттеменi орындаған кепiл берушi жылжымалы мүлiк кепiлiнiң тiзiлiмiндегi кепiл туралы жазбаны жоюды талап етуге құқылы. Кепiл берушiнiң талабы бойынша кепiл ұстаушы тіркеуші органға немесе Мемлекеттік корпорацияға жазбаша өтiнiш пен кепiл берушiнiң кепiлмен қамтамасыз етiлген мiндеттемелердi орындағанын растайтын қажеттi құжаттарды ұсынуға мiндеттi. Кепiл ұстаушы осы мiндеттердi орындамаған немесе уақтылы орындамаған жағдайда, кепiл берушi өзiне келтiрiлген залалдың өтелуiн талап етуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6329,90 +6255,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">17-бап. Тiркелген кепiлге өзгерiстердi, толықтыруларды тiркеу туралы және оны тоқтату туралы өтiнiш </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жылжымалы мүлiктiң тiркелген кепiлiне өзгерiстердi, толықтыруларды тiркеу туралы және оны тоқтату туралы өтiнiште бастапқы тiркелген кепiлге сiлтеме, кепiл туралы шартқа жасалған өзгерiстер мен толықтырулардың сипаттамасы (меншiк құқығының басқа адамға ауысуы, талап ету құқығын басқаға беру және т.б.), тiркелген кепiлдi тоқтатудың негiздерi болуға тиiс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z739" w:id="100"/>
+    <w:bookmarkStart w:name="z739" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Кепіл беруші тіркелген кепілді тоқтату туралы өтінішті жылжымалы мүлік кепілінің бірыңғай тізілімі арқылы берген кезде кепілдің тоқтатылуын тіркеу кепіл берушінің кепілмен қамтамасыз етілген міндеттемелерді орындағанын растайтын кепіл ұстаушының өтініші негізінде жүзеге асырылады. Бұл ретте кепіл ұстаушы тіркелген кепілді тоқтату туралы өтінішті кепіл беруші берген кезден бастап екі жұмыс күнінен кешіктірмей, осы өтінішті жылжымалы мүлік кепілінің бірыңғай тізілімі арқылы жіберуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z99" w:id="101"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z99" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы баптың 1-тармағында көрсетілген мәліметтерге қоса, өзгерістер мен толықтыруларды енгізуді тіркеу туралы өтініште:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) кепіл талаптарына өзгерістер мен толықтырулар енгізу туралы шартқа не кепіл бойынша құқықтарды (талаптарды) басқаға беру туралы шартқа (оның ішінде активтер мен міндеттемелерді бір мезгілде беру туралы шартқа) қол қойылған күн;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6441,70 +6367,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) енгізілетін өзгерістер мен толықтырулардың сипаттамасы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) кепіл беруші мен кепіл ұстаушының (олардың өкілдерінің) қолтаңбасы, ал кепіл шарттары бойынша құқықтар (талаптар) басқаға берілген кезде – жаңа кепіл ұстаушының ғана қолтаңбасы, сондай-ақ құқықтарын (талаптарын) басқаға берген кепіл ұстаушы қол қойған келісім қамтылуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z104" w:id="102"/>
+    <w:bookmarkStart w:name="z104" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Өтініште осы баптың 2-тармағына сәйкес өзгерістер мен толықтырулар енгізу туралы мәліметтер қамтылуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6696,51 +6622,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Егер Қазақстан Республикасының заң актiлерiнде өзгеше көзделмесе, жылжымалы мүлiк кепiлiн тiркеу туралы мәлiметтер барлық заңды және жеке тұлғалар үшiн ашық болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақпарат беру "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасының Заңында белгіленген нормалар сақтала отырып жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z105" w:id="103"/>
+    <w:bookmarkStart w:name="z105" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6755,107 +6681,107 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген жылжымалы мүлік кепілін тіркеу кезінде туындайтын қатынастарға кез келген қатысушының өтiнiшi бойынша тiркеушi орган және (немесе) Мемлекеттік корпорация осы Заңның 10-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ескере отырып, жылжымалы мүлiк кепiлiнің бірыңғай тiзiлiмiнен үзінді көшiрме нысанында ақпарат беруге мiндеттi, ол:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) кепiл туралы мәлiметтер үзінді көшiрме берiлген күннiң алдындағы жұмыс күнiнiң соңында берiлгенiне нұсқауды қамтуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тiркеушi органның уәкілетті лауазымды адамының қолы қойылуға және тiркеушi органның және (немесе) Мемлекеттік корпорацияның мөрiмен куәландырылуға тиiс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z108" w:id="104"/>
+    <w:bookmarkStart w:name="z108" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Белгiлi бiр жылжымалы мүлiкке қатысты кепiл туралы қандай да бiр жазбалар болмаған жағдайда көшiрмеде осыған тиiстi сiлтеме болуға тиiс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7167,68 +7093,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="105"/>
+    <w:bookmarkStart w:name="z22" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  3-тарау. Дауларды шешу және тiркеу тәртiбiнiң бұзылуы үшiн жауапкершiлiк</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20-бап. Дауларды шешу тәртiбi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7337,190 +7263,190 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">21-бап. Тiркеу тәртiбiн бұзғаны және тiркеу туралы ақпарат бергенi үшiн жауапкершiлiк </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тiркеушi орган немесе Мемлекеттік корпорация:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z109" w:id="106"/>
+    <w:bookmarkStart w:name="z109" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жылжымалы мүлiк кепiлiн тiркеу ережелерiн сақтамағаны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z110" w:id="107"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z110" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жылжымалы мүлiк кепiлiн тiркеу және тiзiлiмге енгiзу үшiн өзiне берiлген жылжымалы мүлiк кепiлiн ақпараттың дәл болмауы, олардың толық енгiзiлмегенi және ақпараттың бұрмаланғаны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z111" w:id="108"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z111" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) мүдделi тұлғалардың сұратуы бойынша жылжымалы мүлiк кепiлi тiзiлiмiнен көшiрме беруден бас тартқаны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z112" w:id="109"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z112" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) тiркеу үшiн берiлген құжаттар мен ақпаратты, сондай-ақ жылжымалы мүлiк кепiлiнiң тiзiлiмiне енгiзiлген ақпаратты сақтау тәртiбiн бұзғаны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z113" w:id="110"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z113" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) коммерциялық құпия болып табылатын ақпаратты жария еткенi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z114" w:id="111"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z114" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) жылжымалы мүлiк кепiлiн және кеменiң немесе жасалып жатқан кеменiң ипотекасын мемлекеттiк тiркегенi үшiн алынатын алымның толықтығы үшiн Қазақстан Республикасының заңдарында белгіленген жауаптылықта болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z115" w:id="112"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z115" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тiркеу, ақпарат беру тәртiбiн бұзу, ақпараттың мазмұнын бұрмалау арқылы келтiрiлген залалдарды тiркеушi орган және (немесе) Мемлекеттік корпорация өтеуге тиiс. Мәлiметтердi қасақана бұрмалау және заң бойынша беруге болатын және берiлуге тиiс ақпаратты жасыруға ықпал жасайтын өзге де әрекеттер заңда белгiленген тәртiппен қудаланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7619,68 +7545,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="113"/>
+    <w:bookmarkStart w:name="z25" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  4-тарау. Қорытынды және өтпелi ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">22-бап. Заңның күшiне енгiзiлуi </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7725,70 +7651,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Заң күшiне енгiзiлгеннен кейiн 60 күн iшiнде мiндеттi мемлекеттiк тiркеуге жатпайтын жылжымалы мүлiк кепiлiнiң белгiлi бiр мәнi жөнiндегi басымдыққа оны тiркеу кезiнде осы Заң күшiне енгiзiлгенге дейiн кепiл туралы шарт жасасқан кепiл ұстаушылар ғана ие болады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мұндай кепiлдердi тiркеу осы Заңның ережелерiне сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z116" w:id="114"/>
+    <w:bookmarkStart w:name="z116" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы бапқа сәйкес тiркелген кепiлдердiң басымдығы кепiл туралы шарт жасалған күнмен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>