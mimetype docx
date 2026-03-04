--- v1 (2025-12-15)
+++ v2 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7f7e797" w14:textId="7f7e797">
+    <w:p w14:paraId="14a0409" w14:textId="14a0409">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -185,50 +185,138 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бүкіл мәтін бойынша "ақпараттық жүйе", "ақпараттық жүйелерді", "ақпараттық жүйелер", "ақпараттық жүйелерінде", "ақпараттық жүйесіне" деген сөздер тиісінше "цифрлық жүйе", "цифрлық жүйелерді", "цифрлық жүйелер", "цифрлық жүйелерінде", "цифрлық жүйесіне" деген сөздермен ауыстыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы Заң жылжымалы мүлiкке заңды құқықтары бар жеке және заңды тұлғалардың құқықтарын жүзеге асыру және қорғау мақсатында осындай мүлiк кепiлiн тiркеу ережелерiн белгiлейдi. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -705,51 +793,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 241-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 23.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 50-VIII</w:t>
       </w:r>
       <w:r>
@@ -1172,51 +1260,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 34-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); 17.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 408-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.03.2016 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
@@ -2601,222 +2689,336 @@
         <w:t>
       8) кепiлге салынған мүлiк қай тарапта екенi туралы нұсқау, оны пайдалануға болатыны және қайталама кепiл туралы мәліметтер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:bookmarkStart w:name="z61" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) өтініш берушінің электрондық почта мекенжайы (бар болған жағдайда) қамтылуы тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z62" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-тармақтың екінші бөлігіне өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтінішті жылжымалы мүлiк кепiлiнің бірыңғай тізілімі арқылы электрондық түрде жіберген жағдайда "электронды үкіметтің" төлем шлюзі арқылы төлеуді қоспағанда, өтiнiшке жылжымалы мүлiк кепiлiн мемлекеттiк тiркеу үшiн алымның бюджетке төленгенiн растайтын құжат қоса берiлуге тиiс.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z63" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтінішті тiркеушi органға және (немесе) Мемлекеттік корпорацияға берген кезде өтініш беруші – жеке басын куәландыратын құжатты, ал тұлғаның өкілі өзінің өкілеттіліктерін растайтын құжатты, сондай-ақ жеке басын куәландыратын құжатты ұсынуға міндетті.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z63" w:id="48"/>
-[...15 lines deleted...]
-      Өтінішті тiркеушi органға және (немесе) Мемлекеттік корпорацияға берген кезде өтініш беруші – жеке басын куәландыратын құжатты, ал тұлғаның өкілі өзінің өкілеттіліктерін растайтын құжатты, сондай-ақ жеке басын куәландыратын құжатты ұсынуға міндетті.</w:t>
+    <w:bookmarkStart w:name="z64" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Өтінішті тіркеуші органға және (немесе) Мемлекеттік корпорацияға берген кезде және өтінішті жылжымалы мүлік кепілінің бірыңғай тізілімі арқылы электрондық нысанда жіберген кезде, мәміле тараптары қол қойған өтініш кепіл шарты туралы мәліметтер, сондай-ақ осы баптың 2-тармағына сәйкес мәліметтер көрсетіле отырып, кепіл туралы шарт немесе кепіл шарты қамтылатын өзге де құжат ұсынылмастан, хабарлама нысанында беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z64" w:id="49"/>
-[...15 lines deleted...]
-      3. Өтінішті тіркеуші органға және (немесе) Мемлекеттік корпорацияға берген кезде және өтінішті жылжымалы мүлік кепілінің бірыңғай тізілімі арқылы электрондық нысанда жіберген кезде, мәміле тараптары қол қойған өтініш кепіл шарты туралы мәліметтер, сондай-ақ осы баптың 2-тармағына сәйкес мәліметтер көрсетіле отырып, кепіл туралы шарт немесе кепіл шарты қамтылатын өзге де құжат ұсынылмастан, хабарлама нысанында беріледі.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3-1. Алып тасталды - ҚР 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z65" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы Заңда көзделгеннен басқа қандай да бір өзге құжаттар мен мәлiметтерді талап етуге жол берiлмейдi.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:p>
-[...87 lines deleted...]
-      4. Осы Заңда көзделгеннен басқа қандай да бір өзге құжаттар мен мәлiметтерді талап етуге жол берiлмейдi.</w:t>
+    <w:bookmarkStart w:name="z66" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Өтініште қамтылған мәліметтерді тексеруді және жылжымалы мүлік кепілін тіркеуді тіркеуші орган және (немесе) Мемлекеттік корпорация өтініш келіп түскен кезден бастап екі жұмыс күні ішінде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z66" w:id="51"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3207,51 +3409,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (күшіне ену тәртібін 2-баптан қараңыз), жаңа редакцияда көзделген - ҚР 17.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 408-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (01.03.2016 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
@@ -3312,90 +3514,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 9-3-баптың тақырыбы жаңа редакцияда - ҚР 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z126" w:id="52"/>
+    <w:bookmarkStart w:name="z126" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Толтырылған өтініш бланкісі тіркеуші органға және (немесе) Мемлекеттік корпорацияға берілген жағдайда, өтініш келіп түскен күннен кейінгі бір жұмыс күнінен кешіктірмей тіркеуші орган және (немесе) Мемлекеттік корпорация өтініштің негізінде жылжымалы мүлік кепілінің бірыңғай тізіліміне кепіл туралы мәліметтерді енгізеді, оның нәтижелері бойынша жылжымалы мүлік кепілін тіркеу туралы куәлік не тіркеуден бас тарту туралы уәжді жауап беріледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z129" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Жүргізілген тіркеу туралы ақпарат екінші деңгейдегі банктің және тіркеуші органның ақпараттық жүйелерінде сақталады және құжаттамалық растауды талап етпейді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z129" w:id="53"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3509,110 +3711,110 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 9-4-баптың тақырыбы жаңа редакцияда - ҚР 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z717" w:id="54"/>
+    <w:bookmarkStart w:name="z717" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Өтініш жылжымалы мүлік кепілінің бірыңғай тізілімі арқылы электрондық нысанда жылжымалы мүлік кепілін электрондық тіркеуге жіберілген жағдайда, жылжымалы мүлік кепілін тіркегені үшін алымның төленгенін немесе алым төлеуден босатылғаны туралы растама жылжымалы мүлік кепілінің бірыңғай тізіліміне келіп түскен күннен кейінгі бір жұмыс күнінен кешіктірмей тіркеуші орган және (немесе) Мемлекеттік корпорация өтініштің негізінде жылжымалы мүлік кепілінің бірыңғай тізіліміне кепіл туралы мәліметтерді енгізеді, оның нәтижелері бойынша тіркеуші органның және (немесе) Мемлекеттік корпорацияның электрондық цифрлық қолтаңбасымен куәландырылған, жылжымалы мүлік кепілін тіркеу туралы куәлік не туралы тіркеуден бас тарту уәжді жауап электрондық нысанда беріледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z718" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Тіркеуші орган және (немесе) Мемлекеттік корпорация өтінішті алғаннан кейін бір жұмыс күні ішінде кепіл ұстаушының ақпараттық жүйесіне және жылжымалы мүлік кепілінің бірыңғай тізіліміне тіркеуші органның және (немесе) Мемлекеттік корпорацияның электрондық цифрлық қолтаңбасымен куәландырылған жылжымалы мүлік кепілін электрондық құжат нысанында тіркеу туралы куәлікті не электрондық құжат нысанында тіркеуден бас тарту туралы уәжді жауапты жібереді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z718" w:id="55"/>
-[...15 lines deleted...]
-      2. Тіркеуші орган және (немесе) Мемлекеттік корпорация өтінішті алғаннан кейін бір жұмыс күні ішінде кепіл ұстаушының ақпараттық жүйесіне және жылжымалы мүлік кепілінің бірыңғай тізіліміне тіркеуші органның және (немесе) Мемлекеттік корпорацияның электрондық цифрлық қолтаңбасымен куәландырылған жылжымалы мүлік кепілін электрондық құжат нысанында тіркеу туралы куәлікті не электрондық құжат нысанында тіркеуден бас тарту туралы уәжді жауапты жібереді.</w:t>
+    <w:bookmarkStart w:name="z719" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Жүргізілген электрондық тіркеу туралы ақпарат кепіл ұстаушының, тіркеуші органның және (немесе) Мемлекеттік корпорацияның ақпараттық жүйелерінде сақталады және құжаттамалық растауды талап етпейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z719" w:id="56"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3724,151 +3926,151 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қажеттi құжаттарды алған кезден бастап тіркеуші орган және (немесе) Мемлекеттік корпорация:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="57"/>
+    <w:bookmarkStart w:name="z67" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өтiнiш берушiге табыс етiлген құжаттарды алғандығын растайтын, күнi, уақыты (сағаты, минуты) көрсетiлген қолхат беруге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z68" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жылжымалы мүлiк кепiлiнiң тiзiлiмiне (оның iшiнде деректердiң компьютерлiк базасына) кепiлдi тiркеу туралы өтiнiштегi деректердi енгiзуге;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z68" w:id="58"/>
-[...15 lines deleted...]
-      2) жылжымалы мүлiк кепiлiнiң тiзiлiмiне (оның iшiнде деректердiң компьютерлiк базасына) кепiлдi тiркеу туралы өтiнiштегi деректердi енгiзуге;</w:t>
+    <w:bookmarkStart w:name="z69" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өтiнiш берген адамға жылжымалы мүлiк кепiлiн тiркеу туралы куәлiк беруге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z69" w:id="59"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z745" w:id="60"/>
+    <w:bookmarkStart w:name="z745" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) қаржы мониторингі жөніндегі уәкілетті органға Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мәліметтерді хабарлауға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z70" w:id="61"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z70" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3883,768 +4085,768 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және 9-4-баптарында көрсетілген жағдайларды қоспағанда, жылжымалы мүлiк кепiлiн тіркеу өтініш қабылданған кезден бастап екі жұмыс күні iшiнде жүргiзiлуге тиiс.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z130" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1. Жылжымалы мүлік кепілінің бірыңғай тізілімі арқылы келіп түскен өтініш негізінде жылжымалы мүлік кепілін электрондық тіркеу жылжымалы мүлік кепілін тіркегені үшін алымның төленгені немесе алым төлеуден босатылғаны туралы растама жылжымайтын мүлік кепілінің бірыңғай тізіліміне келіп түскен күннен кейінгі бір жұмыс күнінен кешіктірілмей жүргізілуге тиіс.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z130" w:id="62"/>
-[...15 lines deleted...]
-      2-1. Жылжымалы мүлік кепілінің бірыңғай тізілімі арқылы келіп түскен өтініш негізінде жылжымалы мүлік кепілін электрондық тіркеу жылжымалы мүлік кепілін тіркегені үшін алымның төленгені немесе алым төлеуден босатылғаны туралы растама жылжымайтын мүлік кепілінің бірыңғай тізіліміне келіп түскен күннен кейінгі бір жұмыс күнінен кешіктірілмей жүргізілуге тиіс.</w:t>
+    <w:bookmarkStart w:name="z71" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Тiркеушi орган және (немесе) Мемлекеттік корпорация жылжымалы мүлік кепілінің бірыңғай тізіліміндегі кепіл туралы мәліметтердің өтініштегі толтырылу толықтығын тексередi.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z71" w:id="63"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z721" w:id="64"/>
+    <w:bookmarkStart w:name="z721" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Тіркеуші орган және (немесе) Мемлекеттік корпорация, үшінші тұлғаларды қоспағанда, осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген, жылжымалы мүлік кепілін тіркеу кезінде туындайтын қатынастардың барлық қатысушыларына тиісті қолжетімділік болған кезде жазбаша нысанда немесе жылжымалы мүлік кепілінің бірыңғай тізілімі арқылы электрондық нысанда жылжымалы мүлік кепілі бойынша ақпарат беруді қамтамасыз етуге міндетті. Үшінші тұлғалар жылжымалы мүлік кепілінің бірыңғай тізілімінен ақпаратты кепіл беруші және (немесе) кепіл ұстаушы осындай сұрау салуды растаған жағдайда алуы мүмкін.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z728" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте жылжымалы мүлік кепілі бойынша ақпаратта жылжымалы мүлік кепілі туралы және кепіл туралы шарттың тараптары немесе кепіл шарттарын қамтитын өзге де құжаттар туралы мынадай деректер:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z728" w:id="65"/>
-[...15 lines deleted...]
-      Бұл ретте жылжымалы мүлік кепілі бойынша ақпаратта жылжымалы мүлік кепілі туралы және кепіл туралы шарттың тараптары немесе кепіл шарттарын қамтитын өзге де құжаттар туралы мынадай деректер:</w:t>
+    <w:bookmarkStart w:name="z729" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) кепіл беруші мен кепіл ұстаушы туралы деректер, олардың деректемелері, оның ішінде мекенжайлары, банктік деректемелері, телефон нөмірлері, сондай-ақ электрондық мекенжайы (бар болған кезде);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z729" w:id="66"/>
-[...15 lines deleted...]
-      1) кепіл беруші мен кепіл ұстаушы туралы деректер, олардың деректемелері, оның ішінде мекенжайлары, банктік деректемелері, телефон нөмірлері, сондай-ақ электрондық мекенжайы (бар болған кезде);</w:t>
+    <w:bookmarkStart w:name="z730" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) негізінде кепiлдiк құқық қатынастары туындағын құжат туралы мәлiметтер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z730" w:id="67"/>
-[...15 lines deleted...]
-      2) негізінде кепiлдiк құқық қатынастары туындағын құжат туралы мәлiметтер;</w:t>
+    <w:bookmarkStart w:name="z731" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) кепiл туралы шарттың немесе кепiл талаптары қамтылған өзге де құжаттың жасалған күнi мен орны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z731" w:id="68"/>
-[...15 lines deleted...]
-      3) кепiл туралы шарттың немесе кепiл талаптары қамтылған өзге де құжаттың жасалған күнi мен орны;</w:t>
+    <w:bookmarkStart w:name="z732" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) кепiл нысанасы болып табылатын мүлiктiң тiзбесi және (немесе) жалпы сипаттамасы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z732" w:id="69"/>
-[...15 lines deleted...]
-      4) кепiл нысанасы болып табылатын мүлiктiң тiзбесi және (немесе) жалпы сипаттамасы;</w:t>
+    <w:bookmarkStart w:name="z733" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) кепiлмен қамтамасыз етiлген мiндеттеменiң орындалу мерзiмi қамтылуға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z733" w:id="70"/>
-[...15 lines deleted...]
-      5) кепiлмен қамтамасыз етiлген мiндеттеменiң орындалу мерзiмi қамтылуға тиіс.</w:t>
+    <w:bookmarkStart w:name="z734" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Егер кепіл міндеттемесі тараптарының келісімі бойынша жылжымалы мүлік кепілін тіркеуден шығару бойынша өтініш иесі кепіл ұстаушы болып табылса, онда соңғысы кепілмен қамтамасыз етілген міндеттемені кепіл беруші орындағаннан кейін жылжымалы мүлік кепілін тіркеуден шығаруға арналған өтінішті тіркеуші органға және (немесе) Мемлекеттік корпорацияға міндеттеме орындалғаннан кейін екі жұмыс күнінен кешіктірмей жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z734" w:id="71"/>
-[...15 lines deleted...]
-      5. Егер кепіл міндеттемесі тараптарының келісімі бойынша жылжымалы мүлік кепілін тіркеуден шығару бойынша өтініш иесі кепіл ұстаушы болып табылса, онда соңғысы кепілмен қамтамасыз етілген міндеттемені кепіл беруші орындағаннан кейін жылжымалы мүлік кепілін тіркеуден шығаруға арналған өтінішті тіркеуші органға және (немесе) Мемлекеттік корпорацияға міндеттеме орындалғаннан кейін екі жұмыс күнінен кешіктірмей жібереді.</w:t>
+    <w:bookmarkStart w:name="z735" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш жылжымалы мүлік кепілінің бірыңғай тізілімі арқылы жіберілуі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z735" w:id="72"/>
-[...15 lines deleted...]
-      Өтініш жылжымалы мүлік кепілінің бірыңғай тізілімі арқылы жіберілуі мүмкін.</w:t>
+    <w:bookmarkStart w:name="z736" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Тіркеуші орган және (немесе) Мемлекеттік корпорация кепіл ұстаушы өтініш берген күннен кейінгі бір жұмыс күні ішінде кепілді тіркеуден шығаруды жүргізеді және жылжымалы мүлік кепілінің бірыңғай тізілімі арқылы кепіл ұстаушыға және кепіл берушіге тіркеуші органның және (немесе) Мемлекеттік корпорацияның электрондық цифрлық қолтаңбасымен куәландырылған электрондық құжат түрінде жылжымалы мүлік кепілін тіркеуден шығарғаны туралы хабарлама не электрондық құжат түрінде тіркеуден бас тарту туралы уәжді жауап жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z736" w:id="73"/>
-[...15 lines deleted...]
-      6. Тіркеуші орган және (немесе) Мемлекеттік корпорация кепіл ұстаушы өтініш берген күннен кейінгі бір жұмыс күні ішінде кепілді тіркеуден шығаруды жүргізеді және жылжымалы мүлік кепілінің бірыңғай тізілімі арқылы кепіл ұстаушыға және кепіл берушіге тіркеуші органның және (немесе) Мемлекеттік корпорацияның электрондық цифрлық қолтаңбасымен куәландырылған электрондық құжат түрінде жылжымалы мүлік кепілін тіркеуден шығарғаны туралы хабарлама не электрондық құжат түрінде тіркеуден бас тарту туралы уәжді жауап жібереді.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-бапқа өзгерістер енгізілді - ҚР 2009.08.28 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 192-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2010.03.08 бастап қолданысқа енгізіледі), 2011.02.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 406-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.07.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 34-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі), 2013.01.08 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 64-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2013.01.01 бастап қолданысқа енгізіледі); 2014.06.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 206-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 408-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.03.2016 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 27.02.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11-бап. Жылжымалы мүлiк кепiлiн тiркеуден бас тарту </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Тiркеушi орган және (немесе) Мемлекеттік корпорация:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) кепілді тіркеу туралы өтінішті толтыру толық болмаған;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:p>
-[...332 lines deleted...]
-      1) кепілді тіркеу туралы өтінішті толтыру толық болмаған;</w:t>
+    <w:bookmarkStart w:name="z73" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) егер кепiлдi тiркеу туралы өтiнiш осы Заңның 9-бабының талаптарына сәйкес келмеген;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z73" w:id="75"/>
-[...15 lines deleted...]
-      2) егер кепiлдi тiркеу туралы өтiнiш осы Заңның 9-бабының талаптарына сәйкес келмеген;</w:t>
+    <w:bookmarkStart w:name="z74" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) егер кепiлдi тiркеу туралы өтiнiштi тиiстi тұлға жасамаған;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z74" w:id="76"/>
-[...15 lines deleted...]
-      3) егер кепiлдi тiркеу туралы өтiнiштi тиiстi тұлға жасамаған;</w:t>
+    <w:bookmarkStart w:name="z75" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) егер жылжымалы мүлiк кепiлiн және кеменiң немесе жасалып жатқан кеменiң ипотекасын мемлекеттiк тiркегенi үшiн алынатын алымның бюджетке төленгенiн растайтын құжат болмаған жағдайларда, кепiлдi тiркеуден бас тартады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z75" w:id="77"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z76" w:id="78"/>
+    <w:bookmarkStart w:name="z76" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және 9-4-баптарында көрсетілген жағдайларды қоспағанда, тiркеуден бас тартылған жағдайда тiркеушi орган және (немесе) Мемлекеттік корпорация өтініш қабылданған кезден бастап екі жұмыс күнi iшiнде Қазақстан Республикасының заңнамасы талаптарының бұзылғанына сiлтеме жасай отырып, өтiнiш берушіге жазбаша уәжді бас тартуды жібереді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z77" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Мүдделi тұлға жылжымалы мүлiк кепiлiн тiркеуден бас тартуға не тiркеуден жалтаруға Қазақстан Республикасының заңдарында белгіленген тәртіппен шағым жасауы мүмкін.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z77" w:id="79"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4831,51 +5033,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 49-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 351-VI</w:t>
       </w:r>
       <w:r>
@@ -4936,824 +5138,824 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">12-бап. Тiркелген жылжымалы мүлiк кепiлiнiң тiзiлiмi </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тiркелген жылжымалы мүлiк кепiлiнiң тiзiлiмiне жылжымалы мүлiк кепiлi және кепiл туралы шарттың тараптары туралы мынадай деректер кiредi:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="80"/>
+    <w:bookmarkStart w:name="z78" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жылжымалы мүлiк кепiлiн тiркеу күнi, уақыты (сағаты мен минуты);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z79" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) кепiл берушi мен кепiл ұстаушы туралы деректер, олардың мекен-жайлары (деректемелерi);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z79" w:id="81"/>
-[...15 lines deleted...]
-      2) кепiл берушi мен кепiл ұстаушы туралы деректер, олардың мекен-жайлары (деректемелерi);</w:t>
+    <w:bookmarkStart w:name="z80" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) құжаттардың тiркеу нөмiрлерi;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z80" w:id="82"/>
-[...15 lines deleted...]
-      3) құжаттардың тiркеу нөмiрлерi;</w:t>
+    <w:bookmarkStart w:name="z81" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) негiзiнде кепiлдiк құқық қатынастары пайда болған құжат туралы мәлiметтер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z81" w:id="83"/>
-[...15 lines deleted...]
-      4) негiзiнде кепiлдiк құқық қатынастары пайда болған құжат туралы мәлiметтер;</w:t>
+    <w:bookmarkStart w:name="z82" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) кепiл туралы шарт немесе кепiл талаптары бар өзге де шарттың жасалған күнi мен орны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z82" w:id="84"/>
-[...15 lines deleted...]
-      5) кепiл туралы шарт немесе кепiл талаптары бар өзге де шарттың жасалған күнi мен орны;</w:t>
+    <w:bookmarkStart w:name="z83" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) кепiл нысанасы болып табылатын мүлiктiң тiзбесi және сипаттамасы немесе кепіл туралы шартта тараптардың келісімімен көзделген кепілмен қамтамасыз етудің нақты сипаттамасы талап етілместен, кепіл нысанасының жалпы сипаттамасы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z83" w:id="85"/>
-[...15 lines deleted...]
-      6) кепiл нысанасы болып табылатын мүлiктiң тiзбесi және сипаттамасы немесе кепіл туралы шартта тараптардың келісімімен көзделген кепілмен қамтамасыз етудің нақты сипаттамасы талап етілместен, кепіл нысанасының жалпы сипаттамасы;</w:t>
+    <w:bookmarkStart w:name="z84" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) кепiлмен қамтамасыз етiлген мiндеттеменiң ақшалай баламасы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z84" w:id="86"/>
-[...15 lines deleted...]
-      7) кепiлмен қамтамасыз етiлген мiндеттеменiң ақшалай баламасы;</w:t>
+    <w:bookmarkStart w:name="z85" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) кепiлмен қамтамасыз етiлген мiндеттеменiң орындалу мерзiмi.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z85" w:id="87"/>
-[...15 lines deleted...]
-      8) кепiлмен қамтамасыз етiлген мiндеттеменiң орындалу мерзiмi.</w:t>
+    <w:bookmarkStart w:name="z86" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Жылжымалы мүлiк кепiлi тiзбесiне осы кепiл туралы өзге де мәлiметтер енгiзiлуi мүмкiн.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z86" w:id="88"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z87" w:id="89"/>
+    <w:bookmarkStart w:name="z87" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Ипотекалық облигациялар бойынша қамтамасыз ету болып табылатын кепiлдi тiркеу кезiнде кепiл тiзiлiмiне кепiл берушi мен аталған облигацияларды ұстаушылардың өкiлi туралы деректер енгiзiледi. Кепiл ұстаушылар туралы деректер бағалы қағаздарды ұстаушылардың тізілімінде көрсетiледi. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-бапқа өзгерістер енгізілді - ҚР 2003.06.03 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 427</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 29.03.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 479-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13-бап. Жылжымалы мүлiк кепiлiн тiркеу туралы куәлiк </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Жылжымалы мүлiк кепiлiн тiркеу оны тiркеу жөнiндегi куәлiкпен куәландырылады, онда мыналар болады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z88" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тiркеушi органның және (немесе) Мемлекеттік корпорацияның атауы;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z89" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) кепiл берушi мен кепiл ұстаушының атауы, орналасқан жерi (заңды тұлға үшiн) немесе тегi, аты, әкесiнiң аты, тұрғылықты жерi (жеке адам үшiн);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z90" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) кепiл туралы шартты немесе кепiл талаптары бар өзге де шарттың жасалған күнi мен орны және оның нөмiрi;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z91" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) кепiлмен қамтамасыз етiлген мiндеттеменiң ақшалай баламасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z92" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) кепiл нысанасы болып табылатын мүлiктiң тiзбесi және сипаттамасы немесе кепіл туралы шартта тараптардың келісімімен көзделген кепілмен қамтамасыз етудің нақты сипаттамасы талап етілместен, кепіл нысанасының жалпы сипаттамасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z93" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) тiркеушi орган және (немесе) Мемлекеттік корпорация берген жылжымалы мүлiк кепiлiнiң тiркеу нөмiрi;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z94" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) жылжымалы мүлiк кепiлiн тiркеу күнi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z95" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Кепілді тiркеу туралы куәлiкке уәкiлетті лауазымды адам қол қояды және ол тiркеушi органның және (немесе) Мемлекеттік корпорацияның электрондық цифрлық қолтаңбасымен куәландырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z96" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Кепiл берушiнiң немесе кепiл ұстаушының өтiнiшi бойынша тіркеуші орган және (немесе) Мемлекеттік корпорация өздері берген куәліктерге қатысты өтініш келіп түскен күннен кейінгі бір жұмыс күнінен кешіктірмей жылжымалы мүлiк кепiлiн тіркеу туралы жоғалған куәліктің орнына оның телнұсқасын беруді жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z97" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Тiркеу туралы куәлiк Қазақстан Республикасы заңнамасының талаптары бұзылған жағдайда, Қазақстан Республикасының заңдарында белгіленген тәртіппен жарамсыз деп танылуы мүмкiн.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 12-бапқа өзгерістер енгізілді - ҚР 2003.06.03 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">; 29.03.2016 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 13-бапқа өзгерістер енгізілді - ҚР 2012.04.27 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 15-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.07.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 34-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 408-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.03.2016 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 29.03.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 479-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі); 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2021 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">13-бап. Жылжымалы мүлiк кепiлiн тiркеу туралы куәлiк </w:t>
-[...216 lines deleted...]
-      4. Тiркеу туралы куәлiк Қазақстан Республикасы заңнамасының талаптары бұзылған жағдайда, Қазақстан Республикасының заңдарында белгіленген тәртіппен жарамсыз деп танылуы мүмкiн.</w:t>
+        <w:t xml:space="preserve">14-бап. Жылжымалы мүлiк кепiлiн тiркеудiң күшiнде болу мерзiмi </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Жылжымалы мүлiк кепiлiнiң тiркелуi кепiл тоқтатылғанға дейiн қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z98" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Кепiлмен қамтамасыз етiлген мiндеттеменi орындаған кепiл берушi жылжымалы мүлiк кепiлiнiң тiзiлiмiндегi кепiл туралы жазбаны жоюды талап етуге құқылы. Кепiл берушiнiң талабы бойынша кепiл ұстаушы тіркеуші органға немесе Мемлекеттік корпорацияға жазбаша өтiнiш пен кепiл берушiнiң кепiлмен қамтамасыз етiлген мiндеттемелердi орындағанын растайтын қажеттi құжаттарды ұсынуға мiндеттi. Кепiл ұстаушы осы мiндеттердi орындамаған немесе уақтылы орындамаған жағдайда, кепiл берушi өзiне келтiрiлген залалдың өтелуiн талап етуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:p>
-[...255 lines deleted...]
-    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5986,50 +6188,156 @@
         <w:t xml:space="preserve">16-бап. Өзгерiстердi, толықтыруларды тiркеу және тiркелген кепiлдiң тоқтатылу тәртiбi </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтiнiш берушi тiркеушi органға және (немесе) Мемлекеттік корпорацияға өтiнiш беру немесе жылжымалы мүлік кепілінің бірыңғай тізілімі арқылы электрондық нысандағы өтініш жіберу арқылы тiркелген кепiлдiң өзгерiстер мен толықтыруларын (оның iшiнде, меншiк құқығының басқа адамға ауысуын, талап ету құқығын басқаға беруді) және қолданысын тоқтатуды тiркейдi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      16-баптың екінші бөлігіне өзгеріс енгізу көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы баптың бірінші бөлігінің күші "Қазақстан Республикасындағы банктер және банк қызметі туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>34-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -6255,186 +6563,186 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">17-бап. Тiркелген кепiлге өзгерiстердi, толықтыруларды тiркеу туралы және оны тоқтату туралы өтiнiш </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жылжымалы мүлiктiң тiркелген кепiлiне өзгерiстердi, толықтыруларды тiркеу туралы және оны тоқтату туралы өтiнiште бастапқы тiркелген кепiлге сiлтеме, кепiл туралы шартқа жасалған өзгерiстер мен толықтырулардың сипаттамасы (меншiк құқығының басқа адамға ауысуы, талап ету құқығын басқаға беру және т.б.), тiркелген кепiлдi тоқтатудың негiздерi болуға тиiс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z739" w:id="101"/>
+    <w:bookmarkStart w:name="z739" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Кепіл беруші тіркелген кепілді тоқтату туралы өтінішті жылжымалы мүлік кепілінің бірыңғай тізілімі арқылы берген кезде кепілдің тоқтатылуын тіркеу кепіл берушінің кепілмен қамтамасыз етілген міндеттемелерді орындағанын растайтын кепіл ұстаушының өтініші негізінде жүзеге асырылады. Бұл ретте кепіл ұстаушы тіркелген кепілді тоқтату туралы өтінішті кепіл беруші берген кезден бастап екі жұмыс күнінен кешіктірмей, осы өтінішті жылжымалы мүлік кепілінің бірыңғай тізілімі арқылы жіберуге міндетті.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z99" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы баптың 1-тармағында көрсетілген мәліметтерге қоса, өзгерістер мен толықтыруларды енгізуді тіркеу туралы өтініште:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z99" w:id="102"/>
-[...15 lines deleted...]
-      2. Осы баптың 1-тармағында көрсетілген мәліметтерге қоса, өзгерістер мен толықтыруларды енгізуді тіркеу туралы өтініште:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) кепіл талаптарына өзгерістер мен толықтырулар енгізу туралы шартқа не кепіл бойынша құқықтарды (талаптарды) басқаға беру туралы шартқа (оның ішінде активтер мен міндеттемелерді бір мезгілде беру туралы шартқа) қол қойылған күн;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) активтер мен міндеттемелерді бір мезгілде беру туралы шарттың негізінде өзгерістер мен толықтыруларды тіркеу жағдайларын қоспағанда, тіркеуші орган немесе Мемлекеттік корпорация берген жылжымалы мүлік кепілінің тіркеу нөмірі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) енгізілетін өзгерістер мен толықтырулардың сипаттамасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) кепіл беруші мен кепіл ұстаушының (олардың өкілдерінің) қолтаңбасы, ал кепіл шарттары бойынша құқықтар (талаптар) басқаға берілген кезде – жаңа кепіл ұстаушының ғана қолтаңбасы, сондай-ақ құқықтарын (талаптарын) басқаға берген кепіл ұстаушы қол қойған келісім қамтылуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z104" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Өтініште осы баптың 2-тармағына сәйкес өзгерістер мен толықтырулар енгізу туралы мәліметтер қамтылуға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...90 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 17-бапқа өзгерістер енгізілді - ҚР 2012.07.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -6622,51 +6930,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Егер Қазақстан Республикасының заң актiлерiнде өзгеше көзделмесе, жылжымалы мүлiк кепiлiн тiркеу туралы мәлiметтер барлық заңды және жеке тұлғалар үшiн ашық болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақпарат беру "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасының Заңында белгіленген нормалар сақтала отырып жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z105" w:id="104"/>
+    <w:bookmarkStart w:name="z105" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6681,107 +6989,107 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген жылжымалы мүлік кепілін тіркеу кезінде туындайтын қатынастарға кез келген қатысушының өтiнiшi бойынша тiркеушi орган және (немесе) Мемлекеттік корпорация осы Заңның 10-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ескере отырып, жылжымалы мүлiк кепiлiнің бірыңғай тiзiлiмiнен үзінді көшiрме нысанында ақпарат беруге мiндеттi, ол:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) кепiл туралы мәлiметтер үзінді көшiрме берiлген күннiң алдындағы жұмыс күнiнiң соңында берiлгенiне нұсқауды қамтуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тiркеушi органның уәкілетті лауазымды адамының қолы қойылуға және тiркеушi органның және (немесе) Мемлекеттік корпорацияның мөрiмен куәландырылуға тиiс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z108" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Белгiлi бiр жылжымалы мүлiкке қатысты кепiл туралы қандай да бiр жазбалар болмаған жағдайда көшiрмеде осыған тиiстi сiлтеме болуға тиiс.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:p>
-[...54 lines deleted...]
-    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7093,520 +7401,520 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="106"/>
+    <w:bookmarkStart w:name="z22" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  3-тарау. Дауларды шешу және тiркеу тәртiбiнiң бұзылуы үшiн жауапкершiлiк</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20-бап. Дауларды шешу тәртiбi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жылжымалы мүлiк кепiлiн тiркеуге және оны тiркеу туралы ақпаратты беруге байланысты даулар Қазақстан Республикасының заңдарында белгіленген тәртіппен шешіледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 20-бап жаңа редакцияда - ҚР 29.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (01.07.2021 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">21-бап. Тiркеу тәртiбiн бұзғаны және тiркеу туралы ақпарат бергенi үшiн жауапкершiлiк </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Тiркеушi орган немесе Мемлекеттік корпорация:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z109" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жылжымалы мүлiк кепiлiн тiркеу ережелерiн сақтамағаны;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z110" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жылжымалы мүлiк кепiлiн тiркеу және тiзiлiмге енгiзу үшiн өзiне берiлген жылжымалы мүлiк кепiлiн ақпараттың дәл болмауы, олардың толық енгiзiлмегенi және ақпараттың бұрмаланғаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z111" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мүдделi тұлғалардың сұратуы бойынша жылжымалы мүлiк кепiлi тiзiлiмiнен көшiрме беруден бас тартқаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z112" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тiркеу үшiн берiлген құжаттар мен ақпаратты, сондай-ақ жылжымалы мүлiк кепiлiнiң тiзiлiмiне енгiзiлген ақпаратты сақтау тәртiбiн бұзғаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z113" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) коммерциялық құпия болып табылатын ақпаратты жария еткенi;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z114" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) жылжымалы мүлiк кепiлiн және кеменiң немесе жасалып жатқан кеменiң ипотекасын мемлекеттiк тiркегенi үшiн алынатын алымның толықтығы үшiн Қазақстан Республикасының заңдарында белгіленген жауаптылықта болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z115" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Тiркеу, ақпарат беру тәртiбiн бұзу, ақпараттың мазмұнын бұрмалау арқылы келтiрiлген залалдарды тiркеушi орган және (немесе) Мемлекеттік корпорация өтеуге тиiс. Мәлiметтердi қасақана бұрмалау және заң бойынша беруге болатын және берiлуге тиiс ақпаратты жасыруға ықпал жасайтын өзге де әрекеттер заңда белгiленген тәртiппен қудаланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 21-бапқа өзгерістер енгізілді - ҚР 2004.12.13 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2006.12.11 № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2007 бастап қолданысқа енгiзiледi), 2012.07.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 34-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); 17.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 408-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.03.2016 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...275 lines deleted...]
-      2. Тiркеу, ақпарат беру тәртiбiн бұзу, ақпараттың мазмұнын бұрмалау арқылы келтiрiлген залалдарды тiркеушi орган және (немесе) Мемлекеттік корпорация өтеуге тиiс. Мәлiметтердi қасақана бұрмалау және заң бойынша беруге болатын және берiлуге тиiс ақпаратты жасыруға ықпал жасайтын өзге де әрекеттер заңда белгiленген тәртiппен қудаланады.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">  4-тарау. Қорытынды және өтпелi ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:p>
-[...158 lines deleted...]
-    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">22-бап. Заңның күшiне енгiзiлуi </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7651,70 +7959,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Заң күшiне енгiзiлгеннен кейiн 60 күн iшiнде мiндеттi мемлекеттiк тiркеуге жатпайтын жылжымалы мүлiк кепiлiнiң белгiлi бiр мәнi жөнiндегi басымдыққа оны тiркеу кезiнде осы Заң күшiне енгiзiлгенге дейiн кепiл туралы шарт жасасқан кепiл ұстаушылар ғана ие болады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мұндай кепiлдердi тiркеу осы Заңның ережелерiне сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z116" w:id="115"/>
+    <w:bookmarkStart w:name="z116" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы бапқа сәйкес тiркелген кепiлдердiң басымдығы кепiл туралы шарт жасалған күнмен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>
@@ -7852,55 +8160,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>