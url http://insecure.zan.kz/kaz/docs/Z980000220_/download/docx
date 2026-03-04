--- v0 (2025-10-01)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1dac195" w14:textId="1dac195">
+    <w:p w14:paraId="3ea6a3d" w14:textId="3ea6a3d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -9459,51 +9459,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 35-бапқа өзгеріс енгізілді - ҚР 2011.03.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 421-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10382,51 +10382,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 524-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен; өзгеріс енгізілді - ҚР 07.03.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 177-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10662,51 +10662,177 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тармағында көзделген нысанда берілуге тиіс. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. Егер қатысушы мен сенімгер басқарушы арасындағы шартта немесе мүлікті сенімгерлік басқаруды құру туралы заң актілерінде өзгеше көзделмесе, қатысушы үлесін сенімгерлік басқару құрылған жағдайда жалпы жиналыста оның өкілі ретінде қатысушы атынан сенімгер басқарушы әрекет етуге құқылы. Қатысушы мүдделерін білдіру тәртібіне қойылатын талаптар мүлікті сенімгерлік басқару туралы заңдарда белгіленеді. </w:t>
+      4. Егер қатысушы мен сенімгер басқарушы арасындағы шартта немесе мүлікті сенімгерлік басқаруды құру туралы заң актілерінде өзгеше көзделмесе, қатысушы үлесін сенімгерлік басқару құрылған жағдайда жалпы жиналыста оның өкілі ретінде қатысушы атынан сенімгер басқарушы әрекет етуге құқылы. Қатысушы мүдделерін білдіру тәртібіне қойылатын талаптар мүлікті сенімгерлік басқару туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңдарда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-тармақты екінші бөлікпен толықтыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -11240,50 +11366,156 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кредиттік серіктестікке қатысушыларды қабылдауға (шығаруға) байланысты кредиттік серіктестіктің жарғысын өзгерту немесе оны жаңа редакцияда бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       есепке алу саясатын қалыптастыру.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-тармақты үшінші бөлікпен толықтыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z708" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1. Өзара байланысты мәмілелер деп:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -11586,51 +11818,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 217-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 205-VIII</w:t>
       </w:r>
       <w:r>
@@ -13519,51 +13751,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 230</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңдарымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15154,51 +15386,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 21.01.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 217-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15370,51 +15602,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 58-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңымен; өзгеріс енгізілді – ҚР 29.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 352-VI</w:t>
       </w:r>
       <w:r>
@@ -17269,55 +17501,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>