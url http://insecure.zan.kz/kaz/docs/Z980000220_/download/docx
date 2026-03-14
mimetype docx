--- v1 (2026-03-04)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3ea6a3d" w14:textId="3ea6a3d">
+    <w:p w14:paraId="d5488d8" w14:textId="d5488d8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -10689,254 +10689,206 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңдарда</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленеді. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер қатысушы мен сенімгер басқарушы арасындағы шартта өзгеше ескертілмесе немесе Қазақстан Республикасының мүлікті сенімгерлік басқаруды құру туралы заңнамасында өзгеше көзделмесе, "Тұрғын үй құрылысына үлестік қатысу туралы" Қазақстан Республикасының Заңына сәйкес Тұрғын үй құрылысының бірыңғай операторының кепілдігін алу тәсілімен тұрғын үй құрылысына үлестік қатысуды ұйымдастыру жөніндегі қызметті жүзеге асыру кезінде қатысушының үлестерін сенімгерлік басқару құрылған жағдайда сенімгер басқарушы жалпы жиналыста қатысушы ретінде өз атынан әрекет етеді. Қатысушының мүдделерін білдіру тәртібіне қойылатын талаптар Қазақстан Республикасының мүлікті сенімгерлік басқару туралы заңнамасында айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Осы Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>47-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7-тармағының бірінші бөлігінде немесе серіктестік жарғысында дауыстарды айқындаудың өзге тәртібі көзделген жағдайларды қоспағанда, жауапкершілігі шектеулі серіктестіктің әрбір қатысушысы жалпы жиналыста дауыс беру кезінде, серіктестіктің жарғылық капиталындағы өзінің үлесіне сәйкес келетін дауыс санына ие болады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Жауапкершілігі шектеулі серіктестіктің атқарушы органының серіктестік қатысушысы болып табылмайтын мүшелері, егер серіктестік жарғысында өзгеше көзделмесе, жалпы жиналысқа кеңесші дауыс құқығымен қатыса алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...30 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Ескерту. 42-бапқа өзгеріс енгізілді - ҚР 27.02.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 49-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 254-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) Заңымен.</w:t>
-[...117 lines deleted...]
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -11370,150 +11322,62 @@
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       есепке алу саясатын қалыптастыру.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...98 lines deleted...]
-</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер қатысушы мен сенімгер басқарушы арасындағы шартта өзгеше ескертілмесе немесе Қазақстан Республикасының мүлікті сенімгерлік басқаруды құру туралы заңнамасында өзгеше көзделмесе, "Тұрғын үй құрылысына үлестік қатысу туралы" Қазақстан Республикасының Заңына сәйкес Тұрғын үй құрылысының бірыңғай операторының кепілдігін алу тәсілімен тұрғын үй құрылысына үлестік қатысуды ұйымдастыру жөніндегі қызметті жүзеге асыру кезінде қатысу үлестерін сенімгерлік басқару кезінде сенімгер басқарушы жалпы жиналыста қатысушы ретінде өз атынан әрекет етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z708" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1. Өзара байланысты мәмілелер деп:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -11818,51 +11682,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 217-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 205-VIII</w:t>
       </w:r>
       <w:r>
@@ -11871,50 +11735,90 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">); 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -12677,51 +12581,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 29.03.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 479-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі); 02.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 166-VІ</w:t>
       </w:r>
       <w:r>
@@ -15346,51 +15250,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 139</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 27.02.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 49-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
@@ -15602,51 +15506,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 58-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңымен; өзгеріс енгізілді – ҚР 29.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 352-VI</w:t>
       </w:r>
       <w:r>
@@ -16381,51 +16285,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 230</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңдарымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>