--- v0 (2025-10-01)
+++ v1 (2025-12-31)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c27d116" w14:textId="c27d116">
+    <w:p w14:paraId="b69cd4a" w14:textId="b69cd4a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2651,51 +2651,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 18-бапқа өзгерістер енгізілді - ҚР 2012.01.18 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 546-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік отыз күн өткен соң қолданысқа енгізіледі); 19.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 94-VIII</w:t>
       </w:r>
       <w:r>
@@ -3893,51 +3893,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 24-бап жаңа редакцияда - ҚР 21.01.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 72-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін үш ай өткен соң қолданысқа енгізiледi); өзгеріс енгізілді – ҚР 30.12.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 393-VI</w:t>
       </w:r>
       <w:r>
@@ -4836,51 +4836,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 25-бапқа өзгерістер енгізілді - ҚР 20.12.2004 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2005 бастап күшіне енеді); 06.01.2011 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 378-IV</w:t>
       </w:r>
       <w:r>
@@ -5347,143 +5347,361 @@
         <w:t>
       2. Облыстық ономастика комиссияларының құзыретіне:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z78" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Республикалық ономастика комиссиясымен келісілгеннен кейін ауылдарға, кенттерге, ауылдық округтерге атау беру, олардың атауын өзгерту, сондай-ақ олардың атауларының транскрипциясын нақтылау мен өзгерту бойынша қорытындылар беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z79" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-тармақты 1-1) тармақшамен толықтыру көзделген – ҚР 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 236-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Республикалық ономастика комиссиясымен келісілгеннен кейін аудандық маңызы бар қалалардың, кенттің, ауылдың, ауылдық округтің құрамдас бөлiктерiне атау беру, олардың атауын өзгерту, сондай-ақ олардың атауларының транскрипциясын нақтылау мен өзгерту бойынша қорытындылар беру жатады.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-тармаққа өзгеріс енгізу көзделген – ҚР 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 236-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Республикалық маңызы бар қалалардың, астананың ономастика комиссияларының құзыретіне Республикалық ономастика комиссиясымен келісілгеннен кейін – республикалық маңызы бар қалалардың, астананың қаладағы аудандарына, құрамдас бөлiктерiне атау беру, оларды қайта атау, сондай-ақ олардың атауларының транскрипциясын нақтылау мен өзгерту бойынша қорытындылар беру жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z81" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Жергілікті өкілді және атқарушы органдар әкімшілік-аумақтық бірліктерге, елді мекендердің құрамдас бөлiктерiне атау беру, оларды қайта атау, сондай-ақ олардың атауларының транскрипциясын нақтылау мен өзгерту бойынша шешімді тиісті ономастика комиссияларының оң қорытындылары болған кезде ғана қабылдайды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z80" w:id="28"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 25-1-баппен толықтырылды - ҚР 20.12.2004 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2005 бастап күшіне енеді); өзгеріс енгізілді - ҚР 24.11.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 75-VII</w:t>
       </w:r>
       <w:r>
@@ -5622,51 +5840,51 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланғанынан кейін үш ай өткен соң қолданысқа енгізiледi).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Облыстың, республикалық маңызы бар қаланың, астананың жергiлiктi атқарушы органы: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="30"/>
+    <w:bookmarkStart w:name="z50" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5681,71 +5899,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - ҚР 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z51" w:id="31"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z51" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) орталық мемлекеттік органдардың және олардың ведомстволарының аумақтық бөлімшелерінің, облыстың, республикалық маңызы бар қаланың, астананың, ауданның, облыстық маңызы бар қаланың жергілікті атқарушы органдарының және қаладағы аудан әкімі аппараттарының, ауыл, кент, ауылдық округ әкімі аппараттарының Қазақстан Республикасының тіл туралы заңнамасын сақтауына мемлекеттік бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5774,90 +5992,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z118" w:id="32"/>
+    <w:bookmarkStart w:name="z118" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2-2) маңдайшаны республикалық маңызы бар қалада, астанада орналастыру туралы хабарламаларды "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қабылдауды және қарауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5876,81 +6094,81 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="33"/>
+    <w:bookmarkStart w:name="z55" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5965,111 +6183,111 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - ҚР 29.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 376-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (01.01.2016 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z53" w:id="34"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z53" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) мемлекеттiк тiлдi және басқа тiлдердi дамытуға бағытталған облыстық маңызы бар шаралар кешенiн жүзеге асырады; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z54" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) облыстық ономастика комиссиясының, республикалық маңызы бар қаланың, астананың ономастика комиссияларының қызметiн қамтамасыз етедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) жергілікті мемлекеттік басқару мүддесінде Қазақстан Республикасының заңнамасымен жергілікті атқарушы органдарға жүктелетін өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z54" w:id="35"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6375,150 +6593,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін үш ай өткен соң қолданысқа енгізiледi) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z119" w:id="37"/>
+    <w:bookmarkStart w:name="z119" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1-1) маңдайшаны облыстық және аудандық маңызы бар қалада, ауылда, кентте орналастыру туралы хабарламаларды "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қабылдауды және қарауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z57" w:id="38"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z57" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) мемлекеттiк тiлдi және басқа тiлдердi дамытуға бағытталған аудандық (облыстық маңызы бар қала) деңгейдегi iс-шараларды жүргiзедi; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z58" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) облыстардың атқарушы органдарына ауылдардың, кенттердiң, ауылдық округтердiң атауы және олардың атауларын өзгерту, сондай-ақ олардың атауларының транскрипциясын өзгерту туралы ұсыныстар енгiзедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z39" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жергілікті мемлекеттік басқару мүддесінде Қазақстан Республикасының заңнамасымен жергілікті атқарушы органдарға жүктелетін өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z58" w:id="39"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6729,329 +6947,329 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>25-5-бап. Ономастика жұмысының критерийлері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z83" w:id="41"/>
+    <w:bookmarkStart w:name="z83" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының аумағындағы әкімшілік-аумақтық бірліктерге, елді мекендердің құрамдас бөлiктерiне, әуежайларға, порттарға, теміржол вокзалдарына, теміржол стансаларына, метрополитен стансаларына, автовокзалдарға, автостансаларға, физикалық-географиялық және мемлекет меншігіндегі басқа да объектілерге атау беру және оларды қайта атау, сондай-ақ олардың атауларының транскрипциясын нақтылау мен өзгерту және мемлекеттік заңды тұлғаларға, мемлекет қатысатын заңды тұлғаларға жеке адамдардың есімдерін беру жөніндегі ономастика жұмысының критерийлері:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z84" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тарихи, географиялық, табиғи және мәдени ерекшеліктерді ескеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z85" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) әдеби тіл және орфография нормаларына сәйкестік;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z84" w:id="42"/>
-[...15 lines deleted...]
-      1) тарихи, географиялық, табиғи және мәдени ерекшеліктерді ескеру;</w:t>
+    <w:bookmarkStart w:name="z86" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бір әкімшілік-аумақтық бірліктің шегіндегі елді мекендерге, елді мекендердің құрамдас бөліктеріне бір атауды бір мәрте ғана беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z85" w:id="43"/>
-[...15 lines deleted...]
-      2) әдеби тіл және орфография нормаларына сәйкестік;</w:t>
+    <w:bookmarkStart w:name="z87" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жеке адамның есімімен аталған, ол берілген (өзгертілген) күннен бастап кемінде он жыл өткен соң берілген есімді қайта атау, оны өзгерту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z86" w:id="44"/>
-[...15 lines deleted...]
-      3) бір әкімшілік-аумақтық бірліктің шегіндегі елді мекендерге, елді мекендердің құрамдас бөліктеріне бір атауды бір мәрте ғана беру;</w:t>
+    <w:bookmarkStart w:name="z88" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) қаһармандық пен ерлік танытқан, мемлекет тәуелсіздігін нығайтуға ерен үлес қосқан тұлғалардың есімдерін беру жағдайларын қоспағанда, аса көрнекті мемлекет және қоғам қайраткерлерінің, ғылым, мәдениет қайраткерлерінің және Қазақстан Республикасы мен әлемдік қоғамдастық алдында еңбек сіңірген басқа да адамдардың жеке есімдерін қайтыс болған күнінен бастап кемінде бес жыл өткен соң беру болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z87" w:id="45"/>
-[...15 lines deleted...]
-      4) жеке адамның есімімен аталған, ол берілген (өзгертілген) күннен бастап кемінде он жыл өткен соң берілген есімді қайта атау, оны өзгерту;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тарау 25-5-баппен толықтырылды - ҚР 21.01.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 72-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін үш ай өткен соң қолданысқа енгізiледi); өзгеріс енгізілді - ҚР 05.05.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 60-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 26.12.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 289-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>25-6-бап. Тілдерді дамыту саласындағы мемлекеттік бақылауды жүргізу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z94" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Тексерулер нысанындағы мемлекеттік бақылауды тілдерді дамыту саласындағы уәкілетті орган және облыстың, республикалық маңызы бар қаланың және астананың жергілікті атқарушы органы жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z88" w:id="46"/>
-[...177 lines deleted...]
-    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы Заңның 25-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7120,1668 +7338,1668 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тексерулер мерзімді және жоспардан тыс болып бөлінеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тексерулер тексерілетін субъектіге бару арқылы жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="48"/>
+    <w:bookmarkStart w:name="z95" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тілдерді дамыту саласындағы уәкілетті орган бекіткен өлшемшарт, сондай-ақ мынадай ақпарат көздері:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) алдыңғы тексерулердің нәтижелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) есептілік пен мәліметтер мониторингінің нәтижелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мемлекеттік органдардың интернет-ресурстарын талдау нәтижелері тексерілетін субъектіні мерзімді тексеру жүргізудің жартыжылдық жоспарына енгізуге негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мерзімді тексерулер тілдерді дамыту саласындағы уәкілетті органның бірінші басшысы және облыстың, республикалық маңызы бар қаланың және астананың әкімі бекіткен мерзімді тексерулер жүргізудің жартыжылдық жоспарына сәйкес жылына бір реттен жиілетпей жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мерзімді тексерулер жүргізудің жартыжылдық жоспары мерзімді тексеру жүргізілетін жылдың алдындағы жылдың 1 желтоқсанынан кешіктірілмей және ағымдағы күнтізбелік жылдың 1 маусымынан кешіктірілмей бекітіледі және мерзімді тексеру жүргізілетін жылдың алдындағы жылдың 20 желтоқсанына дейінгі және ағымдағы күнтізбелік жылдың 20 маусымына дейінгі мерзімде интернет-ресурстарда орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мерзімді тексеру жүргізудің жартыжылдық жоспары мыналарды қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жоспардың бекітілген күні мен нөмірі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекеттік органның атауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тексерілетін субъектінің атауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тексерілетін субъектінің (объектінің) тұрған жері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) тексеру жүргізу мерзімдері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) жоспарға қол қоюға уәкілетті адамның қолтаңбасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бақылау субъектісі таратылған, қайта ұйымдастырылған, оның атауы өзгерген немесе бақылау субъектілері арасындағы өкілеттіктер қайта бөлінген жағдайларда, сондай-ақ табиғи және техногендік сипаттағы төтенше жағдай туындаған, эпидемияның, карантиндік объектілер мен аса қауіпті зиянды организмдер ошақтарының, инфекциялық, паразиттік аурулардың таралуы, уланулар, радиациялық авариялар және соларға байланысты шектеулер туындаған немесе олардың туындау қатері төнген жағдайларда төтенше жағдай режимі енгізілген жағдайда мерзімді тексерулер жүргізудің жартыжылдық жоспарына өзгерістер мен толықтырулар енгізу жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың бесінші бөлігінде көрсетілген жағдайлар басталған кезде мерзімді тексеру ұзартылуы не тоқтатыла тұруы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z96" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Жоспардан тыс тексеру:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жеке және заңды тұлғалардан келіп түскен, Қазақстан Республикасының тіл туралы заңнамасының талаптарын бұзу туралы расталған жолданымдар болған кезде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тексеру нәтижелері туралы актіде көрсетілген анықталған бұзушылықтарды жою туралы талаптардың орындалуына бақылау жүргізу мақсатында;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) прокурордың тапсырмасы бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Анонимді жолданымдар болған жағдайларда жоспардан тыс тексерулер жүргізілмейді. Жоспардан тыс тексеруге тексерілетін субъектілерге қатысты анықталған және жоспардан тыс тексеруді тағайындауға негіз болған фактілер мен мән-жайлар жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z97" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Тілдерді дамыту саласындағы уәкілетті органның және облыстың, республикалық маңызы бар қаланың және астананың жергілікті атқарушы органының лауазымды адамының тексеру жүргізу кезінде:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) алдыңғы тексерулердің нәтижелері;</w:t>
-[...107 lines deleted...]
-      1) жоспардың бекітілген күні мен нөмірі;</w:t>
+      1) осы баптың 8-тармағында көрсетілген құжаттарды көрсеткен кезде тексеру нысанасына сәйкес тексерілетін субъектінің (объектінің) аумағына және үй-жайларына кедергісіз кіруге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) құжаттарды (мәліметтерді) тексеру нәтижелері туралы актіге қоса тіркеу үшін қағаз және электрондық жеткізгіштерде не олардың көшірмелерін алуға, сондай-ақ тексеру нысанасына сәйкес автоматтандырылған дерекқорларға (ақпараттық жүйелерге) қол жеткізуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) аудио-, фото- және бейнетүсірілімді жүзеге асыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) мемлекеттік органдар мен ведомстволық бағынысты ұйымдардың және өзге де ұйымдардың мамандарын, консультанттары мен сарапшыларын тартуға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z98" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Тексерілетін субъектілер не олардың уәкілетті өкілдері тексеру жүргізу кезінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тексеруді тағайындау туралы актіде (мерзімді ұзарту туралы қосымша акт болған кезде онда) көрсетілген, осы бапта белгіленген мерзімдерге сәйкес келмейтін мерзімдерден асып кеткен не олар өтіп кеткен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осы баптың 8-тармағында көзделген құжаттар болмаған жағдайларда, тілдерді дамыту саласындағы уәкілетті органның және облыстың, республикалық маңызы бар қаланың және астананың жергілікті атқарушы органының тексеру жүргізу үшін келген лауазымды адамын тексеруге жібермеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тексеру нәтижелері туралы актіге Қазақстан Республикасының заңнамасында белгіленген тәртіппен шағым жасауға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z99" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Тексерілетін субъектілер не олардың уәкілетті өкілдері тексеру жүргізу кезінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тілдерді дамыту саласындағы уәкілетті органның және облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органының лауазымды адамының тексерілетін субъектінің (объектінің) аумағына және үй-жайларына кедергісіз кіруін қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тілдерді дамыту саласындағы уәкілетті органның және облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органының лауазымды адамына құжаттарды (мәліметтерді) тексеру нәтижелері туралы актіге қоса тіркеу үшін қағаз және электрондық жеткізгіштерде не олардың көшірмелерін ұсынуға, сондай-ақ тексеру нысанасына сәйкес автоматтандырылған дерекқорларға (ақпараттық жүйелерге) қолжетімділік беруге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тексеруді тағайындау туралы, тексеру аяқталған күні тексеру нәтижелері туралы актіні алғаны туралы белгі қоюға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z100" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Тексеруді тағайындау туралы актінің негізінде тексеру жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексеруді тағайындау туралы актіде мыналар көрсетіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) актінің күні мен нөмірі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мемлекеттік органның атауы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) тексерілетін субъектінің атауы;</w:t>
-[...384 lines deleted...]
-      6. Тексерілетін субъектілер не олардың уәкілетті өкілдері тексеру жүргізу кезінде:</w:t>
+      3) тексеру жүргізуге уәкілетті адамдардың тегі, аты, әкесінің аты (егер ол жеке басты куәландыратын құжатта көрсетілсе) және лауазымы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) мемлекеттік органдардың, ведомстволық бағынысты және өзге де ұйымдардың тексеру жүргізу үшін тартылатын мамандары, консультанттары мен сарапшылары туралы мәліметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) тексерілетін субъектінің атауы, оның тұрған жері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) тексеру нысанасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) тексеру түрі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) тексеру жүргізу мерзімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) тексеру жүргізу негіздері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) тексерілетін кезең;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) тексерілетін субъект басшысының не оның уәкілетті адамының актіні алғаны немесе алудан бас тартқаны туралы қолтаңбасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) актіге қол қоюға уәкілетті адамның қолтаңбасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексеру жүргізу кезінде тілдерді дамыту саласындағы уәкілетті орган және облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органы тексерілетін субъектіге тексеру жүргізу басталғанға дейін кемінде бір тәулік бұрын тексеру жүргізудің нысанасын көрсете отырып, тексеру жүргізудің басталатыны туралы хабарлауға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексерілетін субъектіге тексеруді тағайындау туралы актіні табыс ету күні тексеру жүргізудің басталуы болып есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z101" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Тілдерді дамыту саласындағы уәкілетті органның және облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органының тексеруге келген лауазымды адамдары тексерілетін субъектіге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) тілдерді дамыту саласындағы уәкілетті органның және облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органының лауазымды адамының тексерілетін субъектінің (объектінің) аумағына және үй-жайларына кедергісіз кіруін қамтамасыз етуге;</w:t>
-[...54 lines deleted...]
-      7. Тексеруді тағайындау туралы актінің негізінде тексеру жүргізіледі.</w:t>
+      1) тексеруді тағайындау туралы актіні;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қызметтік куәлікті (сәйкестендіру картасын);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қажет болған жағдайда құзыретті органның режимдік объектілерге баруға рұқсатын көрсетуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z102" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Тексеру жүргізу мерзімі тексеру нысанасын, сондай-ақ алдағы жұмыстардың көлемін ескере отырып белгіленеді және он жұмыс күнінен аспауға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тексеруді тағайындау туралы актіде мыналар көрсетіледі:</w:t>
-[...17 lines deleted...]
-      1) актінің күні мен нөмірі;</w:t>
+      Тексеру жүргізу мерзімі тек бір рет он бес жұмыс күнінен аспайтын мерзімге ұзартылуы мүмкін. Ұзарту тілдерді дамыту саласындағы уәкілетті орган немесе облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органы басшылығының шешімімен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексеру жүргізу мерзімдерін ұзарту тексерілетін субъектіні хабардар ете отырып, тексеру мерзімдерін ұзарту туралы қосымша актімен ресімделеді, онда тексеруді тағайындау туралы алдыңғы актінің күні мен нөмірі және ұзарту себептері көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексеру мерзімдерін ұзарту туралы хабарлама мерзімін ұзартудан бір жұмыс күні бұрын тексерілетін субъектіге табыс етілгені туралы хабарламамен бірге табыс етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z103" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Тексеруді жүзеге асыратын лауазымды адамдар тексеру нәтижелері бойынша тексеру нәтижелері туралы акт жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексеру нәтижелері туралы актінің электрондық нысандағы бірінші данасы өз құзыреті шегінде мемлекеттік құқықтық статистика және арнайы есепке алу саласындағы қызметті жүзеге асыратын мемлекеттік органға жіберіледі, екінші данасы танысу және анықталған бұзушылықтарды жою жөнінде шаралар қабылдау және басқа да әрекеттер жасау үшін тексерілетін субъектіге (басшыға не оның уәкілетті адамына) қағаз жеткізгіште қолын қойғызып немесе электрондық нысанда табыс етіледі, үшінші данасы тілдерді дамыту саласындағы уәкілетті органда немесе облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органында қалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z104" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Тексеру нәтижелері туралы актіде мыналар көрсетіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) актінің жасалған күні, уақыты және орны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мемлекеттік органның атауы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) тексеру жүргізуге уәкілетті адамдардың тегі, аты, әкесінің аты (егер ол жеке басты куәландыратын құжатта көрсетілсе) және лауазымы;</w:t>
-[...364 lines deleted...]
-      10. Тексеруді жүзеге асыратын лауазымды адамдар тексеру нәтижелері бойынша тексеру нәтижелері туралы акт жасайды.</w:t>
+      3) соның негізінде тексеру жүргізілген тексеруді тағайындау туралы актінің (бар болса, мерзімді ұзарту туралы қосымша актінің) күні мен нөмірі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тексеруді жүргізген адамның тегі, аты, әкесінің аты (егер ол жеке басты куәландыратын құжатта көрсетілсе) және лауазымы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) мемлекеттік органдардың, ведомстволық бағынысты және өзге де ұйымдардың тексеру жүргізу үшін тартылатын мамандары, консультанттары мен сарапшылары туралы мәліметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) тексерілетін субъектінің атауы, оның тұрған жері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) тексеру жүргізу мерзімі мен кезеңі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) тексерудің түрі мен нысанасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) тексеру нәтижелері туралы, оның ішінде анықталған бұзушылықтар және олардың сипаты туралы мәліметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) Қазақстан Республикасының тіл туралы заңнамасы талаптарының анықталған бұзушылықтарын жою туралы ұсынымдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) актімен танысу немесе танысудан бас тарту туралы, сондай-ақ тексеру жүргізу кезінде қатысқан адамдар туралы мәліметтер, олардың қолтаңбалары немесе қол қоюдан бас тарту туралы жазба;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) тексеруді жүргізген лауазымды адамның қолтаңбасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексеру нәтижелері туралы актіге олар болған кезде тексеру нәтижелеріне байланысты құжаттар және олардың көшірмелері қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z105" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Тексеру нәтижелері бойынша ескертулер және (немесе) қарсылықтар болған жағдайда тексерілетін субъект оларды тексеру нәтижелері туралы актіні алған күннен бастап үш жұмыс күні ішінде жазбаша түрде баяндайды. Ескертулер және (немесе) қарсылықтар тексеру нәтижелері туралы актіге қоса беріледі, бұл туралы тиісті белгі қойылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тексеру нәтижелері туралы актінің электрондық нысандағы бірінші данасы өз құзыреті шегінде мемлекеттік құқықтық статистика және арнайы есепке алу саласындағы қызметті жүзеге асыратын мемлекеттік органға жіберіледі, екінші данасы танысу және анықталған бұзушылықтарды жою жөнінде шаралар қабылдау және басқа да әрекеттер жасау үшін тексерілетін субъектіге (басшыға не оның уәкілетті адамына) қағаз жеткізгіште қолын қойғызып немесе электрондық нысанда табыс етіледі, үшінші данасы тілдерді дамыту саласындағы уәкілетті органда немесе облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органында қалады.</w:t>
-[...18 lines deleted...]
-      11. Тексеру нәтижелері туралы актіде мыналар көрсетіледі:</w:t>
+      Тілдерді дамыту саласындағы уәкілетті орган немесе облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органы тексерілетін субъектінің тексеру нәтижелері туралы ескертулерін және (немесе) қарсылықтарын қарауға және он бес жұмыс күні ішінде уәжді жауап беруге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексеру нәтижелері туралы актіні қабылдаудан бас тартылған жағдайда акт жасалады, оған тексеруді жүзеге асыратын лауазымды адам және тексерілетін субъектінің басшысы не оның уәкілетті өкілі қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексерілетін субъект бас тарту себебі туралы жазбаша түсініктеме бере отырып, актіге қол қоюдан бас тартуға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z106" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Тексерілетін субъектіге тексеру нәтижелері туралы актіні тексеруді тағайындау туралы актіде (бар болса, мерзімді ұзарту туралы қосымша актіде) көрсетілген тексерудің аяқталу мерзімінен кешіктірмей табыс етілген күн тексеру жүргізу мерзімінің аяқталуы болып есептеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:p>
-[...249 lines deleted...]
-      12. Тексеру нәтижелері бойынша ескертулер және (немесе) қарсылықтар болған жағдайда тексерілетін субъект оларды тексеру нәтижелері туралы актіні алған күннен бастап үш жұмыс күні ішінде жазбаша түрде баяндайды. Ескертулер және (немесе) қарсылықтар тексеру нәтижелері туралы актіге қоса беріледі, бұл туралы тиісті белгі қойылады.</w:t>
+    <w:bookmarkStart w:name="z107" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Тексеру нәтижелері туралы актіні орындау мерзімдері оны орындаудың нақты мүмкіндігіне әсер ететін мән-жайлар ескеріле отырып, бірақ тексеру нәтижелері туралы акт табыс етілген күннен бастап күнтізбелік отыз күннен асырылмай айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:p>
-[...69 lines deleted...]
-      13. Тексерілетін субъектіге тексеру нәтижелері туралы актіні тексеруді тағайындау туралы актіде (бар болса, мерзімді ұзарту туралы қосымша актіде) көрсетілген тексерудің аяқталу мерзімінен кешіктірмей табыс етілген күн тексеру жүргізу мерзімінің аяқталуы болып есептеледі.</w:t>
+    <w:bookmarkStart w:name="z108" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Тексеру нәтижелері туралы актіні орындау мерзімдерін айқындау кезінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z107" w:id="60"/>
-[...15 lines deleted...]
-      14. Тексеру нәтижелері туралы актіні орындау мерзімдері оны орындаудың нақты мүмкіндігіне әсер ететін мән-жайлар ескеріле отырып, бірақ тексеру нәтижелері туралы акт табыс етілген күннен бастап күнтізбелік отыз күннен асырылмай айқындалады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тексерілетін субъектіде бұзушылықтарды жою бойынша ұйымдастырушылық, техникалық мүмкіндіктердің бар-жоғы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекеттік органдардан міндетті қорытындылар, келісулер және Қазақстан Республикасының заңдарында белгіленген басқа да құжаттар алу мерзімдері көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z109" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Тексеру нәтижелері туралы актіде белгіленген бұзушылықтарды жою мерзімі өткеннен кейін тексерілетін субъект тексеру нәтижелері туралы актіде белгіленген мерзім ішінде тілдерді дамыту саласындағы уәкілетті органға немесе облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органына анықталған бұзушылықтардың жойылғаны туралы ақпаратты беруге міндетті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z108" w:id="61"/>
-[...74 lines deleted...]
-    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Анықталған бұзушылықтардың жойылғаны туралы ақпарат берілмеген немесе толық ұсынылмаған жағдайда тілдерді дамыту саласындағы уәкілетті орган немесе облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органы осы баптың 3-тармағының 2) тармақшасына сәйкес жоспардан тыс тексеруді тағайындайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Анықталған бұзушылықтардың жойылғаны туралы ұсынылған ақпаратқа тексерілетін субъект бұзушылықтардың жойылу фактісін дәлелдейтін материалдарды қоса береді (егер тексеру нәтижелері туралы актіде материалды беру туралы көрсетілсе). Бұл жағдайда жоспардан тыс тексеру жүргізу талап етілмейді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z110" w:id="63"/>
+    <w:bookmarkStart w:name="z110" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Тексеруді жүзеге асыру кезінде тексерілетін субъектінің құқықтары мен заңды мүдделері бұзылған жағдайда тексерілетін субъект тілдерді дамыту саласындағы уәкілетті органның немесе облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органының лауазымды адамдарының шешімдеріне, әрекеттеріне (әрекетсіздігіне) жоғары тұрған лауазымды адамға не сотқа Қазақстан Республикасының заңнамасында белгіленген тәртіппен шағым жасауға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z111" w:id="64"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z111" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Егер тексеру жүргізу нәтижесінде тексерілетін субъектінің Қазақстан Республикасының тіл туралы заңнамасында белгіленген талаптарды бұзу фактісі анықталса, әкімшілік құқық бұзушылық құрамының белгілерін көрсететін жеткілікті деректер болған кезде тілдерді дамыту саласындағы уәкілетті органның немесе облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органының лауазымды адамдары өкілеттіктері шегінде бұзушылықтарға жол берген адамдарды Қазақстан Республикасының заңдарында белгіленген жауаптылыққа тарту жөнінде шаралар қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8885,68 +9103,68 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 26-бап алып тасталды – ҚР 20.12.2004 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2005 бастап күшіне енеді) Заңымен. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="65"/>
+    <w:bookmarkStart w:name="z33" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  6 тарау. Тiлдi шет елдермен және халықаралық ұйымдармен қатынастарда пайдалану</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">27-бап. Тiл - халықаралық қызметте </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>