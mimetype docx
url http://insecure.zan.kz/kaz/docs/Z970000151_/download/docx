--- v1 (2025-12-31)
+++ v2 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b69cd4a" w14:textId="b69cd4a">
+    <w:p w14:paraId="e461387" w14:textId="e461387">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2651,51 +2651,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 18-бапқа өзгерістер енгізілді - ҚР 2012.01.18 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 546-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік отыз күн өткен соң қолданысқа енгізіледі); 19.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 94-VIII</w:t>
       </w:r>
       <w:r>
@@ -3357,51 +3357,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Шетелде өндiрiлген тауарлардың арнайы мәлiметтер көрсетiлген тауарлық жапсырмалары (этикеткалары), таңбаламалары, нұсқаулықтары импорттаушы ұйымдардың қаражаты есебiнен мемлекеттiк тiлдегi және орыс тiлiндегi аудармасымен қамтамасыз етiледi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Деректемелер мен көрнекі ақпараттың барлық мәтiнi мынадай ретпен: мемлекеттiк тiлде - сол жағына немесе жоғарғы жағына, орыс тiлiнде он жағына немесе төменгi жағына орналасады, бiрдей өлшемдегi әрiптермен жазылады. Қажеттiгiне қарай деректемелер мен көрнекі ақпараттың мәтiндерi қосымша басқа да тiлдерге аударылуы мүмкiн. Бұл жағдайда қарiп өлшемi нормативтiк құқықтық актiлерде белгiленген талаптардан аспауға тиiс. Ауызша ақпарат, хабарландыру, жарнама мемлекеттiк тiлде, орыс және қажет болған жағдайда, басқа да тiлдерде берiледi. </w:t>
+      Деректемелер мен көрнекі ақпараттың барлық мәтiнi мынадай ретпен: мемлекеттiк тiлде - сол жағына немесе жоғарғы жағына, орыс тiлiнде оң жағына немесе төменгi жағына орналасады, бiрдей өлшемдегi әрiптермен жазылады. Қажеттiгiне қарай деректемелер мен көрнекі ақпараттың мәтiндерi қосымша басқа да тiлдерге аударылуы мүмкiн. Бұл жағдайда қарiп өлшемi нормативтiк құқықтық актiлерде белгiленген талаптардан аспауға тиiс. Ауызша ақпарат, хабарландыру, жарнама мемлекеттiк тiлде, орыс және қажет болған жағдайда, басқа да тiлдерде берiледi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -3481,84 +3481,288 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      22-баптың тақырыбына өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>22-бап. Тіл – байланыс және ақпараттандыру саласында</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының шегінде байланыс саласында мемлекеттік тілдің және орыс тілінің қолданылуы қамтамасыз етіледі. Қазақстан Республикасының шегінен тыс жерге пошта-телеграф жөнелтілімдері белгіленген халықаралық қағидаларға сәйкес жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      22-баптың екінші бөлігіне өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ақпараттандыру объектілерінің меншік иелері мемлекеттік органдар мен квазимемлекеттік сектордың мемлекеттік электрондық ақпараттық ресурстарды қалыптастыруға, мемлекеттік функцияларды орындауға және мемлекеттік қызметтерді көрсетуге арналған ақпараттандыру объектілерін Қазақстан Республикасының аумағында мемлекеттік тілде, орыс тілінде және қажет болған кезде басқа да тілдерде құруға және айналысқа шығаруға міндетті. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -3893,51 +4097,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 24-бап жаңа редакцияда - ҚР 21.01.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 72-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін үш ай өткен соң қолданысқа енгізiледi); өзгеріс енгізілді – ҚР 30.12.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 393-VI</w:t>
       </w:r>
       <w:r>
@@ -4742,145 +4946,103 @@
         <w:t xml:space="preserve">
       7-1) осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңның</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мақсаты мен міндеттеріне және Қазақстан Республикасының заңнамасына сәйкес тілдерді дамыту саласындағы нормативтік құқықтық актілерді әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z49" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-н</w:t>
-[...60 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 25-бапқа өзгерістер енгізілді - ҚР 20.12.2004 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2005 бастап күшіне енеді); 06.01.2011 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 378-IV</w:t>
       </w:r>
       <w:r>
@@ -5351,450 +5513,288 @@
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z78" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Республикалық ономастика комиссиясымен келісілгеннен кейін ауылдарға, кенттерге, ауылдық округтерге атау беру, олардың атауын өзгерту, сондай-ақ олардың атауларының транскрипциясын нақтылау мен өзгерту бойынша қорытындылар беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) жекеменшік білім беру ұйымдарына тұлғалардың есімдерін беруді және оларды қайта атауды келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Республикалық ономастика комиссиясымен келісілгеннен кейін аудандық маңызы бар қалалардың, кенттің, ауылдың, ауылдық округтің құрамдас бөлiктерiне атау беру, олардың атауын өзгерту, сондай-ақ олардың атауларының транскрипциясын нақтылау мен өзгерту бойынша қорытындылар беру жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z80" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Республикалық маңызы бар қалалардың, астананың ономастика комиссияларының құзыретіне Республикалық ономастика комиссиясымен келісілгеннен кейін – республикалық маңызы бар қалалардың, астананың қаладағы аудандарына, құрамдас бөлiктерiне атау беру, оларды қайта атау, олардың атауларының транскрипциясын нақтылау мен өзгерту, сондай-ақ жекеменшік білім беру ұйымдарына тұлғалардың есімдерін беруді және оларды қайта атауды келісу бойынша қорытындылар беру жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z81" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Жергілікті өкілді және атқарушы органдар әкімшілік-аумақтық бірліктерге, елді мекендердің құрамдас бөлiктерiне атау беру, оларды қайта атау, сондай-ақ олардың атауларының транскрипциясын нақтылау мен өзгерту бойынша шешімді тиісті ономастика комиссияларының оң қорытындылары болған кезде ғана қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...30 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Ескерту. 25-1-баппен толықтырылды - ҚР 20.12.2004 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2005 бастап күшіне енеді); өзгеріс енгізілді - ҚР 24.11.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 75-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 223-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 05.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 115-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 236-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) Заңымен.</w:t>
-[...313 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -5840,51 +5840,51 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланғанынан кейін үш ай өткен соң қолданысқа енгізiледi).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Облыстың, республикалық маңызы бар қаланың, астананың жергiлiктi атқарушы органы: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="28"/>
+    <w:bookmarkStart w:name="z50" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5899,71 +5899,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - ҚР 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z51" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z51" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) орталық мемлекеттік органдардың және олардың ведомстволарының аумақтық бөлімшелерінің, облыстың, республикалық маңызы бар қаланың, астананың, ауданның, облыстық маңызы бар қаланың жергілікті атқарушы органдарының және қаладағы аудан әкімі аппараттарының, ауыл, кент, ауылдық округ әкімі аппараттарының Қазақстан Республикасының тіл туралы заңнамасын сақтауына мемлекеттік бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5992,90 +5992,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z118" w:id="30"/>
+    <w:bookmarkStart w:name="z118" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2-2) маңдайшаны республикалық маңызы бар қалада, астанада орналастыру туралы хабарламаларды "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қабылдауды және қарауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6094,81 +6094,81 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="31"/>
+    <w:bookmarkStart w:name="z55" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6183,111 +6183,111 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">алып тасталды - ҚР 29.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 376-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (01.01.2016 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z53" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z53" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) мемлекеттiк тiлдi және басқа тiлдердi дамытуға бағытталған облыстық маңызы бар шаралар кешенiн жүзеге асырады; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z54" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z54" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) облыстық ономастика комиссиясының, республикалық маңызы бар қаланың, астананың ономастика комиссияларының қызметiн қамтамасыз етедi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z38" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) жергілікті мемлекеттік басқару мүддесінде Қазақстан Республикасының заңнамасымен жергілікті атқарушы органдарға жүктелетін өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6416,51 +6416,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 13.01.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 157-VIII</w:t>
       </w:r>
       <w:r>
@@ -6563,180 +6563,180 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">1) алып тасталды - ҚР 21.01.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 72-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін үш ай өткен соң қолданысқа енгізiледi) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z119" w:id="35"/>
+    <w:bookmarkStart w:name="z119" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1-1) маңдайшаны облыстық және аудандық маңызы бар қалада, ауылда, кентте орналастыру туралы хабарламаларды "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қабылдауды және қарауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z57" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z57" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) мемлекеттiк тiлдi және басқа тiлдердi дамытуға бағытталған аудандық (облыстық маңызы бар қала) деңгейдегi iс-шараларды жүргiзедi; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z58" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z58" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) облыстардың атқарушы органдарына ауылдардың, кенттердiң, ауылдық округтердiң атауы және олардың атауларын өзгерту, сондай-ақ олардың атауларының транскрипциясын өзгерту туралы ұсыныстар енгiзедi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z39" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z39" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жергілікті мемлекеттік басқару мүддесінде Қазақстан Республикасының заңнамасымен жергілікті атқарушы органдарға жүктелетін өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6947,170 +6947,170 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>25-5-бап. Ономастика жұмысының критерийлері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z83" w:id="39"/>
+    <w:bookmarkStart w:name="z83" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының аумағындағы әкімшілік-аумақтық бірліктерге, елді мекендердің құрамдас бөлiктерiне, әуежайларға, порттарға, теміржол вокзалдарына, теміржол стансаларына, метрополитен стансаларына, автовокзалдарға, автостансаларға, физикалық-географиялық және мемлекет меншігіндегі басқа да объектілерге атау беру және оларды қайта атау, сондай-ақ олардың атауларының транскрипциясын нақтылау мен өзгерту және мемлекеттік заңды тұлғаларға, мемлекет қатысатын заңды тұлғаларға жеке адамдардың есімдерін беру жөніндегі ономастика жұмысының критерийлері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z84" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z84" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тарихи, географиялық, табиғи және мәдени ерекшеліктерді ескеру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z85" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z85" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) әдеби тіл және орфография нормаларына сәйкестік;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z86" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z86" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) бір әкімшілік-аумақтық бірліктің шегіндегі елді мекендерге, елді мекендердің құрамдас бөліктеріне бір атауды бір мәрте ғана беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z87" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z87" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жеке адамның есімімен аталған, ол берілген (өзгертілген) күннен бастап кемінде он жыл өткен соң берілген есімді қайта атау, оны өзгерту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z88" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z88" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) қаһармандық пен ерлік танытқан, мемлекет тәуелсіздігін нығайтуға ерен үлес қосқан тұлғалардың есімдерін беру жағдайларын қоспағанда, аса көрнекті мемлекет және қоғам қайраткерлерінің, ғылым, мәдениет қайраткерлерінің және Қазақстан Республикасы мен әлемдік қоғамдастық алдында еңбек сіңірген басқа да адамдардың жеке есімдерін қайтыс болған күнінен бастап кемінде бес жыл өткен соң беру болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7206,70 +7206,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>25-6-бап. Тілдерді дамыту саласындағы мемлекеттік бақылауды жүргізу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z94" w:id="45"/>
+    <w:bookmarkStart w:name="z94" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тексерулер нысанындағы мемлекеттік бақылауды тілдерді дамыту саласындағы уәкілетті орган және облыстың, республикалық маңызы бар қаланың және астананың жергілікті атқарушы органы жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы Заңның 25-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7338,70 +7338,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тексерулер мерзімді және жоспардан тыс болып бөлінеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тексерулер тексерілетін субъектіге бару арқылы жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="46"/>
+    <w:bookmarkStart w:name="z95" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тілдерді дамыту саласындағы уәкілетті орган бекіткен өлшемшарт, сондай-ақ мынадай ақпарат көздері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) алдыңғы тексерулердің нәтижелері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7610,70 +7610,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бақылау субъектісі таратылған, қайта ұйымдастырылған, оның атауы өзгерген немесе бақылау субъектілері арасындағы өкілеттіктер қайта бөлінген жағдайларда, сондай-ақ табиғи және техногендік сипаттағы төтенше жағдай туындаған, эпидемияның, карантиндік объектілер мен аса қауіпті зиянды организмдер ошақтарының, инфекциялық, паразиттік аурулардың таралуы, уланулар, радиациялық авариялар және соларға байланысты шектеулер туындаған немесе олардың туындау қатері төнген жағдайларда төтенше жағдай режимі енгізілген жағдайда мерзімді тексерулер жүргізудің жартыжылдық жоспарына өзгерістер мен толықтырулар енгізу жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақтың бесінші бөлігінде көрсетілген жағдайлар басталған кезде мерзімді тексеру ұзартылуы не тоқтатыла тұруы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z96" w:id="47"/>
+    <w:bookmarkStart w:name="z96" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Жоспардан тыс тексеру:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жеке және заңды тұлғалардан келіп түскен, Қазақстан Республикасының тіл туралы заңнамасының талаптарын бұзу туралы расталған жолданымдар болған кезде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7702,162 +7702,268 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) прокурордың тапсырмасы бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Анонимді жолданымдар болған жағдайларда жоспардан тыс тексерулер жүргізілмейді. Жоспардан тыс тексеруге тексерілетін субъектілерге қатысты анықталған және жоспардан тыс тексеруді тағайындауға негіз болған фактілер мен мән-жайлар жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z97" w:id="48"/>
+    <w:bookmarkStart w:name="z97" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Тілдерді дамыту саласындағы уәкілетті органның және облыстың, республикалық маңызы бар қаланың және астананың жергілікті атқарушы органының лауазымды адамының тексеру жүргізу кезінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы баптың 8-тармағында көрсетілген құжаттарды көрсеткен кезде тексеру нысанасына сәйкес тексерілетін субъектінің (объектінің) аумағына және үй-жайларына кедергісіз кіруге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) құжаттарды (мәліметтерді) тексеру нәтижелері туралы актіге қоса тіркеу үшін қағаз және электрондық жеткізгіштерде не олардың көшірмелерін алуға, сондай-ақ тексеру нысанасына сәйкес автоматтандырылған дерекқорларға (ақпараттық жүйелерге) қол жеткізуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) аудио-, фото- және бейнетүсірілімді жүзеге асыруға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мемлекеттік органдар мен ведомстволық бағынысты ұйымдардың және өзге де ұйымдардың мамандарын, консультанттары мен сарапшыларын тартуға құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="49"/>
+    <w:bookmarkStart w:name="z98" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Тексерілетін субъектілер не олардың уәкілетті өкілдері тексеру жүргізу кезінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мынадай:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7886,144 +7992,250 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осы баптың 8-тармағында көзделген құжаттар болмаған жағдайларда, тілдерді дамыту саласындағы уәкілетті органның және облыстың, республикалық маңызы бар қаланың және астананың жергілікті атқарушы органының тексеру жүргізу үшін келген лауазымды адамын тексеруге жібермеуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тексеру нәтижелері туралы актіге Қазақстан Республикасының заңнамасында белгіленген тәртіппен шағым жасауға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z99" w:id="50"/>
+    <w:bookmarkStart w:name="z99" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Тексерілетін субъектілер не олардың уәкілетті өкілдері тексеру жүргізу кезінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тілдерді дамыту саласындағы уәкілетті органның және облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органының лауазымды адамының тексерілетін субъектінің (объектінің) аумағына және үй-жайларына кедергісіз кіруін қамтамасыз етуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тілдерді дамыту саласындағы уәкілетті органның және облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органының лауазымды адамына құжаттарды (мәліметтерді) тексеру нәтижелері туралы актіге қоса тіркеу үшін қағаз және электрондық жеткізгіштерде не олардың көшірмелерін ұсынуға, сондай-ақ тексеру нысанасына сәйкес автоматтандырылған дерекқорларға (ақпараттық жүйелерге) қолжетімділік беруге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) тексеруді тағайындау туралы, тексеру аяқталған күні тексеру нәтижелері туралы актіні алғаны туралы белгі қоюға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z100" w:id="51"/>
+    <w:bookmarkStart w:name="z100" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Тексеруді тағайындау туралы актінің негізінде тексеру жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тексеруді тағайындау туралы актіде мыналар көрсетіледі:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8250,70 +8462,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тексеру жүргізу кезінде тілдерді дамыту саласындағы уәкілетті орган және облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органы тексерілетін субъектіге тексеру жүргізу басталғанға дейін кемінде бір тәулік бұрын тексеру жүргізудің нысанасын көрсете отырып, тексеру жүргізудің басталатыны туралы хабарлауға міндетті.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тексерілетін субъектіге тексеруді тағайындау туралы актіні табыс ету күні тексеру жүргізудің басталуы болып есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z101" w:id="52"/>
+    <w:bookmarkStart w:name="z101" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Тілдерді дамыту саласындағы уәкілетті органның және облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органының тексеруге келген лауазымды адамдары тексерілетін субъектіге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тексеруді тағайындау туралы актіні;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8324,70 +8536,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қызметтік куәлікті (сәйкестендіру картасын);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қажет болған жағдайда құзыретті органның режимдік объектілерге баруға рұқсатын көрсетуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z102" w:id="53"/>
+    <w:bookmarkStart w:name="z102" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Тексеру жүргізу мерзімі тексеру нысанасын, сондай-ақ алдағы жұмыстардың көлемін ескере отырып белгіленеді және он жұмыс күнінен аспауға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тексеру жүргізу мерзімі тек бір рет он бес жұмыс күнінен аспайтын мерзімге ұзартылуы мүмкін. Ұзарту тілдерді дамыту саласындағы уәкілетті орган немесе облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органы басшылығының шешімімен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8398,108 +8610,108 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тексеру жүргізу мерзімдерін ұзарту тексерілетін субъектіні хабардар ете отырып, тексеру мерзімдерін ұзарту туралы қосымша актімен ресімделеді, онда тексеруді тағайындау туралы алдыңғы актінің күні мен нөмірі және ұзарту себептері көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тексеру мерзімдерін ұзарту туралы хабарлама мерзімін ұзартудан бір жұмыс күні бұрын тексерілетін субъектіге табыс етілгені туралы хабарламамен бірге табыс етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z103" w:id="54"/>
+    <w:bookmarkStart w:name="z103" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Тексеруді жүзеге асыратын лауазымды адамдар тексеру нәтижелері бойынша тексеру нәтижелері туралы акт жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тексеру нәтижелері туралы актінің электрондық нысандағы бірінші данасы өз құзыреті шегінде мемлекеттік құқықтық статистика және арнайы есепке алу саласындағы қызметті жүзеге асыратын мемлекеттік органға жіберіледі, екінші данасы танысу және анықталған бұзушылықтарды жою жөнінде шаралар қабылдау және басқа да әрекеттер жасау үшін тексерілетін субъектіге (басшыға не оның уәкілетті адамына) қағаз жеткізгіште қолын қойғызып немесе электрондық нысанда табыс етіледі, үшінші данасы тілдерді дамыту саласындағы уәкілетті органда немесе облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органында қалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z104" w:id="55"/>
+    <w:bookmarkStart w:name="z104" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Тексеру нәтижелері туралы актіде мыналар көрсетіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) актінің жасалған күні, уақыты және орны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8690,70 +8902,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) тексеруді жүргізген лауазымды адамның қолтаңбасы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тексеру нәтижелері туралы актіге олар болған кезде тексеру нәтижелеріне байланысты құжаттар және олардың көшірмелері қоса беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z105" w:id="56"/>
+    <w:bookmarkStart w:name="z105" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Тексеру нәтижелері бойынша ескертулер және (немесе) қарсылықтар болған жағдайда тексерілетін субъект оларды тексеру нәтижелері туралы актіні алған күннен бастап үш жұмыс күні ішінде жазбаша түрде баяндайды. Ескертулер және (немесе) қарсылықтар тексеру нәтижелері туралы актіге қоса беріледі, бұл туралы тиісті белгі қойылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тілдерді дамыту саласындағы уәкілетті орган немесе облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органы тексерілетін субъектінің тексеру нәтижелері туралы ескертулерін және (немесе) қарсылықтарын қарауға және он бес жұмыс күні ішінде уәжді жауап беруге тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8764,242 +8976,242 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тексеру нәтижелері туралы актіні қабылдаудан бас тартылған жағдайда акт жасалады, оған тексеруді жүзеге асыратын лауазымды адам және тексерілетін субъектінің басшысы не оның уәкілетті өкілі қол қояды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тексерілетін субъект бас тарту себебі туралы жазбаша түсініктеме бере отырып, актіге қол қоюдан бас тартуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z106" w:id="57"/>
+    <w:bookmarkStart w:name="z106" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Тексерілетін субъектіге тексеру нәтижелері туралы актіні тексеруді тағайындау туралы актіде (бар болса, мерзімді ұзарту туралы қосымша актіде) көрсетілген тексерудің аяқталу мерзімінен кешіктірмей табыс етілген күн тексеру жүргізу мерзімінің аяқталуы болып есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z107" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z107" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Тексеру нәтижелері туралы актіні орындау мерзімдері оны орындаудың нақты мүмкіндігіне әсер ететін мән-жайлар ескеріле отырып, бірақ тексеру нәтижелері туралы акт табыс етілген күннен бастап күнтізбелік отыз күннен асырылмай айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z108" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z108" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Тексеру нәтижелері туралы актіні орындау мерзімдерін айқындау кезінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тексерілетін субъектіде бұзушылықтарды жою бойынша ұйымдастырушылық, техникалық мүмкіндіктердің бар-жоғы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мемлекеттік органдардан міндетті қорытындылар, келісулер және Қазақстан Республикасының заңдарында белгіленген басқа да құжаттар алу мерзімдері көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z109" w:id="60"/>
+    <w:bookmarkStart w:name="z109" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Тексеру нәтижелері туралы актіде белгіленген бұзушылықтарды жою мерзімі өткеннен кейін тексерілетін субъект тексеру нәтижелері туралы актіде белгіленген мерзім ішінде тілдерді дамыту саласындағы уәкілетті органға немесе облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органына анықталған бұзушылықтардың жойылғаны туралы ақпаратты беруге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Анықталған бұзушылықтардың жойылғаны туралы ақпарат берілмеген немесе толық ұсынылмаған жағдайда тілдерді дамыту саласындағы уәкілетті орган немесе облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органы осы баптың 3-тармағының 2) тармақшасына сәйкес жоспардан тыс тексеруді тағайындайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Анықталған бұзушылықтардың жойылғаны туралы ұсынылған ақпаратқа тексерілетін субъект бұзушылықтардың жойылу фактісін дәлелдейтін материалдарды қоса береді (егер тексеру нәтижелері туралы актіде материалды беру туралы көрсетілсе). Бұл жағдайда жоспардан тыс тексеру жүргізу талап етілмейді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z110" w:id="61"/>
+    <w:bookmarkStart w:name="z110" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Тексеруді жүзеге асыру кезінде тексерілетін субъектінің құқықтары мен заңды мүдделері бұзылған жағдайда тексерілетін субъект тілдерді дамыту саласындағы уәкілетті органның немесе облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органының лауазымды адамдарының шешімдеріне, әрекеттеріне (әрекетсіздігіне) жоғары тұрған лауазымды адамға не сотқа Қазақстан Республикасының заңнамасында белгіленген тәртіппен шағым жасауға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z111" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z111" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Егер тексеру жүргізу нәтижесінде тексерілетін субъектінің Қазақстан Республикасының тіл туралы заңнамасында белгіленген талаптарды бұзу фактісі анықталса, әкімшілік құқық бұзушылық құрамының белгілерін көрсететін жеткілікті деректер болған кезде тілдерді дамыту саласындағы уәкілетті органның немесе облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органының лауазымды адамдары өкілеттіктері шегінде бұзушылықтарға жол берген адамдарды Қазақстан Республикасының заңдарында белгіленген жауаптылыққа тарту жөнінде шаралар қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9103,68 +9315,68 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 26-бап алып тасталды – ҚР 20.12.2004 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2005 бастап күшіне енеді) Заңымен. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="63"/>
+    <w:bookmarkStart w:name="z33" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  6 тарау. Тiлдi шет елдермен және халықаралық ұйымдармен қатынастарда пайдалану</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">27-бап. Тiл - халықаралық қызметте </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>