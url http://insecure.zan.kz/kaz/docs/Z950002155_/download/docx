--- v0 (2025-10-02)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b496c94" w14:textId="b496c94">
+    <w:p w14:paraId="113ea39" w14:textId="113ea39">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2533,50 +2533,156 @@
         <w:t>
       3-1) Қазақстан Республикасы ұлттық валютасының айналыстағы ақша белгілерінің дизайны (нысаны) өзгерген кезде оларды ауыстыру тәртібін айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z717" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-2) Қазақстан Ұлттық Банкінде жеке және заңды тұлғалармен кассалық операцияларды жүргізу тәртібін айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-3) тармақшамен толықтыру көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z334" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) банкноттарды, монеталарды және құндылықтарды тасымалдауды, сақтауды және инкассациялауды қамтамасыз етуге қатысады, банкноттардың, монеталардың және құндылықтардың резервтiк мемлекеттік қорларын құрады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2782,227 +2888,455 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z340" w:id="33"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10) тармақша жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) шетел валютасындағы және бағалы металдардағы активтерді басқаруды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z341" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) бағалы металдардағы активтерді толықтыру үшін тазартылған алтынды сатып алуға мемлекеттің басым құқығын іске асырады;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z341" w:id="34"/>
-[...15 lines deleted...]
-      11) бағалы металдардағы активтерді толықтыру үшін тазартылған алтынды сатып алуға мемлекеттің басым құқығын іске асырады;</w:t>
+    <w:bookmarkStart w:name="z342" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) Қазақстан Республикасының заңнамасында көзделген жағдайларда бағалы металдардың және құрамында бағалы металдар бар шикізат тауарларының сынамаларына (үлгілеріне) бақылау сынақтарын жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z342" w:id="35"/>
-[...15 lines deleted...]
-      12) Қазақстан Республикасының заңнамасында көзделген жағдайларда бағалы металдардың және құрамында бағалы металдар бар шикізат тауарларының сынамаларына (үлгілеріне) бақылау сынақтарын жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z530" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-1) меншік иелері қаржы ұйымдары, бағалы металдармен және құрамында бағалы металдар бар шикізат тауарларымен экспорттық-импорттық операцияларды жүзеге асыруға құқығы бар өзге де тұлғалар болып табылатын, олардан жасалған бұйымдарды қоспағанда, бағалы металдарды және құрамында бағалы металдар бар шикізат тауарларының сынамаларын (үлгілерін) сақтауды және сынауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z530" w:id="36"/>
-[...15 lines deleted...]
-      12-1) меншік иелері қаржы ұйымдары, бағалы металдармен және құрамында бағалы металдар бар шикізат тауарларымен экспорттық-импорттық операцияларды жүзеге асыруға құқығы бар өзге де тұлғалар болып табылатын, олардан жасалған бұйымдарды қоспағанда, бағалы металдарды және құрамында бағалы металдар бар шикізат тауарларының сынамаларын (үлгілерін) сақтауды және сынауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z531" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-2) Қазақстан Республикасының заңнамасында көзделген жағдайларда жекелеген негіздер бойынша мемлекет меншiгiне айналдырылған (келіп түскен) бағалы металдарды, асыл тастарды және олардан жасалған бұйымдарды тасымалдауды, қабылдауды, есепке алуды, сақтауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z531" w:id="37"/>
-[...15 lines deleted...]
-      12-2) Қазақстан Республикасының заңнамасында көзделген жағдайларда жекелеген негіздер бойынша мемлекет меншiгiне айналдырылған (келіп түскен) бағалы металдарды, асыл тастарды және олардан жасалған бұйымдарды тасымалдауды, қабылдауды, есепке алуды, сақтауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z343" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) дербес және (немесе) Қазақстан Республикасының өзге де мемлекеттік органдарымен бірлесіп олардың құзыреті шеңберінде жүйелік тәуекелдерді реттеуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z343" w:id="38"/>
-[...15 lines deleted...]
-      13) дербес және (немесе) Қазақстан Республикасының өзге де мемлекеттік органдарымен бірлесіп олардың құзыреті шеңберінде жүйелік тәуекелдерді реттеуді жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z344" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) Қазақстан Республикасының заңнамасына сәйкес қарыздар береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z344" w:id="39"/>
-[...15 lines deleted...]
-      14) Қазақстан Республикасының заңнамасына сәйкес қарыздар береді;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15) алып тасталды – ҚР 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z346" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) статистикалық әдіснаманы әзірлейді, ақша-кредит статистикасы, қаржы нарығы статистикасы және сыртқы сектор статистикасы (төлем балансы, халықаралық инвестициялық позиция және сыртқы борыш) жөніндегі статистикалық ақпаратты қалыптастырады және таратады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z347" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) сыртқы сектор статистикасы жөніндегі статистикалық нысандарды әзірлейді, статистикалық жұмыстар жоспарына сәйкес ведомстволық статистикалық байқаулар жүргізеді, сондай-ақ өз құзыреті шегінде мемлекеттік статистика саласында бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">15) алып тасталды – ҚР 30.06.2025 </w:t>
+        <w:t xml:space="preserve">18) алып тасталды – ҚР 30.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 205-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -3015,2110 +3349,2556 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z346" w:id="40"/>
-[...35 lines deleted...]
-      17) сыртқы сектор статистикасы жөніндегі статистикалық нысандарды әзірлейді, статистикалық жұмыстар жоспарына сәйкес ведомстволық статистикалық байқаулар жүргізеді, сондай-ақ өз құзыреті шегінде мемлекеттік статистика саласында бақылауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z659" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-1) валюталық реттеу және валюталық бақылау, ақша-кредит статистикасы, қолма-қол ақша айналысы, төлемдер және төлем жүйелері, қаржы нарығы мен қаржы ұйымдарын және Қазақстан Республикасының қаржы заңнамасы саласындағы реттеу, бақылау және қадағалау мәселелері бойынша әкімшілік деректерді (қаржылық және өзге де есептілікті) жинау мен өңдеуді жүзеге асырады және оларды ұсыну тәртібін айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:p>
-[...111 lines deleted...]
-    <w:bookmarkStart w:name="z349" w:id="43"/>
+    <w:bookmarkStart w:name="z349" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19) осы Заңға, "Қаржы нарығы мен қаржы ұйымдарын мемлекеттiк реттеу, бақылау және қадағалау туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, Қазақстан Республикасының өзге де заңдары мен Қазақстан Республикасы Президентінің актілеріне сәйкес құзыреті шегінде қаржы нарығы мен қаржы ұйымдарын, Қазақстан Республикасының бейрезидент – банктерінің филиалдарын, Қазақстан Республикасының бейрезидент – сақтандыру (қайта сақтандыру) ұйымдарының филиалдарын, Қазақстан Республикасының бейрезидент – сақтандыру брокерлерінің филиалдарын және өзге де тұлғаларды реттеуді, сондай-ақ қаржы нарығы мен қаржы ұйымдарын, Қазақстан Республикасының бейрезидент – банктерінің филиалдарын, Қазақстан Республикасының бейрезидент – сақтандыру (қайта сақтандыру) ұйымдарының филиалдарын, Қазақстан Республикасының бейрезидент – сақтандыру брокерлерінің филиалдарын және Қазақстан Республикасының қаржы заңнамасы саласындағы бақылау мен қадағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z350" w:id="44"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z350" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20) мыналарға: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өз қызметін тек қана айырбастау пункттері арқылы жүзеге асыратын заңды тұлғаларға – қолма-қол шетел валютасымен айырбастау операцияларына арналған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      20) тармақшаның үшінші абзацына өзгеріс енгізу көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.05.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      банкноттарды, монеталарды және құндылықтарды инкассациялау айрықша қызметі болып табылатын заңды тұлғаларға – банкноттарды, монеталарды және құндылықтарды инкассациялауға арналған лицензияны береді (беруден бас тартады), қайта ресімдейді, тоқтата тұрады, одан айырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      20) тармақшаны төртінші абзацпен толықтыру көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.05.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z721" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20-1) төтенше жағдай енгізілген кезеңде Қазақстан Республикасының қаржы жүйесінің экономикалық қауіпсіздігі мен тұрақтылығын қамтамасыз ету мақсатында Қазақстан Республикасы Президентінің актілеріне сәйкес қаржы ұйымдарының, төлем жүйелері операторларының, төлем ұйымдарының төлем қызметтерін көрсетуінің ерекше тәртібі мен шарттарын енгізуді, оның ішінде олар қолданатын комиссияларды реттеуді көздейтін арнаулы реттеу режимін енгізуге құқылы;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...47 lines deleted...]
-      20-1) төтенше жағдай енгізілген кезеңде Қазақстан Республикасының қаржы жүйесінің экономикалық қауіпсіздігі мен тұрақтылығын қамтамасыз ету мақсатында Қазақстан Республикасы Президентінің актілеріне сәйкес қаржы ұйымдарының, төлем жүйелері операторларының, төлем ұйымдарының төлем қызметтерін көрсетуінің ерекше тәртібі мен шарттарын енгізуді, оның ішінде олар қолданатын комиссияларды реттеуді көздейтін арнаулы реттеу режимін енгізуге құқылы;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">21) алып тасталды - ҚР 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (01.01.2020 бастап қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">21-1) алып тасталды - ҚР 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (01.01.2020 бастап қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22) алып тасталды - ҚР 24.11.2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 422-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">22-1) алып тасталды - ҚР 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (01.01.2020 бастап қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z353" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) халықаралық қаржылық есептілік стандарттарын ескере отырып, Қазақстан Ұлттық Банкіне арналған бухгалтерлік есеп саясаты мен әдістерін айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z354" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) қызметін Қазақстан Ұлттық Банкінің қолма-қол шетел валютасымен айырбастау операцияларына арналған лицензиясы негізінде тек қана айырбастау пункттері арқылы жүзеге асыратын заңды тұлғалардың Қазақстан Республикасының бухгалтерлік есеп пен қаржылық есептілік туралы заңнамасының, бухгалтерлік есепті жүргізуді автоматтандыру қағидаларының талаптарын, сондай-ақ Қазақстан Республикасының валюталық реттеу және валюталық бақылау туралы заңнамасының талаптарын сақтауын бақылауды және қадағалауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z660" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24-1) қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті орган жүргізетін, тексерілетін субъектілердің қызметін құзыреті шегінде тексеруге қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">21) алып тасталды - ҚР 03.07.2019 </w:t>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      24-2) тармақшаға өзгеріс енгізу көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.05.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24-2) қызметін Қазақстан Ұлттық Банкінің қолма-қол шетел валютасымен айырбастау операцияларына арналған лицензиясы негізінде тек қана айырбастау пункттері арқылы жүзеге асыратын заңды тұлғалардың және төлем ұйымдарының Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы заңнамасының талаптарын қаржы мониторингіне жататын ақшамен және (немесе) өзге де мүлікпен операциялар туралы ақпаратты тіркеу, сақтау және беру, клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін тиісінше тексеру, қаржы мониторингіне жататын операцияларды тоқтата тұру және жүргізуден бас тарту, өз қызметi процесінде алынған құжаттарды қорғау бөлігінде сақтауын, сондай-ақ Қазақстан Республикасының заңнамасына сәйкес ішкі бақылаудың ұйымдастырылуы мен іске асырылуын бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z722" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24-3) банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар болып табылмайтын көрсетілетін төлем қызметтерін берушілердің, төлем жүйелері операторларының және төлем жүйелерінің операциялық орталықтарының Қазақстан Республикасының төлемдер және төлем жүйелері туралы заңнамасының талаптарын сақтауын бақылау мен қадағалауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      24-4) тармақшамен толықтыру көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.05.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z355" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) Қазақстан Республикасы Үкіметінің келісімі бойынша оның мемлекеттік борышына қызмет көрсетуге қатысады және Қазақстан Ұлттық Банкінің мемлекеттік борышына қызмет көрсетедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z356" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) Қазақстан Ұлттық Банкі айқындайтын тәртіпке сәйкес Қазақстан Республикасы ұлттық валютасының шетел валюталарына ресми бағамын белгілейді және жариялайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">27) алып тасталды – ҚР 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z358" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) сұраныс пен ұсыныс көздерінің, сондай-ақ ішкі валюта нарығында шетел валютасын пайдалану бағыттарының мониторингін жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z359" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) банк қызметiн, бағалы қағаздар нарығындағы кәсiптік қызметті және Қазақстан Республикасының заңдарында айқындалған өзге де қызметті тиiстi лицензиялар алмай-ақ жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z723" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29-1) банктердің, Қазақстан Республикасының бейрезидент – банктері филиалдарының металл шоттарын ашу, жүргізу және жабу тәртібін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">30) алып тасталдын – ҚР 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z361" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) Қазақстан Ұлттық Банкі мен Қазақстан Республикасының Үкіметі арасында жасалатын сенімгерлік басқару туралы шарт негiзiнде Қазақстан Республикасының Ұлттық қорын сенiмгерлiкпен басқаруды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z362" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) Қазақстан Ұлттық Банкі заңды тұлғалармен жасасатын сенімгерлік басқару туралы шарттардың негізінде заңды тұлғалардың активтерін сенімгерлік басқаруды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z532" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32-1) Қазақстанның Ұлттық Банкі мен бірыңғай жинақтаушы зейнетақы қоры арасында жасалатын сенімгерлік басқару туралы шарттың негізінде бірыңғай жинақтаушы зейнетақы қорының зейнетақы активтерін сенімгерлік басқаруды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z533" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32-2) бірыңғай жинақтаушы зейнетақы қорының зейнетақы активтеріне қатысты кастодиандық қызмет көрсету бойынша қызметтер көрсетеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">33) алып тасталды – ҚР 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z364" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34) Қазақстан Республикасының мемлекеттік органдары мен қаржы ұйымдары үшін кадрлар даярлауға қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z365" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35) өз құзыретіне кіретін мәселелер бойынша валюталық операцияларды жүзеге асыратын және қаржы ұйымдары болып табылмайтын резиденттерге және бейрезиденттерге, төлем жүйелерінің операторларына, төлем жүйелерінің операциялық орталықтарына, сондай-ақ банктер, Қазақстан Республикасы бейрезидент-банктерінің филиалдары және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар болып табылмайтын көрсетілетін төлем қызметтерін берушілерге шектеулі ықпал ету шараларын, қызметін Қазақстан Ұлттық Банкінің қолма-қол шетел валютасымен айырбастау операцияларына арналған лицензиясы негізінде тек қана айырбастау пункттері арқылы жүзеге асыратын заңды тұлғаларға және банкноттарды, монеталарды және құндылықтарды инкассациялау айрықша қызметі болып табылатын заңды тұлғаларға қадағалап ден қою шараларын, сондай-ақ Қазақстан Республикасының заңдарында көзделген санкцияларды және өзге де шараларды қолданады және оларды қолдану тәртібін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35-1) көрсетілетін төлем қызметтеріне байланысты қызметті жүзеге асыру мақсатында, қаржы ұйымдары болып табылмайтын төлем ұйымдарына және (немесе) өзге заңды тұлғаларға қатысты ерекше реттеу режимін енгізеді және құзыреті шегінде олардың қызметін реттейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z366" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36) Қазақстан Ұлттық Банкінің нормативтік құқықтық актілерінде айқындалатын тәртіппен тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алуды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z367" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37) банктік сәйкестендіру кодтарын береді, жояды және оларды пайдалануды айқындайды, банктердің және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың кодтарын және банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар филиалдарының кодтарын береді және жояды, олардың құрылымын белгілейді, сондай-ақ Банктердің және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың анықтамалығын қалыптастырады және жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      37-1) алып тасталды - ҚР 13.03.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 53-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z368" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38) Қазақстан Ұлттық Банкінің консультативтік-кеңесші органдарын құрады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">38-1) алып тасталды – ҚР 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z662" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38-2) Қазақстан Республикасының халықаралық шарты, құпия ақпарат алмасуды көздейтін шарт негізінде және соларға сәйкес құзыреті шегінде басқа мемлекеттердің орталық банктерімен, бақылау және қадағалау органдарымен, халықаралық және өзге де ұйымдармен ынтымақтастық жасайды және құпиялылықты сақтай отырып, бағалы қағаздар нарығындағы коммерциялық құпияны, банктік құпияны, сақтандыру құпиясын немесе заңмен қорғалатын өзге де құпияны құрайтын, бақылау және қадағалау функцияларын жүзеге асыруға қажетті ақпарат алмасуға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақшаның бірінші бөлігінде көрсетілген өзге де ұйымдар деп банктік сектордың, бағалы қағаздар нарығының және сақтандыру нарығының қызметін реттеудің бірыңғай стандарттарын тұжырымдау мақсатында құрылған, басқа мемлекеттердің орталық банктерінің, бақылау және қадағалау органдарының бірлестіктері түсініледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z724" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38-3) ақша-кредит саясаты, қаржылық тұрақтылық саласында және өз қызметімен байланысты басқа да бағыттарда зерттеулер жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      38-4) тармақшаға өзгеріс енгізу көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38-4) осы Заңға және Қазақстан Республикасының заңнамасына сәйкес қаржы ұйымдарының, Қазақстан Республикасының бейрезидент – банктері филиалдарының, Қазақстан Республикасының бейрезидент – сақтандыру (қайта сақтандыру) ұйымдары филиалдарының, Қазақстан Республикасының бейрезидент – сақтандыру брокерлері филиалдарының, Қазақстан Республикасының аумағындағы басқа да жеке және заңды тұлғалардың орындауы үшін міндетті нормативтік құқықтық актілерді әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      38-5), 38-6), 38-7), 38-8) тармақшалармен толықтыру көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.05.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z369" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39) осы Заңда, Қазақстан Республикасының өзге де заңдарында және Қазақстан Республикасы Президентінің актілерінде көзделген өзге де функциялар мен өкiлеттiктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-бап жаңа редакцияда - ҚР 2012.07.05 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгерістер енгізілді - ҚР 21.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 2014.06.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 206-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 27.04.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 311-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. қараңыз); 24.11.2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 422-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 26.07.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 12-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік отыз күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 13.03.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 53-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 03.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 262-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен (01.01.2020 бастап қолданысқа енгізіледі);</w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 399-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2021 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 01.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 131-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); 12.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 138-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...221 lines deleted...]
-    <w:bookmarkEnd w:id="48"/>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...183 lines deleted...]
-    <w:bookmarkEnd w:id="51"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 Тарау. Қазақстан Ұлттық Банкінің капиталы және резервтері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z15" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...772 lines deleted...]
-      39) осы Заңда, Қазақстан Республикасының өзге де заңдарында және Қазақстан Республикасы Президентінің актілерінде көзделген өзге де функциялар мен өкiлеттiктерді жүзеге асырады.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-бап. Қазақстан Ұлттық Банкiнiң жарғылық капиталы </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:p>
-[...516 lines deleted...]
-    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Ұлттық Банкiнiң жарғылық капиталы мемлекетке тиесiлi болады және бөлiнбеген таза кiрiстен аударымдар жасау жолымен, кемiнде 20 миллиард қазақстан теңгесi мөлшерiнде қалыптастырылады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5353,514 +6133,514 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">) Заңдарымен.  </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="70"/>
+    <w:bookmarkStart w:name="z16" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10-бап. Қазақстан Ұлттық Банкінің резервтік капиталы, қайта бағалау шоттары және провизиялары (резервтерi)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту. 10-баптың тақырыбы жаңа редакцияда - ҚР 24.11.2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 422-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Ұлттық Банкінің резервтік капиталы кемінде жарғылық капитал мөлшерінде қалыптастырылады, бөлiнбеген таза табыс есебiнен толықтырылады және тек қана Қазақстан Ұлттық Банкінің Басқармасы белгiлеген тәртiппен жүргiзiлетін операциялар бойынша ысырапқа өтемақы төлеуге және залалдарды өтеуге арналады. Алтын-валюта резервтерiн және шетел валютасындағы өзге де активтерді қайта бағалау шоты оларды қайта бағалаудан түскен кірісті есепке алуға арналған. Негiзгi қаражаттарды қайта бағалау шоты Қазақстан Ұлттық Банкінің негiзгi қаражатын индекстеу нәтижелерiн есепке алуға арналған.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z107" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кредиттерді, депозиттерді, бағалы қағаздарды, есеп айырысу кезіндегі залалдарды, шоттардағы қалдықтарды және аяқталмаған құрылыс көлемін, Қазақстан Ұлттық Банкінің монетарлық емес қызметі бойынша өзге де талаптарды және әлеуметтік сипаттағы төлемдерді қамтитын басқа да активтерді қоса алғанда, Қазақстан Ұлттық Банкінің шығыстары есебінен күмәнді және үмітсіз талаптар бойынша провизиялар (резервтер) қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...17 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-бап жаңа редакцияда - ҚР 2012.07.05 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР 24.11.2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 422-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
-[...18 lines deleted...]
-      Қазақстан Ұлттық Банкінің резервтік капиталы кемінде жарғылық капитал мөлшерінде қалыптастырылады, бөлiнбеген таза табыс есебiнен толықтырылады және тек қана Қазақстан Ұлттық Банкінің Басқармасы белгiлеген тәртiппен жүргiзiлетін операциялар бойынша ысырапқа өтемақы төлеуге және залалдарды өтеуге арналады. Алтын-валюта резервтерiн және шетел валютасындағы өзге де активтерді қайта бағалау шоты оларды қайта бағалаудан түскен кірісті есепке алуға арналған. Негiзгi қаражаттарды қайта бағалау шоты Қазақстан Ұлттық Банкінің негiзгi қаражатын индекстеу нәтижелерiн есепке алуға арналған.</w:t>
+        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі) Заңдарымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11-бап. Қазақстан Ұлттық Банкiнiң кiрiсi </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z107" w:id="72"/>
-[...15 lines deleted...]
-      Кредиттерді, депозиттерді, бағалы қағаздарды, есеп айырысу кезіндегі залалдарды, шоттардағы қалдықтарды және аяқталмаған құрылыс көлемін, Қазақстан Ұлттық Банкінің монетарлық емес қызметі бойынша өзге де талаптарды және әлеуметтік сипаттағы төлемдерді қамтитын басқа да активтерді қоса алғанда, Қазақстан Ұлттық Банкінің шығыстары есебінен күмәнді және үмітсіз талаптар бойынша провизиялар (резервтер) қалыптастырылады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Ұлттық Банкiнiң қаржы жылы iшiндегi таза кiрiсi осы қаржы жылына жатқызылатын нақты алынған кiрiстер мен шығыстар арасындағы айырма ретiнде айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z157" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алтын-валюта резервтерін және шетел валютасындағы өзге де активтерді қайта бағалау шоттарына жатқызылатын бағамдық қайта бағалау сомасын қоспағанда, Қазақстан Ұлттық Банкінің негізгі қаражаттар мен материалдық емес активтерді қайта бағалау сомасына түзетілген таза кірісі Қазақстан Ұлттық Банкінің бөлінбеген таза кірісі болып табылады. Бөлінбеген таза кіріс Қазақстан Ұлттық Банкінің Басқармасы белгілеген мөлшерде жарғылық және (немесе) резервтік капиталдарды ұлғайтуға жұмсалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z158" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының Президентi Қазақстан Ұлттық Банкiнiң жылдық есебiн бекiткеннен кейiн, бөлiнбеген таза кiрiстiң қалған бөлiгi мерзiмiн бiр қаржы жылына ұзарта отырып мемлекеттiк бюджетке аударылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z159" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер резервтiк капиталдың мөлшерi жарғылық капитал сомасынан аз болған жағдайда, бүкiл бөлiнбеген таза кiрiс Қазақстан Ұлттық Банкiнiң бөлігінде қалады және резервтiк капитал жарғылық капиталдың мөлшерiне жеткенге дейiн оны толықтыруға жiберiледi. Қаржы жылының залалдарын өтеу үшiн резервтiк капиталдың қаражаты жеткiлiксiз болған кезде орны толтырылмаған залалдар Қазақстан Ұлттық Банкiне толық көлемде мемлекеттiк бюджеттiң қаражаты есебiнен мерзiмi бiр қаржы жылына ұзартыла отырып, өтеледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 10-бап жаңа редакцияда - ҚР 2012.07.05 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">      Ескерту. 11-бап жаңа редакцияда – ҚР 2003.07.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 483 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(01.01.2004 бастап қолданысқа енгiзiледi), 2005.07.08. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 69</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2009.07.11. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 185-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз), 2012.07.05 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 30-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР 24.11.2015</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі) Заңдарымен. </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="73"/>
+    <w:bookmarkStart w:name="z18" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 11-бап. Қазақстан Ұлттық Банкiнiң кiрiсi </w:t>
-[...57 lines deleted...]
-      Қазақстан Республикасының Президентi Қазақстан Ұлттық Банкiнiң жылдық есебiн бекiткеннен кейiн, бөлiнбеген таза кiрiстiң қалған бөлiгi мерзiмiн бiр қаржы жылына ұзарта отырып мемлекеттiк бюджетке аударылады.</w:t>
+        <w:t xml:space="preserve"> 4 Тарау. Қазақстан Ұлттық Банкiнiң құрылымы мен органдары. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Оларды қалыптастыру тәртiбi және құзыреті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z159" w:id="76"/>
-[...15 lines deleted...]
-      Егер резервтiк капиталдың мөлшерi жарғылық капитал сомасынан аз болған жағдайда, бүкiл бөлiнбеген таза кiрiс Қазақстан Ұлттық Банкiнiң бөлігінде қалады және резервтiк капитал жарғылық капиталдың мөлшерiне жеткенге дейiн оны толықтыруға жiберiледi. Қаржы жылының залалдарын өтеу үшiн резервтiк капиталдың қаражаты жеткiлiксiз болған кезде орны толтырылмаған залалдар Қазақстан Ұлттық Банкiне толық көлемде мемлекеттiк бюджеттiң қаражаты есебiнен мерзiмi бiр қаржы жылына ұзартыла отырып, өтеледi.</w:t>
+    <w:bookmarkStart w:name="z19" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12-бап. Қазақстан Ұлттық Банкiнiң құрылымы мен органдары </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:p>
-[...188 lines deleted...]
-    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Ұлттық Банкi - тiке бағыныстағы схемасы бар бiртұтас орталықтандырылған құрылым. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6073,146 +6853,146 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="79"/>
+    <w:bookmarkStart w:name="z20" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 13-бап. Қазақстан Ұлттық Банкiнiң Төрағасы </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Ұлттық Банкiнiң Төрағасын Парламент Сенатының келiсiмiмен Қазақстан Республикасының Президентi 6 жыл мерзiмге тағайындайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z160" w:id="80"/>
+    <w:bookmarkStart w:name="z160" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Төраға Қазақстан Ұлттық Банкi атынан iс-әрекет етедi және мемлекеттiк органдармен, банктермен, қаржы ұйымдарымен, халықаралық, шетелдiк және басқа ұйымдармен қарым-қатынаста Қазақстан Ұлттық Банкiн сенiмхатсыз-ақ бiлдiредi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z161" w:id="81"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z161" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Ұлттық Банкiнiң Төрағасына Қазақстан Ұлттық Банкiнiң қызметiне байланысты мәселелер бойынша, осы Заңда Қазақстан Ұлттық Банкiнiң Басқармасына арналып ескерiлген өкiлеттiктердi қоспағанда, жедел және атқарушы-өкiмшi шешiмдер қабылдау, Қазақстан Ұлттық Банкiнiң атынан шарттар жасасу өкiлеттiгi берiлген. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z162" w:id="82"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z162" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Ұлттық Банкiнiң Төрағасы Қазақстан Ұлттық Банкiнiң қызметi үшiн жауапты. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6291,1083 +7071,1531 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Заңдарымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="83"/>
+    <w:bookmarkStart w:name="z21" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 14-бап. Қазақстан Ұлттық Банкi Төрағасының орынбасарлары </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Ұлттық Банкi Төрағасының орынбасарларын Қазақстан Ұлттық Банкi Төрағасының ұсынуымен Қазақстан Республикасының Президентi, Қазақстан Ұлттық Банкi Төрағасының тағайындалу мерзiмiне қарамай, 6 жыл мерзiмге тағайындайды. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Төрағаның орынбасарлары Қазақстан Ұлттық Банкiн сенiмхатсыз-ақ бiлдiредi, өз құзырының шегiнде құжаттарға қол қояды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="84"/>
+    <w:bookmarkStart w:name="z22" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>15-бап. Қазақстан Ұлттық Банкінің Басқармасы және оның өкiлеттiктерi</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z6" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Басқарма Қазақстан Ұлттық Банкінің жоғары органы болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z727" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Ұлттық Банкінің Басқармасы, оның ішінде уәкілетті мемлекеттік органдармен олардың құзыреттеріне сәйкес келісу бойынша не бірлесіп мынадай:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z6" w:id="85"/>
-[...15 lines deleted...]
-      1. Басқарма Қазақстан Ұлттық Банкінің жоғары органы болып табылады.</w:t>
+    <w:bookmarkStart w:name="z728" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ақша-кредит саясатын әзірлеу және жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z727" w:id="86"/>
-[...15 lines deleted...]
-      2. Қазақстан Ұлттық Банкінің Басқармасы, оның ішінде уәкілетті мемлекеттік органдармен олардың құзыреттеріне сәйкес келісу бойынша не бірлесіп мынадай:</w:t>
+    <w:bookmarkStart w:name="z729" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) банкноттар мен монеталарды сатуды, сатып алуды, айырбастауды, ауыстыруды, олардың төлемділігін айқындауды және айналыстан алып қоюды қоса алғанда, Қазақстан Республикасы ұлттық валютасының банкноттары мен монеталарының эмиссиясы, қолма-қол ақша айналысы, кассалық операцияларды және банкноттарды, монеталар мен құндылықтарды инкассациялау жөніндегі операцияларды, банкноттарды, монеталар мен құндылықтарды Қазақстан Республикасының аумағында тасымалдауды, сақтауды және инкассациялауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z728" w:id="87"/>
-[...15 lines deleted...]
-      1) ақша-кредит саясатын әзірлеу және жүргізу;</w:t>
+    <w:bookmarkStart w:name="z730" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) төлем жүйелерін ұйымдастыру және олардың жұмыс істеуі, төлем жүйелерін реттеу, көрсетілетін төлем қызметтері нарығын реттеу, сондай-ақ Қазақстан Республикасында төлемдерді және (немесе) ақша аударымдарын жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z729" w:id="88"/>
-[...15 lines deleted...]
-      2) банкноттар мен монеталарды сатуды, сатып алуды, айырбастауды, ауыстыруды, олардың төлемділігін айқындауды және айналыстан алып қоюды қоса алғанда, Қазақстан Республикасы ұлттық валютасының банкноттары мен монеталарының эмиссиясы, қолма-қол ақша айналысы, кассалық операцияларды және банкноттарды, монеталар мен құндылықтарды инкассациялау жөніндегі операцияларды, банкноттарды, монеталар мен құндылықтарды Қазақстан Республикасының аумағында тасымалдауды, сақтауды және инкассациялауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z731" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) валюталық реттеу және валюталық бақылау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z730" w:id="89"/>
-[...15 lines deleted...]
-      3) төлем жүйелерін ұйымдастыру және олардың жұмыс істеуі, төлем жүйелерін реттеу, көрсетілетін төлем қызметтері нарығын реттеу, сондай-ақ Қазақстан Республикасында төлемдерді және (немесе) ақша аударымдарын жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z732" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Қазақстан Республикасының ұлттық валютасының шетел валюталарына ресми бағамын белгілеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z731" w:id="90"/>
-[...15 lines deleted...]
-      4) валюталық реттеу және валюталық бақылау;</w:t>
+    <w:bookmarkStart w:name="z733" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Қазақстан Республикасында қолма-қол шетел валютасымен айырбастау операцияларын жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z732" w:id="91"/>
-[...15 lines deleted...]
-      5) Қазақстан Республикасының ұлттық валютасының шетел валюталарына ресми бағамын белгілеу;</w:t>
+    <w:bookmarkStart w:name="z734" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) құзыреті шегінде үй-жайларды күзетуді және жайластыруды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z733" w:id="92"/>
-[...15 lines deleted...]
-      6) Қазақстан Республикасында қолма-қол шетел валютасымен айырбастау операцияларын жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z735" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) осы Заңда, Қазақстан Республикасының өзге де заңдарында және Қазақстан Республикасы Президентінің актілерінде белгіленген құзыреті шегінде шектеулі ықпал ету шаралары мен қадағалап ден қою шараларын қолдану;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z734" w:id="93"/>
-[...15 lines deleted...]
-      7) құзыреті шегінде үй-жайларды күзетуді және жайластыруды ұйымдастыру;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9) тармақша жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) шетел валютасындағы және бағалы металдардағы активтерді басқару, оның ішінде оларды сыртқы басқаруға беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z737" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) бағалы металдардағы активтерді толықтыру үшін мемлекеттің тазартылған алтын сатып алуға басым құқығын іске асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z735" w:id="94"/>
-[...15 lines deleted...]
-      8) осы Заңда, Қазақстан Республикасының өзге де заңдарында және Қазақстан Республикасы Президентінің актілерінде белгіленген құзыреті шегінде шектеулі ықпал ету шаралары мен қадағалап ден қою шараларын қолдану;</w:t>
+    <w:bookmarkStart w:name="z738" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) қаржы жүйесінің тұрақтылығын қамтамасыз етуге жәрдемдесу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z736" w:id="95"/>
-[...15 lines deleted...]
-      9) шетел валютасындағы және бағалы металдардағы активтерді басқару, оның ішінде оларды сыртқы басқаруға беру;</w:t>
+    <w:bookmarkStart w:name="z739" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) кәсіпкерлік субъектілерінің банктік шоттардан қолма-қол ақша алуы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z737" w:id="96"/>
-[...15 lines deleted...]
-      10) бағалы металдардағы активтерді толықтыру үшін мемлекеттің тазартылған алтын сатып алуға басым құқығын іске асыру;</w:t>
+    <w:bookmarkStart w:name="z740" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) Қазақстан Республикасының заңдарында және Қазақстан Республикасы Президентінің актілерінде белгіленген құзыреті шеңберінде сыртқы сектор статистикасы жөніндегі есептердің статистикалық нысандарын ұсыну;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z738" w:id="97"/>
-[...15 lines deleted...]
-      11) қаржы жүйесінің тұрақтылығын қамтамасыз етуге жәрдемдесу;</w:t>
+    <w:bookmarkStart w:name="z741" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) Қазақстан Республикасының заңдарында және Қазақстан Республикасы Президентінің актілерінде белгіленген құзыреті шеңберінде әкімшілік деректерді жинау (қаржылық және өзге де есептілікті ұсыну);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z739" w:id="98"/>
-[...15 lines deleted...]
-      12) кәсіпкерлік субъектілерінің банктік шоттардан қолма-қол ақша алуы;</w:t>
+    <w:bookmarkStart w:name="z742" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) Қазақстан Ұлттық Банкінің ерекше реттеу режимін енгізуі және оның күшін жоюы, ерекше реттеу режимі шеңберінде цифрлық активтермен және (немесе) көрсетілетін төлем қызметтерімен байланысты қызметті жүзеге асыруы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z740" w:id="99"/>
-[...15 lines deleted...]
-      13) Қазақстан Республикасының заңдарында және Қазақстан Республикасы Президентінің актілерінде белгіленген құзыреті шеңберінде сыртқы сектор статистикасы жөніндегі есептердің статистикалық нысандарын ұсыну;</w:t>
+    <w:bookmarkStart w:name="z743" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) қаржы ұйымдарында, Қазақстан Республикасының бейрезидент – банктерінің филиалдарында, Қазақстан Республикасының бейрезидент – сақтандыру (қайта сақтандыру) ұйымдарының филиалдарында, Қазақстан Республикасының бейрезидент – сақтандыру брокерлерінің филиалдарында, Қазақстанның Даму Банкінде бухгалтерлік есепке алу және қаржылық есептілік жүйесін, оның ішінде шоттардың үлгілік жоспарларын, халықаралық қаржылық есептілік стандарттарымен реттелмеген мәселелер бойынша қаржылық есептілік стандарттарын, оларға әдістемелік ұсынымдарды реттеу, сондай-ақ бухгалтерлік есепке алуды жүргізуді автоматтандыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z741" w:id="100"/>
-[...15 lines deleted...]
-      14) Қазақстан Республикасының заңдарында және Қазақстан Республикасы Президентінің актілерінде белгіленген құзыреті шеңберінде әкімшілік деректерді жинау (қаржылық және өзге де есептілікті ұсыну);</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      17) тармақша жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.05.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) өз қызметін тек қана айырбастау пункттері арқылы жүзеге асыратын заңды тұлғалардың және банкноттарды, монеталар мен құндылықтарды инкассациялау айрықша қызметі болып табылатын заңды тұлғалардың қызметін лицензиялау, сондай-ақ Қазақстан Ұлттық Банкінде төлем ұйымдарын есептік тіркеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z745" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) банктердің, Қазақстан Республикасының бейрезидент – банктері филиалдарының және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың ақпараттық жүйелерінің қауіпсіздігіне және іркіліссіз жұмыс істеуіне қойылатын талаптарды белгілеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z742" w:id="101"/>
-[...15 lines deleted...]
-      15) Қазақстан Ұлттық Банкінің ерекше реттеу режимін енгізуі және оның күшін жоюы, ерекше реттеу режимі шеңберінде цифрлық активтермен және (немесе) көрсетілетін төлем қызметтерімен байланысты қызметті жүзеге асыруы;</w:t>
+    <w:bookmarkStart w:name="z746" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) банктердің, Қазақстан Республикасының бейрезидент – банктері филиалдарының металл шоттарды ашуы, жүргізуі және жабуы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z743" w:id="102"/>
-[...15 lines deleted...]
-      16) қаржы ұйымдарында, Қазақстан Республикасының бейрезидент – банктерінің филиалдарында, Қазақстан Республикасының бейрезидент – сақтандыру (қайта сақтандыру) ұйымдарының филиалдарында, Қазақстан Республикасының бейрезидент – сақтандыру брокерлерінің филиалдарында, Қазақстанның Даму Банкінде бухгалтерлік есепке алу және қаржылық есептілік жүйесін, оның ішінде шоттардың үлгілік жоспарларын, халықаралық қаржылық есептілік стандарттарымен реттелмеген мәселелер бойынша қаржылық есептілік стандарттарын, оларға әдістемелік ұсынымдарды реттеу, сондай-ақ бухгалтерлік есепке алуды жүргізуді автоматтандыру;</w:t>
+    <w:bookmarkStart w:name="z747" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) Қазақстан Республикасы банктерінің құжаттық аккредитивтермен операциялар жүргізуі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z744" w:id="103"/>
-[...15 lines deleted...]
-      17) өз қызметін тек қана айырбастау пункттері арқылы жүзеге асыратын заңды тұлғалардың және банкноттарды, монеталар мен құндылықтарды инкассациялау айрықша қызметі болып табылатын заңды тұлғалардың қызметін лицензиялау, сондай-ақ Қазақстан Ұлттық Банкінде төлем ұйымдарын есептік тіркеу;</w:t>
+    <w:bookmarkStart w:name="z748" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) Қазақстан Ұлттық Банкінің банктік қызмет көрсетуі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z745" w:id="104"/>
-[...15 lines deleted...]
-      18) банктердің, Қазақстан Республикасының бейрезидент – банктері филиалдарының және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың ақпараттық жүйелерінің қауіпсіздігіне және іркіліссіз жұмыс істеуіне қойылатын талаптарды белгілеу;</w:t>
+    <w:bookmarkStart w:name="z749" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) Қазақстан Ұлттық Банкінің дилерлік және брокерлік қызметті жүзеге асыруы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z746" w:id="105"/>
-[...15 lines deleted...]
-      19) банктердің, Қазақстан Республикасының бейрезидент – банктері филиалдарының металл шоттарды ашуы, жүргізуі және жабуы;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      23) тармақшаға өзгеріс енгізу көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) Қазақстан Республикасының Ұлттық қорын, бірыңғай жинақтаушы зейнетақы қорының зейнетақы активтерін және заңды тұлғалардың активтерін сенімгерлік басқару, Қазақстан Республикасы Ұлттық қорының инвестициялық операцияларын жүзеге асыру, Қазақстан Республикасының Ұлттық қорын, бірыңғай жинақтаушы зейнетақы қорының зейнетақы активтерін сыртқы басқарушыларды таңдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z751" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) Қазақстан Ұлттық Банкінде жекелеген негіздер бойынша мемлекет меншігіне айналдырылған шетел валютасымен операцияларды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z747" w:id="106"/>
-[...15 lines deleted...]
-      20) Қазақстан Республикасы банктерінің құжаттық аккредитивтермен операциялар жүргізуі;</w:t>
+    <w:bookmarkStart w:name="z752" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) Қазақстан Ұлттық Банкі мен оның ведомстволарының қызметшілерін лауазымға тағайындау және олармен жасалған еңбек шартын тоқтату;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z748" w:id="107"/>
-[...15 lines deleted...]
-      21) Қазақстан Ұлттық Банкінің банктік қызмет көрсетуі;</w:t>
+    <w:bookmarkStart w:name="z753" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) Қазақстан Ұлттық Банкінің, оның ведомстволарының, оның құрылымына кіретін ұйымдардың және дауыс беретін акцияларының (жарғылық капиталға қатысу үлестерінің) елу және одан көп пайызы Қазақстан Ұлттық Банкіне тиесілі немесе оның сенімгерлік басқаруындағы заңды тұлғалардың, қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органның тауарларды, жұмыстар мен көрсетілетін қызметтерді сатып алуы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z749" w:id="108"/>
-[...15 lines deleted...]
-      22) Қазақстан Ұлттық Банкінің дилерлік және брокерлік қызметті жүзеге асыруы;</w:t>
+    <w:bookmarkStart w:name="z754" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) банктік қарыздар мен микрокредиттер бойынша сыйақының жылдық тиімді мөлшерлемесінің шекті мөлшерлерін айқындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z750" w:id="109"/>
-[...15 lines deleted...]
-      23) Қазақстан Республикасының Ұлттық қорын, бірыңғай жинақтаушы зейнетақы қорының зейнетақы активтерін және заңды тұлғалардың активтерін сенімгерлік басқару, Қазақстан Республикасы Ұлттық қорының инвестициялық операцияларын жүзеге асыру, Қазақстан Республикасының Ұлттық қорын, бірыңғай жинақтаушы зейнетақы қорының зейнетақы активтерін сыртқы басқарушыларды таңдау;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      27-1), 27-2), 27-3), 27-4) тармақшалармен толықтыру көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.05.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z755" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) осы Заңға, Қазақстан Республикасының өзге де заңнамасына және Қазақстан Республикасы Президентінің актілеріне сәйкес осы тармақта көзделмеген Қазақстан Ұлттық Банкінің құзыретіне кіретін мәселелер бойынша актілерді қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z751" w:id="110"/>
-[...15 lines deleted...]
-      24) Қазақстан Ұлттық Банкінде жекелеген негіздер бойынша мемлекет меншігіне айналдырылған шетел валютасымен операцияларды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z756" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қазақстан Ұлттық Банкінің Басқармасы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z752" w:id="111"/>
-[...15 lines deleted...]
-      25) Қазақстан Ұлттық Банкі мен оның ведомстволарының қызметшілерін лауазымға тағайындау және олармен жасалған еңбек шартын тоқтату;</w:t>
+    <w:bookmarkStart w:name="z757" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) монетарлық қызметке жататын қызметті айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z753" w:id="112"/>
-[...15 lines deleted...]
-      26) Қазақстан Ұлттық Банкінің, оның ведомстволарының, оның құрылымына кіретін ұйымдардың және дауыс беретін акцияларының (жарғылық капиталға қатысу үлестерінің) елу және одан көп пайызы Қазақстан Ұлттық Банкіне тиесілі немесе оның сенімгерлік басқаруындағы заңды тұлғалардың, қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органның тауарларды, жұмыстар мен көрсетілетін қызметтерді сатып алуы;</w:t>
+    <w:bookmarkStart w:name="z758" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Ұлттық Банкінің жұмысы туралы жылдық есепті, Қазақстан Ұлттық Банкінің құрылымын, жалпы штат санын қарайды, мақұлдайды және Қазақстан Республикасының Президентіне бекітуге ұсынады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z754" w:id="113"/>
-[...15 lines deleted...]
-      27) банктік қарыздар мен микрокредиттер бойынша сыйақының жылдық тиімді мөлшерлемесінің шекті мөлшерлерін айқындау;</w:t>
+    <w:bookmarkStart w:name="z759" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының Президентімен келісілген Қазақстан Ұлттық Банкінің қызметкерлеріне еңбекақы төлеу жүйесін, сондай-ақ Қазақстан Ұлттық Банкінің және оның ведомстволарының қызметкерлеріне еңбекақы төлеу және әлеуметтік-тұрмыстық жағынан қамсыздандыру шарттарын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z755" w:id="114"/>
-[...15 lines deleted...]
-      28) осы Заңға, Қазақстан Республикасының өзге де заңнамасына және Қазақстан Республикасы Президентінің актілеріне сәйкес осы тармақта көзделмеген Қазақстан Ұлттық Банкінің құзыретіне кіретін мәселелер бойынша актілерді қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z760" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Ұлттық Банкінің бюджетін (шығыстар сметасын) бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z756" w:id="115"/>
-[...15 lines deleted...]
-      3. Қазақстан Ұлттық Банкінің Басқармасы:</w:t>
+    <w:bookmarkStart w:name="z761" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органның қызметін қаржыландыру туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z757" w:id="116"/>
-[...15 lines deleted...]
-      1) монетарлық қызметке жататын қызметті айқындайды;</w:t>
+    <w:bookmarkStart w:name="z762" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ұйымдарды, оның ішінде Қазақстан Ұлттық Банкінің өзіне жүктелген функцияларды жүзеге асыруына ықпал ететін және (немесе) қаржы нарығы инфрақұрылымының бір бөлігі болып табылатын ұйымдарды құру және олардың қызметіне қатысу туралы, сондай-ақ олардың атауын өзгерту туралы, қайта ұйымдастыру және тарату туралы шешімдер қабылдайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z758" w:id="117"/>
-[...15 lines deleted...]
-      2) Қазақстан Ұлттық Банкінің жұмысы туралы жылдық есепті, Қазақстан Ұлттық Банкінің құрылымын, жалпы штат санын қарайды, мақұлдайды және Қазақстан Республикасының Президентіне бекітуге ұсынады;</w:t>
+    <w:bookmarkStart w:name="z763" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) осы Заңда, Қазақстан Республикасының өзге де заңнамасында және Қазақстан Республикасы Президентінің актілерінде көзделген өзге де функциялар мен өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z759" w:id="118"/>
-[...15 lines deleted...]
-      3) Қазақстан Республикасының Президентімен келісілген Қазақстан Ұлттық Банкінің қызметкерлеріне еңбекақы төлеу жүйесін, сондай-ақ Қазақстан Ұлттық Банкінің және оның ведомстволарының қызметкерлеріне еңбекақы төлеу және әлеуметтік-тұрмыстық жағынан қамсыздандыру шарттарын бекітеді;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-бап жаңа редакцияда - ҚР 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16-бап. Қазақстан Ұлттық Банкi Басқармасының құрамы </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z760" w:id="119"/>
-[...202 lines deleted...]
-    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Ұлттық Банкiнiң Басқармасы 9 адамнан тұрады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z195" w:id="124"/>
+    <w:bookmarkStart w:name="z195" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Ұлттық Банкi Басқармасының құрамына Қазақстан Ұлттық Банкінің Төрағасы және Қазақстан Ұлттық Банкінің төрт лауазымды адамы, Қазақстан Республикасының Президентiнен бiр өкiл, Қазақстан Республикасының Үкіметінен екi өкiл және қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органнан бір өкіл кiредi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z196" w:id="125"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z196" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Президентiнен, Қазақстан Республикасының Үкіметінен, Қазақстан Ұлттық Банкiнен және қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органнан Қазақстан Ұлттық Банкi Басқармасының мүшелерiн тиiсiнше Қазақстан Республикасының Президентi, Қазақстан Республикасының Үкiметi, Қазақстан Ұлттық Банкінің Төрағасы, қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органның Төрағасы тағайындайды және босатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7486,68 +8714,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2020 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="126"/>
+    <w:bookmarkStart w:name="z24" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 17-бап. Қазақстан Ұлттық Банкi Басқармасының мәжiлiстерi </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Ұлттық Банкi Басқармасының мәжiлiстерi қажет болуына қарай, Қазақстан Ұлттық Банкінің Төрағасы бекіткен жұмыс жоспарына сәйкес өткiзiледi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7732,68 +8960,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2020 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="127"/>
+    <w:bookmarkStart w:name="z25" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18-бап. Қызметтен кету және босату </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Ұлттық Банкiнiң Төрағасы қызметiнен кетерiнен екi ай бұрын Қазақстан Республикасының Президентiне өзiнiң жазбаша өтiнiшiн берiп, қызметiнен кетуге құқылы. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7884,362 +9112,362 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z698" w:id="128"/>
+    <w:bookmarkStart w:name="z698" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18-1-бап. Қазақстан Ұлттық Банкінің Ақша-кредит саясаты комитеті және оның өкілеттіктері</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z699" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қазақстан Ұлттық Банкінің Ақша-кредит саясаты комитеті ақша-кредит саясаты мәселелері бойынша шешімдер қабылдайтын орган болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Ұлттық Банкінің Ақша-кредит саясаты комитеті:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z700" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) базалық мөлшерлемені белгілейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z701" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ақша-кредит саясатының негізгі операциялары бойынша сыйақы мөлшерлемелерін белгілейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z702" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Ұлттық Банкі Басқармасының айрықша құзыретіне жатпайтын ақша-кредит саясатының өзге де мәселелері бойынша шешімдер қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z703" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Ұлттық Банкінің Ақша-кредит саясаты комитетінің құрамына Қазақстан Ұлттық Банкінің Төрағасы, оның ақша-кредит саясаты, монетарлық операциялар, қаржылық тұрақтылық мәселелеріне жетекшілік ететін орынбасарлары, Қазақстан Ұлттық Банкінің өз функцияларына ақша-кредит саясаты, монетарлық операциялар, қаржылық тұрақтылық мәселелері кіретін құрылымдық бөлімшелерінің, сондай-ақ Қазақстан Ұлттық Банкі Төрағасының шешімі бойынша Қазақстан Ұлттық Банкінің өзге де бөлімшелерінің басшылары кіреді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z699" w:id="129"/>
-[...15 lines deleted...]
-      1. Қазақстан Ұлттық Банкінің Ақша-кредит саясаты комитеті ақша-кредит саясаты мәселелері бойынша шешімдер қабылдайтын орган болып табылады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Ұлттық Банкінің Ақша-кредит саясаты комитетінің құрамына Қазақстан Ұлттық Банкінің қызметшілері болып табылмайтын, Қазақстан Ұлттық Банкінің Басқармасы бекітетін талаптарға сәйкес келетін адамдар енгізілуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Ұлттық Банкінің Ақша-кредит саясаты комитетінің құрамы мен жұмыс регламентін Қазақстан Ұлттық Банкінің Төрағасы бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z704" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қазақстан Ұлттық Банкінің Ақша-кредит саясаты комитетінің отырыстарында Қазақстан Ұлттық Банкінің Төрағасы төрағалық етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:p>
-[...33 lines deleted...]
-      1) базалық мөлшерлемені белгілейді;</w:t>
+    <w:bookmarkStart w:name="z705" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Қазақстан Ұлттық Банкінің Ақша-кредит саясаты комитеті өзінің құзыретіне жатқызылған мәселелер бойынша қаулылар қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z701" w:id="131"/>
-[...15 lines deleted...]
-      2) ақша-кредит саясатының негізгі операциялары бойынша сыйақы мөлшерлемелерін белгілейді;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 18-1-бапппен толықтырылды – ҚР 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 399-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2021 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 19-бап. Қазақстан Ұлттық Банкi Директорларының кеңесi және оның өкiлеттiгi </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z702" w:id="132"/>
-[...214 lines deleted...]
-    <w:bookmarkEnd w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Ұлттық Банкiнiң оралымды басқару органы Қазақстан Ұлттық Банкiнiң Директорлар кеңесi болып табылады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8566,68 +9794,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="137"/>
+    <w:bookmarkStart w:name="z27" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20-бап. Қазақстан Ұлттық Банкінің филиалдары, өкiлдiктерi, ведомстволары мен ұйымдары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkEnd w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тақырып жаңа редакцияда - ҚР 2012.07.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8798,3117 +10026,3221 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z314" w:id="138"/>
+    <w:bookmarkStart w:name="z314" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-1-тарау. ҚАЗАҚСТАН ҰЛТТЫҚ БАНКІНІҢ ЖӘНЕ ОНЫҢ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ВЕДОМСТВОЛАРЫНЫҢ ҚЫЗМЕТКЕРЛЕРІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkEnd w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Заң 4-1-тараумен толықтырылды - ҚР 2012.07.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 30-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z315" w:id="139"/>
+    <w:bookmarkStart w:name="z315" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20-1-бап. Қазақстан Ұлттық Банкінің және оның ведомстволарының қызметкерлері лауазымдарының құрамы және олардың еңбегін реттеу</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z316" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Ұлттық Банкінде және оның ведомстволарында қызмет атқарып жүрген, еңбекақысы Қазақстан Ұлттық Банкі бюджетінің қаражатынан (шығыстар сметасынан) төленетін, мемлекеттік әкімшілік және азаматтық қызметшілерге жатпайтын адамдар Қазақстан Ұлттық Банкінің және оның ведомстволарының қызметкерлері болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z317" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Ұлттық Банкінің және оның ведомстволарының қызметкерлері лауазымдарының құрамына:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z318" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік саяси қызметшілердің;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z319" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Ұлттық Банкі және оның ведомстволары қызметшілерінің;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z320" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Ұлттық Банкінің және оның ведомстволарының техникалық қызметшілерінің лауазымдары кіреді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z316" w:id="140"/>
-[...15 lines deleted...]
-      Қазақстан Ұлттық Банкінде және оның ведомстволарында қызмет атқарып жүрген, еңбекақысы Қазақстан Ұлттық Банкі бюджетінің қаражатынан (шығыстар сметасынан) төленетін, мемлекеттік әкімшілік және азаматтық қызметшілерге жатпайтын адамдар Қазақстан Ұлттық Банкінің және оның ведомстволарының қызметкерлері болып табылады.</w:t>
+    <w:bookmarkStart w:name="z322" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Ұлттық Банкінде және оның ведомстволарында мемлекеттің міндеттері мен функцияларын іске асыруға бағытталған лауазымдық өкілеттіктерді жүзеге асыратын, мемлекеттік қызметшілерге жатпайтын адамдар Қазақстан Ұлттық Банкінің және оның ведомстволарының қызметшілері болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z317" w:id="141"/>
-[...15 lines deleted...]
-      Қазақстан Ұлттық Банкінің және оның ведомстволарының қызметкерлері лауазымдарының құрамына:</w:t>
+    <w:bookmarkStart w:name="z370" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лауазымдық өкілеттіктер деп қызметшілердің Қазақстан Ұлттық Банкіндегі және оның ведомстволарындағы нақты мемлекеттік лауазымымен көзделген, Қазақстан Ұлттық Банкінің алдында тұрған мақсаттар мен міндеттерге сай келетін құқықтар мен міндеттер түсініледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z318" w:id="142"/>
-[...15 lines deleted...]
-      1) мемлекеттік саяси қызметшілердің;</w:t>
+    <w:bookmarkStart w:name="z371" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Ұлттық Банкінің және оның ведомстволарының қызметшілері лауазымдарының тізбесін Қазақстан Республикасының Президенті бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z319" w:id="143"/>
-[...15 lines deleted...]
-      2) Қазақстан Ұлттық Банкі және оның ведомстволары қызметшілерінің;</w:t>
+    <w:bookmarkStart w:name="z372" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Ұлттық Банкіне және оның ведомстволарына қызмет көрсету және олардың жұмыс істеуін қамтамасыз ету бойынша еңбек міндеттерін орындайтын, азаматтық қызметшілерге жатпайтын адамдар Қазақстан Ұлттық Банкінің және оның ведомстволарының техникалық қызметшілері болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z320" w:id="144"/>
-[...15 lines deleted...]
-      3) Қазақстан Ұлттық Банкінің және оның ведомстволарының техникалық қызметшілерінің лауазымдары кіреді.</w:t>
+    <w:bookmarkStart w:name="z373" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Техникалық қызметшілер лауазымдарының тізбесін Қазақстан Ұлттық Банкінің Директорлар кеңесі бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z322" w:id="145"/>
-[...15 lines deleted...]
-      Қазақстан Ұлттық Банкінде және оның ведомстволарында мемлекеттің міндеттері мен функцияларын іске асыруға бағытталған лауазымдық өкілеттіктерді жүзеге асыратын, мемлекеттік қызметшілерге жатпайтын адамдар Қазақстан Ұлттық Банкінің және оның ведомстволарының қызметшілері болып табылады.</w:t>
+    <w:bookmarkStart w:name="z374" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Ұлттық Банкі және оның ведомстволары қызметкерлерінің еңбегі осы Заңда, Қазақстан Республикасының өзге де нормативтік құқықтық актілерінде, сондай-ақ Қазақстан Ұлттық Банкінің актілерінде белгіленген ерекшеліктермен қоса Қазақстан Республикасының Еңбек кодексімен реттеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z370" w:id="146"/>
-[...15 lines deleted...]
-      Лауазымдық өкілеттіктер деп қызметшілердің Қазақстан Ұлттық Банкіндегі және оның ведомстволарындағы нақты мемлекеттік лауазымымен көзделген, Қазақстан Ұлттық Банкінің алдында тұрған мақсаттар мен міндеттерге сай келетін құқықтар мен міндеттер түсініледі.</w:t>
+    <w:bookmarkStart w:name="z375" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Ұлттық Банкі және оның ведомстволары қызметкерлерінің еңбегіне ақы төлеу Қазақстан Республикасының Президентiмен келісу бойынша Қазақстан Ұлттық Банкі Басқармасы бекітетін Қазақстан Ұлттық Банкі қызметкерлерінің еңбегіне ақы төлеу жүйесі негізінде белгіленеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z371" w:id="147"/>
-[...15 lines deleted...]
-      Қазақстан Ұлттық Банкінің және оның ведомстволарының қызметшілері лауазымдарының тізбесін Қазақстан Республикасының Президенті бекітеді.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 20-1-бапқа өзгерістер енгізілді - ҚР 11.07.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2020 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z376" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20-2-бап. Қазақстан Ұлттық Банкінің және оның ведомстволарының қызметшілерін қызметке тағайындау шарттары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z372" w:id="148"/>
-[...15 lines deleted...]
-      Қазақстан Ұлттық Банкіне және оның ведомстволарына қызмет көрсету және олардың жұмыс істеуін қамтамасыз ету бойынша еңбек міндеттерін орындайтын, азаматтық қызметшілерге жатпайтын адамдар Қазақстан Ұлттық Банкінің және оның ведомстволарының техникалық қызметшілері болып табылады.</w:t>
+    <w:bookmarkStart w:name="z377" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Ұлттық Банкінің және оның ведомстволарының қызметшісі лауазымына орналасуға үміткер адамдардың Қазақстан Ұлттық Банкінде және оның ведомстволарында тиісті лауазымға орналасу үшін қажетті білімі, кәсіби даярлығының деңгейі болуға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z373" w:id="149"/>
-[...15 lines deleted...]
-      Техникалық қызметшілер лауазымдарының тізбесін Қазақстан Ұлттық Банкінің Директорлар кеңесі бекітеді.</w:t>
+    <w:bookmarkStart w:name="z378" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Ұлттық Банкінің және оның ведомстволарының қызметшісі лауазымына орналасу міндетті арнаулы тексерудің оң нәтижелері алынғаннан кейін жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z374" w:id="150"/>
-[...15 lines deleted...]
-      Қазақстан Ұлттық Банкі және оның ведомстволары қызметкерлерінің еңбегі осы Заңда, Қазақстан Республикасының өзге де нормативтік құқықтық актілерінде, сондай-ақ Қазақстан Ұлттық Банкінің актілерінде белгіленген ерекшеліктермен қоса Қазақстан Республикасының Еңбек кодексімен реттеледі.</w:t>
+    <w:bookmarkStart w:name="z379" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Ұлттық Банкінің және оның ведомстволарының қызметшісі лауазымына:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z375" w:id="151"/>
-[...15 lines deleted...]
-      Қазақстан Ұлттық Банкі және оның ведомстволары қызметкерлерінің еңбегіне ақы төлеу Қазақстан Республикасының Президентiмен келісу бойынша Қазақстан Ұлттық Банкі Басқармасы бекітетін Қазақстан Ұлттық Банкі қызметкерлерінің еңбегіне ақы төлеу жүйесі негізінде белгіленеді.</w:t>
+    <w:bookmarkStart w:name="z380" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заңда белгiленген тәртiппен әрекетке қабілетсiз немесе әрекет қабiлетi шектеулi деп танылған;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z381" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Ұлттық Банкінің және оның ведомстволарының қызметшісі лауазымына тағайындалар алдында үш жыл iшiнде сыбайлас жемқорлық құқық бұзушылық жасағаны үшiн тәртiптiк жауаптылыққа тартылған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z382" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сыбайлас жемқорлық қылмыс жасаған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z383" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сыбайлас жемқорлық құқық бұзушылық жасағаны үшiн жұмыстан босатылған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z384" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Қазақстан Ұлттық Банкінің және оның ведомстволарының қызметшісі лауазымына орналасатын уақытта заңда белгiленген тәртiппен өтелмеген немесе алынбаған соттылығы бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z385" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) міндетті арнаулы тексерудің оң нәтижелерін алмаған адамды тағайындауға болмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 20-1-бапқа өзгерістер енгізілді - ҚР 11.07.2017 </w:t>
-[...26 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>      Ескерту. 20-2-бапқа өзгеріс енгізілді - ҚР 24.11.2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 422-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 23.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 51-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z387" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20-3-бап. Қазақстан Ұлттық Банкінің және оның ведомстволарының қызметшілерімен еңбек шартын тоқтату</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z388" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Ұлттық Банкінің және оның ведомстволарының қызметшілерімен еңбек шартын тоқтату мынадай негіздер:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z389" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының Еңбек кодексінде көзделген;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z390" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Ұлттық Банкінде және оның ведомстволарында олардың болу мерзімін жыл сайын ұзарту құқығымен, Қазақстан Республикасының заңында белгіленген зейнеткерлік жасқа толу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z391" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) міндетті арнаулы тексерудiң терiс нәтижелерi;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z392" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) кірістері мен мүлкі туралы көрiнеу жалған мәлiметтердi ұсыну;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z393" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) осы Заңда және "Сыбайлас жемқорлыққа қарсы іс-қимыл туралы" Қазақстан Республикасының Заңында белгіленген сыбайлас жемқорлыққа қарсы міндеттер мен шектеулерді сақтамау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z394" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) инвестициялық қорлардың тиесілі пайларын, облигацияларды және коммерциялық ұйымдардың акцияларын сенімгерлікпен басқаруға бермеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z395" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Қазақстан Ұлттық Банкіне және оның ведомстволарына жұмысқа кiру кезiнде жұмысқа қабылдаудан бас тарту үшiн негiз болуы мүмкiн көрiнеу жалған құжаттар мен мәлiметтерді ұсыну;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z396" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) аттестаттаудың терiс нәтижелерi;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z671" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-1) Қазақстан Ұлттық Банкінің функцияларын, өкілеттіктерін және (немесе) штат бірліктерін, оның ішінде оны жою (тарату) немесе қайта ұйымдастыру кезінде басқа мемлекеттік органға беруге байланысты басқа мемлекеттік органға ауыстыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z672" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-2) Қазақстан Ұлттық Банкінің функциялары, өкілеттіктері және (немесе) штат бірліктері, оның ішінде оны жою (тарату) немесе қайта ұйымдастыру кезінде берілген басқа мемлекеттік органға ауысудан бас тарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z397" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Қазақстан Республикасының заңдарында көзделген өзге де негіздер бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z673" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Ұлттық Банкінің функциялары, өкілеттіктері және (немесе) штат бірліктері, оның ішінде оны жою (тарату) немесе қайта ұйымдастыру кезінде берілген мемлекеттік орган Қазақстан Ұлттық Банкінің берілген функцияларды, өкілеттіктерді орындап жүрген және (немесе) сол штат бірліктерін атқарып жүрген қызметшілеріне олардың біліктілігіне сәйкес лауазымдарды ұсынады. Тең дәрежелі лауазым болмаған жағдайда, Қазақстан Ұлттық Банкі қызметшісінің келісуімен оған мемлекеттік органның штат кестесінде көзделген төмен тұрған лауазым ұсынылуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z674" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Ұлттық Банкі жұмыскерлерінің санын немесе штатын қысқарту негізінде еңбек шартын бұзу кезінде Қазақстан Ұлттық Банкінің қысқартылатын лауазымды атқарып жүрген қызметшісіне кемінде үш жыл жұмыс өтілі болған кезде төрт орташа айлық жалақысы мөлшерінде жұмыстан шығу жәрдемақысы төленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Ескерту. 20-3-бапқа өзгерістер енгізілді - ҚР 18.11.2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 411-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 262-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2020 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2020 бастап қолданысқа енгізіледі); 23.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 51-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z376" w:id="152"/>
+    <w:bookmarkStart w:name="z398" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 20-2-бап. Қазақстан Ұлттық Банкінің және оның ведомстволарының қызметшілерін қызметке тағайындау шарттары</w:t>
-[...499 lines deleted...]
-      8-1) Қазақстан Ұлттық Банкінің функцияларын, өкілеттіктерін және (немесе) штат бірліктерін, оның ішінде оны жою (тарату) немесе қайта ұйымдастыру кезінде басқа мемлекеттік органға беруге байланысты басқа мемлекеттік органға ауыстыру;</w:t>
+        <w:t xml:space="preserve"> 20-4-бап. Қазақстан Ұлттық Банкi және оның ведомстволары қызметшілерінің құқықтары мен міндеттері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z672" w:id="173"/>
-[...15 lines deleted...]
-      8-2) Қазақстан Ұлттық Банкінің функциялары, өкілеттіктері және (немесе) штат бірліктері, оның ішінде оны жою (тарату) немесе қайта ұйымдастыру кезінде берілген басқа мемлекеттік органға ауысудан бас тарту;</w:t>
+    <w:bookmarkStart w:name="z399" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қазақстан Ұлттық Банкi және оның ведомстволары қызметшілерінің:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z397" w:id="174"/>
-[...219 lines deleted...]
-    <w:bookmarkStart w:name="z400" w:id="179"/>
+    <w:bookmarkStart w:name="z400" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және Еңбек кодексінде Қазақстан Республикасының азаматтарына кепiлдiк берiлетiн құқықтар мен бостандықтарды пайдалануға;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z401" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өз өкiлеттiктерi шегiнде мәселелердi қарауға және олар бойынша шешiмдер қабылдауға қатысуға, тиiстi органдар мен лауазымды адамдардың оларды орындауын талап етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z402" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) белгiленген тәртiппен лауазымдық мiндеттердi атқару үшiн қажеттi ақпарат пен материалдар алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z403" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) лауазымдық мiндеттердi атқару үшiн Қазақстан Республикасының заңдарында белгiленген тәртiппен ұйымдарға, Қазақстан Республикасы бейрезидент банктерінің филиалдарына, Қазақстан Республикасы бейрезидент сақтандыру (қайта сақтандыру) ұйымдарының филиалдарына, Қазақстан Республикасы бейрезидент сақтандыру брокерлерінің филиалдарына баруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z404" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) басшыдан Қазақстан Ұлттық Банкi және оның ведомстволары қызметшілерінің атқаратын лауазымына сәйкес лауазымдық өкiлеттiк мiндеттерi мен көлемiн дәл айқындауды талап етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z405" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) жеке басының қадiр-қасиетiнiң құрметтелуiне, басшылардың, өзге де жеке тұлғалар мен лауазымды адамдардың өзiне әдiл әрі құрметпен қарауына;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z401" w:id="180"/>
-[...15 lines deleted...]
-      2) өз өкiлеттiктерi шегiнде мәселелердi қарауға және олар бойынша шешiмдер қабылдауға қатысуға, тиiстi органдар мен лауазымды адамдардың оларды орындауын талап етуге;</w:t>
+    <w:bookmarkStart w:name="z406" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Қазақстан Ұлттық Банкi бюджетінің қаражаты (шығыстар сметасы) есебiнен оқытуға және бiлiктiлiгiн арттыруға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z402" w:id="181"/>
-[...15 lines deleted...]
-      3) белгiленген тәртiппен лауазымдық мiндеттердi атқару үшiн қажеттi ақпарат пен материалдар алуға;</w:t>
+    <w:bookmarkStart w:name="z407" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) өздерiнiң лауазымдық өкілеттіктеріне қатысты материалдармен кедергiсiз танысуға, қажет болған кезде жеке түсiнiктемелер беруге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z403" w:id="182"/>
-[...15 lines deleted...]
-      4) лауазымдық мiндеттердi атқару үшiн Қазақстан Республикасының заңдарында белгiленген тәртiппен ұйымдарға, Қазақстан Республикасы бейрезидент банктерінің филиалдарына, Қазақстан Республикасы бейрезидент сақтандыру (қайта сақтандыру) ұйымдарының филиалдарына, Қазақстан Республикасы бейрезидент сақтандыру брокерлерінің филиалдарына баруға;</w:t>
+    <w:bookmarkStart w:name="z408" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) бiлiктiлiгi, қабілетi, өзiнiң лауазымдық өкілеттіктерін адал орындауы ескеріле отырып, лауазымы бойынша жоғарылауға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z404" w:id="183"/>
-[...15 lines deleted...]
-      5) басшыдан Қазақстан Ұлттық Банкi және оның ведомстволары қызметшілерінің атқаратын лауазымына сәйкес лауазымдық өкiлеттiк мiндеттерi мен көлемiн дәл айқындауды талап етуге;</w:t>
+    <w:bookmarkStart w:name="z409" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) қызметшiнiң пiкiрiнше негiзсiз айып тағылған жағдайда қызметтiк тексеру жүргiзiлуiн талап етуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z405" w:id="184"/>
-[...15 lines deleted...]
-      6) жеке басының қадiр-қасиетiнiң құрметтелуiне, басшылардың, өзге де жеке тұлғалар мен лауазымды адамдардың өзiне әдiл әрі құрметпен қарауына;</w:t>
+    <w:bookmarkStart w:name="z410" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) педагогикалық, ғылыми және өзге де шығармашылық қызметпен айналысуға құқығы бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z406" w:id="185"/>
-[...15 lines deleted...]
-      7) Қазақстан Ұлттық Банкi бюджетінің қаражаты (шығыстар сметасы) есебiнен оқытуға және бiлiктiлiгiн арттыруға;</w:t>
+    <w:bookmarkStart w:name="z411" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Ұлттық Банкiнің және оның ведомстволарының қызметшілері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z407" w:id="186"/>
-[...15 lines deleted...]
-      8) өздерiнiң лауазымдық өкілеттіктеріне қатысты материалдармен кедергiсiз танысуға, қажет болған кезде жеке түсiнiктемелер беруге;</w:t>
+    <w:bookmarkStart w:name="z412" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының Конституциясы мен заңнамасын сақтауға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z408" w:id="187"/>
-[...15 lines deleted...]
-      9) бiлiктiлiгi, қабілетi, өзiнiң лауазымдық өкілеттіктерін адал орындауы ескеріле отырып, лауазымы бойынша жоғарылауға;</w:t>
+    <w:bookmarkStart w:name="z413" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Ұлттық Банкі айқындаған тәртiппен ант беруге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z409" w:id="188"/>
-[...15 lines deleted...]
-      10) қызметшiнiң пiкiрiнше негiзсiз айып тағылған жағдайда қызметтiк тексеру жүргiзiлуiн талап етуге;</w:t>
+    <w:bookmarkStart w:name="z414" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жеке және заңды тұлғалар, Қазақстан Республикасы бейрезидент банктерінің филиалдары, Қазақстан Республикасы бейрезидент сақтандыру (қайта сақтандыру) ұйымдарының филиалдары, Қазақстан Республикасы бейрезидент сақтандыру брокерлерінің филиалдары құқықтарының, бостандықтары мен заңды мүдделерiнiң сақталуын және қорғалуын қамтамасыз етуге, Қазақстан Республикасының заңнамасында белгiленген тәртiппен және мерзiмде аталған тұлғалардың өтiнiштерiн қарауға, олар бойынша қажеттi шаралар қолдануға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z410" w:id="189"/>
-[...15 lines deleted...]
-      11) педагогикалық, ғылыми және өзге де шығармашылық қызметпен айналысуға құқығы бар.</w:t>
+    <w:bookmarkStart w:name="z415" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өздерiне берiлген құқықтар шегiнде және лауазымдық мiндеттерiне сәйкес өкiлеттiктерiн жүзеге асыруға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z411" w:id="190"/>
-[...15 lines deleted...]
-      2. Қазақстан Ұлттық Банкiнің және оның ведомстволарының қызметшілері:</w:t>
+    <w:bookmarkStart w:name="z416" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) басшылардың бұйрықтары мен өкiмдерiн, жоғары тұрған органдар мен лауазымды адамдардың өз өкiлеттiктерi шегiнде шығарған шешiмдерi мен нұсқауларын орындауға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z412" w:id="191"/>
-[...15 lines deleted...]
-      1) Қазақстан Республикасының Конституциясы мен заңнамасын сақтауға;</w:t>
+    <w:bookmarkStart w:name="z417" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Қазақстан Республикасының заңнамасында көзделген жағдайларды қоспағанда, лауазымдық мiндеттерiн атқару кезiнде алатын, жеке тұлғалардың жеке өмiрiн, ар-намысын және қадiр-қасиетiн қозғайтын мәлiметтердi құпия сақтауға және олардан осындай ақпарат берудi талап етпеуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z413" w:id="192"/>
-[...15 lines deleted...]
-      2) Қазақстан Ұлттық Банкі айқындаған тәртiппен ант беруге;</w:t>
+    <w:bookmarkStart w:name="z418" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) мемлекеттік меншіктің сақталуын қамтамасыз етуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z414" w:id="193"/>
-[...15 lines deleted...]
-      3) жеке және заңды тұлғалар, Қазақстан Республикасы бейрезидент банктерінің филиалдары, Қазақстан Республикасы бейрезидент сақтандыру (қайта сақтандыру) ұйымдарының филиалдары, Қазақстан Республикасы бейрезидент сақтандыру брокерлерінің филиалдары құқықтарының, бостандықтары мен заңды мүдделерiнiң сақталуын және қорғалуын қамтамасыз етуге, Қазақстан Республикасының заңнамасында белгiленген тәртiппен және мерзiмде аталған тұлғалардың өтiнiштерiн қарауға, олар бойынша қажеттi шаралар қолдануға;</w:t>
+    <w:bookmarkStart w:name="z419" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) өздеріне мәлім болған сыбайлас жемқорлық құқық бұзушылық жағдайлары туралы басшылықтың немесе құқық қорғау органдарының назарына дереу жеткізуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z415" w:id="194"/>
-[...15 lines deleted...]
-      4) өздерiне берiлген құқықтар шегiнде және лауазымдық мiндеттерiне сәйкес өкiлеттiктерiн жүзеге асыруға;</w:t>
+    <w:bookmarkStart w:name="z420" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) лауазымдық өкілеттіктерін тиімді орындау үшін өзінің кәсіби деңгейін және біліктілігін арттыруға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z416" w:id="195"/>
-[...15 lines deleted...]
-      5) басшылардың бұйрықтары мен өкiмдерiн, жоғары тұрған органдар мен лауазымды адамдардың өз өкiлеттiктерi шегiнде шығарған шешiмдерi мен нұсқауларын орындауға;</w:t>
+    <w:bookmarkStart w:name="z421" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) Қазақстан Республикасының заңдарында көзделген жағдайларды қоспағанда, автоматтандырылған ақпараттық кіші жүйелермен жұмыс істеген кезде (оларға қолжетімділік болғанда) алынған ақпаратты қоса алғанда, өздерінің лауазымдық өкілеттіктерін атқару кезінде кез келген жеткізгіш түрінде, қабылдау үшін кез келген қолжетімді нысанда алынған қызметтік, коммерциялық, банктік құпияны, сақтандыру, зейнетақы жинақтары құпиясын және заңмен қорғалатын өзге де құпияны, сондай-ақ басқа да ақпаратты үшінші тұлғаларға жария етпеуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z417" w:id="196"/>
-[...15 lines deleted...]
-      6) Қазақстан Республикасының заңнамасында көзделген жағдайларды қоспағанда, лауазымдық мiндеттерiн атқару кезiнде алатын, жеке тұлғалардың жеке өмiрiн, ар-намысын және қадiр-қасиетiн қозғайтын мәлiметтердi құпия сақтауға және олардан осындай ақпарат берудi талап етпеуге;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11) тармақша жаңа редакцияда көзделген – ҚР 03.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 251-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) Қазақстан Ұлттық Банкінің және оның ведомствосының қызметшісі лауазымына орналасқан күннен бастап бір ай мерзімде инвестициялық қорлардың тиесілі пайларын, облигацияларды және коммерциялық ұйымдардың акцияларын сенімгерлікпен басқаруға беруге және сенімгерлікпен басқару жөніндегі шарттың нотариат куәландырған көшірмесін Қазақстан Ұлттық Банкінің кадр қызметіне табыс етуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z423" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қазақстан Ұлттық Банкінің және оның ведомстволарының қызметшілері инвестициялық қорлардың пайларын, коммерциялық ұйымдардың облигацияларын, акцияларын сатып алуға құқылы емес.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z418" w:id="197"/>
-[...15 lines deleted...]
-      7) мемлекеттік меншіктің сақталуын қамтамасыз етуге;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Қазақстан Ұлттық Банкінің және оның ведомстволарының қызметшілері өздерінің лауазымдық өкілеттіктеріне қарай Қазақстан Ұлттық Банкінің құзыретіне кіретін мәселелер бойынша тексерілетін субъектілердің қызметіне тексерулерді жүзеге асырған жағдайда, лауазымдық өкілеттіктерін нақты және бейтарап орындауына кедергі келтіруі мүмкін барлық мән-жай туралы, оның ішінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z386" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тексерілетін субъектілердің басшы қызметкерлері болып табылатын жақын туыстары (жекжаттары), жұбайлары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z419" w:id="198"/>
-[...15 lines deleted...]
-      8) өздеріне мәлім болған сыбайлас жемқорлық құқық бұзушылық жағдайлары туралы басшылықтың немесе құқық қорғау органдарының назарына дереу жеткізуге;</w:t>
+    <w:bookmarkStart w:name="z425" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тексерілетін субъектілерде жұмыс істейтін жақын туыстары немесе жұбайлары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z420" w:id="199"/>
-[...15 lines deleted...]
-      9) лауазымдық өкілеттіктерін тиімді орындау үшін өзінің кәсіби деңгейін және біліктілігін арттыруға;</w:t>
+    <w:bookmarkStart w:name="z426" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тексерілетін субъектілерден алған қарыздары және тексерілетін субъектілер алдындағы өзге де мүліктік міндеттемелері туралы жоғары тұрған басшылыққа дереу хабарлауға міндетті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z421" w:id="200"/>
-[...15 lines deleted...]
-      10) Қазақстан Республикасының заңдарында көзделген жағдайларды қоспағанда, автоматтандырылған ақпараттық кіші жүйелермен жұмыс істеген кезде (оларға қолжетімділік болғанда) алынған ақпаратты қоса алғанда, өздерінің лауазымдық өкілеттіктерін атқару кезінде кез келген жеткізгіш түрінде, қабылдау үшін кез келген қолжетімді нысанда алынған қызметтік, коммерциялық, банктік құпияны, сақтандыру, зейнетақы жинақтары құпиясын және заңмен қорғалатын өзге де құпияны, сондай-ақ басқа да ақпаратты үшінші тұлғаларға жария етпеуге;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 20-4-тармаққа өзгерістер енгізілді - ҚР 21.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.11.2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 422-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 26.07.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 12-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік отыз күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 06.05.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 63-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі); 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2020 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z428" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20-5-бап. Қазақстан Ұлттық Банкі және оның ведомстволары қызметкерлерінің жауапкершілігі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z422" w:id="201"/>
-[...15 lines deleted...]
-      11) Қазақстан Ұлттық Банкінің және оның ведомствосының қызметшісі лауазымына орналасқан күннен бастап бір ай мерзімде инвестициялық қорлардың тиесілі пайларын, облигацияларды және коммерциялық ұйымдардың акцияларын сенімгерлікпен басқаруға беруге және сенімгерлікпен басқару жөніндегі шарттың нотариат куәландырған көшірмесін Қазақстан Ұлттық Банкінің кадр қызметіне табыс етуге міндетті.</w:t>
+    <w:bookmarkStart w:name="z429" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қазақстан Ұлттық Банкінің және оның ведомстволарының қызметшілері мен техникалық қызметшілері өздерiне жүктелген мiндеттер мен еңбек тәртібін орындамағаны және тиiсiнше орындамағаны үшін Қазақстан Республикасының Еңбек кодексіне сәйкес жауаптылықта болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z423" w:id="202"/>
-[...15 lines deleted...]
-      3. Қазақстан Ұлттық Банкінің және оның ведомстволарының қызметшілері инвестициялық қорлардың пайларын, коммерциялық ұйымдардың облигацияларын, акцияларын сатып алуға құқылы емес.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Алып тасталды - ҚР 18.11.2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 411-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (01.01.2016 бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z437" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Тәртiптiк жазаны:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="202"/>
-    <w:p>
-[...33 lines deleted...]
-      1) тексерілетін субъектілердің басшы қызметкерлері болып табылатын жақын туыстары (жекжаттары), жұбайлары;</w:t>
+    <w:bookmarkStart w:name="z438" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Ұлттық Банкінің және оның ведомстволарының тәртіптік жауаптылыққа тартылатын қызметшісін қызметке тағайындауға және қызметтен босатуға құқығы бар лауазымды адам қолданады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z425" w:id="204"/>
-[...15 lines deleted...]
-      2) тексерілетін субъектілерде жұмыс істейтін жақын туыстары немесе жұбайлары;</w:t>
+    <w:bookmarkStart w:name="z439" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) нақ сол терiс қылық үшiн қайтадан қолдануға болмайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z426" w:id="205"/>
-[...15 lines deleted...]
-      3) тексерілетін субъектілерден алған қарыздары және тексерілетін субъектілер алдындағы өзге де мүліктік міндеттемелері туралы жоғары тұрған басшылыққа дереу хабарлауға міндетті.</w:t>
+    <w:bookmarkStart w:name="z440" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Ұлттық Банкінің актiсiнде айқындалатын тәртiппен қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z441" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Қазақстан Ұлттық Банкінің және оның ведомстволарының тәртiптiк терiс қылыққа жол берген қызметшілерін оларды қызметке тағайындауға және қызметтен босатуға құқығы бар лауазымды адам белгiленген тәртiппен жауаптылығы туралы мәселе шешiлгенге дейiн лауазымдық мiндеттерiн атқарудан уақытша шеттетуi мүмкiн.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 20-4-тармаққа өзгерістер енгізілді - ҚР 21.06.2013 </w:t>
-[...86 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Алып тасталды - ҚР 18.11.2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 411-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (01.01.2016 бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Алып тасталды - ҚР 18.11.2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 411-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (01.01.2016 бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Алып тасталды - ҚР 18.11.2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 411-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (01.01.2016 бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z445" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Қазақстан Ұлттық Банкінің және оның ведомстволарының қызметшілері мен техникалық қызметшілері тәртіптік жауаптылыққа тартуға байланысты барлық материалдармен міндетті түрде таныстырылуға тиіс, оларға қызметтік тексеру рәсіміне жеке өзінің қатысу құқығы беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z446" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Қазақстан Ұлттық Банкінің және оның ведомстволарының жауапқа тартылатын қызметшілері мен техникалық қызметшілері Қазақстан Ұлттық Банкінің әрекеттерi мен шешiмдерiне Қазақстан Республикасының заңдарында белгіленген тәртіппен шағым жасауы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте Қазақстан Ұлттық Банкінің көрсетілген әрекеттерi мен шешімдеріне шағым жасау олардың орындалуын тоқтата тұрмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z447" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Қазақстан Ұлттық Банкінің және оның ведомстволарының қызметшілері мен техникалық қызметшілері қылмыстық және өзге де құқық бұзушылықтар жасаған жағдайда, Қазақстан Республикасының заңдарында белгiленген негіздерде және тәртiппен тиiсiнше қылмыстық, әкiмшiлiк, материалдық жауаптылықта болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z553" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Қазақстанның Ұлттық Банкі бұрынғы жұмыскерлері мен Басқарма мүшелерiн қоса алғанда, өз жұмыскерлерінің, Басқарма мүшелерi мен өзі тартқан тұлғалардың Қазақстанның Ұлттық Банкіне жүктелген функцияларды жүзеге асыру мақсатындағы, оның ішінде екінші деңгейдегі банктердің, сақтандыру (қайта сақтандыру) ұйымдарының уақытша әкімшіліктері және тарату комиссиялары мүшелерінің міндеттерін атқаруы кезеңіндегі әрекеттеріне (әрекетсіздігіне), шешімдер қабылдауына байланысты оларға қарсы талап қоюлар берілген жағдайда, оларды құқықтық қорғауды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 20-5-бапқа өзгеріс енгізілді - ҚР 03.07.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 227-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2015 бастап қолданысқа енгізіледі); 04.07.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2015 бастап қолданысқа енгізіледі); 18.11.2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 411-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2019 бастап қолданысқа енгізіледі); 29.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 351-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2021 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> енгізіледі); 06.05.2017 </w:t>
-[...46 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20-6-бап. Қазақстан Ұлттық Банкi және оның ведомстволары жұмыскерлерінің демалысы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z676" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қазақстан Ұлттық Банкінің Төрағасына, оның орынбасарларына, сондай-ақ Қазақстан Ұлттық Банкі мен оның ведомстволарының өзге де қызметкерлеріне ұзақтығы күнтізбелік отыз күн болатын жыл сайынғы ақысы төленетін еңбек демалысы беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Ұлттық Банкiнің және оның ведомстволарының жұмыскерлеріне алғашқы және одан кейінгі жылдардағы жұмысы үшін жыл сайынғы ақы төленетiн еңбек демалысы тараптардың келісімі бойынша жұмыс жылының кез келген уақытында беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z677" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Ұлттық Банкi және оның ведомстволары жұмыскерлерінің қалауы бойынша жыл сайынғы ақы төленетiн еңбек демалыстары оларға бөлiп-бөлiп берiлуi мүмкiн. Бұл ретте жыл сайынғы ақы төленетiн еңбек демалысының бір бөлігі демалыс ұзақтығының күнтізбелік екі аптасынан кем болмауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z678" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қазақстан Ұлттық Банкiнің және оның ведомстволарының жұмыскерлеріне Қазақстан Республикасының еңбек заңнамасында белгіленген тәртіппен, оның ішінде олар жоғары оқу орнынан кейінгі білім беру бағдарламалары бойынша мемлекеттік тапсырыс шеңберінде оқыған жағдайда жалақысы сақталмайтын демалыс берілуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-1-тарау 20-6-баппен толықтырылды - ҚР 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 262-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2020 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2020 бастап қолданысқа енгізіледі); өзгеріс енгізілді - ҚР 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 95-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z428" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20-7-бап. Қазақстан Ұлттық Банкi және оның ведомстволары жұмыскерлерінің іссапарлар кезіндегі кепілдіктері мен өтемақылары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z680" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қазақстан Ұлттық Банкiнің және оның ведомстволарының жұмыскерлеріне қызметтiк iссапарларға, оның iшiнде шет мемлекеттерге iссапарға баруға арналған шығыстар Қазақстан Ұлттық Банкi айқындайтын тәртiппен өтеледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z681" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Ұлттық Банкiнің және ведомстволарының іссапарға жiберiлген жұмыскерлерінің бүкіл іссапар уақыты ішінде жұмыс орны (лауазымы) мен орташа жалақысы сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-1-тарау 20-7-баппен толықтырылды - ҚР 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (01.01.2020 бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...23 lines deleted...]
-    <w:bookmarkEnd w:id="207"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20-8-бап. Қазақстан Ұлттық Банкінің қызметкерлерін іссапарға жіберу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z707" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қазақстан Ұлттық Банкінің қызметкерлері Қазақстан Ұлттық Банкінің алдына қойылған міндеттерді орындау мақсатында Қазақстан Республикасының дипломатиялық қызмет туралы заңнамасында реттелетін тәртіппен Қазақстан Республикасының шет елдердегі мекемелеріне, халықаралық ұйымдарға және (немесе) олардың өкілдіктеріне және өзге де ұйымдарға іссапарға жіберілуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z708" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Ұлттық Банкінің іссапарға жіберілген қызметкерлерінің еңбегіне ақы төлеу Қазақстан Ұлттық Банкінің бюджет қаражаты (шығыстар сметасы) есебінен жүзеге асырылады және Қазақстан Ұлттық Банкінің Басқармасы айқындайтын тәртіппен және шарттарда айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z709" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қазақстан Ұлттық Банкінің іссапарға жіберілген қызметкерлерін және олармен бірге жүретін отбасы мүшелерін (жұбайын (зайыбын), кәмелетке толмаған балаларын, кәмелетке толмаған асырап алған балаларын, сондай-ақ кәмелетке толған, еңбекке жарамсыз балаларын және (немесе) ата-аналарын) әлеуметтік және медициналық қамтамасыз ету, кепілдіктер беру шарттары, өтемақылар мен өзге де төлемдерді төлеу, оның ішінде залалды өтеу шарттары Қазақстан Ұлттық Банкінің тиісті актісінде айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> Заңымен (01.01.2016 бастап қолданысқа енгізіледі).</w:t>
+        <w:t xml:space="preserve">      Ескерту. 4-1-тарау 20-8-баппен толықтырылды – ҚР 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 95-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z437" w:id="208"/>
-[...98 lines deleted...]
-    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z28" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...267 lines deleted...]
-    <w:bookmarkEnd w:id="216"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5 Тарау. Қазақстан Ұлттық Банкiнiң Мемлекеттiк өкiмет органдарымен өзара iс-қимылы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z29" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...160 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...197 lines deleted...]
-      1. Қазақстан Ұлттық Банкiнің және оның ведомстволарының жұмыскерлеріне қызметтiк iссапарларға, оның iшiнде шет мемлекеттерге iссапарға баруға арналған шығыстар Қазақстан Ұлттық Банкi айқындайтын тәртiппен өтеледi.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> 21-бап. Өзара iс-қимылдың негiзгi принциптерi </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z681" w:id="221"/>
-[...255 lines deleted...]
-    <w:bookmarkEnd w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Ұлттық Банкi Қазақстан Республикасының заңдарында және Қазақстан Республикасы Президентінің актілерінде берiлген өкiлеттiк шегiнде өз қызметiн ешкiмге тәуелсiз атқарады. Өкiлдi және атқарушы өкiмет органдарының Қазақстан Ұлттық Банкi оның филиалдары, өкiлдiктерi, ведомстволары мен ұйымдарының заңда бекiтiлген өкiлеттiгiн жүзеге асыру жөнiндегi қызметiне араласуға құқы жоқ. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -11985,68 +13317,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.  </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="227"/>
+    <w:bookmarkStart w:name="z30" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 22-бап. Қазақстан Республикасының Үкiметi мен Қазақстан Ұлттық Банкi </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkEnd w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Ұлттық Банкi өз қызметiн Қазақстан Республикасының Үкiметiмен үйлестiрiп отырады. Қазақстан Ұлттық Банкi мен Үкiмет жалпымемлекеттiк маңызы бар болжалды iс-қимыл мен қол жеткен нәтижелер жөнiнде бiр-бiрiн хабардар етiп отыруға және ұдайы консультациялар алысып отыруға мiндеттi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12177,68 +13509,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2020 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="228"/>
+    <w:bookmarkStart w:name="z31" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 23-бап. Қазақстан Ұлттық Банкi - банк, қаржы кеңесшiсi және агенті </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkEnd w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Ұлттық Банкi банк, қаржы кеңесшiсi және мемлекеттiк органдармен келiсiм бойынша олардың агентi ретiнде iс-әрекет жасай алады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -12299,68 +13631,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="229"/>
+    <w:bookmarkStart w:name="z32" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 24-бап. Қазақстан Ұлттық Банкi - Қазақстан Республикасы Үкiметiнiң Банкi </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkEnd w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Ұлттық Банкiнде Қазақстан Республикасы Үкiметiнiң қаржысы орналастырылады. Қазақстан Ұлттық Банкi Үкiмет шоттары бойынша төлем жүргiзедi, өзге де операцияларды жүзеге асырады, сондай-ақ оған басқа да қызметтер көрсетедi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12435,68 +13767,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="230"/>
+    <w:bookmarkStart w:name="z33" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 25-бап. Қазақстан Ұлттық Банкi - Қазақстан Республикасы Үкiметiнiң қаржы кеңесшiсi </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkEnd w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Ұлттық Банкi Қазақстан Республикасы Үкiметiнiң мемлекеттiк қарыз алу саясатын жасау және iске асыру, ақша-кредит саясатымен байланысты мәселелер жөнiнде бюджет саясатын қалыптастыру кезiнде қаржы кеңесшiсi ретiнде қызмет етедi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -12553,122 +13885,122 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="231"/>
+    <w:bookmarkStart w:name="z34" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 26-бап. Қазақстан Ұлттық Банкi - Қазақстан Республикасы Үкiметiнiң агентi </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkEnd w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Ұлттық Банкi мен Қазақстан Республикасының Үкiметi арасында келiсiлген шарттарда Қазақстан Ұлттық Банкi Қазақстан Республикасы Үкiметiнiң агентi ретiнде iс-қимыл жасайды. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Ұлттық Банкi Үкiметпен келiсiм бойынша Қазақстан Республикасы Үкiметiнiң агентi ретiнде оған мемлекеттiк заемына қызмет көрсетедi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="232"/>
+    <w:bookmarkStart w:name="z35" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 27-бап. Қазақстан Республикасы Үкiметiнiң шешiмi бойынша шығарылған мемлекеттiк бағалы қағаздармен операциялар жүргiзу </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkEnd w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Ұлттық Банкi Қазақстан Республикасы Үкiметiнiң шешiмi бойынша шығарылған мемлекеттiк бағалы қағаздармен операциялар жүргiзуге құқылы. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12801,68 +14133,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.  </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="233"/>
+    <w:bookmarkStart w:name="z36" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 28-бап. Мемлекеттiк бағалы қағаздар айналысын реттеу </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkEnd w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Ұлттық Банкi бюджеттi атқару жөнiндегi орталық уәкiлеттi органмен келiсе отырып, Қазақстан Республикасы Yкiметiнiң және жергiлiктi атқарушы органдардың мемлекеттiк бағалы қағаздарының айналысын реттеудi жүзеге асырады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -12939,86 +14271,86 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">қараңыз) Заңдарымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="234"/>
+    <w:bookmarkStart w:name="z37" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 Тарау. Ақша-кредит саясаты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z38" w:id="235"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z38" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 29-бап. Ақша-кредит саясатын әзiрлеу және жүргiзу </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkEnd w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Ұлттық Банкi ақша-кредит саясатын айқындайтын және жүзеге асыратын бiрден-бiр орган болып табылады. Қазақстан Ұлттық Банкi ақша-кредит саясатын бағалардың тұрақтылығын қамтамасыз ету мақсатында жүзеге асырады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13193,51 +14525,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 399-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 30.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 205-VIII</w:t>
       </w:r>
       <w:r>
@@ -13263,186 +14595,186 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="236"/>
+    <w:bookmarkStart w:name="z39" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 30-бап. Ақша-кредит саясаты операцияларының түрлерi </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkEnd w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ақша-кредит саясатын iске асыру мақсатында Қазақстан Ұлттық Банкi мынадай операция түрлерiн жүзеге асырады: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z197" w:id="237"/>
+    <w:bookmarkStart w:name="z197" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) тұрақты қолжетімді қарыздар беру; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z198" w:id="238"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z198" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) депозиттер қабылдау; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z199" w:id="239"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z199" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) валюталық интервенциялар; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z200" w:id="240"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z200" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) Қазақстан Ұлттық Банкiнiң қысқа мерзiмдi ноталарын шығару; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z201" w:id="241"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z201" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) мемлекеттiк және басқа да бағалы қағаздарды сатып алу және сату, оның iшiнде керi сатып алу құқығымен; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkEnd w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13471,70 +14803,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z203" w:id="242"/>
+    <w:bookmarkStart w:name="z203" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) Қазақстан Ұлттық Банкi Басқармасының шешiмi бойынша басқа да операциялар. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkEnd w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13613,124 +14945,258 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="243"/>
+    <w:bookmarkStart w:name="z40" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 31-бап. Қайта қаржыландырудың ресми ставкасы </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-[...22 lines deleted...]
-          <w:color w:val="ff0000"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Ескерту. 31-бап алып тасталды - ҚР 24.11.2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 422-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      32-бап жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), (01.07.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 32-бап. Резервтiк талаптар </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Ұлттық Банкi ақша-кредит саясатын жүзеге асыру мақсатында ең төмен резервтік талаптардың нормативтерiн белгілейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13859,68 +15325,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="245"/>
+    <w:bookmarkStart w:name="z42" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 33-бап. Бағалы қағаздарды сатып алу және сату </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkEnd w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мемлекеттiк және басқа да бағалы қағаздарды сатып алу мен сату Қазақстан Ұлттық Банкi айқындайтын тәртіппен жалпы ақша-кредит саясаты шеңберінде жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -13997,68 +15463,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">) Заңымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="246"/>
+    <w:bookmarkStart w:name="z43" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 34-бап. Қазақстан Ұлттық Банкінің базалық мөлшерлемесі және ақша-кредит саясаты операциялары бойынша сыйақы мөлшерлемелері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkEnd w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тақырыпқа өзгеріс енгізілді - ҚР 02.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14073,90 +15539,90 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2021 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z427" w:id="247"/>
+    <w:bookmarkStart w:name="z427" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Ұлттық Банкінің базалық мөлшерлемесі ақша-кредит саясатының негізгі құралы және ақша-кредит саясатының операциялары бойынша сыйақы мөлшерлемелерін белгілеу үшін бағдар болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z497" w:id="248"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z497" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Ұлттық Банкі ақша-кредит саясаты операциялары бойынша сыйақы мөлшерлемелерін қаржы нарығындағы нарықтық сыйақы мөлшерлемелеріне әсер ету мақсатында жүзеге асырылып жатқан ақша-кредит саясатының шеңберінде белгілейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkEnd w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14352,68 +15818,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="249"/>
+    <w:bookmarkStart w:name="z45" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 36-бап. Валюталық интервенциялар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkEnd w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Ұлттық Банкiнiң валюталық интервенциялары Қазақстан теңгесiнiң бағамына әсер ету мақсатында банкаралық немесе биржалық рыноктарда шетел валютасын сатып алу-сату және валюталық мәмiлелердiң басқа да түрлерiн жүргiзу жолымен дербес жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14468,68 +15934,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z99" w:id="250"/>
+    <w:bookmarkStart w:name="z99" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 36-1-бап. Депозиттер </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkEnd w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Депозиттердi тарту мен өтеу тәртiбiн, талаптарын, мерзiмдерiн және тарту лимиттерiн Қазақстан Ұлттық Банкi айқындайды. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14584,68 +16050,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z100" w:id="251"/>
+    <w:bookmarkStart w:name="z100" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 36-2-бап. Қазақстан Ұлттық Банкiнiң қысқа мерзiмдi ноталары </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkEnd w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Ұлттық Банкiнiң қысқа мерзiмдi ноталары – Қазақстан Ұлттық Банкi эмиссиялайтын, олар бойынша міндеттемелерді Қазақстан Ұлттық Банкi көтеретін мемлекеттiк эмиссиялық бағалы қағаздар.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14738,124 +16204,124 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z101" w:id="252"/>
+    <w:bookmarkStart w:name="z101" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 36-3-бап. Коммерциялық вексельдердi қайта есепке алу </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkEnd w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескерту. 36-3-бап алып тасталды - ҚР 24.11.2015</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 422-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="253"/>
+    <w:bookmarkStart w:name="z46" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 37-бап. Банк операциялары бойынша сандық шектеулер </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkEnd w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Ұлттық Банкiнiң тiкелей сандық шектеулерi деп операциялардың жекелеген түрлерi және мәмiлелерi бойынша ставкалардың ең жоғары деңгейлерi, кредит берудi тiкелей шектеу, сыйақы ставкаларын тұмшалау, жекелеген салалардың дамуын ынталандыру немесе тежеу мақсатында кредиттiң нақты түрлерiн тiкелей реттеу ұғынылады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14910,86 +16376,86 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="254"/>
+    <w:bookmarkStart w:name="z47" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7 Тарау. Ақша айналысы және ақша бiрлiгi </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z48" w:id="255"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z48" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 38-бап. Ақша бiрлiгi </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkEnd w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының ақша бiрлiгi (ұлттық валютасы) Қазақстан теңгесi болып табылады. Қазақстан теңгесi 100 тиыннан тұрады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15000,68 +16466,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының айналыстағы ақша белгiлерi банкноттар мен тиындардан тұрады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Банкноттар мен тиындардың көрсетiлген құнының құрылымын Қазақстан Ұлттық Банкi белгiлейдi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="256"/>
+    <w:bookmarkStart w:name="z49" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 39-бап. Төлем құралы </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkEnd w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Ұлттық Банкiнiң заң актiлерiнде, нормативтiк құқықтық актiлерiнде көзделген жағдайларды қоспағанда, Қазақстан Республикасында бiрден-бiр заңды төлем құралы Қазақстан теңгесi болып табылады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -15098,68 +16564,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="257"/>
+    <w:bookmarkStart w:name="z50" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 40-бап. Банкноттар мен монеталарды шығару </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkEnd w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Банкноттар мен монеталар шығаруды, олардың Қазақстан Республикасының аумағындағы айналысын ұйымдастыруды және айналыстан алуды тек қана Қазақстан Ұлттық Банкi жүзеге асырады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15214,68 +16680,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="258"/>
+    <w:bookmarkStart w:name="z51" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 41-бап. Ақша бiрлiгiнiң қамтамасыз етiлуi </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkEnd w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Ұлттық Банкiнiң банкноттары мен тиындары Қазақстан Ұлттық Банкiнiң сөзсiз мiндеттемелерi болып табылады және оның барлық активтерiмен қамтамасыз етiледi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15350,68 +16816,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="259"/>
+    <w:bookmarkStart w:name="z52" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 42-бап. Банкноттар мен тиындарды жасап шығару және олардың сипаттамасы </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkEnd w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Ұлттық Банкi банкноттар мен тиындардың қажеттi мөлшерiне дiлгерлiктi анықтайды, олардың жасалып шығарылуын қамтамасыз етедi, қолдағы ақшаны сақтау, жою және инкассациялау тәртiбiн белгiлейдi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15598,68 +17064,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="260"/>
+    <w:bookmarkStart w:name="z53" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 43-бап. Банкноттар мен тиындардың қабылдауға қойылатын талаптар </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkEnd w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Ұлттық Банкiнiң айналысқа шығарған банкноттары мен тиындары олардың белгiленген құнымен Қазақстан Республикасының бүкiл аумағында төлемдердiң барлық түрлерi бойынша, сондай-ақ банк шоттарына, енгiзу және ақша аудару үшiн қабылдауға мiндеттi, оларды Қазақстан Республикасының барлық банктерi, Қазақстан Республикасы бейрезидент банктерінің филиалдары және Ұлттық пошта операторы шектеусiз ұсатады және айырбастайды. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15754,68 +17220,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z96" w:id="261"/>
+    <w:bookmarkStart w:name="z96" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 43-1-бап. Қазақстан Ұлттық Банкінің банкноттар мен монеталарды, оның ішінде арнаулы қаптамалардағы банкноттар мен монеталарды сатуы және сатып алуы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkEnd w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Ұлттық Банкінің банкноттар мен монеталарды, оның ішінде арнаулы қаптамадағы банкноттар мен монеталарды сатуы және сатып алуы Қазақстан Ұлттық Банкінің нормативтік құқықтық актілерінде айқындалған тәртіппен жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -15892,68 +17358,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="262"/>
+    <w:bookmarkStart w:name="z54" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 44-бап. Ақша бiрлiгiн айырбастау құқығы </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkEnd w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ақша бiрлiгiн айырбастауға Қазақстан Республикасы Президентiнiң құқығы бар. Қазақстан Республикасының Президентi Қазақстан Республикасы ақша бiрлiгiнiң қолданылу тәртiбiн, мерзiмiн және шарттарын белгiлейдi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -15990,68 +17456,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="263"/>
+    <w:bookmarkStart w:name="z55" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 45-бап. Қазақстан Республикасы ұлттық валютасының банкноттары мен монеталарын айналысқа шығару, ауыстыру және айналыстан алып қою</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkEnd w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы ұлттық валютасының банкноттары мен монеталарын айналысқа шығару туралы шешімді, оларды ауыстыру және айналыстан алып қою тәртібін Қазақстан Ұлттық Банкi қабылдайды және бұқаралық ақпарат құралдарында жарияланады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -16088,68 +17554,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="264"/>
+    <w:bookmarkStart w:name="z56" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 46-бап. Тозған, күмәнді банкноттар және ақаулы (бүлiнген), күмәнді монеталар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkEnd w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тозған, Қазақстан Ұлттық Банкі белгілеген банкноттар көлемінің кемінде жетпіс пайызы сақталған банкноттарды және ақаулы (бүлінген) монеталарды Қазақстан Ұлттық Банкі, банктер, Қазақстан Республикасы бейрезидент банктерінің филиалдары және Ұлттық пошта операторы Қазақстан Ұлттық Банкінің нормативтік құқықтық актісіне сәйкес шектеусіз айырбастайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16300,68 +17766,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="265"/>
+    <w:bookmarkStart w:name="z57" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 47-бап. Жалған банкноттар мен монеталарды жасағаны, сақтағаны және өткізгені үшiн жауаптылық</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkEnd w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалған банкноттар мен монеталарды өткізу мақсатында жасауға, сақтауға, жалған банкноттар мен монеталарды өткізуге, сондай-ақ қолма-қол ақшаның санкциясыз эмиссиясын жүзеге асыруға кiнәлi адамдар Қазақстан Республикасының заңдарында белгіленген жауаптылықта болады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -16398,162 +17864,268 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="266"/>
+    <w:bookmarkStart w:name="z58" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 47-1-бап. Кассалық қызмет көрсетуді ұйымдастыру </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-[...22 lines deleted...]
-          <w:color w:val="ff0000"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 47-1-бап алып тасталды - ҚР 2009.07.11. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">№ 185-IV </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңымен. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z94" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7-тарауды 47-2-баппен толықтыру көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z94" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8 Тарау. Ақша төлемі мен аударымын ұйымдастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z59" w:id="268"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z59" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 48-бап. Қазақстан Ұлттық Банкінің төлемдерді және (немесе)ақша аударымдарын, төлем жүйелерiн және көрсетілетін төлем қызметтері нарығын ұйымдастырудағы және реттеудегi өкілеттiктерi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkEnd w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Ұлттық Банкінің төлемдерді және (немесе) ақша аударымдарын, төлем жүйелерiн және көрсетілетін төлем қызметтері нарығын ұйымдастырудағы және реттеудегi, көрсетілетін төлем қызметтері нарығына мемлекеттік бақылау мен қадағалауды және төлем жүйелерін қадағалауды (оверсайтты) жүзеге асырудағы өкілеттiктерi "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16650,104 +18222,104 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2020 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z102" w:id="269"/>
+    <w:bookmarkStart w:name="z102" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 48-1-бап. (алынып тасталды - ҚР 2005.07.08 № 69 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Заңымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z60" w:id="270"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z60" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 49-бап. Шоттар </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkEnd w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Ұлттық Банкi банк шоттарының түрлерін, құқықтық режимін және құрылымын, шоттарды ашу, жүргізу және жабу тәртiбi мен шарттарын белгiлейдi . </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -16804,68 +18376,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">қараңыз) Заңымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="271"/>
+    <w:bookmarkStart w:name="z61" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 50-бап. Ақша төлемi мен аударымын жүзеге асыру тәсiлдерi </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkEnd w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының аумағында қолданылатын ақша төлемi мен аударымын жүзеге асыру тәсiлдерi Қазақстан Республикасының заң актiлерiнде және соларға сәйкес қабылданған нормативтiк құқықтық актiлерiнде белгіленедi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -16902,182 +18474,182 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z92" w:id="272"/>
+    <w:bookmarkStart w:name="z92" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 51-бап. (алынып тасталды - Қазақстан Республикасының 1997.07.11. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>№ 154</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен) 8-1-тарау. ҚАРЖЫ ЖҮЙЕСІНІҢ ТҰРАҚТЫЛЫҒЫН ҚАМТАМАСЫЗ ЕТУГЕ ЖӘРДЕМДЕСУ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkEnd w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Заң 8-1-тараумен толықтырылды - ҚР 2012.07.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 30-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z449" w:id="273"/>
+    <w:bookmarkStart w:name="z449" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 51-1-бап. Қаржы жүйесінің тұрақтылығын қамтамасыз ету жөніндегі шараларды әзірлеу және жүзеге асыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z450" w:id="274"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z450" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Ұлттық Банкi дербес және (немесе) өзге де мемлекеттік органдармен бірлесіп өздерінің құзыреті шеңберінде қаржы жүйесінің тұрақтылығын қамтамасыз етуге бағытталған шараларды әзірлейді және жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z682" w:id="275"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z682" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Ұлттық Банкi, Қазақстан Республикасының Үкіметі және қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті орган қаржы жүйесінің тұрақтылығы мәселелері бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkEnd w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       бір-біріне жалпы мемлекеттік маңызы бар, болжанатын әрекеттер және қол жеткізілген нәтижелер туралы ақпарат беру; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17106,262 +18678,474 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жүйелік тәуекелді барынша азайту, қаржы дағдарысының туындауын болғызбау және оның салдарларын барынша азайту мақсатында келісілген шешімдер кешенін әзірлеу, қабылдау және іске асыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржылық тұрақтылық мәселелері бойынша келісім жасасу арқылы өзара іс-қимыл жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z683" w:id="276"/>
+    <w:bookmarkStart w:name="z683" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қаржылық тұрақтылықты қамтамасыз ету мәселелері бойынша ведомствоаралық үйлестіруді Қазақстан Республикасының Президенті жанындағы консультативтік-кеңесші орган болып табылатын Қазақстан Республикасының қаржылық тұрақтылығы жөніндегі кеңес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z684" w:id="277"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z684" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қаржылық тұрақтылықты қамтамасыз етуге бағытталған мынадай шараларды қабылдауға байланысты: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkEnd w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       қаржы жүйесінің жүйелік тәуекелдерін төмендетуге бағытталған макропруденциялық саясатты іске асыру шаралары жөніндегі; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Ұлттық Банкінің, Қазақстан Республикасы Үкіметінің және қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органның қаржы дағдарысының туындауын болғызбау және оның салдарларын барынша азайту бойынша шаралар кешені жөніндегі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      51-1-баптың төртінші бөлігінің төртінші абзацына өзгеріс енгізу көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мәжбүрлеп таратылуы қаржы жүйесінің жүйелік тәуекелдеріне әкеп соғатын төлемге қабілетсіз банкті реттеу шаралары жөніндегі, оның ішінде оны реттеу кезінде мемлекеттің қатысуы жөніндегі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      51-1-баптың төртінші бөлігінің бесінші абзацын алып тастау көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       екінші деңгейдегі банктерді, оның ішінде Қазақстан Ұлттық Банкінің және (немесе) оның еншілес ұйымдарының қаражаты есебінен сауықтыру бойынша шараларды қаржыландыру жөніндегі мәселелер міндетті түрде Қазақстан Республикасының қаржылық тұрақтылығы жөніндегі кеңестің алдын ала қарауына жатады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z685" w:id="278"/>
+    <w:bookmarkStart w:name="z685" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының қаржылық тұрақтылығы жөніндегі кеңесті құру туралы шешімді, оның құрамын және ол туралы ережені Қазақстан Республикасының Президенті бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z451" w:id="279"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z451" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Ұлттық Банкi қаржы жүйесінің тұрақтылығын қамтамасыз етуге жәрдемдесу мақсатында:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z452" w:id="280"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z452" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қаржы жүйесінің тұрақтылығына ықпал ететін макроэкономикалық және макроқаржылық факторларға ұдайы мониторинг жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z453" w:id="281"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z453" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) макропруденциялық саясатты қалыптастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z454" w:id="282"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z454" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы Заңда және Қазақстан Ұлттық Банкінің және қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органның бірлескен нормативтік құқықтық актісінде көзделген тәртіппен және шарттарда соңғы сатыдағы қарыздарды береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkEnd w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17434,51 +19218,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">5) алып тасталды - ҚР 03.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 262-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (01.01.2020 бастап қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17518,70 +19302,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (01.01.2020 бастап қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z287" w:id="283"/>
+    <w:bookmarkStart w:name="z287" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) Қазақстан Ұлттық Банкінің Басқармасы белгілеген тәртіппен, шарттармен және мерзімдерде екінші деңгейдегі банктермен туынды қаржы құралдарымен операциялар жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkEnd w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17754,324 +19538,324 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2020 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z455" w:id="284"/>
+    <w:bookmarkStart w:name="z455" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 51-2-бап. Макропруденциялық саясат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkEnd w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 51-баптың тақырыбы жаңа редакцияда - ҚР 03.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 262-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (01.01.2020 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z456" w:id="285"/>
+    <w:bookmarkStart w:name="z456" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Макропруденциялық саясат деп қаржы жүйесінің жүйелік тәуекелдерін төмендетуге бағытталған шаралар кешені түсініледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z457" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қаржы жүйесінің жүйелік тәуекелдері деп бүкіл қаржы жүйесінің немесе оның бір бөлігінің қаржылық жай-күйінің нашарлауына алып келетін және (немесе) оның тұрақты жұмыс істеуіне нұқсан келтіретін қаржылық көрсетілетін қызметтердің ұсынылуын бұзу тәуекелдері түсініледі. Қаржы жүйесінің жүйелік тәуекелдеріне жүйелік маңызы бар қаржы ұйымдарының тәуекелдері де жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z458" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жүйелік маңызы бар қаржы ұйымдары деп тұрақты жұмыс істеуіне тұтастай алғанда, қаржы жүйесінің тұрақтылығы байланысты болатын қаржы ұйымдары түсініледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z459" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Ұлттық Банкi макропруденциялық саясатты қалыптастыру мақсатында:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z460" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тұрақты негізде қаржы жүйесінің жүйелік тәуекелдеріне мониторинг жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z764" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) екінші деңгейдегі банктердің, Қазақстан Республикасының бейрезидент – банктері филиалдарының жүйелік тәуекелдерін төмендету үшін экономикалық шектеулер болып табылатын макропруденциялық нормативтер мен лимиттерді белгілейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z461" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органмен келісу бойынша қаржы ұйымдарын жүйелік маңызы бар ұйымдар қатарына жатқызу тәртібін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) жүйелік маңызы бар қаржы ұйымдарының тізімін қалыптастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z462" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) дербес өзі немесе өзге де мемлекеттік органдардың құзыреттері шегінде олармен бірлесіп Қазақстан Республикасының қаржылық тұрақтылығы жөніндегі кеңестің қарауына қаржылық тұрақтылықты қамтамасыз етуге бағытталған шараларды шығарады;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z457" w:id="286"/>
-[...157 lines deleted...]
-    <w:bookmarkStart w:name="z463" w:id="293"/>
+    <w:bookmarkStart w:name="z463" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) жүйелі қаржы дағдарысы туындаған немесе туындау қаупі төнген жағдайда, дербес немесе Қазақстан Республикасының Үкіметімен бірлесе отырып, қаржы ұйымдарының банк операцияларының жекелеген түрлерін және басқа да операцияларды жүргізуіне </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шектеу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkEnd w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18100,51 +19884,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 168-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 262-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2020 бастап қолданысқа енгізіледі); 30.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 205-VIII</w:t>
       </w:r>
       <w:r>
@@ -18187,104 +19971,422 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>51-3-бап. Соңғы сатыдағы қарыздар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z555" w:id="294"/>
+    <w:bookmarkStart w:name="z555" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Соңғы сатыдағы қарыздар деп өтімділіктің қысқа мерзімді тапшылығын бастан кешіріп отырған банктерге Қазақстанның Ұлттық Банкі беретін қарыздар түсініледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақтың екінші бөлігінің бірінші абзацы жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстанның Ұлттық Банкі соңғы сатыдағы қарыз беруші ретінде мынадай жағдайларда ғана әрекет етеді:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) тармақша жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өз депозиторлары мен кредиторларының мүдделеріне қатер төндіретін және (немесе) қаржы жүйесінің тұрақтылығына қатер төндіретін қаржылық жағдайы орнықсыз банктер санатына немесе төлемге қабілетсіз банктер санатына жатқызылмаған Қазақстан Республикасының резидент-банкі қарыз алушы болып табылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-1) тармақшамен толықтыру көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) қарыз тізбесін және оларға белгіленетін дисконттарды Қазақстанның Ұлттық Банкі айқындайтын активтердің кепілімен беріледі. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -18333,90 +20435,196 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қарыз бойынша сыйақы мөлшерлемесі Қазақстанның Ұлттық Банкі белгілеген қосымша пайыздық сыйақы есепке алына отырып, Қазақстан Ұлттық Банкінің базалық мөлшерлемесінен төмен емес деңгейде белгіленеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) қарыз мерзімін үш реттен асырмай ұзарту мүмкіндігі беріле отырып, күнтізбелік он төрт күннен тоқсан күнге дейінгі мерзімге беріледі. Барлық ұзарту мерзімдерін есептегенде қарызды пайдаланудың жалпы мерзімі бір жылдан аса алмайды. Соңғы сатыдағы қарыздың мерзімін ұзарту осы бапта көрсетілген шарттарда жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z556" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-1-тармақпен толықтыру көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z556" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстанның Ұлттық Банкі жүйелік маңызы бар инфрақұрылымдық қаржы ұйымдарына соңғы сатыдағы қарыздарды беруге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z557" w:id="296"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z557" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Банк соңғы сатыдағы қарыз бойынша міндеттемелерді орындамаған (тиісінше орындамаған) жағдайда, Қазақстан Ұлттық Банкінің талаптарын қанағаттандыру Қазақстан Ұлттық Банкінің кепілге салынған активтерді өз меншігіне айналдыруы және (немесе) банктің оларды Қазақстан Ұлттық Банкінің талаптарын қанағаттандыру мақсатында қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органмен келісу бойынша Қазақстан Ұлттық Банкі айқындаған үшінші тұлғаға өткізуі арқылы соттан тыс тәртіппен жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkEnd w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Соңғы сатыдағы қарыз шарты бойынша қамтамасыз ету болып табылатын активтерге құқықты (талап етуді) басқаға беру:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18427,95 +20635,183 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) банк акционерлерінің, борышкерлерінің, сондай-ақ өзге де мүдделі тұлғалардың (кепіл берушілерді, кепілдерді, кепілгерлерді қоса алғанда) келісуін талап етпейді. Бұл ретте жаңа кредитордың жеке басы борышкер үшін айтарлықтай маңызы жоқ деп танылады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) банк банктің борышкерлерімен, сондай-ақ өзге тұлғалармен (кепіл берушілерді, кепілдерді, кепілгерлерді қоса алғанда) жасасқан шарттарға шарттың жаңа тарапын көрсету бөлігінде өзгерістер енгізуді талап етпейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z558" w:id="297"/>
+    <w:bookmarkStart w:name="z558" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Соңғы сатыдағы қарыздарды беру және өтеу, сондай-ақ соңғы сатыдағы қарыз шарты бойынша қамтамасыз ету болып табылатын активтерге өндіріп алуды қолдану тәртібін, шарттарын Қазақстанның Ұлттық Банкі қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органмен бірлесіп айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkEnd w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-тармақпен толықтыру көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Заң 51-3-баппен толықтырылды – ҚР 02.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 168-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2019 бастап қолданысқа енгізіледі); өзгеріс енгізілді - ҚР 03.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -18569,68 +20865,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z550" w:id="298"/>
+    <w:bookmarkStart w:name="z550" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8-2-тарау. Ерекше реттеу режимі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkEnd w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 8-2-тараумен толықтырылды – ҚР 02.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19521,86 +21817,86 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="299"/>
+    <w:bookmarkStart w:name="z90" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9 Тарау. Қазақстан Ұлттық Банкiнiң операциялары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z91" w:id="300"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z91" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 52-бап. Қазақстан Ұлттық Банкiндегi банк шоттарының иелерi </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkEnd w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстанның Ұлттық Банкі белгiлеген тәртiппен Қазақстан Ұлттық Банкiнде банк шоттарын ашқан заңды тұлғалар және банктер, Қазақстан Республикасы бейрезидент банктерінің филиалдары ондағы банк шоттарының иелерi болып есептеледi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -19697,106 +21993,106 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="301"/>
+    <w:bookmarkStart w:name="z62" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 52-1-бап. Қазақстан Ұлттық Банкiнiң ұлттық валютамен операциялары және мәмiлелерi </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkEnd w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстанның Ұлттық Банкi ұлттық валютамен мынадай операциялар жүргiзедi: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z206" w:id="302"/>
+    <w:bookmarkStart w:name="z206" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) қарыздар алуға құқығы бар ұйымдарға Қазақстан Ұлттық Банкiнің құқықтық актілерінде көзделген тәртіппен осындай қарыздарды береді; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkEnd w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19825,210 +22121,210 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z208" w:id="303"/>
+    <w:bookmarkStart w:name="z208" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) мемлекеттiк бағалы қағаздарды сатып алады және сатады; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z209" w:id="304"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z209" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) Қазақстанның Ұлттық Банкi кредиттердi қамтамасыз ету үшiн жарамды деп есептейтiн депозиттiк сертификаттарды, борыштық бағалы қағаздарды сатып алады және сатады; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z210" w:id="305"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z210" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) депозиттердi қабылдайды, ақша төлемi мен аударымдарын жүзеге асырады, бағалы қағаздар мен өзге де құндылықтарды сақтауға және басқаруға қабылдайды; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z211" w:id="306"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z211" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) Қазақстан Ұлттық Банкі айқындайтын тәртіппен туынды қаржы құралдарымен операцияны жүзеге асырады; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z212" w:id="307"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z212" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) қажет болған жағдайда Қазақстан Республикасының аумағындағы және одан тыс жерлердегi банктер мен қаржы ұйымдарында, Қазақстан Республикасы бейрезидент банктерінің филиалдарында шоттар ашады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z686" w:id="308"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z686" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7-1) жеке тұлғалардың ипотекалық тұрғын үй қарыздарын және ипотекалық қарыздарын Қазақстан Ұлттық Банкінің Басқармасы айқындаған тәртіппен қайта қаржыландыру үшін екінші деңгейдегі банктерге, оның ішінде өздерінің еншілес ұйымдары арқылы депозиттер орналастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z213" w:id="309"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z213" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) чек жазып бередi және вексельдер бередi; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z214" w:id="310"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z214" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) егер осы Заңда тікелей тыйым салынбаған болса, басқа банк операцияларын, сондай-ақ өз міндеттеріне сәйкес өз атынан мәмілелерді жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkEnd w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20281,166 +22577,386 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="311"/>
+    <w:bookmarkStart w:name="z64" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 54-бап. Қазақстан Ұлттық Банкiнiң операциялары бойынша шектеулер </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkEnd w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Ұлттық Банкiнiң: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z215" w:id="312"/>
+    <w:bookmarkStart w:name="z215" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       - осы Заңда көзделген жағдайларды қоспағанда, ұйымдарға қызмет көрсету, сондай-ақ заңды тұлғалардың акцияларын сатып алуға; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z216" w:id="313"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z216" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       - қолданылып жүрген заңдарда рұқсат етiлгендердi қоспағанда саудамен және басқа да қызметпен шұғылдануға; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z217" w:id="314"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      54-баптың бірінші бөлігінің төртінші абзацына өзгеріс енгізу көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - қамтамасыз етілмеген қарыздар, сондай-ақ бір жылдан асатын мерзімге қарыздар беруге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z218" w:id="315"/>
+    <w:bookmarkStart w:name="z218" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       - Қазақстан Республикасының заңдарында тiкелей көзделген жағдайларды қоспағанда, берілген қарыздардың мерзімін ұзартуға немесе мерзiмi өткен вексельдердi жаңартуға рұқсат беруге құқығы жоқ. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      54-баптың екінші бөлігін алып тастау көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы баптың бiрiншi бөлiгiнде көзделген жағдайлардан ерекшелiк тек қана Қазақстан Ұлттық Банкi Басқармасының арнайы шешiмi бойынша жасалуы мүмкiн. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -20537,1798 +23053,2018 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="316"/>
+    <w:bookmarkStart w:name="z65" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10 Тарау. Қазақстан Ұлттық Банкiнiң сыртқы экономикалық қатынастар саласындағы қызметi. Валюталық құндылықтармен жүргiзiлетiн операциялар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkEnd w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 10-тараудың атауы өзгертiлдi - ҚР 1997.07.11 № 154 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="317"/>
+    <w:bookmarkStart w:name="z66" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 55-бап. Алынып тасталды - ҚР 2003.07.10 № 483 (2004 жылғы 1 қаңтардан бастап қолданысқа енгiзiледi) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Заңымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z67" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 56-бап. Қазақстан Ұлттық Банкінің валюталық реттеу және валюталық бақылау саласындағы функциялары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z648" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстанның Ұлттық Банкі валюталық реттеу және валюталық бақылау органы ретінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z649" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасындағы валюталық құндылықтардың айналысы тәртібін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z650" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының ішкі валюта нарығында шетел валютасын сатып алу және сату тәртібін қоса алғанда, Қазақстан Республикасында валюталық операцияларды жүзеге асыру тәртібін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z651" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қолма-қол шетел валютасымен айырбастау операцияларын тек қана айырбастау пункттері арқылы жүзеге асыру жөніндегі қызметке қойылатын біліктілік талаптарын белгілейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z652" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) қызметін тек қана айырбастау пункттері арқылы жүзеге асыратын заңды тұлғаларды лицензиялау тәртібін айқындайды және осындай заңды тұлғаларға қолма-қол шетел валютасымен айырбастау операцияларына арналған лицензияларды және (немесе) лицензияларға қосымшаларды береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z653" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) айырбастау пункттерін ашу және қолма-қол шетел валютасын ұлттық валютаға сатып алу бағамдарының сату бағамдарынан ауытқу шектерін белгілеу тәртібін қоса алғанда, қолма-қол шетел валютасымен айырбастау операцияларын жүзеге асыру тәртібін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) тармақша жаңа редакцияда көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) капитал қозғалысы жөніндегі валюталық шарттарды есептік тіркеу, жүргізілген валюталық операциялар туралы және Қазақстан Республикасы резиденттерінің шетелдік банктердегі шоттары туралы хабардар ету және валюталық операцияларды мониторингтеу мақсаттары үшін ақпарат ұсыну тәртібін қоса алғанда, валюталық операцияларды мониторингтеу және валюталық операциялар мен Қазақстан Республикасы резиденттерінің шетелдік банктердегі шоттары бойынша ақпарат ұсыну тәртібін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z655" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) салықтардың және бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласында басшылықты жүзеге асыратын уәкілетті органмен бірлесіп, Қазақстан Республикасы резиденттерінің репатриациялау талабын орындауын қамтамасыз ету мақсатында экспорттық-импорттық валюталық бақылауды жүзеге асыру тәртібін айқындайды;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z67" w:id="318"/>
+    <w:bookmarkStart w:name="z765" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1) уәкілетті банктердің Қазақстан Республикасының ішкі валюта нарығындағы сұраныс пен ұсыныс көздері және есептерді ұсыну нысандары мен мерзімдерін қоса алғанда, сатып алынған шетел валютасын пайдалану мақсаттары жөнінде ақпарат беру тәртібін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z766" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-2) Қазақстан Республикасында қызметін жүзеге асыратын шетелдік қаржылық емес ұйымдар филиалдарының (өкілдіктерінің) есептерді ұсыну нысандары мен мерзімдерін қоса алғанда, ақпарат беру тәртібін, сондай-ақ шетелдік қаржылық емес ұйымдардың филиалдары (өкілдіктері) жүзеге асырған кезде есептерді ұсыну талап етілетін қызмет түрлерін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z656" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) төлем балансын қорғау жөніндегі шаралар шеңберінде валюталық операциялар жүргізуге арнайы рұқсаттар береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z657" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) мемлекеттік органдардың құзыретіне сәйкес олармен келісу бойынша Қазақстан Республикасында Қазақстан Республикасы резиденттерінің және Қазақстан Республикасы бейрезиденттерінің орындауы үшін міндетті валюталық операциялар бойынша есепке алу мен есептіліктің тәртібі мен нысанын, сондай-ақ валюталық бақылау агенттерінің есептілікті ұсыну тәртібі мен мерзімдерін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z658" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) уәкілетті банктердің, Қазақстан Республикасы бейрезидент-банктері филиалдарының және өзге де тұлғалардың Қазақстан Республикасының валюталық заңнамасын бұзу фактілері анықталған жағдайларда, Қазақстан Республикасының валюталық заңнамасына сәйкес шектеулі ықпал ету шараларын, қадағалап ден қою шараларын және санкцияларды қолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11) тармақшамен толықтыру көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстанның Ұлттық Банкi осы Заңға, Қазақстан Республикасының өзге де заңдарына және Қазақстан Республикасы Президентінің актілеріне сәйкес валюталық реттеу және валюталық бақылау саласында өзге де функцияларды орындауға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 56-бап жаңа редакцияда - ҚР 02.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168-VІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2019 бастап қолданысқа енгізіледі); өзгерістер енгізілді – ҚР 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 422-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (16.12.2020 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2020 бастап қолданысқа енгізіледі); 12.07.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 23-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2024 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 56-бап. Қазақстан Ұлттық Банкінің валюталық реттеу және валюталық бақылау саласындағы функциялары</w:t>
-[...99 lines deleted...]
-      4) қызметін тек қана айырбастау пункттері арқылы жүзеге асыратын заңды тұлғаларды лицензиялау тәртібін айқындайды және осындай заңды тұлғаларға қолма-қол шетел валютасымен айырбастау операцияларына арналған лицензияларды және (немесе) лицензияларға қосымшаларды береді;</w:t>
+        <w:t xml:space="preserve"> 57-бап. Шетел валютасындағы және бағалы металдардағы активтермен жасалатын операциялар</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z653" w:id="324"/>
-[...15 lines deleted...]
-      5) айырбастау пункттерін ашу және қолма-қол шетел валютасын ұлттық валютаға сатып алу бағамдарының сату бағамдарынан ауытқу шектерін белгілеу тәртібін қоса алғанда, қолма-қол шетел валютасымен айырбастау операцияларын жүзеге асыру тәртібін айқындайды;</w:t>
+    <w:bookmarkStart w:name="z466" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Ұлттық Банкi шетел валютасындағы және бағалы металдардағы активтермен мынадай операцияларды жүргізеді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z654" w:id="325"/>
-[...15 lines deleted...]
-      6) капитал қозғалысы жөніндегі валюталық шарттарды есептік тіркеу, жүргізілген валюталық операциялар туралы және Қазақстан Республикасы резиденттерінің шетелдік банктердегі шоттары туралы хабардар ету және валюталық операцияларды мониторингтеу мақсаттары үшін ақпарат ұсыну тәртібін қоса алғанда, валюталық операцияларды мониторингтеу және валюталық операциялар мен Қазақстан Республикасы резиденттерінің шетелдік банктердегі шоттары бойынша ақпарат ұсыну тәртібін айқындайды;</w:t>
+    <w:bookmarkStart w:name="z467" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шетел валютасын сатып алады және сатады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z655" w:id="326"/>
-[...15 lines deleted...]
-      7) салықтардың және бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласында басшылықты жүзеге асыратын уәкілетті органмен бірлесіп, Қазақстан Республикасы резиденттерінің репатриациялау талабын орындауын қамтамасыз ету мақсатында экспорттық-импорттық валюталық бақылауды жүзеге асыру тәртібін айқындайды;</w:t>
+    <w:bookmarkStart w:name="z468" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының Үкіметі шетел валютасында, шет мемлекеттердiң үкiметтерi немесе халықаралық қаржы ұйымдары шығарған және кепiлдiк берген бағалы қағаздармен операцияларды жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z765" w:id="327"/>
-[...15 lines deleted...]
-      7-1) уәкілетті банктердің Қазақстан Республикасының ішкі валюта нарығындағы сұраныс пен ұсыныс көздері және есептерді ұсыну нысандары мен мерзімдерін қоса алғанда, сатып алынған шетел валютасын пайдалану мақсаттары жөнінде ақпарат беру тәртібін айқындайды;</w:t>
+    <w:bookmarkStart w:name="z469" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының банктерінде, өздерi тiркелген мемлекеттердiң заңнамасы бойынша тиiстi құқығы бар шетелдік орталық банктерде, шетел банктерінде және басқа қаржы институттарында, сондай-ақ халықаралық қаржы ұйымдарында шоттар ашады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z766" w:id="328"/>
-[...15 lines deleted...]
-      7-2) Қазақстан Республикасында қызметін жүзеге асыратын шетелдік қаржылық емес ұйымдар филиалдарының (өкілдіктерінің) есептерді ұсыну нысандары мен мерзімдерін қоса алғанда, ақпарат беру тәртібін, сондай-ақ шетелдік қаржылық емес ұйымдардың филиалдары (өкілдіктері) жүзеге асырған кезде есептерді ұсыну талап етілетін қызмет түрлерін айқындайды;</w:t>
+    <w:bookmarkStart w:name="z470" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өздерi тiркелген мемлекеттердiң заңнамасы бойынша тиiстi құқығы бар шетелдік орталық банк, шетел банктері және басқа қаржы институттары, шет елдердің үкіметтері мен олардың агенттерi, сондай-ақ халықаралық қаржы ұйымдары үшiн шоттарды ашады және жүргiзеді, олардың өкiлі немесе корреспонденті ретiнде iс-әрекет жасайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z656" w:id="329"/>
-[...15 lines deleted...]
-      8) төлем балансын қорғау жөніндегі шаралар шеңберінде валюталық операциялар жүргізуге арнайы рұқсаттар береді;</w:t>
+    <w:bookmarkStart w:name="z471" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тазартылған алтынды, басқа да бағалы металдарды қабылдау мен сақтауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z657" w:id="330"/>
-[...15 lines deleted...]
-      9) мемлекеттік органдардың құзыретіне сәйкес олармен келісу бойынша Қазақстан Республикасында Қазақстан Республикасы резиденттерінің және Қазақстан Республикасы бейрезиденттерінің орындауы үшін міндетті валюталық операциялар бойынша есепке алу мен есептіліктің тәртібі мен нысанын, сондай-ақ валюталық бақылау агенттерінің есептілікті ұсыну тәртібі мен мерзімдерін айқындайды;</w:t>
+    <w:bookmarkStart w:name="z472" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ішкі және сыртқы нарықтарда тазартылған алтынды және басқа да бағалы металдарды сатып алу, сату, сақтауға орналастыру және депозитке салу жөнiндегі, оның ішінде мемлекеттің басым құқығын іске асыру шеңберінде тазартылған алтынды сатып алу жөніндегі операцияларды жүргiзеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z658" w:id="331"/>
-[...15 lines deleted...]
-      10) уәкілетті банктердің, Қазақстан Республикасы бейрезидент-банктері филиалдарының және өзге де тұлғалардың Қазақстан Республикасының валюталық заңнамасын бұзу фактілері анықталған жағдайларда, Қазақстан Республикасының валюталық заңнамасына сәйкес шектеулі ықпал ету шараларын, қадағалап ден қою шараларын және санкцияларды қолданады.</w:t>
+    <w:bookmarkStart w:name="z473" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының заңнамасында белгiленген тәртiппен Қазақстан Республикасына шетел валютасындағы активтер мен бағалы металдарды әкеледі, сондай-ақ оларды шетел банктеріндегі және мамандандырылған қаржы ұйымдарындағы өз шоттарына орналастыру үшiн шет елдерге әкетеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="331"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z474" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Ұлттық Банкінің Басқармасы оларға қойылатын талаптарды айқындайтын бағалы қағаздармен операцияларды жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z475" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Ұлттық Банкінің Басқармасы ең төменгі деңгейін айқындайтын кредиттік рейтингі бар қарсы әріптестермен ақша нарығының құралдарымен операцияларды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z476" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Ұлттық Банкі айқындайтын тәртіпке сәйкес туынды қаржы құралдарымен операцияларды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z539" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      клиенттердің металл шоттарын ашады және жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z477" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Ұлттық Банкі Басқармасының шешімі бойынша басқа да операцияларды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z478" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Ұлттық Банкі валюталық операциялардың кез келген түрін шектеусіз жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z479" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Заңда көзделген мақсаттарға қол жеткізу және міндеттерді орындау үшін Қазақстан Ұлттық Банкі активтерді салу тәуекелін ескере отырып және оларды басқарудың негізгі қағидаттарына сәйкес, шетел валютасындағы және бағалы металдардағы активтерді олардың ұзақ мерзімді болашақта сақталуын, өтімділігі мен кірістілігін қамтамасыз ете отырып басқару жөніндегі қызметті жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 56-бап жаңа редакцияда - ҚР 02.07.2018 </w:t>
-[...99 lines deleted...]
-        <w:t xml:space="preserve"> (01.01.2024 бастап қолданысқа </w:t>
+        <w:t xml:space="preserve">      Ескерту. 57-бап жаңа редакцияда - ҚР 2012.07.05 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгерістер енгізілді - ҚР 21.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 106-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">); 06.04.2024 </w:t>
-[...78 lines deleted...]
-        </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z68" w:id="332"/>
+    <w:bookmarkStart w:name="z69" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 57-бап. Шетел валютасындағы және бағалы металдардағы активтермен жасалатын операциялар</w:t>
-[...139 lines deleted...]
-      ішкі және сыртқы нарықтарда тазартылған алтынды және басқа да бағалы металдарды сатып алу, сату, сақтауға орналастыру және депозитке салу жөнiндегі, оның ішінде мемлекеттің басым құқығын іске асыру шеңберінде тазартылған алтынды сатып алу жөніндегі операцияларды жүргiзеді;</w:t>
+        <w:t xml:space="preserve"> 58-бап. Қазақстан Ұлттық Банкінің алтын-валюта резервтері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z473" w:id="340"/>
-[...15 lines deleted...]
-      Қазақстан Республикасының заңнамасында белгiленген тәртiппен Қазақстан Республикасына шетел валютасындағы активтер мен бағалы металдарды әкеледі, сондай-ақ оларды шетел банктеріндегі және мамандандырылған қаржы ұйымдарындағы өз шоттарына орналастыру үшiн шет елдерге әкетеді;</w:t>
+    <w:bookmarkStart w:name="z230" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Ұлттық Банкінің алтын-валюта резервтері (бұдан әрі – алтын-валюта резервтері) халықаралық капитал нарығында жоғары өтімділікке ие Қазақстан Ұлттық Банкі активтерінен Қазақстан теңгесінің ішкі және сыртқы тұрақтылығын қамтамасыз ету мақсатында қалыптастырылады және:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z474" w:id="341"/>
-[...15 lines deleted...]
-      Қазақстан Ұлттық Банкінің Басқармасы оларға қойылатын талаптарды айқындайтын бағалы қағаздармен операцияларды жүргізеді;</w:t>
+    <w:bookmarkStart w:name="z231" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тазартылған құйма алтынды және металл шоттарындағы алтынды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z475" w:id="342"/>
-[...15 lines deleted...]
-      Қазақстан Ұлттық Банкінің Басқармасы ең төменгі деңгейін айқындайтын кредиттік рейтингі бар қарсы әріптестермен ақша нарығының құралдарымен операцияларды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z232" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Халықаралық валюта қорындағы резервтік позицияны және Халықаралық валюта қорының арнайы қарыз беру құқығындағы активтерді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z476" w:id="343"/>
-[...15 lines deleted...]
-      Қазақстан Ұлттық Банкі айқындайтын тәртіпке сәйкес туынды қаржы құралдарымен операцияларды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z233" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қолма-қол ақшаны, шетел банктерінде орналастырылған депозиттерді қоса алғанда, еркін айырбасталатын шетел валютасындағы активтерді және эмитенттері шетелдердің үкіметтері немесе халықаралық қаржы ұйымдары болып табылатын бағалы қағаздарды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z539" w:id="344"/>
-[...15 lines deleted...]
-      клиенттердің металл шоттарын ашады және жүргізеді;</w:t>
+    <w:bookmarkStart w:name="z234" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтімділікке және шектеу талаптарынсыз пайдалану мүмкіндігіне ие, еркін айырбасталатын шетел валюталарында номинирленген басқа да сыртқы активтерді қамтиды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z477" w:id="345"/>
-[...15 lines deleted...]
-      Қазақстан Ұлттық Банкі Басқармасының шешімі бойынша басқа да операцияларды жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z235" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Ұлттық Банкі алтын-валюта резервтерін ұлттық валютаның тұрақтылығын және айырбасталуын қамтамасыз ету, Қазақстан Республикасының міндеттемелері бойынша төлемдерді жүзеге асыру үшін қажетті деңгейде ұстап тұруды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z478" w:id="346"/>
-[...15 lines deleted...]
-      Қазақстан Ұлттық Банкі валюталық операциялардың кез келген түрін шектеусіз жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z236" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Ұлттық Банкi Басқармасының шешiмiнде көзделген жағдайларды қоспағанда, алтын-валюта резервтерін кредиттер (қарыздар, несиелер) беру нысанында пайдалануға және Қазақстан Республикасының резиденттерi мен резидент еместеріне кепiлдiктер немесе басқа да мiндеттемелер ұсынуға жол берiлмейдi.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z479" w:id="347"/>
-[...15 lines deleted...]
-      Осы Заңда көзделген мақсаттарға қол жеткізу және міндеттерді орындау үшін Қазақстан Ұлттық Банкі активтерді салу тәуекелін ескере отырып және оларды басқарудың негізгі қағидаттарына сәйкес, шетел валютасындағы және бағалы металдардағы активтерді олардың ұзақ мерзімді болашақта сақталуын, өтімділігі мен кірістілігін қамтамасыз ете отырып басқару жөніндегі қызметті жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z237" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Ұлттық Банкі алтын-валюта резервтерінің құрылымын ұлғайтуды және өзгертуді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z238" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан теңгесi мен шетел валютасына тазартылған алтынды сатып алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z239" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан теңгесiне (естелiк және кәдесый монеталарын қоса алғанда) және шетел валютасына Қазақстан Республикасының резиденттерi мен резидент еместерден, сондай-ақ Қазақстан Республикасының Үкіметінен еркін айырбасталатын шетел валютасындағы активтерді сатып алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z240" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шетел валютасымен депозиттік, салымдық, дилингтік операциялардан және шетел валютасында номинирленген бағалы қағаздармен операциялардан, сондай-ақ оларға шетел валютасында берілген кредиттерден түсетiн еркін айырбасталатын шетел валютасындағы комиссиялық және басқа да сыйақы түсімдері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z241" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Ұлттық Банкінің тазартылған алтында номинирленген бағалы қағаздарымен операциялардан түсетін түсiмдерді қоса алғанда, Қазақстан Ұлттық Банкінің алтынды сатудан, депозитке салудан және онымен басқа да операциялар жүргізуінен түсетін алтын және еркін айырбасталатын шетел валютасындағы түсімдер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z242" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Ұлттық Банкінің шетел валютасындағы эмиссиялық бағалы қағаздарды шығаруынан түсетін еркін айырбасталатын шетел валютасындағы түсімдер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z540" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шетел валютасындағы және бағалы металдардағы активтерді басқарудың негізгі қағидаттарына сәйкес шетел валютасындағы және бағалы металдардағы активтерді алтын-валюта резервтеріне аудару;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z243" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Ұлттық Банкi халықаралық қаржы ұйымдарынан, шет мемлекеттердiң орталық банктерiнен және басқа кредиторлардан алған кредиттерден түсетін түсімдер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z244" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осы Заңға және Қазақстан Ұлттық Банкi туралы ережеге сәйкес Қазақстан Ұлттық Банкi көрсететін қызметтерден түсетін еркін айырбасталатын шетел валютасындағы түсімдер жолымен жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z245" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Ұлттық Банкi алтын-валюта резервтерінің құрылымын азайтуды және өзгертуді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z246" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      айырбастау бағамы саясатын қоса алғанда, ақша-кредит саясатын жүргiзу және iшкi валюта нарығында шетел валютасына сұраныс пен ұсыныс арасындағы теңгерімсіздікті деңгейлестіру мақсатында еркін айырбасталатын валютаны сату;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z247" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бюджет қаражаты және Қазақстан Ұлттық Банкiнің бюджеті (шығыстар сметасы) есебінен, Қазақстан Ұлттық Банкінің халықаралық міндеттемелерін қоса алғанда, Қазақстан Республикасының сыртқы борышын өтеу және оған қызмет көрсету, Қазақстан Республикасы Үкіметінің және Қазақстан Ұлттық Банкінің міндеттемелерін, Қазақстан Республикасының халықаралық міндеттемелерін орындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z248" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өнiм (жұмыстар, көрсетілетін қызметтер) импортына ақы төлеу, шет елдегі дипломатиялық және өзге де өкiлдiктердi ұстау, iссапар және өкілдік шығыстарын төлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z249" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      басқа шетел валютасын сатып алу үшін еркін айырбасталатын шетел валютасындағы активтерді сату;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z250" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Ұлттық Банкінің эмиссиялық бағалы қағаздарын өтеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z251" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Ұлттық Банкі алған кредиттер бойынша негiзгi соманы және сыйақыны қайтару, сондай-ақ комиссиялық және соларға iлеспе басқа да шығыстарды төлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z541" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шетел валютасындағы және бағалы металдардағы активтерді басқарудың негізгі қағидаттарына сәйкес алтын-валюта резервтерін шетел валютасындағы және бағалы металдардағы басқа активтерге аудару;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z252" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тазартылған алтынды Қазақстан теңгесіне және шетел валютасына өткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z253" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шетел валютасындағы және бағалы металдардағы активтерді басқару мен сақтауға байланысты шығыстарды төлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z254" w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шығынды алтын-валюта резервтерін есептен шығару жолымен жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z255" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алтын-валюта резервтерін ұлғайту немесе азайту алтын-валюта резервтеріне кіретін активтердің нарықтық құнының өзгеруі және Қазақстан Ұлттық Банкінде ашылған еркін айырбасталатын валютадағы банк шоттары иелерінің-резиденттердің операциялары нәтижесінде де жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 57-бап жаңа редакцияда - ҚР 2012.07.05 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 58-бап жаңа редакцияда - ҚР 2012.07.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 30-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгерістер енгізілді - ҚР 21.06.2013 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР 21.06.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 106-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.06.2025 </w:t>
-[...39 lines deleted...]
-        <w:t>) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="348"/>
+    <w:bookmarkStart w:name="z70" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 58-бап. Қазақстан Ұлттық Банкінің алтын-валюта резервтері</w:t>
-[...399 lines deleted...]
-      өнiм (жұмыстар, көрсетілетін қызметтер) импортына ақы төлеу, шет елдегі дипломатиялық және өзге де өкiлдiктердi ұстау, iссапар және өкілдік шығыстарын төлеу;</w:t>
+        <w:t xml:space="preserve"> 59-бап. Бағалы металдардағы активтерді толықтыру үшін тазартылған алтынды сатып алуға мемлекеттің басым құқығы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z249" w:id="369"/>
-[...258 lines deleted...]
-    <w:bookmarkEnd w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 59-бап алып тасталды - ҚР 14.01.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22343,68 +25079,68 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="378"/>
+    <w:bookmarkStart w:name="z71" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 60-бап. Алтын-валюта активтерiн қайта бағалау шоты </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkEnd w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 60-бап алып тасталды - ҚР 2009.07.11. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22419,178 +25155,178 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңымен. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="379"/>
+    <w:bookmarkStart w:name="z72" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11 Тарау. Қаржы нарығы мен қаржы ұйымдарын және Қазақстан Республикасының қаржы заңнамасы саласындағы бақылау мен қадағалауды ұйымдастыру және жүзеге асыру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkEnd w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 11-тарау алып тасталды - ҚР 03.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 262-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (01.01.2020 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="380"/>
+    <w:bookmarkStart w:name="z78" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  12 Тарау. Қазақстан Ұлттық Банкiнiң есеп беруi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z79" w:id="381"/>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z79" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 65-бап. Қаржы жылы </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkEnd w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Ұлттық Банкiнiң қаржы жылы күнтiзбелiк есептеу бойынша 1 қаңтардан басталып, 31 желтоқсанда аяқталады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="382"/>
+    <w:bookmarkStart w:name="z80" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 66-бап. Есеп беру </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkEnd w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Ұлттық Банкi жыл сайын Қазақстан Республикасы Президентiнiң бекiтуiне жылдық есеп берiп отырады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -22785,68 +25521,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="383"/>
+    <w:bookmarkStart w:name="z81" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 67-бап. Жылдық есеп </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkEnd w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Ұлттық Банкiнiң жылдық есебi: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -23017,68 +25753,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="384"/>
+    <w:bookmarkStart w:name="z82" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 68-бап. Қазақстан Ұлттық Банкiнiң қызметiн тексеру </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkEnd w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Ұлттық Банкі Басқармасының шешімі бойынша Қазақстан Ұлттық Банкінің қаржылық есептілігінің аудитін Экономикалық ынтымақтастық және даму ұйымына (ЭЫДҰ) мүше мемлекеттің немесе Тәуелсіз Мемлекеттер Достастығы (ТМД) елдерінің орталық банкіне аудит жүргізу тәжірибесі бар аудиторлық ұйым жыл сайын жүргізеді. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -23231,86 +25967,86 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">қараңыз) Заңдарымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z83" w:id="385"/>
+    <w:bookmarkStart w:name="z83" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 13 Тарау. Қорытынды ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="385"/>
-    <w:bookmarkStart w:name="z84" w:id="386"/>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z84" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 69-бап. Қазақстан Ұлттық Банкiнiң таратылуы </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkEnd w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Ұлттық Банкi Қазақстан Республикасының тиiстi Заңын қабылдау жолымен таратылуы мүмкiн, Қазақстан Ұлттық Банкi таратылған жағдайда оның мүлкi тиiстi Заңда көрсетiлген банк құқығын иеленушiге бередi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -23464,68 +26200,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z85" w:id="387"/>
+    <w:bookmarkStart w:name="z85" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 70-бап. Ақпараттық өзара іс-қимыл жасау жөніндегі өкiлеттiктер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkEnd w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 70-баптың тақырыбы жаңа редакцияда - ҚР 30.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23540,130 +26276,130 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z526" w:id="388"/>
+    <w:bookmarkStart w:name="z526" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Ұлттық Банкiне жүктелген функциялардың сапалы және уақтылы орындалуын, осы Заң мен Қазақстан Республикасының өзге де заңдары талаптарының іске асырылуын қамтамасыз ету мақсатында Қазақстан Ұлттық Банкi кез келген жеке және заңды тұлғалардан, Қазақстан Республикасы бейрезидент банктерінің филиалдарынан, Қазақстан Республикасы бейрезидент сақтандыру (қайта сақтандыру) ұйымдарының филиалдарынан, Қазақстан Республикасы бейрезидент сақтандыру брокерлерінің филиалдарынан, сондай-ақ мемлекеттік органдардан қажетті ақпаратты, оның ішінде қызметтік, коммерциялық, банктік және заңмен қорғалатын өзге де құпияны құрайтын мәліметтерді өтеусіз алуға құқылы. Бұл ретте алынған ақпарат жария етiлуге жатпайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="388"/>
-    <w:bookmarkStart w:name="z687" w:id="389"/>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z687" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Ұлттық Банкi қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органға оның қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі өкiлеттiктерін іске асыру үшін қажетті әкімшілік деректерді, оның ішінде қызметтік, коммерциялық, банктік және заңмен қорғалатын өзге де құпияны құрайтын ақпарат пен мәліметтерді береді. Ақпаратты беру қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органның Қазақстан Ұлттық Банкiнің ақпараттық жүйелеріне қол жеткізуін қамтамасыз ету арқылы да жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="389"/>
-    <w:bookmarkStart w:name="z767" w:id="390"/>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z767" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Ұлттық Банкі мемлекеттік органдар мен қаржы ұйымдарына көрсетілетін қызметтерді беру үшін пайдаланылатын қаржы нарығы және қаржы ұйымдары жөніндегі ақпараттың толықтығы мен сапасын қамтамасыз ету мақсатында өзінің еншілес ұйымдарымен ақпарат алмасуды оларға тиесілі ақпараттық жүйелерді пайдалана отырып жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="390"/>
-    <w:bookmarkStart w:name="z527" w:id="391"/>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z527" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік органдар, қаржы және өзге де ұйымдар, олардың қауымдастықтары (одақтары), сондай-ақ жеке тұлғалар, Қазақстан Республикасы бейрезидент банктерінің филиалдары, Қазақстан Республикасы бейрезидент сақтандыру (қайта сақтандыру) ұйымдарының филиалдары, Қазақстан Республикасы бейрезидент сақтандыру брокерлерінің филиалдары Қазақстан Ұлттық Банкінің сұрау салуы бойынша құжаттарды, қаржы есептемесін қоса алғанда, есептемені және қажет болған жағдайда Қазақстан Ұлттық Банкінің өз функцияларын орындауына қажетті өзге де қосымша ақпаратты беруге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkEnd w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23782,68 +26518,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z86" w:id="392"/>
+    <w:bookmarkStart w:name="z86" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 70-1-бап. Қазақстан Ұлттық Банкi көрсететiн қызметтердiң өтемдiлiгi </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkEnd w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Ұлттық Банкi банк операцияларын және басқа да қызметтердi ақылы негiзде атқаруға құқылы. Қазақстан Ұлттық Банкi көрсететiн қызметтері үшiн ақының түрлерi мен мөлшерлерiн өз бетiнше белгiлейдi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -24100,88 +26836,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="393"/>
+    <w:bookmarkStart w:name="z93" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 71-бап. Талап етудің ескіру мерзімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="393"/>
-    <w:bookmarkStart w:name="z528" w:id="394"/>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z528" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Ұлттық Банкінің кредит шарттарының тиiсiнше орындалмауы жөнiнде қарыз алушыларға қоятын талаптарына талап етудің ескіру мерзiмi қолданылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkEnd w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24224,88 +26960,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z87" w:id="395"/>
+    <w:bookmarkStart w:name="z87" w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 72-бап. Қазақстан Ұлттық Банкінің жауапкершiлiгi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z529" w:id="396"/>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z529" w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Ұлттық Банкi өз мiндеттемелерiн орындамағаны үшiн Қазақстан Республикасының заңдарында белгіленген тәртіппен жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkEnd w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24402,68 +27138,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2004 бастап қолданысқа енгiзiледi) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="397"/>
+    <w:bookmarkStart w:name="z89" w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 74-бап. Осы Заңның күшiне енуi </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkEnd w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы Заң жарияланған күннен бастап күшiне енедi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -24648,55 +27384,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>