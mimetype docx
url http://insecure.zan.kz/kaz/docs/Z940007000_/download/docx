--- v0 (2025-10-02)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9872487" w14:textId="9872487">
+    <w:p w14:paraId="6c91747" w14:textId="6c91747">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -777,68 +777,280 @@
       8-1) навигациялық пломба – пломбалау элементі мен электрондық блоктан тұратын, навигациялық спутниктік жүйелер технологиялары негізінде жұмыс істейтін және қадағалау объектісіне қатысы бар ақпаратты беруді қамтамасыз ететін, Еуразиялық экономикалық одақ құқығында белгіленген талаптарға жауап беретін техникалық құрылғы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-2) навигациялық пломбаларды пайдаланып тасымалдарды қадағалау – навигациялық пломбаны іске қосуды, қадағалау объектісін бақылап отыруды, навигациялық пломбаны істен шығаруды және қадағалау объектісін бақылап отыру процесінде алынған деректерді беруді қамтитын процесс;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8-3) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-3) тасымалдарды қадағалаудың ақпараттық жүйесі – навигациялық спутниктік жүйелердің технологиялары мен навигациялық пломба негізінде жұмыс істейтін аппараттық-бағдарламалық кешенді қоса алғандағы ақпараттық жүйе;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8-4) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-4) тасымалдарды қадағалаудың ақпараттық жүйесінің ұлттық операторы – навигациялық пломбаларды пайдаланып тасымалдарды қадағалауды қамтамасыз ететін заңды тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z58" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -871,51 +1083,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">10) алып тасталды - ҚР 27.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 363-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -971,211 +1183,211 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-бап жаңа редакцияда - ҚР 04.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 132-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгерістер енгізілді - ҚР 16.05.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 203-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 10.11.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 249-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен күнтізбелік тоқсан күн өткен соң қолданысқа енгізіледі); 27.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 363-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 27.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 364-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 05.05.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 59-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 69-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 174-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 21.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86-VIII</w:t>
       </w:r>
       <w:r>
@@ -1323,91 +1535,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-бапқа өзгеріс енгізілді - ҚР 1998.12.28. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 338</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен, 2004.12.20. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2005.01.01 бастап күшіне енеді), 2006.12.29. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 209</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1627,51 +1839,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-бөлім 2-1-баппен толықтырылды - ҚР 04.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 132-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).  </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1835,51 +2047,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2025,51 +2237,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 4-бапқа өзгеріс енгізілді - ҚР 1998.12.28 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 338</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2197,111 +2409,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 5-бапқа өзгерістер енгізілді - ҚР 2006.12.29 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 209</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2011.01.06 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 378-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2013.01.08 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 63-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жариялағанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 69-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2453,50 +2665,156 @@
       инвестициялық, ғылыми-техникалық және әлеуметтiк саясатты қалыптастыру және жүргiзу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       республика экономикасы мен халқының тасымалдауларға, оның ішінде жолаушыларды әлеуметтік маңызы бар тасымалдауларға және соларға байланысты көрсетілетін қызметтерге деген қажеттіліктерін қамтамасыз ету үшін жағдай жасау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6-баптың екінші бөлігінің сегізінші абзацына өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жолаушылар тасымалдарын жүзеге асыру кезінде ақпараттық-коммуникациялық технологияларды қоса алғанда, жаңа технологияларды, мүгедектігі бар адамдар үшін бейімделген құрылғылар мен технологиялардың мобильділігін жеңілдететін құралдарды пайдалану;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -2589,251 +2907,251 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 6-бапқа өзгерістер енгізілді - ҚР 1998.12.28 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 338</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен, 2004.07.09 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 596</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен, 2004.12.20 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2005.01.01 бастап күшіне енеді), 2011.01.06 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 378-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.07.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 31-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 04.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 132-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.12.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 433-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2016 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі); 05.10.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 184-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі); 27.06.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 129-VII</w:t>
       </w:r>
       <w:r>
@@ -3037,426 +3355,1198 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6-2-баптың тақырыбына өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-2-бап. Тасымалдарды қадағалаудың ақпараттық жүйесінің ұлттық операторы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z174" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармаққа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тасымалдарды қадағалаудың ақпараттық жүйесінің ұлттық операторын Қазақстан Республикасының Үкіметі айқындайды және ол арнаулы құқық субъектісі болып табылады.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-тармаққа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Тасымалдарды қадағалаудың ақпараттық жүйесінің ұлттық операторы тасымалдарды қадағалаудың ақпараттық жүйесінің жұмысын тұрақты негізде тәулігіне жиырма төрт сағат бойы, аптасына жеті күн қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-тармаққа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Тасымалдарды қадағалаудың ақпараттық жүйесінің ұлттық операторы тасымалдарды қадағалаудың ақпараттық жүйесінде мәліметтер мен ақпараттың бес жыл бойы сақталуын қамтамасыз етеді. Көрсетілген сақтау мерзімі тасымалдарды қадағалау кезінде пайдаланылған навигациялық пломба істен шығарылған күннен кейінгі күннен бастап есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-тармаққа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы баптың 2 және 3-тармақтарында көрсетілген міндеттерді орындамағаны немесе тиісінше орындамағаны үшін тасымалдарды қадағалаудың ақпараттық жүйесінің ұлттық операторы Қазақстан Республикасының заңдарында белгіленген жауаптылықта болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-тармаққа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Тасымалдарды қадағалаудың ақпараттық жүйесінің ұлттық операторы мен тасымалдаушының, сондай-ақ өзге де мүдделі тұлғалардың навигациялық пломбаларды пайдаланып тасымалдарды қадағалау кезіндегі өзара қарым-қатынасы Қазақстан Республикасының азаматтық заңнамасына сәйкес шарттық негізде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6-тармаққа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Тасымалдарды қадағалаудың ақпараттық жүйесінің ұлттық операторы мен кеден ісі саласындағы уәкілетті орган арасындағы навигациялық пломбаларды пайдаланып тасымалдарды қадағалау кезіндегі өзара іс-қимылды (ақпараттық іс-қимылды қоса алғанда) жүзеге асыру тәртібін кеден ісі саласындағы уәкілетті орган айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-2-баппен толықтырылды – ҚР 21.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 86-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7-бап. Көлiк қызметiн лицензиялау</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z175" w:id="44"/>
-[...15 lines deleted...]
-      2. Тасымалдарды қадағалаудың ақпараттық жүйесінің ұлттық операторы тасымалдарды қадағалаудың ақпараттық жүйесінің жұмысын тұрақты негізде тәулігіне жиырма төрт сағат бойы, аптасына жеті күн қамтамасыз етеді.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көлiктегi лицензиялануға тиiс қызмет түрлерiнiң тiзбесi заң актiлерiмен белгiленедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-бап жаңа редакцияда - ҚР 1998.12.28 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 338</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен, өзгеріс енгізілді - ҚР 2011.07.15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 461-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң қолданысқа енгізіледі), 2012.07.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8-бап. Жергiлiктi өкiлдi және атқарушы органдардың көлiк саласындағы өкiлеттiгi </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z176" w:id="45"/>
-[...316 lines deleted...]
-    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жергiлiктi өкiлдi және атқарушы органдардың көлiк саласындағы өкiлеттiгi "Қазақстан Республикасында жергiлiктi мемлекеттiк басқару және өзін-өзі басқару туралы" Қазақстан Республикасының Заңына және басқа да Қазақстан Республикасының нормативтiк құқықтық актiлерiне сәйкес жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3499,774 +4589,774 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 8-бапқа өзгерістер енгізілді - ҚР 1998.12.28 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 338</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2004.12.20 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2005.01.01 бастап күшіне енеді), 2010.12.28 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 369-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 04.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 132-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 05.05.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 59-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="51"/>
+    <w:bookmarkStart w:name="z12" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3 бөлiм. Көлiк қызметiнiң негiзгi ережелерi </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z13" w:id="52"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z13" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9-бап. Экономикалық және шаруашылық қызмет негiздерi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z1" w:id="53"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z1" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көлiкте экономикалық және шаруашылық қатынастардың негiзiн көлiк қызметтерiнiң сұраныс және ұсыныстар нарқы қалыптастырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z39" w:id="54"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z39" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көлiк кәсiпорындары мен тасымалдаушылар өз қызметiн коммерциялық негiзде жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z41" w:id="55"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z41" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көлiк кәсiпорындары мен тасымалдаушылар жоспарды дербес әзiрлейдi, клиент қажеттерiне сәйкес жұмыстар мен қызметтердi орындауға шарттар жасасады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z44" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рентабельдiлiгi қолданыстағы реттелетiн тарифтермен қамтамасыз етiлмейтiн жолаушылар тасымалын ұйымдастыру туралы шешiмдер қабылдаған мемлекеттік органдар тасымалдаушылар залалдарын немесе шығыстарын субсидиялауды Қазақстан Республикасының заңнамасына сәйкес бюджет қаражаты есебінен қамтамасыз етедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z99" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қалалық рельсті көлік болған кезде жергілікті атқарушы орган Қалалық рельсті көлікпен жолаушылар тасымалдауды субсидиялау қағидаларын бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Республикалық маңызы бар қалада, астанада қалалық рельсті көлікті мемлекет кепілдігімен тартылған қарыздар есебінен дамыту кезінде көлік кәсіпорнының осы қарызды өтеуге және оған қызмет көрсетуге арналған шығындарын субсидиялау қағидаларын уәкілетті орган бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z107" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеңіл рельсті көлікпен жолаушыларды тасымалдау бойынша көрсетілетін қызметті ұсыну жергілікті атқарушы орган мен астананың көліктік инфрақұрылым объектілерін басқару функцияларын жүзеге асыратын компания арасындағы шарт негізінде жүзеге асырылуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z45" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кеме жолдарын, шлюздердi, кеме қатынасының қауiпсiздiгiн қадағалайтын инспекцияларды ұстау бюджет қаражаттары есебiнен жүргiзiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z46" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының мемлекет кемежайларын, магистралдық темiр жол желiсiн пайдаланғаны үшiн, әуе кеңiстiгінде ұшуды басқару мен аэронавигациялық қызмет көрсетiлгенi үшiн заңды және жеке тұлғалар, соның iшiнде шетелдердiң заңды және жеке тұлғалары Қазақстан Республикасының заңдарында белгiленген тәртiп пен мөлшерде төлемдер төлейдi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-бапқа өзгерістер енгізілді - ҚР 1998.12.28. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 338</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен, 2001.12.15. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен, 2001.12.24. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 276</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен, 2004.07.09. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 596</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен, 2004.12.20. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2005.01.01 бастап күшіне енеді), 2010.12.28 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 369-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2011.01.06 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 378-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2011.07.15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 461-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң қолданысқа енгізіледі); 02.07.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 225-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 27.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 363-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 09.04.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 494-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2017 бастап қолданысқа енгізіледі); 05.05.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 59-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 25.12.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 122-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2018 бастап қолданысқа енгізіледі); 15.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 172-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10-бап. Тарифтер</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z44" w:id="56"/>
-[...496 lines deleted...]
-    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жүктердi, жолаушыларды, багажды тасымалдауға және тасымалдауларға байланысты қызмет көрсетуге, оның ішінде аралас тасымалдар кезінде тасымалдаушылар және көлік кәсіпорындары қызметiн қамтамасыз ететiн ерiктi (шарттық) тарифтер (осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4347,138 +5437,138 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 10-бапқа өзгерістер енгізілді - ҚР 1998.12.28 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 338</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 27.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 363-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 69-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="62"/>
+    <w:bookmarkStart w:name="z15" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11-бап. Жүктердi, жолаушыларды, теңдеме жүктi, почта жөнелтiлiмдерiн тасымалдау, көлiктiк-экспедициялық қызметтердi жүзеге асыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жүктердi, жолаушыларды, теңдеме жүктi, почта жөнелтiлiмдерiн тасымалдау кезiнде және көлiктiк-экспедициялық қызметтердi жүзеге асыру кезiнде тасымалдаушы: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4615,70 +5705,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       - жөнелтiлетiн жүктiң өз сертификатына сәйкес келуiн растайтын құжаттарды алуға; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - арнайы және әскери тасымалдауларды жүзеге асыруға өздерінің құзыреттері шегінде мемлекеттік органдардың талаптарын орындауға (бұл тасымалдауларды жүзеге асыруға жұмсалатын шығыстар Қазақстан Республикасының заңнамасына сәйкес бюджет қаражаты есебінен өтеледі);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z129" w:id="63"/>
+    <w:bookmarkStart w:name="z129" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - Қазақстан Республикасының міндетті сақтандыру туралы заң актілерінде белгіленген тәртіппен өзінің жолаушылар алдындағы азаматтық-құқықтық жауапкершілігін сақтандыруға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүгедектігі бар адамдарға жолаушылар тасымалдарының, тасымалдаушылар көрсететін қызметтердің, қызмет көрсету жөніндегі ақпараттың қолжетімділігін қамтамасыз етуге, оларға тасымалдау бойынша қызметтерді көрсету кезінде қажетті қолайлылық пен жағдайлар жасауға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4707,70 +5797,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік органдар жолаушыларды тасымалдау жөніндегі маршруттарға қызмет көрсету құқығына конкурстар өткізген кезде, мүгедектігі бар адамдардың қол жеткізуіне ыңғайластырылған көлік құралдары бар адамдар артықшылыққа ие болады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тасымалдаушының, реттелетiн тарифтер белгіленген жағдайларды қоспағанда, баға белгiлеу ережелерiне сәйкес тасымалдау бағасын еркiн белгiлеу құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z130" w:id="64"/>
+    <w:bookmarkStart w:name="z130" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Тасымалдаушы, Қазақстан Республикасының көлiк туралы заң актiлерiнде көзделгендерден өзге реттерде, заңды және жеке тұлғаларға тасымалдаудан бас тартуға құқылы емес. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жүктердi, жолаушыларды, теңдеме жүктi, почта жөнелтiлiмдерiн тасымалдау кезiнде және көлiк-экспедиция қызметтерiн жүзеге асыру кезiнде клиенттiң: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4943,2010 +6033,2010 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жолаушы тасымалдау қағидаларында белгіленген уақыттан кешікпей тасымалдау басталғанға дейін жөнелту пунктіне келуге міндетті. Жөнелту пунктіне келу уақыты билетте көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Клиент пен тасымалдаушының жекелеген құқықтары мен мiндеттерi тараптардың келiсiмiмен тасымалдау шартында белгiленедi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z131" w:id="65"/>
+    <w:bookmarkStart w:name="z131" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жүктердi, жолаушыларды, теңдеме жүктi, почта жөнелтiлiмдерiн тасымалдау, көлiк-экспедициялық операцияларды жүзеге асыру шарттары, тараптардың тасымалдау және көлiк-экспедициялық операциялар жөнiндегi жауапкершiлiгi нормативтiк</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> құқықтық</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> актiлерiмен, сондай-ақ тасымалдау шарттарымен белгiленедi.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қалалық рельсті көлік болған кезде жергілікті атқарушы орган Қалалық рельсті көлікпен жолаушылар тасымалдау қағидаларын бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-бапқа өзгерістер енгізілді - ҚР 1998.12.28 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 338</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2003.05.08 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 414</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2006.12.29 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 209</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 04.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 132-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 16.05.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 203-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 03.12.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 433-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2016 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 09.04.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 494-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 05.05.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 59-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 27.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 129-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 20.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 226-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 202-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12-бап. Аралас тасымал</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Теміржол, теңіз, ішкі су, әуе және автомобиль көлігі көліктік логистика қағидаттарын қолдана отырып және көлік инфрақұрылымын пайдалана отырып аралас тасымалдар жүйесін құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Клиент (жүк жөнелтушi, жүк алушы, жолаушы, кемемен жалданушы), аралас тасымалдар операторы мен әртүрлі көлік түрлерімен тасымалдаушылар аралас тасымалдарға қатысушылар болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z132" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аралас тасымалдарды жүзеге асыру тәртібі мен талаптары, аралас тасымалдар шарттарын жасасудың және аралас тасымалдар кезіндегі өзара іс-қимылдың негізгі ережелері мен тәртібі уәкілетті мемлекеттік орган бекітетін аралас тасымалдар қағидаларымен белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-бап жаңа редакцияда - ҚР 27.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 363-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z108" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12-1-бап. Аралас тасымалдар шарты</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z109" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Аралас тасымалдар шарты мыналарды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) клиенттің (жүк жөнелтушiнің, жүк алушының, жолаушының, кемемен жалданушының) және аралас тасымалдар операторының құқықтары мен міндеттерін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) клиенттің (жүк жөнелтушiнің, жүк алушының, жолаушының, кемемен жалданушының) және аралас тасымалдар операторының жауапкершілігін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бірыңғай тауар-көлік жүкқұжатын (бірыңғай коносаментті) толтыру тәртібін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жеткізу мерзімі мен шарттарын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) межелі пункттерді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) жүктердің көлемін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) төлем құны мен тәртібін қамтуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аралас тасымалдар шарты аралас тасымалды ұйымдастырудың осы Заңда және аралас тасымалдар қағидаларында көзделмеген өзге де талаптарын қамтуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z110" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Аралас тасымалдар операторының:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өзiнiң қасиеттері, салмағы мен габариттік параметрлері бойынша аралас тасымал шартында көрсетiлген жүк туралы деректерге сәйкес келмейтiн жүктi аралас тасымалдаудан бас тартуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) клиент (жүк жөнелтушi, жүк алушы, жолаушы, кемемен жалданушы) көрсеткен жаңа межелi пунктке еңсерiлмейтiн күштiң салдарынан жүктi жеткiзуге мүмкiндiк болмаған жағдайда, аралас тасымалдаудан бас тартуға және жүк жөнелтушiнi бұл туралы алдын ала хабардар ете отырып, жүктi оған қайтаруға құқығы бар. Бұл ретте аралас тасымалдар операторының қосымша шығыстарын, егер шартта өзгеше көзделмесе, жүк жөнелтушi (жүкті алушы) төлейдi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) клиенттен (жүк жөнелтушiден, жүк алушыдан, жолаушыдан, кемемен жалданушыдан) аралас тасымалдар шарты бойынша міндеттемелерін тиісінше орындауды талап етуге құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аралас тасымалдар операторының Қазақстан Республикасының заңдарында және аралас тасымалдар шартында белгiленген өзге де құқықтары бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z111" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Аралас тасымалдар операторы:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қалалық рельсті көлік болған кезде жергілікті атқарушы орган Қалалық рельсті көлікпен жолаушылар тасымалдау қағидаларын бекітеді.</w:t>
+      1) белгіленген мерзімде жүкті қабылдауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жүкті жөнелту пунктінен межелі пунктке әртүрлі көлік түрлерін пайдалана отырып тасымалдауды ұйымдастыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тасымалдаудың әрбір кезеңінде жүктің қозғалысына мониторингті қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) бүкіл қозғалыс жолында жүктің сақталуын қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жүктің белгіленген мерзімде жеткізілуін қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) жүкті алуға уәкілетті адамға (жүк алушыға) жүкті беруді қамтамасыз етуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аралас тасымалдар операторы Қазақстан Республикасының заңдарында және аралас тасымалдар шартында белгiленген өзге де мiндеттер атқарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z112" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Клиенттің (жүк жөнелтушiнің, жүк алушының, жолаушының, кемемен жалданушының):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мәлімделген жүкті тасымалдау үшін қозғалыс маршруты, көліктің құрамы мен түрлері туралы ақпарат алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) аралас тасымалдар операторынан аралас тасымалдар шарты бойынша міндеттемелерді тиісінше орындауды талап етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жазбаша құжаттық дәлелдемелерді көрсеткен жағдайда, аралас тасымалдар кезінде келтірілген зиянды өтеуді талап етуге құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Клиенттің (жүк жөнелтушiнің, жүк алушының, жолаушының, кемемен жалданушының) Қазақстан Республикасының заңдарына және аралас тасымалдар шартына сәйкес өзге де құқықтары бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z113" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Клиент (жүк жөнелтушi, жүк алушы, жолаушы, кемемен жалданушы):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аралас тасымал шартында көрсетілген мерзімге сәйкес аралас тасымалдар операторына жүкті беруге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) аралас тасымалдар операторына аралас тасымал шартында айтылған барлық тиесілі төлемдерді төлеуге міндетті.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 11-бапқа өзгерістер енгізілді - ҚР 1998.12.28 </w:t>
-[...319 lines deleted...]
-        <w:t>) Заңдарымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-бөлім 12-1-баппен толықтырылды - ҚР 27.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 363-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).  </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="66"/>
+    <w:bookmarkStart w:name="z114" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 12-бап. Аралас тасымал</w:t>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="67"/>
+        <w:t xml:space="preserve"> 12-2-бап. Аралас тасымалдар кезіндегі өзара іс-қимыл шарты</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z115" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Аралас тасымалдар кезіндегі өзара іс-қимыл шарты:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аралас тасымал кезінде тартылған аралас тасымалдар операторы мен тасымалдаушылардың құқықтары мен міндеттерін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) аралас тасымалды жүзеге асыру талаптары мен тәртібін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) төлем құны мен тәртібін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тасымалдаушылардың өзара іс-қимыл жасау және жүкті көлік құралының бір түрінен екінші түріне ауыстырып тиеу тәртібін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) бірыңғай тауар-көлік жүкқұжатын (бірыңғай коносаментті) толтыру тәртібін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) жеткізу мерзімі мен талаптарын қамтуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z133" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аралас тасымалдар кезіндегі өзара іс-қимыл шарты аралас тасымалды ұйымдастырудың осы Заңда және аралас тасымалдар қағидаларында көзделмеген өзге де талаптарын қамтуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z116" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Аралас тасымалдар операторының:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) егер тасымалдаушының көлік құралы өзінің қасиеттері, салмағы мен габариттік параметрлері бойынша аралас тасымалдар кезіндегі өзара іс-қимыл шартында көрсетілген жүк параметрлеріне сәйкес келмейтін болса, тасымалдаушыға жүкті аралас тасымалдаудан бас тартуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) клиент (жүк жөнелтушi, жүк алушы, жолаушы, кемемен жалданушы) көрсеткен жаңа межелi пунктке еңсерiлмейтiн күштiң салдарынан жүктi жеткiзуге мүмкiндiк болмаған жағдайда, аралас тасымалдаудан бас тартуға және жүк жөнелтушiнi бұл туралы алдын ала хабардар ете отырып, жүктi оған қайтаруды қамтамасыз етуге құқығы бар. Егер шартта өзгеше көзделмесе, тасымалдаушының қосымша шығыстарын аралас тасымалдар операторы өтейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тасымалдаушыдан аралас тасымалдар кезіндегі өзара іс-қимыл шарты бойынша міндеттемелерін тиісінше орындауын талап етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жазбаша құжаттық дәлелдемелерді көрсеткен жағдайда, аралас тасымал кезінде келтірілген зиянды өтеуді талап етуге құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аралас тасымалдар операторының Қазақстан Республикасының заңдарында және аралас тасымалдар кезіндегі өзара іс-қимыл шартында белгiленген өзге де құқықтары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z117" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Аралас тасымалдар операторы белгіленген мерзімде жүкті тасымалдаушыға беруге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аралас тасымалдар операторының Қазақстан Республикасының заңдарында және аралас тасымалдар кезіндегі өзара іс-қимыл шартында белгiленген өзге де мiндеттері болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z118" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Аралас тасымал тасымалдаушысының:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өзiнiң қасиеттері, салмағы мен габариттік параметрлері бойынша аралас тасымалдар кезіндегі өзара іс-қимыл шартында көрсетiлген жүк туралы деректерге сәйкес келмейтiн жүктi аралас тасымалдаудан бас тартуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) егер жүктi одан әрi тасымалдау жүктi тасымалдау қауiпсiздiгiне және оның сақталуына қатер төндiрсе, жүктi түсiріп тастауға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аралас тасымал тасымалдаушысының Қазақстан Республикасының заңдарында және аралас тасымалдар кезіндегі өзара іс-қимыл шартында белгiленген өзге де құқықтары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z119" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Аралас тасымал тасымалдаушысы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жүктердi тасымалдау қауiпсiздiгiне және қозғалыс барысындағы өз бөлігінде жүктің сақталуына төнген қатер туралы аралас тасымалдар операторын дереу хабардар етуге, бұл ретте аралас тасымалдар операторынан алынған нұсқауларды сақтауға, сондай-ақ жүктердi тасымалдау қауiпсiздiгiн және жүктің сақталуын қамтамасыз ету жөнiндегі өзi жасаған іс-қимылдар туралы дереу хабардар етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жүктi қабылдау кезiнде бірыңғай тауар-көлiк жүкқұжатындағы (бірыңғай коносаменттегі) жүкке және оның орамасына қатысты жазбалардың дәлдiгiн тексеруге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) көлiк құралына тиеудiң белгiленген нормаларын сақтау, жүкті тасымалдауды орындау қауiпсiздiгiн және жүктiң сақталуын қамтамасыз ету мақсатында жүктiң қатталуы мен бекiтiлуiн бақылауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) аралас тасымалдар операторына мәлімделген жүкті тасымалдау үшін қозғалыс маршруты, көліктің құрамы мен түрлері туралы ақпарат беруге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) операторға жүкті тасымалдаудың тиісті учаскесінде тұрған жерін қадағалауға мүмкіндік беруге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) жүкті аралас тасымал кезіндегі өзара іс-қимыл шартында белгіленген мерзімде аралас тасымалдаудың келесі тасымалдаушысына немесе жүкті қабылдап алуға уәкілетті адамға (жүкті алушыға) беруге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аралас тасымал тасымалдаушысы Қазақстан Республикасының заңдарында және аралас тасымалдар кезіндегі өзара іс-қимыл шартында белгiленген өзге де мiндеттер атқарады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 12-бап жаңа редакцияда - ҚР 27.10.2015 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-бөлім 12-2-баппен толықтырылды - ҚР 27.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 363-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">        </w:t>
+    </w:p>
+    <w:bookmarkStart w:name="z120" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12-3-бап. Бірыңғай тауар-көлік жүкқұжаты (бірыңғай коносамент)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қызмет көрсету және аралас тасымалдар шартының талаптарын орындау бірыңғай тауар-көлік жүкқұжатымен (бірыңғай коносаментпен) куәландырылады, онда аралас тасымалдар операторы мен жүк тасымалдаушылардың жүкті аралас тасымалдар шартының талаптарына және аралас тасымалдар кезіндегі өзара іс-қимыл шартына сәйкес оны межелі пунктке дейін жеткізу үшін өз иелігіне қабылдағаны расталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z134" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бірыңғай тауар-көлік жүкқұжатының (бірыңғай коносаменттің) нысаны және оны толтыру тәртібі уәкілетті мемлекеттік орган бекітетін аралас тасымалдар қағидаларында белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Халықаралық аралас тасымалдар кезінде халықаралық ұйымдар қабылдаған халықаралық үлгідегі бірыңғай тауар-көлік жүкқұжаты (бірыңғай коносамент) қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-бөлім 12-3-баппен толықтырылды - ҚР 27.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 363-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z108" w:id="68"/>
+    <w:bookmarkStart w:name="z17" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 12-1-бап. Аралас тасымалдар шарты</w:t>
-[...797 lines deleted...]
-      2. Аралас тасымалдар операторының:</w:t>
+        <w:t xml:space="preserve"> 13-бап. Жолаушылар құқықтары. Жолаушылардың жекелеген санаттарының жолақысын төлеу жөнiндегi жеңiлдiктер </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:p>
-[...562 lines deleted...]
-    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жолаушының мынадай құқықтары бар: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7101,70 +8191,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Егер тасымалдауды Қазақстан Республикасы тасымалдаушысының қатысуымен әртүрлi мемлекеттердiң бiрнеше тасымалдаушысы жүзеге асыратын болса, бұл құқық жолаушыларға оларды Қазақстан Республикасының тасымалдаушысы тасымалдаған кезде берiледi: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       - жолда аялдаған кезде қалалық және қала маңындағы көлiктен басқа, барлық көлiк түрiне билеттiң күшiн 10 тәулiктен аспайтын мерзiмге ұзартуға құқылы. Тасымалдаушы жолда аялдаған кезде билеттiң қолданылу мерзiмiн ұлғайтуға құқылы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z135" w:id="84"/>
+    <w:bookmarkStart w:name="z135" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       - көлiк қызметiн көрсететiн кез келген тасымалдаушы мекемеге билеттi тасымалдау басталғанға дейiн өткiзуге және тасымалдау үшiн төленген соманы қайтарып алуға құқығы бар. Қайтару тәртiбi Қазақстан Республикасының заңнамасына сәйкес айқындалады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қалалық және қала маңындағы автобус тасымалдарында тегiн алып жүретiн қол жүгi мен багаждың салмағы 20 килограмнан аспайтын болып белгiленедi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7211,201 +8301,201 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Тасымалдаушылар көлiктiң барлық түрiнде тегiн тасымалданатын теңдеме жүктiң салмағын арттыруға және басқа жеңiлдiктер белгiлеуге. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Тасымалдау жұмысын жалғастырудан бас тартқан тасымалдаушы жолаушыны межелi жерiне дейiн өз есебiнен жеткiзiп салуға немесе тасымалдау шартының бұзылуы салдарынан жолаушыға келтiрiлген залалды түгелдей өтеуге мiндеттi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z136" w:id="85"/>
+    <w:bookmarkStart w:name="z136" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы заңдарымен, жергiлiктi өкiлдi және атқарушы органдардың шешiмдерiмен жеңiлдiктер белгiленген жағдайда тасымалдаушылар жолаушылардың жекелеген санаттарын тегiн тасымалдауға немесе оларға жолақысын төлеу жөнiнде өзге де жеңiлдiктер беруге мiндеттi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңдарында, жергілікті өкілді және атқарушы органдардың шешімдерінде адамдардың жекелеген санаттары үшін тегін жол жүру құқығын қоса алғанда, көлік қызметтеріне жеңілдіктер белгіленген кезде жергілікті өкілді және атқарушы органдар қаржыландыру көзін айқындайды, бұл ретте жергілікті атқарушы органдар тасымалдаушылармен шарт жасасады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 13-бапқа өзгерістер енгізілді - ҚР 1998.12.28 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 338</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2005.09.29 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2006.01.01 бастап қолданысқа енгізіледі), 2010.07.15 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 340-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 19.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 249-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 17.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 213-VIII</w:t>
       </w:r>
       <w:r>
@@ -7431,178 +8521,178 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="86"/>
+    <w:bookmarkStart w:name="z18" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 14-бап. Жолаушылар мен жүктердi транзиттiк тасымалдау </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының аумағы арқылы жолаушылар мен жүктердi транзиттiк тасымалдау: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының қолданылып жүрген заңдарына, халықаралық келiсiмдер мен шарттарға сәйкес темiржол, әуе, автомобиль, теңiз және iшкi су көлiктерiмен мемлекетаралық қатынастар үшiн ашылған жол трассалар мен су жолдары арқылы жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="87"/>
+    <w:bookmarkStart w:name="z19" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4 бөлiм. Көліктегі қауіпсіздік, энергия тиімділігі және жауапкершілік</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескерту. 4-бөлімнің тақырыбы жаңа редакцияда - ҚР 2012.01.13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 542-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң қолданысқа енгiзiледі) Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="88"/>
+    <w:bookmarkStart w:name="z20" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 15-бап. Көлiк құралдарына қойылатын талаптар </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көлiк құралдары көлiк саласындағы техникалық регламенттерде белгiленген энергия тиімділігі, адам өмiрi мен денсаулығының, қоршаған ортаның қауiпсiздiгi жөнiндегi талаптарға сәйкес келуге, сәйкестiктi растау саласындағы құжаты болуға, сондай-ақ Қазақстан Республикасының заңнамасында белгiленген тәртiппен тiркелуге тиiс. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7645,278 +8735,278 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 15-бап жаңа редакцияда - ҚР 2006.12.29 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 209</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, 2012.01.13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 542-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң қолданысқа енгiзiледі) Заңымен; өзгеріс енгізілді - ҚР 04.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 132-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="89"/>
+    <w:bookmarkStart w:name="z70" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 15-1-бап. Қалалық рельстік көліктің көлік құралдарын мемлекеттік тіркеу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z71" w:id="90"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z71" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қалалық рельстік көліктің көлік құралдарын мемлекеттік тіркеу тәртібін уәкілетті мемлекеттік орган айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z72" w:id="91"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z72" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қалалық рельстік көліктің көлік құралдарын мемлекеттік тіркеу үшін "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасының кодексінде (Салық кодексі) айқындалатын тәртіппен және мөлшерде алым алынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 4-бөлім 15-1-баппен толықтырылды - ҚР 04.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 132-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z101" w:id="92"/>
+    <w:bookmarkStart w:name="z101" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 15-2-бап. Көлік-логистика орталықтары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасының аумағында орындалатын операцияларға байланысты халықаралық және өңірлік көлік-логистика орталықтары құрылуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7927,170 +9017,170 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Халықаралық көлік-логистика орталықтары Еуразиялық экономикалық одақтың кедендік шекарасы арқылы өткізілетін жүктермен және көлік құралдарымен жасалатын операцияларды орындауға, оның ішінде Қазақстан Республикасының заңнамасына сәйкес кедендік және шекаралық операцияларды қоса алғанда, қарап-тексеруге арналған.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өңірлік көлік-логистика орталықтары Еуразиялық экономикалық одақ шегінде жүктермен және көлік құралдарымен жасалатын операцияларды орындауға арналған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z121" w:id="93"/>
+    <w:bookmarkStart w:name="z121" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Уәкілетті мемлекеттік орган көлік-логистика орталықтарын жайластыру және техникалық жарақтандыру жөніндегі үлгілік талаптарды әзірлейді және бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 4-бөлім 15-2-баппен толықтырылды - ҚР 10.11.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 249-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен күнтізбелік тоқсан күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР 27.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 363-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="94"/>
+    <w:bookmarkStart w:name="z21" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 16-бап. Көлiк құралдарын басқару құқығы </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көлiк құралдарын басқару құқығы тиiстi бiлiктiлiгi бар және денсаулығы туралы медициналық куәландырудан өтiп, белгiленген үлгiдегi құжаттар тапсырылған адамға берiледi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8115,98 +9205,98 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 16-бапқа өзгеріс енгізілді - ҚР 1998.12.28 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 338</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="95"/>
+    <w:bookmarkStart w:name="z22" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 17-бап. Тасымалдаушының және аралас тасымалдарға қатысушылардың жауапкершілігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тасымалдаушының жолаушылармен және жүк иелерiмен, ал аралас тасымалдар кезінде аралас тасымалдар операторының клиентпен (жүк жөнелтушiмен, жүк алушымен, жолаушымен, кемемен жалданушымен), тасымалдаушының аралас тасымалдар операторымен Қазақстан Республикасының заңдарында белгіленген жауапкершiлiктi шектеу немесе жою туралы жасасқан келiсiмдерiнiң, жүк тасымалдары кезiнде осындай келiсiмдер жасасу мүмкiндiгi оларда көзделген жағдайларды қоспағанда, күшi болмайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8483,98 +9573,98 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 17-бап жаңа редакцияда - ҚР 27.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 363-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="96"/>
+    <w:bookmarkStart w:name="z23" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 17-1-бап. Жүктердi және жолаушыларды тасымалдау бойынша талап қою мен талап-арыз беру </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тасымалдаушыға, ал аралас тасымалдар кезінде – аралас тасымалдар операторына немесе аралас тасымалдарға қатысатын тасымалдаушыға тасымалға байланысты дау жөнiнде талап қою берілгенге дейiн оған мiндеттi түрде кінәрат қойылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8653,178 +9743,178 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 17-1-бапқа өзгерістер енгізілді - ҚР 1998.12.28 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 338</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2001.12.06. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 260</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 27.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 363-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="97"/>
+    <w:bookmarkStart w:name="z24" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18-бап. Жолаушыны, жүк пен теңдеме жүктi жеткiзу мерзiмi және мерзiмiн өткiзгенi үшiн жауапкершiлiк </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z137" w:id="98"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z137" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Тасымалдаушы жүктi немесе теңдеме жүктi уәкiлеттi мемлекеттiк орган бекiтетiн Жүк және теңдеме жүк тасымалдау </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ережелерiмен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> анықталған мерзiмде тиiстi жерiне жеткiзуге мiндеттi. Егер жеткiзу мерзiмi белгiленген тәртiпте анықталмаған болса, тараптар бұл мерзiмдi шартта белгiлеуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аралас тасымалдар кезінде – аралас тасымалдар операторы және аралас тасымалдарға қатысатын тасымалдаушы жүктi аралас тасымалдар және аралас тасымал кезінде өзара іс-қимыл жасасу шарттарында белгіленген мерзімде межелі пунктке жеткізуге міндетті.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9015,163 +10105,163 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әуе көлігінің тасымалдаушысы өз кінәсінен немесе әуе кемесінің кеш келуі салдарынан рейс мәртебесі өзгерген кезде жолаушыларға қонақүйде орналастыру, тамақтандыру бойынша көрсетілетін қызметтерді және "Қазақстан Республикасының әуе кеңістігін пайдалану және авиация қызметі туралы" Қазақстан Республикасының Заңына сәйкес өзге де көрсетілетін қызметтерді өз есебінен ұсынуға міндетті.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жолаушының өтiнiшi бойынша оған тасымалдың кiдiру себебi туралы ресми құжат берiледi немесе билетiне белгi соғылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z138" w:id="99"/>
+    <w:bookmarkStart w:name="z138" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы бапта көзделген зиянның мөлшерi және оларды айқындау тәртiбi уәкiлеттi мемлекеттiк орган бекiтетiн жүк және багаж тасымалдау қағидаларында және аралас тасымалдар қағидаларында белгiленедi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 18-бапқа өзгерістер енгізілді - ҚР 1998.12.28 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 338</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 27.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 363-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.12.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 433-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2016 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі); 27.06.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 129-VII</w:t>
       </w:r>
       <w:r>
@@ -9187,98 +10277,98 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 174-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="100"/>
+    <w:bookmarkStart w:name="z25" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 19-бап. Жолаушының, жүк немесе теңдеме жүк жөнелтушi мен алушының жауапкершiлiгi </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жолаушылар, жүк немесе теңдеме жүк жөнелтушi мен алушы өздерiнiң кiнәсiнен басқа адамдарға, тасымалдаушының мүлкiне және тасымалдаушы жауап беретiн басқа адамдардың мүлкiне келтiрген зияны үшiн жауапты болады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9289,333 +10379,333 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жүк жөнелтушi көлiк құжаттарында көрсетiлген мағлұматтардың дұрыс болмауына, дәл болмауына немесе толық болмауына байланысты тасымалдаушыға немесе тасымалдаушы жауап беретiн басқа адамға келтiрген зияны үшiн жауапты болады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жүк жөнелтушi көлiк құжаттарында көрсетiлген мағлұматтардың дәл болмауына, толық болмауына немесе дұрыс болмауына байланысты барлық зиян үшiн тасымалдаушының алдында жауапты болады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="101"/>
+    <w:bookmarkStart w:name="z26" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20-бап. Тасымалдаушының жолаушыны өлiмге ұшыратқаны немесе оның денсаулығын зақымдағаны үшiн жауапкершiлiгi </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Тасымалдау кезiнде жолаушыны өлiмге ұшыратуы немесе денсаулығының зақымдануы салдарынан болған зиян үшiн, егер бұл зиян зардап шегушiнiң терiс ниетi немесе дүлей күш салдарынан болғанын дәлелдей алмаса, тасымалдаушыға мүлiктiк жауапкершiлiк жүктеледi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 18-бапқа өзгеріс енгізілді - ҚР 2004.12.20 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2005.01.01 бастап күшіне енеді) Заңымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="102"/>
+    <w:bookmarkStart w:name="z27" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 21-бап. Көлік жүктері мен объектілерін күзету</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 21-баптың тақырыбы жаңа редакцияда - ҚР 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z139" w:id="103"/>
+    <w:bookmarkStart w:name="z139" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Теміржол, әуе көлігінде көлік жүктері мен объектілерін күзетудi әскерилендiрiлген күзет қызметтері жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Әскерилендiрiлген күзет қызметiнiң бөлiмдерi атыс қаруымен және арнайы құралдармен қамтамасыз етiледi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z140" w:id="104"/>
+    <w:bookmarkStart w:name="z140" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қару мен арнайы құралдарды қолдану тәртiбi Қазақстан Республикасының заңдарына сәйкес жүргiзiледi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көлiктiң неғұрлым маңызды объектiлерi мен арнайы жүктердi күзетудi Қазақстан Республикасы Ұлттық ұланының бөлiмшелерi, Қазақстан Республикасы Қорғаныс министрлігі мен Қазақстан Республикасы Ұлттық қауiпсiздiк комитетiнiң арнаулы бөлiмшелерi, сондай-ақ әскерилендiрiлген күзеттiң арнаулы қызметтерi жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 21-бапқа өзгерістер енгізілді - ҚР 1998.12.28 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 338</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2004.12.20. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2005.01.01 бастап күшіне енеді); 04.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 132-V</w:t>
       </w:r>
       <w:r>
@@ -9701,146 +10791,146 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="105"/>
+    <w:bookmarkStart w:name="z28" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 22-бап. Төтенше жағдайлар кезiнде көлiк жұмысын ұйымдастыру </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуметтік, табиғи және техногендік сипаттағы төтенше жағдайлар туындаған, төтенше жағдай енгізген кезде төтенше жағдайларды және олардың зардаптарын жою үшiн көлiк кәсiпорындарының шарттық қатынастары Қазақстан Республикасы Үкiметiнiң, көлік және коммуникация саласындағы уәкілетті органның, жергiлiктi атқарушы органның шешiмiмен тоқтатыла тұруы мүмкiн.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="106"/>
+    <w:bookmarkStart w:name="z49" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көлiк кәсiпорындары әлеуметтік, табиғи және техногендік сипаттағы төтенше жағдайлар, төтенше жағдай режимі кезінде көлік жұмысын ұйымдастыру үшін көлiк құралдарының иелеріне бірінші кезекте қызмет көрсету жөнінде қажетті шаралар қолдануға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z50" w:id="107"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z50" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуметтік, табиғи және техногендік сипаттағы төтенше жағдайлар, төтенше жағдай енгізілген кезде көлiк кәсiпорындарының жұмылдыру дайындығы іс-шараларын, азаматтық қорғаныс және авариялық-құтқару жұмыстары мен кезек күттірмейтін жұмыстар жөніндегі іс-шараларды қамтамасыз етумен байланысты тасымалдарды жүзеге асыру бойынша шығыстары Қазақстан Республикасының Бюджет кодексіне сәйкес бюджет қаражатынан өтеледi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z51" w:id="108"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z51" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көлiк кәсiпорындары дүлей зілзалалар мен авариялардың, сондай-ақ төтенше сипатқа ие өзге де мән-жайлардың зардаптарын жою жөнiнде дереу шаралар қолдануға мiндеттi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9879,68 +10969,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="109"/>
+    <w:bookmarkStart w:name="z52" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 22-1- Көлікті беру міндеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 22-1-баптың тақырыбы жаңа редакцияда – ҚР 24.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9955,110 +11045,110 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="110"/>
+    <w:bookmarkStart w:name="z53" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеке және заңды тұлғалар (дипломатиялық иммунитеті бар шет мемлекеттер мен халықаралық ұйымдардың өкілдіктерінен басқа) құқық қорғау органдарының және арнаулы мемлекеттік органдардың лауазымды адамдарының оқиғалар, төтенше жағдайлар болған жерлерге бару және шұғыл медициналық көмекке мұқтаж азаматтарды емдеу мекемелеріне жеткізу үшін көлікті пайдалану жөніндегі заңды талаптарын орындауға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z54" w:id="111"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z54" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы баптың бірінші бөлігінде көзделген жағдайларда көлік құралдары иелеріне олардың көлігін пайдаланғаны үшін шығыстар, сондай-ақ келтірілген залал Қазақстан Республикасының азаматтық заңнамасында белгіленген тәртіппен мемлекеттік бюджет есебінен өтеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z180" w:id="112"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z180" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеке және заңды тұлғалардың табиғи және техногендік сипаттағы төтенше жағдайларды және олардың салдарын жою үшін көлікті (дипломатиялық иммунитеті бар шет мемлекеттер мен халықаралық ұйымдардың өкілдіктерін қоспағанда) беруі, сондай-ақ көлікті пайдаланғаны үшін шығыстарды өтеу, осы баптың бірінші және екінші бөліктерінде көзделген жағдайларды қоспағанда, Қазақстан Республикасының заңдарына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10117,126 +11207,126 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="113"/>
+    <w:bookmarkStart w:name="z29" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 23-бап. Көлiкте қауiпсiздiктi және экологиялық талаптарды қамтамасыз ету </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Тасымалдаушылар азаматтардың өмiрi мен денсаулығының қауiпсiздiгiн, көлiк құралдары қозғалысының, кеме қатынасы мен ұшу қауiпсiздiгiн, сондай-ақ айналадағы ортаны қорғауды қамтамасыз етуге мiндеттi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z142" w:id="114"/>
+    <w:bookmarkStart w:name="z142" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көлiк құралдарының қозғалысы және тиеу-түсiру жұмыстары жүзеге асырылатын метрополитеннің, станциялардың, порттардың, кемежайлардың, әуежайлардың, көлiк кәсiпорындары мен теміржол желілерінің аумақтары, сондай-ақ су жолдары қауiптiлігі жоғары аймақтар болып табылады. Қауіптілігі жоғары аймақта болу және онда жұмыстар жүргізу қағидаларын уәкілетті мемлекеттік орган бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z143" w:id="115"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z143" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уәкілетті мемлекеттік орган бекiткен тiзбе бойынша қауiптi жүктердi күзету мен алып жүрудi бүкiл жүру жолында жүктi жөнелтушiлер немесе алушылар қамтамасыз етедi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жарылғыш, тез тұтанғыш, радиоактивтi, улы және басқа қауiптi жүктердi жөнелтушi және алушы клиенттер оларды тасымалдау қауiпсiздiгiне кепiлдiк беруге, жүктердi тасымалдау кезiнде апат жағдайларынан алдын-ала сақтандыруға, сондай-ақ авариялар зардаптарын жоюға қажеттi құралдар мен жедел қимылдайтын бөлiмдердi ұстауға мiндеттi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10265,90 +11355,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Айрықша жағдайларда бұларға геология мен жер қойнауын қорғаудың уәкiлеттi мемлекеттiк органының рұқсаты бойынша жол берiледi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көлiк кәсiпорындары мен тасымалдаушылар табиғат қорғау шараларын жоспарлауға, ұйымдастыруға және қаржыландыруға, айналадағы табиғи орта мен жер қойнауын қорғау саласында өндiрiстiк және ведомстволық бақылау жасауға мiндеттi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z144" w:id="116"/>
+    <w:bookmarkStart w:name="z144" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тасымалдаушылар айналадағы ортаны, әуе бассейнiн, су қоймаларын, жердi қорғау және табиғи ресурстарды ұтымды пайдалану жөнiнде белгiленген нормалардың сақталуын қамтамасыз етуге мiндеттi. Айналадағы ортаға келтiрiлген зиян үшiн тасымалдаушылар Қазақстан Республикасының заңдарында белгiленген тәртiпте жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z145" w:id="117"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z145" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Метрополитеннің қауiптiлігі жоғары аймағында болу және онда жұмыстар жүргiзу қағидаларын жергілікті атқарушы орган бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10464,1232 +11554,1336 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>23-1-бап. Қатынас жолдарын техникалық жабу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z182" w:id="118"/>
+    <w:bookmarkStart w:name="z182" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қатынас жолдарын техникалық жабу Қазақстан Республикасының Үкіметі айқындайтын тәртіппен орындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z183" w:id="119"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z183" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Қазақстан Республикасының ұлттық қауіпсіздігіне қатер төндіретін жағдайларды жою мақсатында мемлекеттік органдар Қазақстан Республикасының заңнамасында белгіленген құзыреттері шегінде қатынас жолдарын техникалық жабу мәселелері бойынша нормативтік құқықтық актілер қабылдайды. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z184" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы баптың 5-тармағында көрсетілген көлік инфрақұрылымы объектілерін меншік құқығында немесе өзге де заңды негізде иеленетін мемлекеттік органдар немесе тұлғалар құзыреттері шегінде қатынас жолдарын техникалық жабуды жоспарлауға, қамтамасыз етуге және жүргізуге міндетті. Бұл ретте қатынас жолдарын техникалық жабуды қаржыландыру жұмылдыру дайындығын, жұмылдыру органдарын және жұмылдыруды қаржыландыру үшін Қазақстан Республикасының жұмылдыру дайындығы және жұмылдыру саласындағы заңнамасында айқындалатын тәртіппен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z185" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Уәкілетті мемлекеттік орган сәулет, қала құрылысы және құрылыс істері жөніндегі уәкілетті органмен бірлесіп, бейбіт уақытта және соғыс уақытында көлік инфрақұрылымы объектілерін салу және қалпына келтіру үшін техникалық құжаттаманы, жобалау құжаттамасын, негіздеуші материалдарды және қажетті материалдарды жинақтауды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z186" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Магистральдық жолдар, халықаралық, республикалық және облыстық маңызы бар автомобиль жолдары, оларда орналасқан көпірлер мен тоннельдер, теміржол тораптары, кеме қатынасы үшін пайдаланылатын порттар, гидротехникалық құрылысжайлар мен су шаруашылығы құрылысжайлары және ішкі су жолдарында орналасқан шлюздер, әуеайлақтар, магистральдық құбыржол техникалық жабуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z187" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z188" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жұмыс істеуін қамтамасыз ету және қирап-бұзылғанынан кейін тез қалпына келтіру мақсатында қатынас жолдарында бейбіт уақытта және соғыс уақытында жүргізілетін арнаулы іс-шаралар кешені техникалық жабу деп түсініледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z189" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) көлік құралдарын (әуе кемелерін) қабылдау мен жөнелтуді, жөнелту пункті мен межелі пункт арасында адамдар мен жүктердің өтуін қамтамасыз ететін жолдар (автомобиль жолдары, теміржолдар мен су жолдары, әуе трассалары), құрылысжайлар мен олардағы құрылғылар қатынас жолдары деп түсініледі;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z184" w:id="120"/>
-[...15 lines deleted...]
-      3. Осы баптың 5-тармағында көрсетілген көлік инфрақұрылымы объектілерін меншік құқығында немесе өзге де заңды негізде иеленетін мемлекеттік органдар немесе тұлғалар құзыреттері шегінде қатынас жолдарын техникалық жабуды жоспарлауға, қамтамасыз етуге және жүргізуге міндетті. Бұл ретте қатынас жолдарын техникалық жабуды қаржыландыру жұмылдыру дайындығын, жұмылдыру органдарын және жұмылдыруды қаржыландыру үшін Қазақстан Республикасының жұмылдыру дайындығы және жұмылдыру саласындағы заңнамасында айқындалатын тәртіппен жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z190" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сұрыптау, жүк және жолаушылар станцияларының техникалық құрылысжайлары мен құрылғылары, станциялар арасындағы жалғайтын жолдар, айналма жолдар, жолаушыларға арналған станциялық құрылысжайлар, деполар, теміржол құрамын жөндеуге және жарақтауға арналған техникалық станциялар кешенін білдіретін бірнеше теміржол желісі тоғысқан пункт теміржол тораптары деп түсініледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z185" w:id="121"/>
-[...15 lines deleted...]
-      4. Уәкілетті мемлекеттік орган сәулет, қала құрылысы және құрылыс істері жөніндегі уәкілетті органмен бірлесіп, бейбіт уақытта және соғыс уақытында көлік инфрақұрылымы объектілерін салу және қалпына келтіру үшін техникалық құжаттаманы, жобалау құжаттамасын, негіздеуші материалдарды және қажетті материалдарды жинақтауды қамтамасыз етеді.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 23-1-баппен толықтырылды – ҚР 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 202-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24-бап. Алып тасталды - ҚР 2004.12.20 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2005.01.01 бастап күшіне енеді) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 24-1-бап. Тексеріп қарау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z186" w:id="122"/>
-[...15 lines deleted...]
-      5. Магистральдық жолдар, халықаралық, республикалық және облыстық маңызы бар автомобиль жолдары, оларда орналасқан көпірлер мен тоннельдер, теміржол тораптары, кеме қатынасы үшін пайдаланылатын порттар, гидротехникалық құрылысжайлар мен су шаруашылығы құрылысжайлары және ішкі су жолдарында орналасқан шлюздер, әуеайлақтар, магистральдық құбыржол техникалық жабуға жатады.</w:t>
+    <w:bookmarkStart w:name="z34" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қазақстан Республикасының терроризмге қарсы іс-қимыл туралы заңнамасына сәйкес белгіленген қатер деңгейіне байланысты, жолаушылар және көлік инфрақұрылымы объектілеріне келетін адамдар, олардың алып жүретін заттары, оның ішінде қол жүгі мен багажы тексеріп қарауға жатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z187" w:id="123"/>
-[...15 lines deleted...]
-      Ескертпе:</w:t>
+    <w:bookmarkStart w:name="z74" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жолаушыларды және көлік инфрақұрылымы объектілеріне келетін адамдарды, олардың алып жүретін заттарын, оның ішінде қол жүгі мен багажын жете тексеруді жүргізудің тәртібі мен талаптарын уәкілетті мемлекеттік орган айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z188" w:id="124"/>
-[...15 lines deleted...]
-      1) жұмыс істеуін қамтамасыз ету және қирап-бұзылғанынан кейін тез қалпына келтіру мақсатында қатынас жолдарында бейбіт уақытта және соғыс уақытында жүргізілетін арнаулы іс-шаралар кешені техникалық жабу деп түсініледі;</w:t>
+    <w:bookmarkStart w:name="z155" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1. Азаматтық авиация саласындағы көлік инфрақұрылымының объектілеріне келетін жолаушылар мен адамдарды жете тексеру Қазақстан Республикасының әуе кеңістігін пайдалану және авиация қызметі туралы Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z189" w:id="125"/>
-[...15 lines deleted...]
-      2) көлік құралдарын (әуе кемелерін) қабылдау мен жөнелтуді, жөнелту пункті мен межелі пункт арасында адамдар мен жүктердің өтуін қамтамасыз ететін жолдар (автомобиль жолдары, теміржолдар мен су жолдары, әуе трассалары), құрылысжайлар мен олардағы құрылғылар қатынас жолдары деп түсініледі;</w:t>
+    <w:bookmarkStart w:name="z75" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Жолаушыларды және көлік инфрақұрылымы объектілеріне келетін адамдарды (бұдан әрі – келушілерді), олардың алып жүретін заттарын, оның ішінде қол жүгі мен багажын тексеріп қарауды көлік қызметі субъектісінің қызметкерлері не күзет қызметтерін көрсету жөнінде шарт жасасқан кезде күзет қызметі субъектісінің қызметкерлері жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z190" w:id="126"/>
-[...15 lines deleted...]
-      3) сұрыптау, жүк және жолаушылар станцияларының техникалық құрылысжайлары мен құрылғылары, станциялар арасындағы жалғайтын жолдар, айналма жолдар, жолаушыларға арналған станциялық құрылысжайлар, деполар, теміржол құрамын жөндеуге және жарақтауға арналған техникалық станциялар кешенін білдіретін бірнеше теміржол желісі тоғысқан пункт теміржол тораптары деп түсініледі.</w:t>
+    <w:bookmarkStart w:name="z76" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы баптың мақсаттары үшін көлік қызметінің субъектілері деп көлік инфрақұрылымы объектілері меншік құқығымен немесе өзге де заңды негізде болатын жеке және заңды тұлғалар түсініледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:p>
-[...149 lines deleted...]
-        <w:t xml:space="preserve"> 24-1-бап. Тексеріп қарау</w:t>
+    <w:bookmarkStart w:name="z77" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Жете тексеру кезінде техникалық құралдар қолданылады, оларға қойылатын талаптарды уәкілетті мемлекеттік орган бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z34" w:id="128"/>
-[...15 lines deleted...]
-      1. Қазақстан Республикасының терроризмге қарсы іс-қимыл туралы заңнамасына сәйкес белгіленген қатер деңгейіне байланысты, жолаушылар және көлік инфрақұрылымы объектілеріне келетін адамдар, олардың алып жүретін заттары, оның ішінде қол жүгі мен багажы тексеріп қарауға жатады.</w:t>
+    <w:bookmarkStart w:name="z78" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Жолаушылар мен келушілерді, олардың алып жүретін заттарын, оның ішінде қол жүгі мен багажын тексеріп қарау алдында көлік инфрақұрылымы объектілеріне әкелуге тыйым салынған, болуы ықтимал заттар мен құралдарды көрсету міндетті түрде ұсынылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z74" w:id="129"/>
-[...15 lines deleted...]
-      Жолаушыларды және көлік инфрақұрылымы объектілеріне келетін адамдарды, олардың алып жүретін заттарын, оның ішінде қол жүгі мен багажын жете тексеруді жүргізудің тәртібі мен талаптарын уәкілетті мемлекеттік орган айқындайды.</w:t>
+    <w:bookmarkStart w:name="z79" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Техникалық тексеріп қарау құралдарымен көлік инфрақұрылымы объектілеріне әкелуге тыйым салынған заттар мен құралдардың болу мүмкіндігінің контурлары және өзге де белгілері табылған кезде, жолаушылар мен келушілердің алып жүретін заттарын, оның ішінде қол жүгі мен багажын тексеріп қарауды қоса алғанда, оларды жеке тексеріп қарау жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z155" w:id="130"/>
-[...15 lines deleted...]
-      1-1. Азаматтық авиация саласындағы көлік инфрақұрылымының объектілеріне келетін жолаушылар мен адамдарды жете тексеру Қазақстан Республикасының әуе кеңістігін пайдалану және авиация қызметі туралы Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z80" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке тексеріп қарау көлік инфрақұрылымы объектілеріне әкелуге тыйым салынған заттар мен құралдарды табу үшін қажетті шектерде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z75" w:id="131"/>
-[...15 lines deleted...]
-      2. Жолаушыларды және көлік инфрақұрылымы объектілеріне келетін адамдарды (бұдан әрі – келушілерді), олардың алып жүретін заттарын, оның ішінде қол жүгі мен багажын тексеріп қарауды көлік қызметі субъектісінің қызметкерлері не күзет қызметтерін көрсету жөнінде шарт жасасқан кезде күзет қызметі субъектісінің қызметкерлері жүргізеді.</w:t>
+    <w:bookmarkStart w:name="z81" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке тексеріп қарауды тексеріп қаралатын адаммен жынысы бір адамдар санитариялық-эпидемиологиялық қағидалар мен нормалардың талаптарына жауап беретін арнайы бөлінген үй-жайларда жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z76" w:id="132"/>
-[...15 lines deleted...]
-      Осы баптың мақсаттары үшін көлік қызметінің субъектілері деп көлік инфрақұрылымы объектілері меншік құқығымен немесе өзге де заңды негізде болатын жеке және заңды тұлғалар түсініледі.</w:t>
+    <w:bookmarkStart w:name="z82" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бір үй-жайда бір мезгілде бірнеше адамды жеке тексеріп қарауға тыйым салынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z77" w:id="133"/>
-[...119 lines deleted...]
-    <w:bookmarkStart w:name="z83" w:id="139"/>
+    <w:bookmarkStart w:name="z83" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жеке тексеріп қараудың нәтижелері тексеріп қарауды жүргізетін адам мен өзіне қатысты жеке тексеріп қарау жүргізілген адам қол қоятын актімен ресімделеді. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z84" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Тексеріп қараудан, жеке тексеріп қараудан жалтаратын адамдар көлік инфрақұрылымы объектілеріне жіберілмейді, бұл туралы тиісті акт жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z85" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Егер жолаушыны және оның алып жүретін заттарын, оның ішінде қол жүгі мен багажын тексеріп қарау кезінде көлік инфрақұрылымы объектілеріне әкелуге тыйым салынған заттар мен құралдар табылмаса, осындай тексеріп қарау жүргізілетін көлік инфрақұрылымы объектісінің әкімшілігі жолаушының оған билеті бар қатынаспен немесе кезекті осындай қатынаспен жөнелтілуін қамтамасыз ететін қажетті шаралар қолдануға, ал жолаушы тасымалдаудан бас тартқан жағдайда, билеттің немесе оның пайдаланылмаған бөлігінің құнын Қазақстан Республикасының заңнамасында көзделген тәртіппен өтеуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z86" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Тексеріп қарауды жүргізетін адамдар жолаушылар мен келушілерге қатысты ізетті және сыпайы болуға және олардың қадір-қасиетін түсіретін іс-әрекеттерге жол бермеуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. Алып тасталды - ҚР 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z89" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Жете тексеру жүргізілетін көлік инфрақұрылымы объектілерінің, өздеріне қатысты жете тексеру жүргізілмейтін адамдардың, сондай-ақ көлік инфрақұрылымы объектілеріне әкелуге тыйым салынған заттар мен нәрселердің тізбелерін уәкілетті мемлекеттік орган бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-бөлім 24-1-баппен толықтырылды - ҚР 04.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 132-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (01.07.2014 бастап қолданысқа енгізіледі); өзгерістер енгізілді - ҚР 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 10.05.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 64-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.11.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 75-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z90" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 24-2-бап. Ақпараттық қамтамасыз ету</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармаққа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қазақстан Республикасының аумағына келетін (оның аумағынан кететін) немесе Қазақстан Республикасының аумағында ауысып мініп транзитпен жүретін жолаушыларды теміржол (қала маңы қатынасынан және билет кассаларымен жабдықталмаған жерлерде жолаушыларды отырғызу жағдайларынан басқа), әуе және теңіз көлігімен тасымалдауды жүзеге асыратын тасымалдаушылар, оның ішінде шетелдік тасымалдаушылар, сондай-ақ әуежайлардың пайдаланушылары уәкілетті мемлекеттік органға және (немесе) құқық қорғау органдары мен арнаулы мемлекеттік органдарға ресімделген және (немесе) броньға қойылған билеттер туралы мәліметтерді, сондай-ақ автоматтандырылған жүйелер мен дерекқор арқылы мәліметтерді нақты уақыт режимінде ұсынуды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Уәкілетті мемлекеттік органға және (немесе) құқық қорғау органдары мен арнаулы мемлекеттік органдарға осы баптың 1-тармағында көрсетілген мәліметтерді беру тәртібін уәкілетті мемлекеттік орган айқындайды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z84" w:id="140"/>
-[...15 lines deleted...]
-      6. Тексеріп қараудан, жеке тексеріп қараудан жалтаратын адамдар көлік инфрақұрылымы объектілеріне жіберілмейді, бұл туралы тиісті акт жасалады.</w:t>
+    <w:bookmarkStart w:name="z93" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы баптың 1-тармағында көрсетілген тасымалдауларға билеттерді ресімдеу кезінде билеттер сатуды жүзеге асыратын тасымалдаушы немесе өзге де адам мынадай деректерді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z85" w:id="141"/>
-[...15 lines deleted...]
-      7. Егер жолаушыны және оның алып жүретін заттарын, оның ішінде қол жүгі мен багажын тексеріп қарау кезінде көлік инфрақұрылымы объектілеріне әкелуге тыйым салынған заттар мен құралдар табылмаса, осындай тексеріп қарау жүргізілетін көлік инфрақұрылымы объектісінің әкімшілігі жолаушының оған билеті бар қатынаспен немесе кезекті осындай қатынаспен жөнелтілуін қамтамасыз ететін қажетті шаралар қолдануға, ал жолаушы тасымалдаудан бас тартқан жағдайда, билеттің немесе оның пайдаланылмаған бөлігінің құнын Қазақстан Республикасының заңнамасында көзделген тәртіппен өтеуге міндетті.</w:t>
+    <w:bookmarkStart w:name="z94" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тегін, атын, әкесінің атын (бар болған кезде);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z86" w:id="142"/>
-[...15 lines deleted...]
-      8. Тексеріп қарауды жүргізетін адамдар жолаушылар мен келушілерге қатысты ізетті және сыпайы болуға және олардың қадір-қасиетін түсіретін іс-әрекеттерге жол бермеуге міндетті.</w:t>
+    <w:bookmarkStart w:name="z95" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ол бойынша жол жүру құжаты (билет) сатып алынатын жеке басты куәландыратын құжаттың түрін және нөмірін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z96" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жөнелту орны мен күнін, межеленген пунктті, жүру маршрутының түрін (ауысып мінбейтін, транзиттік);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z97" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) билеттер сатуды жүзеге асыратын тасымалдаушы немесе өзге де адам осы жолаушымен байланыса алатын байланыс деректерін (электрондық почтасының мекенжайын және (немесе) телефон нөмірін) жолаушының келісімімен жазуды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z98" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Билеттерді сатуды жүзеге асыратын жеке және заңды тұлғалар оларды ресімдеу кезінде мәліметтердің "Қазақстан Республикасындағы тіл туралы" Қазақстан Республикасы Заңының талаптарына сәйкес қазақ және орыс тілдерінде, ал халықаралық тасымалдарды жүзеге асыру кезінде қосымша ағылшын тілінде толтырылуын қамтамасыз етуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+        <w:t xml:space="preserve">      Ескерту. 4-бөлім 24-2-баппен толықтырылды - ҚР 04.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 132-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2014 бастап қолданысқа енгізіледі); өзгеріс енгізілді - ҚР 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 29.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="143"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...132 lines deleted...]
-    <w:bookmarkStart w:name="z90" w:id="144"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5 бөлiм. Қорытынды ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 24-2-бап. Ақпараттық қамтамасыз ету</w:t>
-[...39 lines deleted...]
-      2. Уәкілетті мемлекеттік органға және (немесе) құқық қорғау органдары мен арнаулы мемлекеттік органдарға осы баптың 1-тармағында көрсетілген мәліметтерді беру тәртібін уәкілетті мемлекеттік орган айқындайды.</w:t>
+        <w:t xml:space="preserve"> 25-бап. Көлiктiк бақылау және қадағалау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z93" w:id="147"/>
-[...254 lines deleted...]
-    <w:bookmarkEnd w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көлiк құралдарын пайдалану кезiнде Қазақстан Республикасының көлiк туралы заңнамасының, қозғалыс қауiпсiздiгi мен экология жөнiндегi талаптардың сақталуына көлiктiк бақылауды және қадағалауды уәкiлеттi орган және өзге де мемлекеттiк органдар Қазақстан Республикасының заңдарында белгiленген өз құзыретi шегiнде жүзеге асырады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11858,51 +13052,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      7) алып тасталды - ҚР 04.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 132-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11932,90 +13126,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z146" w:id="154"/>
+    <w:bookmarkStart w:name="z146" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) ішкі су жолдарында жүзу қағидаларының сақталуын бақылауды және қадағалауды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z147" w:id="155"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z147" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) техникалық пайдалану ережелерi мен кемелердегi қызмет жарғысының сақталуын бақылауды және қадағалауды; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkEnd w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) лоцмандық қызметті және өзге де теңіз қызметтерін бақылауды және қадағалауды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12040,51 +13234,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      13) алып тасталды - ҚР 2011.07.15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 461-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12156,158 +13350,158 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      17) алып тасталды - ҚР 13.06.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 102-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уәкiлеттi мемлекеттік органның лауазымды адамдары көлiктiк бақылауды және қадағалауды жүзеге асыру кезiнде нысанды киім (погонсыз) киiп, талап ету бойынша қызметтік куәліктерін не сәйкестендіру карталарын көрсетуге тиiс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z148" w:id="156"/>
+    <w:bookmarkStart w:name="z148" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысанды киім (погонсыз) үлгілерін және оны киіп жүру тәртібін уәкілетті мемлекеттік орган бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z149" w:id="157"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z149" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Нысанды киіммен (погонсыз) қамтамасыз етудің заттай нормаларын бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша уәкілетті орган </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бекітеді</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkEnd w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Уәкiлеттi мемлекеттiк орган орталық және жергiлiктi атқарушы органдармен өзара iс-қимыл жасайды, бiрлескен бақылау және қадағалау шараларын қабылдайды, өзара ақпарат алмасуды қамтамасыз етедi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12342,51 +13536,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">18) алып тасталды - ҚР 19.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 249-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (01.08.2019 бастап қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12396,51 +13590,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">19) алып тасталды - ҚР 19.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 249-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (01.08.2019 бастап қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12450,51 +13644,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">20) алып тасталды - ҚР 19.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 249-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (01.08.2019 бастап қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12504,51 +13698,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">21) алып тасталды - ҚР 19.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 249-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (01.08.2019 бастап қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12558,51 +13752,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">22) алып тасталды - ҚР 19.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 249-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (01.08.2019 бастап қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12612,143 +13806,143 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">23) алып тасталды - ҚР 19.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 249-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (01.08.2019 бастап қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z165" w:id="158"/>
+    <w:bookmarkStart w:name="z165" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24) халықаралық әуе тасымалының жүзеге асырылуын бақылауды және қадағалауды; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkEnd w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">25) алып тасталды - ҚР 19.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 249-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (01.08.2019 бастап қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12758,51 +13952,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">26) алып тасталды - ҚР 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12812,650 +14006,650 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">27) алып тасталды - ҚР 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z152" w:id="159"/>
+    <w:bookmarkStart w:name="z152" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) жеке және заңды тұлғалардың темiржол көлiгiнiң жұмыс iстеу тәртiбiн айқындайтын Қазақстан Республикасының нормативтiк құқықтық актiлерін, халықаралық шарттарын сақтауын бақылауды, оларды бұзушылықтарды анықтауды және олардың жолын кесу жөнiнде шаралар қолдануды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkEnd w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">29) алып тасталды - ҚР 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z154" w:id="160"/>
+    <w:bookmarkStart w:name="z154" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) жеке және заңды тұлғалардың қалалық рельсті көліктің жұмыс істеу тәртібін айқындайтын Қазақстан Республикасы нормативтік құқықтық актілерінің талаптарын сақтауын бақылауды, оларды бұзушылықтарды анықтауды және олардың жолын кесу жөнінде шаралар қолдануды қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z31" w:id="161"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z31" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уәкілетті мемлекеттік орган жеке және заңды тұлғалардың қалалық рельсті көліктің жұмыс істеу тәртібін айқындайтын Қазақстан Республикасы нормативтік құқықтық актілерінің талаптарын сақтауын бақылауды жүзеге асыру кезінде жай-күйі жол жүрісі қауіпсіздігі және қоршаған ортаны қорғау талаптарына сай келмейтін қалалық рельсті көлік объектілерін пайдалануды тоқтата тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkEnd w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қалалық рельсті көлікті күтіп-ұстау, техникалық қызмет көрсету және жөндеу тәртібін және қалалық рельсті көліктегі қауіпсіздік қағидаларын уәкілетті мемлекеттік орган бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 25-бап жаңа редакцияда - ҚР 2006.01.31 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 125</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); өзгерістер енгізілді - ҚР 2011.01.06 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 378-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2011.01.06 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 379-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2011.07.15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 461-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң қолданысқа енгізіледі), 2012.07.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 36-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 13.06.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 102-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 04.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 132-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 16.05.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 203-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 03.12.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 433-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2016 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі); 05.05.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 59-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 249-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.08.2019 бастап қолданысқа енгізіледі); 26.11.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 273-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 27.06.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 129-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 174-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="162"/>
+    <w:bookmarkStart w:name="z35" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 25-1-бап. Көлік саласындағы мемлекеттік бақылау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkEnd w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 25-1-бап алып тасталды – ҚР 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13470,68 +14664,68 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="163"/>
+    <w:bookmarkStart w:name="z36" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 25-2-бап. Тексеру жүргiзудiң мерзiмдерi </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkEnd w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 25-2-бап алып тасталды - ҚР 2009.07.17. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13564,68 +14758,68 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңымен. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="164"/>
+    <w:bookmarkStart w:name="z33" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 26-бап. Көлiк саласындағы халықаралық қатынастар </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkEnd w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Уәкiлеттi мемлекеттiк орган көлiк саласындағы мемлекетаралық қатынастарда келiсiмдер мен шарттар жасау құқығына ие бола отырып, Қазақстан Республикасының заңдарында белгiленген тәртiппен республиканың мүддесiн бiлдiредi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13650,51 +14844,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 26-бапқа өзгеріс енгізілді - ҚР 2004.12.20. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2005.01.01 бастап күшіне енеді) Заңымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13828,55 +15022,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>