--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6623c2a" w14:textId="6623c2a">
+    <w:p w14:paraId="5dfaa2f" w14:textId="5dfaa2f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4390,51 +4390,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 187-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, өзгерістер енгізілді - ҚР 2009.12.07 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 221-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
@@ -6069,51 +6069,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 279-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2011.11.29 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 502-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.01.18 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 547-IV</w:t>
       </w:r>
       <w:r>
@@ -8284,51 +8284,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 221-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. қараңыз) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8663,91 +8663,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 149-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз), 2009.07.17 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 187-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2009.12.07 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 221-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
@@ -8954,50 +8954,138 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 24-бапқа өзгерту енгізілді - ҚР 2009.07.17 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 187-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      24-1-баппен толықтыру көзделген – ҚР 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) Заңымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>