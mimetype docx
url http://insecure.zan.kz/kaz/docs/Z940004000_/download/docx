--- v1 (2025-11-26)
+++ v2 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5dfaa2f" w14:textId="5dfaa2f">
+    <w:p w14:paraId="f2a21c1" w14:textId="f2a21c1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4390,51 +4390,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 187-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, өзгерістер енгізілді - ҚР 2009.12.07 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 221-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
@@ -8663,51 +8663,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 149-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз), 2009.07.17 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 187-IV</w:t>
       </w:r>
       <w:r>
@@ -8969,697 +8969,748 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24-1-бап. Жедел-іздестіру іс-шараларын жүргізуге арналған арнаулы техникалық құралдар саласындағы лицензиялау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z189" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Жедел-іздестіру іс-шараларын жүргізуге арналған арнаулы техникалық құралдар саласындағы қызмет Қазақстан Республикасының рұқсаттар және хабарламалар туралы заңнамасында белгіленген тәртіппен лицензиялануға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z190" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Жедел-іздестіру іс-шараларын жүргізуге арналған арнаулы техникалық құралдар саласындағы лицензиаттар тізбесін, нысандары мен мерзімділігін лицензиар біліктілік талаптары шеңберінде айқындайтын есептерді, хабарламаларды лицензиарға ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 24-1-баппен толықтырылды – ҚР 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) Заңымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...47 lines deleted...]
-        <w:t xml:space="preserve">) Заңымен. </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">25-бап. Жедел-iздестiру қызметiн қадағалау </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z183" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Жедел-iздестiру қызметiн жүзеге асыру кезiндегi заңдылықтың сақталуын қадағалауды Қазақстан Республикасының Бас Прокуроры және оған бағынысты прокурорлар жүзеге асырады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z184" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Жедел-iздестiру қызметiн қадағалауды жүзеге асыру кезiнде прокурор: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) құпия көмекшілердің және штаттағы жасырын қызметкерлердің жеке басы туралы мәліметтерден басқа, жедел-іздестіру іс-шараларын ұйымдастыру мен жүргізу тактикасын регламенттейтін ведомстволық нормативтік құқықтық актілерді, жедел есепке алу істерін, жедел-іздестіру қызметінің барысы туралы материалдарды, құжаттарды және басқа да қажетті мәліметтерді алады; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) жедел-іздестіру іс-шараларын жүргізу туралы қаулы шығарады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-2) жедел-іздестіру іс-шараларын жүргізу туралы жазбаша нұсқаулар береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) арнаулы жедел-іздестіру іс-шараларын, оның ішінде байланыс желісінде жүзеге асырудың заңдылығын тексеруді жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) прокурордың санкциясынсыз жүргізілген арнаулы жедел-іздестіру іс-шарасының заңдылығы туралы қаулы шығарады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) жедел-iздестiру қызметiн жүзеге асыру кезiнде заңды, адам мен азамат құқықтарын бұзушылық анықталған жағдайда өз қаулысымен жедел-iздестiру шараларын тоқтатады; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1) жедел-іздестіру қызметін жүзеге асыратын органдардың лауазымды адамдарының заңсыз шешімдерінің күшін жояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) жедел-iздестiру қызметiн жүзеге асыратын органдардың лауазымды адамдарының iс-әрекеттерi мен шешiмдерiне шағымдар мен арыздарды қарайды; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) Конституцияға, заңдар мен Республика Президентiнiң актiлерiне қайшы келетiн, жедел-iздестiру қызметiн жүзеге асыратын органдар шығаратын жедел-iздестiру шараларын ұйымдастыру мен жүргiзу тактикасын регламенттейтiн нормативтiк құқықтық актiлерге наразылық келтiредi; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) жедел-iздестiру іс-шараларын жүргізу кезінде құқыққа қарсы әрекеттерге жол берген қызметкерлерге қатысты сотқа дейінгі тергеп-тексеру жүргізуге, тәртіптік іс жүргізуге бастамашылық жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) жедел-iздестiру қызметiнiң заңдылығын қадағалауды жүзеге асыру кезiнде анықталған тәртiп бұзушылық фактiлерi бойынша прокурорлық қадағалаудың басқа да актiлерiн шығарады; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) заңсыз ұсталған адамдарды өзiнiң дәлелдi қаулысымен босатады не адамдарды ұстау туралы заңсыз қаулылардың күшiн жояды; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) қажет болған жағдайда жедел-iздестiру қызметiн жүзеге асыратын органдардың басшыларынан өздерiне бағынышты органдарда заң бұзушылықты жою мақсатында тексеру жүргiзудi талап етедi; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) Қазақстан Республикасының заңында белгiленген жағдайларда жедел-iздестiру шараларын жүргiзуге санкция бередi. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z185" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Бас Прокурор өз құзыретi шегiнде, жедел-iздестiру қызметiн жүзеге асыратын органдардың орындауы үшiн мiндеттi, жедел-iздестiру қызметi туралы Қазақстан Республикасы заңдары нормаларының қолданылу мәселелерi бойынша нормативтiк құқықтық актiлер қабылдайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z186" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Жедел-iздестiру қызметiн жүзеге асыратын органдар тарапынан заңдылықтың бұзылуын анықтау мақсатында прокурор арнаулы техникалық құралдарды пайдалана отырып, прокуратура органдарының мамандары мен өзге де мамандарды тартуға құқылы. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 25-бап жаңа редакцияда - ҚР 2002.08.09 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 346</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, өзгерту енгізілді - 2009.07.17 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 187-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2009.12.07 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 221-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. қараңыз); 04.07.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 233-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2015 бастап қолданысқа енгізіледі); 05.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 157-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...519 lines deleted...]
-        </w:rPr>
         <w:t>26-бап. Активтерді қайтару жөніндегі уәкілетті органмен өзара іс-қимыл</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z187" w:id="153"/>
+    <w:bookmarkStart w:name="z187" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жедел-іздестіру қызметін жүзеге асыратын органдар жедел-іздестіру қызметі барысында өздері алатын, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkEnd w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құпия көмекшілер мен штаттағы жасырын қызметкерлердің жеке басы туралы мәліметтерді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9880,55 +9931,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>