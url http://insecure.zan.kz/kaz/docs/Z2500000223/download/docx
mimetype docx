--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c644d3a" w14:textId="c644d3a">
+    <w:p w14:paraId="7f034c3" w14:textId="7f034c3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,80 +93,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасының Үкіметі мен Армения Республикасының Үкіметі арасындағы азаматтардың сапарлары мен болу тәртібі туралы келісімді ратификациялау туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасының Заңы 2025 жылғы 15 қазандағы № 223-VIII ҚРЗ</w:t>
-[...8 lines deleted...]
-      <w:bookmarkStart w:name="z0" w:id="0"/>
+        <w:t>Қазақстан Республикасының Заңы 2025 жылғы 15 қазандағы № 223-VIII ҚРЗ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...9 lines deleted...]
-        <w:t>2024 жылғы 15 сәуірде Ереванда жасалған Қазақстан Республикасының Үкіметі мен Армения Республикасының Үкіметі арасындағы азаматтардың сапарлары мен болу тәртібі туралы келісім ратификациялансын.</w:t>
+      2024 жылғы 15 сәуірде Ереванда жасалған Қазақстан Республикасының Үкіметі мен Армения Республикасының Үкіметі арасындағы азаматтардың сапарлары мен болу тәртібі туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>келісім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ратификациялансын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -185,58 +195,75 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Қазақстан Республикасының</w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Президенті </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -278,104 +305,1210 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қ. ТОҚАЕВ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасының Үкіметі мен Армения Республикасының Үкіметі арасындағы азаматтардың сапарлары мен болу тәртібі туралы келісім</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұдан әрі Тараптар деп аталатын Қазақстан Республикасының Үкіметі мен Армения Республикасының Үкіметі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      екі мемлекет арасындағы достық қатынастарды дамыту ниетін басшылыққа ала отырып,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1999 жылғы 2 қыркүйектегі Қазақстан Республикасы мен Армения Республикасы арасындағы достық пен ынтымақтастық туралы шарттың және 2014 жылғы 29 мамырдағы Еуразиялық экономикалық одақ туралы шарттың негізінде,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      екі мемлекет азаматтарының сапарлары мен болу тәртібін құқықтық реттеу мақсатында,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      төмендегілер туралы келісті:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-бап</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Тараптар мемлекеттері азаматтарының тұратын жеріне қарамастан, осы Келісімнің 3-бабында көрсетілген жарамды құжаттардың біреуімен келу мемлекетінің мемлекеттік шекарасын кесіп өткен күннен бастап 90 (тоқсан) тәулікке дейінгі мерзімге екінші Тарап мемлекетінің аумағына келуге, одан кетуге, транзитпен өтуге, жүріп-тұруға және болуға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы баптың 1-тармағында көрсетілген екінші Тарап мемлекетінің аумағында болу мерзімі, егер бұл Тараптар мемлекеттерінің ұлттық заңнамасында көзделген болса, ұзартылуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-бап</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Екінші Тарап мемлекетінің аумағында уақытша болатын бір Тарап мемлекетінің азаматтары келу мемлекетінің құзыретті органдарында күнтізбелік 30 (отыз) күн ішінде тіркелу (болатын жері бойынша есепке қою) міндетінен босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы баптың 1-тармағында көрсетілген уақытша болу мерзімі екінші Тарап мемлекетінің аумағына келу кезінде қойылған шекаралық бақылау органдарының белгісімен немесе екінші Тарап мемлекетінің аумағына келген кезде паспортына шекаралық бақылау органдары қойған белгімен расталған, бір Тарап мемлекеті азаматының екінші Тарап мемлекетінің аумағына келген күнінен бастап есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Бір Тарап мемлекетінің азаматы екінші Тарап мемлекетінің аумағында күнтізбелік 30 (отыз) күннен артық болған жағдайда, егер бұл келу мемлекетінің заңнамасында көзделген болса, аталған азамат осы мемлекеттің құзыретті органдарында тіркелуге (болатын жері бойынша есепке тұруға) міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-бап</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы Келісімге сәйкес мыналар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының азаматтары үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы азаматының паспорты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының дипломатиялық паспорты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының қызметтік паспорты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы азаматының жеке куәлігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы теңізшісінің жеке куәлігі (кеме рөлі немесе одан үзінді көшірме болған кезде);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасына қайтып оралуға арналған куәлік (тек Қазақстан Республикасына қайтып оралу үшін).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Армения Республикасының азаматтары үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Армения Республикасы азаматының паспорты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Армения Республикасының дипломатиялық паспорты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Армения Республикасы азаматының сәйкестендіру картасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Армения Республикасына қайтып оралуға арналған куәлік (тек Армения Республикасына қайтып оралу үшін) шетелге жол жүруге арналған жарамды жол жүру құжаттары болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Тараптар осы Келісімнің 11-бабында көзделген, Келісімнің күшіне енуі үшін қажетті мемлекетішілік рәсімдерді Тараптардың орындағаны туралы соңғы жазбаша хабарлама дипломатиялық арналар арқылы алынған күннен бастап 30 (отыз) күн өткенге дейін жарамды жол жүру құжаттарының үлгілерімен алмасады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Тараптар жаңа жол жүру құжаттарын қолданысқа енгізу, сондай-ақ қолданыстағы құжаттардың өзгерістері туралы дипломатиялық арналар арқылы ноталар алмасу жолымен уақытында хабардар ететін болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тараптар аталған құжаттар қолданысқа енгізілгенге дейін күнтізбелік 30 (отыз) күннен кешіктірмей осы құжаттардың үлгілерімен алмасады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-бап</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бір Тарап мемлекетінің азаматтары халықаралық жолаушылар тасымалына арналған шекаралық пункттерде екінші Тарап мемлекетінің аумағы арқылы келе алады, кете алады және транзитпен өте алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-бап</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Келісім Тараптардың әрқайсысының өз мемлекетінің аумағында болмағаны жөн деп есептелетін екінші Тарап мемлекеті азаматтарының келуінен бас тарту немесе кері қайтару жөнінде шаралар қабылдау құқығын шектемейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-бап</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Бір Tapaп мемлекетінің азаматтары осы Келісімнің 3-бабында көрсетілген құжаттарды екінші Тарап мемлекетінің аумағында жоғалтқан жағдайда, бұл туралы өзі болатын мемлекеттің құзыретті органдарына хабарлауға міндетті, олар құжаттардың жоғалғаны туралы өтінішті растайтын анықтама береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Тараптар мемлекеттерінің дипломатиялық өкілдіктері мен консулдық мекемелері өз азаматтарына осы Келісімнің 3-бабында аталған, Тараптар мемлекеттерінің заңнамасына сәйкес өз мемлекетіне қайтып оралуға арналған жол жүру құжатын беретін болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7-бап</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тараптар осы өзгерістер күшіне енгізілгенге дейін күнтізбелік 30 (отыз) күннен кешіктірмей, өз мемлекеттерінің аумақтарына келу, онда болу және кету шарттарының өзгерістері туралы дипломатиялық арналар арқылы бір-бірін хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8-бап</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тараптар өзара келісу бойынша осы Келісімге өзгерістер мен толықтырулар енгізе алады, олар осы Келісімнің ажырамас бөліктері болып табылады және жекелеген хаттамалармен ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-бап</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Келісімнің ережелерін түсіндіруге және қолдануға қатысты даулы мәселелер Тараптар арасындағы консультациялар мен келіссөздер арқылы реттеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10-бап</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Тараптардың әрқайсысының, егер бұл мемлекеттің қауіпсіздігін, қоғамдық тәртіпті немесе өз мемлекеті халқының денсаулығын сақтауды қамтамасыз ету үшін қажет болса, осы Келісімнің қолданысын толық немесе ішінара тоқтата тұруға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Тараптар осы баптың 1-тармағында көзделген шараларды қабылдау және олардың күшін жою туралы мұндай шешім қабылдағанға дейін күнтізбелік 15 (он бес) күн бұрын бір-біріне дереу хабарлайтын болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы Келісім қолданысының толық немесе ішінара тоқтатыла тұруы осы Келісімнің ережелеріне сәйкес бір Тарап мемлекетінің аумағында жүрген Тараптар мемлекеттері азаматтарының болу тәртібіне қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11-бап</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы Келісім белгіленбеген мерзімге жасалады және Тараптардың оның күшіне енуі үшін қажетті мемлекетішілік рәсімдерді орындағаны туралы соңғы жазбаша хабарлама дипломатиялық арналар арқылы алынған күннен бастап күнтізбелік 30 (отыз) күн өткеннен кейін күшіне енеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Келісім күшіне енген күннен бастап 2006 жылғы 6 қарашадағы Қазақстан Республикасының Үкіметі мен Армения Республикасының Үкіметі арасындағы азаматтардың өзара сапарлары туралы келісім өз қолданысын тоқтатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Тараптардың әрқайсысы бұл туралы екінші Тарапты дипломатиялық арналар арқылы жазбаша хабардар етіп, осы Келісімнің қолданысын тоқтата алады. Мұндай жағдайда осындай хабарлама алынған күннен бастап күнтізбелік 90 (тоқсан) күн өткеннен кейін осы Келісім қолданысын тоқтатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2024 жылғы "15" сәуірде Ереван қаласында әрқайсысы қазақ, армян және орыс тілдерінде екі данада жасалды әрі барлық мәтіндердің бірдей күші бар. Мәтіндер арасында алшақтықтар болған жағдайда Тараптар орыс тіліндегі мәтінге жүгінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республикасының</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Үкіметі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Армения РеспубликасыныңҮкіметі үшін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>