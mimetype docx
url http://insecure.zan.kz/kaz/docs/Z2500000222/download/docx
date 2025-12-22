--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3e59706" w14:textId="3e59706">
+    <w:p w14:paraId="2c93b00" w14:textId="2c93b00">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,70 +93,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасының Үкіметі мен Армения Республикасының Үкіметі арасындағы көші-қон саласындағы ынтымақтастық туралы келісімді ратификациялау туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасының Заңы 2025 жылғы 15 қазандағы № 222-VIII ҚРЗ</w:t>
-[...18 lines deleted...]
-      2024 жылғы 15 сәуірде Ереванда жасалған Қазақстан Республикасының Үкіметі мен Армения Республикасының Үкіметі арасындағы көші-қон саласындағы ынтымақтастық туралы келісім ратификациялансын.</w:t>
+        <w:t>Қазақстан Республикасының Заңы 2025 жылғы 15 қазандағы № 222-VIII ҚРЗ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2024 жылғы 15 сәуірде Ереванда жасалған Қазақстан Республикасының Үкіметі мен Армения Республикасының Үкіметі арасындағы көші-қон саласындағы ынтымақтастық туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>келісім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ратификациялансын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -175,58 +195,75 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Қазақстан Республикасының</w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Президенті </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -252,50 +289,2306 @@
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қ. ТОҚАЕВ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жоба</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z7" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасының Үкіметі мен Армения Республикасының Үкіметі арасындағы көші-қон саласындағы ынтымақтастық туралы КЕЛІСІМ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұдан әрі Тараптар деп аталатын Қазақстан Республикасының Үкіметі мен Армения Республикасының Үкіметі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көші-қон саласындағы ынтымақтастықты Тараптар мемлекеттерінің аумақтарында көші-қон процестерін реттеудің аса маңызды бағыттарының бірі ретінде қарай отырып,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көші-қон саласында Тараптардың екіжақты ынтымақтастығы үшіп құқықтық негіз құруға ұмтыла отырып,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      екі мемлекеттің ынтымақтастығын одан әрі дамыту мақсатында көші-қон саласындағы әріптестік ынтымақтастық арқылы қатынасты тереңдетуге ниет білдіре отырып,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      халықаралық құқық қағидаттары мен нормаларын және Тараптар мемлекеттерінің заңнамасын негізге ала отырып,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      төмендегілер туралы келісті:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-бап</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Келісім шеңберінде Тараптар көші-қон, бір Тарап мемлекетінің екінші Тарап мемлекетінің аумағындағы азаматтарының құқықтарын қорғау саласындағы ынтымақтастықты, оның ішінде өз мемлекеттерінің заңнамасына және халықаралық міндеттемелеріне сәйкес ақпараттық өзара іс-қимыл жасасуды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тараптар өздерінің ұлттық заңнамалары мен халықаралық шарттар шеңберінде Тараптар мемлекеттерінің аумағында еңбек ресурстарын тарту саласындағы мемлекеттік органдар мен шаруашылық субъектілер арасындағы ынтымақтастыққа жәрдемдеседі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-бап</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Келісімді іске асыру үшін жауапты Тараптар мемлекеттерінің құзыретті органдары (бұдан әрі - құзыретті органдар деп аталады) мыналар болып табылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Рсспубликасынан - Қазақстан Республикасы Ішкі істер министрлігі және Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Армения Республикасынан - Армения Республикасы Ішкі істер министрлігінің Полициясы және Армения Республикасы Ішкі істер министрлігінің Көші-қон және азаматтық қызметі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құзыретті органдардың атаулары өзгерген, бір мемлекеттік органдарды басқасымен ауыстырған жағдайда тиісті Тарап екінші Тарапқа ол туралы дипломатиялық арналар арқылы мүмкіндігінше қысқа мерзімде хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-бап</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Тараптар осы Келісім шеңберінде мынадай негізгі бағыттар бойынша ынтымақтастықты жүзеге асырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) статистикалық, құқықтық және ғылыми-әдістемелік ақпарат алмасу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Тараптар мемлекеттерінің аумақтарындағы Тарап мемлекеттерінің азаматтары туралы мәліметтер алмасу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ынтымақтастық процесінде туындайтын мәселелер бойынша тәжірибе алмасу және практикалық көмек көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Тараптар мемлекеттер азаматтарының құқықтарын, оның ішінде оларға берілген тұруға арналған рұқсаттың мерзімі ішінде олардың отбасы мүшелерінің тұру құқықтарын қорғау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Тараптар мемлекеттерінің аумағында болу (тұру) үшін негіздер бар адамдардың құқықтық мәртебесі мәселелерін қарау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Келісім Тараптарға ынтымақтастықтың өзге де өзара қолайлы бағыттарын әзірлеуге және дамытуға кедергі келтірмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-бап</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Тараптар қажет болған жағдайда және өзара уағдаластық бойынша мынадай ақпаратпен және мәліметтермен алмасуды жүзеге асырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      анықталған көші-қон заңнамасын бұзушылықтар және заңсыз көші-қон арналары туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заңсыз көші-қонды ұйымдастыруға және жүзеге асыруға қатысы бар Тараптар мемлекеттерінің аумақтарында әрекет ететін заңды тұлғалар, сондай-ақ жеке тұлғалар туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      келу визаларын және өзге де құжаттарды алу және оларды заңсыз көші-қон мақсатында пайдалану тәсілдері туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тараптар мемлекеттерінің көші-қон заңнамасы, оның ішінде көші-қон процестерін реттеу, пана және азаматтық беру тәртібі, заңсыз көші-қонға қарсы күресті ұйымдастыру, сондай-ақ заңнаманың көрсетілген салаларындағы өзгерістер туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заңсыз көші-қонның алдын алуға бағытталған практика мен шаралар туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сыртқы көші-қонды реттеу әдістері туралы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-бап</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Тараптар заңсыз көші-қонға қарсы іс-қимыл және өз мемлекеттері азаматтарының құқықтарын қамтамасыз ету мақсатында Тараптар мемлекеттерінің азаматтары туралы мынадай санаттар бойынша ақпаратпен алмасады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Тараптар мемлекеттері азаматтарының болатын (тұрғылықты) жері бойынша есепке алу (тіркеу) туралы мәліметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) арнайы, уақытша және тұрақты тұру мәртебесі, сондай-ақ Тараптар мемлекеттерінің аумағында жұмыс істеуге құқығы бар Тараптар мемлекеттерінің азаматтары туралы мәліметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) екінші Тарап мемлекетінің азаматтығына қабылданған немесе ол қайта қалпына келтірілген бір Тарап мемлекетінің азаматтары туралы, сондай-ақ Тараптардың бірінің азаматтығына тиесілілігі туралы мәліметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Тараптар мемлекеттерінің азаматтары алған жеке басты куәландыратын құжаттар туралы мәліметтер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Тараптар олардың мемлекеттерінің аумағына келуге (не олардың аумағынан кетуге) қойылатын шектеулердің бар-жоғы және негіздері туралы мәліметтермен, сондай-ақ Тараптар мемлекеттерінің аумағынан шығарылатын адамдар туралы мәліметтермен алмасады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-бап</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Келісімінің 5-бабында көрсетілген адамдардың жеке басын анықтау, белгілеу және құқықтық мәртебесін айқындау мақсатында Тараптар мынадай дербес деректермен алмаса алады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тегі, аты, әкесінің аты (орысша және латынша жазылуы);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жынысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      туған күні;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      туған жері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      азаматтығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тараптар мемлекеттерінің аумағында тұру үшін шекарадан шығуға арналған құжаттың немесе жеке басты куәландыратын құжаттың сериясы, нөмірі, берілген күні, оны берген орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әкімшілік жауаптылыққа тарту туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қылмыстық жауаптылыққа тарту туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z55" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тараптар мемлекеттерінің аумағында болатын (тұрғылықты) жері бойынша есепке алу (тіркеу) туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      уақытша және тұрақты тұруға арналған рұқсаттың, сондай-ақ Тараптар мемлекеттерінің аумағында жұмыс істеуге құқығының болуы туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z57" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тараптар мемлекеттерінің аумағына келуге рұқсат етпеу не мерзімдерін көрсете отырып, Тараптар мемлекеттерінің аумағынан кетуге шектеу қою фактісі туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z58" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      фотосурет бейнелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z59" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дактилоскопиялық карта (бар болса).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z60" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7-бап</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z61" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тараптар осы Келісім шеңберінде ынтымақтастықты мынадай нысандарда жүзеге асырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z62" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) көші-қон мәселелерімен айналысатын, осы салада семинарлар мен тағылымдамаларды ұйымдастыруды қоса алғанда, Тараптар мемлекеттерінің құзыретті органдары қызметкерлерін даярлау және олардың біліктілігін арттыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z63" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ынтымақтастық процесінде туындайтын мәселелер бойынша жұмыс топтарып құру және сарапшылармен алмасу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z64" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ғылыми-практикалық конференциялар, семинарлар өткізу және бірлескен іс-қимылды қажет ететін ынтымақтастықтың басқа да нысандарын пайдалану;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z65" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Тараптар мемлекеттерінің аумақтық органдарының, ведомстволық бағынысты ұйымдарының және құзыретті мекемелерінің жұмысымен танысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z66" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) халықаралық ұйымдардың қатысуымен бірлескен жобаларды жүзеге асыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z67" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8-бап</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z68" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Келісім шеңберіндегі ынтымақтастық мүдделі Тараптың жәрдем көрсету туралы сұрау салуының (бұдан әрі - сұрау салу) негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z69" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер мұндай ақпарат екінші Тарап үшін қызығушылық тудырады деп ұйғаруға негіз болса, онда Тараптардың әрқайсысы көші-қон мәселелері жөніндегі өзінде бар ақпаратты сұрау салусыз екінші Тарапқа жолдайалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z70" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-бап</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z71" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Сұрау салу және сұрау салуға жауап жазбаша нысанда, оның ішінде мәтінді берудің техникалық құралдары пайдаланыла отырып жолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z72" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Келісімді іске асыру мақсатында Тараптар қорғалған электрондық байланыс құралдарын пайдалана отырып, өзара іс-қимыл жасасуды ұйымдастыра алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z73" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Сұрау салуда мыналар қамтылуға тиіс:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z74" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сұрау салушы және сұрау салынатын органның атауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z75" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сұрау салу мәнінің қысқаша мазмұны, оның мақсаты мен негіздемесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z76" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сұрау салуды тиісінше орындау үшін пайдаланылуы мүмкін кез келген басқа ақпарат.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z77" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сұрау салуға Тараптар мемлекетінің құзыретті органының басшысы (оның орынбасары) немесе ол уәкілеттік берген адам қол қояды, олар сұрау салуларды орындау бойынша үйлестіруші болып табылады. Тараптар сұрау салуларға қол қоюға уәкілетті адамдардың тізбелерімен, сондай-ақ осы Келісім күшіне енгеннен кейін 45 (қырық бес) күн ішінде бланкілердің үлгілерімен алмасады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z78" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы баптың 3-тармағында көрсетілген сұрау салуларға қол қоюға уәкілеттік берілген адамдардың тізбелері не Тараптар бланкілері өзгерген жағдайда, Тараптар бұл туралы бір-бірін дереу хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z79" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Сұрау салудың төлпұсқалығына немесе мазмұнына қатысты күдік туындаған жағдайда қосымша растау сұратылуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z80" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10-бап</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z81" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Сұрау салынатын Тарап сұрау салудың жылдам және толық орындалуын қамтамасыз ету үшін барлық қажетті шараларды қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z82" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сұрау салынатын Tapaп өзінің пікірі бойынша сұрау салуды тиісінше орындау үшін қажетті қосымша мәліметтерді сұратуға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z83" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сұрау салынатын Tapaп сұрау салушы Тарапты сұрау салуды орындауға кедергі келтіретін немесе оның орындалуын едәуір кешіктіретін мән-жайлар туралы дереу хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z84" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Егер сұрау салынатын Tapaп сұрау салуды орындау қылмыстық қудалауға немесе оның мемлекетінің аумағында жүзеге асырылып жатқан өзге де іс жүргізуге кедергі болуы мүмкін деп ұйғарса, онда ол сұрау салуды орындауды кейінге қалдыруға немесе оның орындалуын өзі айқындаған шарттардың сақталуымен байланыстыруға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z85" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сұрау салынатын Tapaп сұрау салуды орындау нәтижелері туралы сұрау салушы Тарапқа мүмкіндігінше қысқа мерзімде хабарлайды. Сұрау салуды орындау мерзімі ол келіп түскен күннен бастап күнтізбелік 30 (отыз) күннен аспауы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z86" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Егер сұрау салынатын Tapaп сұрау салуды орындау өз мемлекетінің егемендігіне, қауіпсіздігіне, қоғамдық тәртібіне нұқсан келтіруі мүмкін не заңнамасына немесе халықаралық міндеттемелеріне қайшы келуі мүмкін деп ұйғарса және осы Келісімнің мақсаттарына сәйкес келмейді деп есептесе, сұрау салуды орындаудан толық немесе ішінара бас тартылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z87" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сұрау салушы Тарап бас тарту себептері көрсетіле отырып, сұрау салуды орындаудан толық немесе ішінара бас тарту туралы жазбаша хабардар етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z88" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11-бап</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z89" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Сұрау салынатын Тарап сұрау салудың келіп түсу, оның мазмұнының және оған ілеспе құжаттардың, сондай-ақ жәрдем көрсету фактілерінің құпиялылығын қамтамасыз ету үшін қажетті шараларды қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z90" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сұрау салуды құпиялылықты сақтап орындау мүмкін болмаған жағдайда, сұрау салынатын Tapaп бұл туралы сұрау салушы Тарапқа хабарлайды, ол сұрау салуды осындай жағдайларда орындау-орындамау керектігін шешеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z91" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Келісімнің негізінде алынған сұрау салуды орындау нәтижелері оларды ұсынған Тараптың келісімінсіз, сұрау салынғаннан және ұсынылғаннан өзге де мақсаттарда пайдаланыла алмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z92" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы Келісімнің негізінде бір Тарап алған мәліметтерді үшінші тарапқа беру үшін мәліметтерді ұсынған Тараптың алдын ала жазбаша келісімі талап етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z93" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Тараптар мемлекеттерінің әрқайсысының заңнамасын және халықаралық міндеттемелерін басшылыққа ала отырып, Тараптар осы Келісім шеңберінде алынған ақпаратты кездейсоқ немесе заңсыз жоюдан, өзгертуден немесс таратудан, сондай-ақ кез келген өзге де санкцияланбаған қол жеткізуден немесе пайдаланудан қорғауға бағытталған қажетті ұйымдастырушылық-техникалық шараларды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z94" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Осы Келісімнің шеңберінде алынған ақпарат берілген мақсаттары талап ететін уақыттан ұзақ сақталмайды. Ақпарат Тараптар мемлекеттерінің әрқайсысының заңнамасына сәйкес жойылуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z95" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12-бап</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z96" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Келісімді орындаумен немесе түсіндірумен байланысты Тараптар арасындағы барлық даулы мәселелер консультациялар мен олардың арасындағы келіссөздер арқылы шешіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z97" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13-бап</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z98" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер әрбір нақты жағдайда өзгеше тәртіп келісілмесе, Тараптар осы Келісімді іске асыру барысында туындайтын шығыстарды Тараптардың ұлттық заңнамаларына сәйкес дербес көтереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z99" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14-бап</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z100" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Келісімнің ережелері мемлекеттері қатысушылары болып табылатын басқа да халықаралық шарттардан туындайтын Тараптардың міндеттемелерін қозғамайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z101" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15-бап</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z102" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тараптар осы Келісім шеңберінде ынтымақтастықты жүзеге асыру кезінде орыс тілін пайдаланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z103" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16-бап</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z104" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Келісімге Тараптардың өзара келісімі бойынша өзгерістер мен толықтырулар енгізілуі мүмкін, бұлар оның ажырамас бөлігі болып табылады, олар жекелеген хаттамалармен ресімделеді және осы Келісімнің 17-бабында көзделген тәртіппен күшіне енеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z105" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17-бап</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z106" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Келісім оның күшіне енуі үшін қажетті мемлекетішілік рәсімдерді Тараптардың орындағаны туралы соңғы жазбаша хабарлама дипломатиялық арналар арқылы алынған күннен бастап күшіне енеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z107" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тараптардың әрқайсысы өзінің осы Келісімнің қолданысын тоқтату ниеті туралы жазбаша хабарламасын екінші Тарапқа дипломатиялық арналар арқылы жібере отырып, оның қолданысын тоқтата алады. Мұндай жағдайда осы Келісімнің қолданысы бір Тараптың екінші Тараптан осындай хабарламаны алған күнінен бастап 6 (алты) ай өткен соң тоқтатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z108" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2024 жылғы "15" сәуірде Ереван қаласында қазақ, армян және орыс тілдерінде екі данада жасалды әрі барлық мәтіндердің күші бірдей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Үкіметі үшін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Армения РеспубликасыныңҮкіметі үшін</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>