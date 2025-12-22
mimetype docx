--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="186edea" w14:textId="186edea">
+    <w:p w14:paraId="3a5df09" w14:textId="3a5df09">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -9360,91 +9360,91 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ұқсас тауарлардың нарықтық құнымен салыстырғанда жеке тұлғалар сатып алған электрондық сауда тауарларының құны айтарлықтай төмен болып жарияланған жағдайларда айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="250"/>
     <w:bookmarkStart w:name="z270" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) Кеден органы жеке тұлғалар сатып алған электрондық сауда тауарларының құны туралы ақпарат ретінде, оның ішінде ұқсас тауарларды бөлшек сатуды жүзеге асыратын шетелдік ұйымдардың каталогтарында және сайттарында көрсетілген мәліметтерді пайдалана алады.</w:t>
+      5. Кеден органы жеке тұлғалар сатып алған электрондық сауда тауарларының құны туралы ақпарат ретінде, оның ішінде ұқсас тауарларды бөлшек сатуды жүзеге асыратын шетелдік ұйымдардың каталогтарында және сайттарында көрсетілген мәліметтерді пайдалана алады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="251"/>
     <w:bookmarkStart w:name="z271" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) Кедендік декларациялауды жүзеге асыратын тұлға электрондық сауда тауарларына арналған декларацияда мәлімделген жеке тұлғалар сатып алған электрондық сауда тауарларының құны туралы мәліметтердің дұрыстығын дәлелдеуге құқылы.</w:t>
+      6. Кедендік декларациялауды жүзеге асыратын тұлға электрондық сауда тауарларына арналған декларацияда мәлімделген жеке тұлғалар сатып алған электрондық сауда тауарларының құны туралы мәліметтердің дұрыстығын дәлелдеуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="252"/>
     <w:bookmarkStart w:name="z272" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) Осы бапты қолдану мақсатында ұқсас тауарлар деп Интернет желісіндегі электрондық сауда алаңдарында сатып алынған немесе салыстыру шарттарында сатуға ұсынылатын (ұсынылған), жеке тұлға сатып алған әкелінетін электрондық сауда тауарының сипаттамаларына жақын сипаттамалары бар, яғни жеке тұлға сатып алған декларацияланатын электрондық сауда тауарымен өзінің тауар белгісі, мақсаты, қолданылуы, сапалық, техникалық және өзге де сипаттамалары бойынша салыстыруға келетін тауарлар түсініледі.</w:t>
+      7. Осы бапты қолдану мақсатында ұқсас тауарлар деп Интернет желісіндегі электрондық сауда алаңдарында сатып алынған немесе салыстыру шарттарында сатуға ұсынылатын (ұсынылған), жеке тұлға сатып алған әкелінетін электрондық сауда тауарының сипаттамаларына жақын сипаттамалары бар, яғни жеке тұлға сатып алған декларацияланатын электрондық сауда тауарымен өзінің тауар белгісі, мақсаты, қолданылуы, сапалық, техникалық және өзге де сипаттамалары бойынша салыстыруға келетін тауарлар түсініледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="253"/>
     <w:bookmarkStart w:name="z273" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мүше мемлекеттердің кедендік реттеу туралы заңнамасында жеке тұлғалар сатып алған электрондық сауда тауарларының құнын айқындау кезінде ұқсас тауарлардың бағасы туралы ақпаратты пайдалану ерекшеліктері айқындалуы мүмкін.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="254"/>
     <w:bookmarkStart w:name="z274" w:id="255"/>
     <w:p>
@@ -13669,55 +13669,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>