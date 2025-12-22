--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="af1abb5" w14:textId="af1abb5">
+    <w:p w14:paraId="029ab51" w14:textId="029ab51">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -419,54 +419,72 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аумағында инвестиция іске асырылып жатқан Уағдаласушы Тарап мемлекетінің ұлттық заңнамасына сәйкес жүзеге асырылатын инвестицияларды көтермелеу және өзара қорғау екі Уағдаласушы Тарап мемлекетінің де кәсіпкерлік бастамаларын ынталандыруға және әл-ауқатын арттыруға ықпал ететінін мойындай отырып,</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      корпоративтік әлеуметтік жауапкершілік пен орнықты дамуға, сондай-ақ халықаралық сауданың және орнықты дамуға салынатын инвестициялардың үлесін арттыруға өзінің бейілді екенін растай отырып, осы мақсаттарға денсаулық, қауіпсіздік және қоршаған ортаны қорғау талаптарына сәйкес, сондай-ақ халықаралық танылған еңбек құқықтарын көтермелеу және Уағдаласушы Тараптардың құқықтарына нұқсан келтірместен, халықтың денсаулығын, адам құқықтарын, қауіпсіздікті, қоршаған ортаны, еңбек құқықтарын, жануарлардың саулығын қорғау, әлеуметтік қорғау немесе тұтынушыларды қорғау сияқты заңды саяси мақсаттарға қол жеткізу үшін қажетті шаралардың көмегімен немесе пруденциалды қаржылық себептермен өз аумағында реттеуді жүзеге асыру арқылы қол жеткізілетінін растай отырып,</w:t>
+      корпоративтік әлеуметтік жауапкершілік пен орнықты дамуға, сондай-ақ халықаралық сауданың және орнықты дамуға салынатын инвестициялардың үлесін арттыруға өзінің бейілді екенін растай отырып,</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осы мақсаттарға денсаулық, қауіпсіздік және қоршаған ортаны қорғау талаптарына сәйкес, сондай-ақ халықаралық танылған еңбек құқықтарын көтермелеу және Уағдаласушы Тараптардың құқықтарына нұқсан келтірместен, халықтың денсаулығын, адам құқықтарын, қауіпсіздікті, қоршаған ортаны, еңбек құқықтарын, жануарлардың саулығын қорғау, әлеуметтік қорғау немесе тұтынушыларды қорғау сияқты заңды саяси мақсаттарға қол жеткізу үшін қажетті шаралардың көмегімен немесе пруденциалды қаржылық себептермен өз аумағында реттеуді жүзеге асыру арқылы қол жеткізілетінін растай отырып,</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       екі Уағдаласушы Тарап мемлекеттерінің экономикалық тұрғыдан өркендеуіне жәрдемдесу мақсатында осы инвестицияларды көтермелеу және қорғау қажеттігін мойындай отырып,</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -4117,55 +4135,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>