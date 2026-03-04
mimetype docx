--- v0 (2025-10-09)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c94c3ea" w14:textId="c94c3ea">
+    <w:p w14:paraId="a29b4fa" w14:textId="a29b4fa">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,59 +93,52 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасының кейбір заңнамалық актілеріне қаржы нарығын дамыту, қаржылық көрсетілетін қызметтерді тұтынушылардың құқықтарын қорғау, байланыс және артық заңнамалық регламенттеуді болғызбау мәселелері бойынша өзгерістер мен толықтырулар енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасының Заңы 2025 жылғы 30 маусымдағы № 205-VIII ҚРЗ</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t>Қазақстан Республикасының Заңы 2025 жылғы 30 маусымдағы № 205-VIII ҚРЗ.</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
@@ -12981,50 +12974,148 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жолданымды дұрыс қарау үшін маңызы бар нақты мән-жайларды анықтау қажеттілігіне байланысты жолданымды қарау мерзімі он бес жұмыс күніне ұзартылуы мүмкін, бұл туралы клиентке жолданымды қарау мерзімі ұзартылған күннен бастап үш жұмыс күні ішінде хабарланады;";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      20) тармақшаның алтыншы, жетінші абзацтарын алып тастау көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -30277,770 +30368,884 @@
         </w:rPr>
         <w:t xml:space="preserve"> бірінші бөлігі мынадай мазмұндағы 1-1) тармақшамен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="815"/>
     <w:bookmarkStart w:name="z949" w:id="816"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1-1) осы Заңның 3-бабының 1 және 3-тармақтарында көзделген мақсаттар мен міндеттерге және Қазақстан Республикасының заңнамасына сәйкес қаржы ұйымдарының ақпараттық қауіпсіздікті қамтамасыз ету жөніндегі қызметін реттеу саласындағы қаржы ұйымдарының орындауы үшін міндетті нормативтік құқықтық актілерді қабылдайды. Заңға тәуелді нормативтік құқықтық актілердің тізбесі уәкілетті орган туралы ережеде айқындалады;";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="816"/>
-    <w:bookmarkStart w:name="z950" w:id="817"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) тармақшаға өзгеріс енгізу көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14-баптың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> үшінші бөлігі "ақпаратты" деген сөзден кейін ", оның ішінде электрондық түрде және (немесе) мемлекеттік органдардың ақпараттандыру объектілері арқылы" деген сөздермен толықтырылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="817"/>
-    <w:bookmarkStart w:name="z951" w:id="818"/>
+    <w:bookmarkStart w:name="z951" w:id="817"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. "Байланыс туралы" 2004 жылғы 5 шілдедегі Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="818"/>
-    <w:bookmarkStart w:name="z952" w:id="819"/>
+    <w:bookmarkEnd w:id="817"/>
+    <w:bookmarkStart w:name="z952" w:id="818"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-бап</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай мазмұндағы 51-1) тармақшамен толықтырылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="818"/>
+    <w:bookmarkStart w:name="z953" w:id="819"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "51-1) санкцияланбаған трафик (фрод) – трафикті өткізуді және өзара есеп айырысу тәртібін қоса алғанда, телекоммуникация желілерін қосу және олардың өзара іс-қимылының белгіленген қағидаларын бұза отырып өткізілетін трафик, оның ішінде шақырушы абоненттің нөмірін ауыстыра отырып өткізілетін трафик;";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="819"/>
-    <w:bookmarkStart w:name="z953" w:id="820"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z954" w:id="821"/>
+    <w:bookmarkStart w:name="z954" w:id="820"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-бап</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай мазмұндағы 4-тармақпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="820"/>
+    <w:bookmarkStart w:name="z955" w:id="821"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "4. GSM-шлюздерді (сим-бокстарды) әкелуді, тіркеуді, өткізуді және қолдануды GSM-шлюздерді (сим-бокстарды) әкелу, тіркеу, өткізу және қолдану қағидаларына сәйкес байланыс саласында көрсетілетін қызметтерді ұсынуға арналған лицензиясы бар байланыс операторлары ғана жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="821"/>
-    <w:bookmarkStart w:name="z955" w:id="822"/>
-[...15 lines deleted...]
-      "4. GSM-шлюздерді (сим-бокстарды) әкелуді, тіркеуді, өткізуді және қолдануды GSM-шлюздерді (сим-бокстарды) әкелу, тіркеу, өткізу және қолдану қағидаларына сәйкес байланыс саласында көрсетілетін қызметтерді ұсынуға арналған лицензиясы бар байланыс операторлары ғана жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z956" w:id="822"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      GSM-шлюздердің (сим-бокстардың) артық мөлшері туындаған жағдайда байланыс операторлары оларды уәкілетті орган айқындаған тәртіппен қайта тіркеуі немесе байланыс саласында көрсетілетін қызметтерді ұсынуға арналған лицензиясы бар басқа байланыс операторларына өткізуі мүмкін.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="822"/>
-    <w:bookmarkStart w:name="z956" w:id="823"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z957" w:id="824"/>
+    <w:bookmarkStart w:name="z957" w:id="823"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) 8-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай мазмұндағы 19-24) тармақшамен толықтырылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="823"/>
+    <w:bookmarkStart w:name="z958" w:id="824"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "19-24) кеден ісі саласындағы уәкілетті органмен келісу бойынша GSM-шлюздерді (сим-бокстарды) әкелу, тіркеу, өткізу және қолдану қағидаларын бекіту;";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="824"/>
-    <w:bookmarkStart w:name="z958" w:id="825"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z959" w:id="826"/>
+    <w:bookmarkStart w:name="z959" w:id="825"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-бап</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай мазмұндағы 7-тармақпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="825"/>
+    <w:bookmarkStart w:name="z960" w:id="826"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7. Байланыс операторларының ішкі антифрод-жүйелері болуға және олар санкцияланбаған трафикті (фродты) бұғаттауға міндетті.";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="826"/>
-    <w:bookmarkStart w:name="z960" w:id="827"/>
-[...15 lines deleted...]
-      "7. Байланыс операторларының ішкі антифрод-жүйелері болуға және олар санкцияланбаған трафикті (фродты) бұғаттауға міндетті.";</w:t>
+    <w:bookmarkStart w:name="z961" w:id="827"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) мынадай мазмұндағы 15-4-баппен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="827"/>
-    <w:bookmarkStart w:name="z961" w:id="828"/>
-[...15 lines deleted...]
-      5) мынадай мазмұндағы 15-4-баппен толықтырылсын:</w:t>
+    <w:bookmarkStart w:name="z962" w:id="828"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "15-4-бап. Ұялы байланыс операторларының Қазақстан Республикасы Ұлттық Банкінің антифрод-орталығымен өзара іс-қимылы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="828"/>
-    <w:bookmarkStart w:name="z962" w:id="829"/>
-[...15 lines deleted...]
-      "15-4-бап. Ұялы байланыс операторларының Қазақстан Республикасы Ұлттық Банкінің антифрод-орталығымен өзара іс-қимылы</w:t>
+    <w:bookmarkStart w:name="z963" w:id="829"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қазақстан Республикасы Ұлттық Банкінің антифрод-орталығы өз функцияларын орындау үшін абоненттің тегін, атын, әкесінің атын (егер ол жеке басты куәландыратын құжатта көрсетілсе), жеке сәйкестендіру нөмірі мен оған ресімделген абоненттік нөмірлерді қоса алғанда, абонент туралы ақпарат алу үшін ұялы байланыстың абоненттік құрылғыларының сәйкестендіру кодтарының дерекқорымен және (немесе) ұялы байланыс операторларының базаларымен интеграцияланады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="829"/>
-    <w:bookmarkStart w:name="z963" w:id="830"/>
-[...15 lines deleted...]
-      1. Қазақстан Республикасы Ұлттық Банкінің антифрод-орталығы өз функцияларын орындау үшін абоненттің тегін, атын, әкесінің атын (егер ол жеке басты куәландыратын құжатта көрсетілсе), жеке сәйкестендіру нөмірі мен оған ресімделген абоненттік нөмірлерді қоса алғанда, абонент туралы ақпарат алу үшін ұялы байланыстың абоненттік құрылғыларының сәйкестендіру кодтарының дерекқорымен және (немесе) ұялы байланыс операторларының базаларымен интеграцияланады.</w:t>
+    <w:bookmarkStart w:name="z964" w:id="830"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ұялы байланыс операторлары алаяқтық белгілері бар қоңырау шалу жүзеге асырылған абоненттік нөмірді анықтаған кезде, сондай-ақ байланыс желілерінде алаяқтық әрекеттер анықталған кезде абоненттің тегін, атын, әкесінің атын (егер ол жеке басты куәландыратын құжатта көрсетілсе), жеке сәйкестендіру нөмірі мен оған ресімделген абоненттік нөмірлерді қоса алғанда, абонент туралы ақпаратты бере отырып, Қазақстан Республикасы Ұлттық Банкінің антифрод-орталығын хабардар етуге міндетті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="830"/>
-    <w:bookmarkStart w:name="z964" w:id="831"/>
-[...15 lines deleted...]
-      2. Ұялы байланыс операторлары алаяқтық белгілері бар қоңырау шалу жүзеге асырылған абоненттік нөмірді анықтаған кезде, сондай-ақ байланыс желілерінде алаяқтық әрекеттер анықталған кезде абоненттің тегін, атын, әкесінің атын (егер ол жеке басты куәландыратын құжатта көрсетілсе), жеке сәйкестендіру нөмірі мен оған ресімделген абоненттік нөмірлерді қоса алғанда, абонент туралы ақпаратты бере отырып, Қазақстан Республикасы Ұлттық Банкінің антифрод-орталығын хабардар етуге міндетті.</w:t>
+    <w:bookmarkStart w:name="z965" w:id="831"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алаяқтық белгілері бар қоңырау шалу жүзеге асырылған абоненттік нөмірді, сондай-ақ байланыс желілерінде алаяқтық әрекеттерді анықтау тәртібі байланыс қызметтерін көрсету қағидаларында айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="831"/>
-    <w:bookmarkStart w:name="z965" w:id="832"/>
-[...15 lines deleted...]
-      Алаяқтық белгілері бар қоңырау шалу жүзеге асырылған абоненттік нөмірді, сондай-ақ байланыс желілерінде алаяқтық әрекеттерді анықтау тәртібі байланыс қызметтерін көрсету қағидаларында айқындалады.</w:t>
+    <w:bookmarkStart w:name="z966" w:id="832"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Ұялы байланыс операторлары осы баптың 2-тармағында көзделген жағдайларда, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің антифрод-орталығынан ақпарат алған кезде байланыс қызметтерін көрсету қағидаларында белгіленген тәртіппен және мерзімдерде осы абоненттік нөмірге, оның ішінде GSM-шлюзге (сим-боксқа) байланыс қызметтерін көрсетуді тоқтата тұрады.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="832"/>
-    <w:bookmarkStart w:name="z966" w:id="833"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z967" w:id="834"/>
+    <w:bookmarkStart w:name="z967" w:id="833"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) 21-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай мазмұндағы төртінші бөлікпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="833"/>
+    <w:bookmarkStart w:name="z968" w:id="834"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Байланыс операторларына, телекоммуникация желілерінің иелеріне жергілікті телекоммуникациялар желісінде, қалааралық, халықаралық және ұялы байланыста санкцияланбаған трафикті (фродты) өткізуге тыйым салынады.";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="834"/>
-    <w:bookmarkStart w:name="z968" w:id="835"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z969" w:id="836"/>
+    <w:bookmarkStart w:name="z969" w:id="835"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) 35-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай мазмұндағы екінші, үшінші, төртінші және бесінші бөліктермен толықтырылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="835"/>
+    <w:bookmarkStart w:name="z970" w:id="836"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Ұялы байланыс операторы абоненттің өтініші бойынша жеке, отбасылық және өзге де мақсаттарда пайдалануға жеткілікті, оннан аспайтын абоненттік нөмірді ресімдеуге міндетті.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="836"/>
-    <w:bookmarkStart w:name="z970" w:id="837"/>
-[...15 lines deleted...]
-      "Ұялы байланыс операторы абоненттің өтініші бойынша жеке, отбасылық және өзге де мақсаттарда пайдалануға жеткілікті, оннан аспайтын абоненттік нөмірді ресімдеуге міндетті.</w:t>
+    <w:bookmarkStart w:name="z971" w:id="837"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұялы байланыс операторы абоненттік құрылғылардың, оның ішінде абоненттік нөмірлер қолданылатын машинааралық өзара іс-қимылдың абоненттік құрылғыларының сипаттамасы мен сәйкестендіру кодтарын көрсете отырып, ұялы байланыс операторына тиісті негіздемелер, қажеттілік дәлелдері берілген кезде байланыс қызметтерін көрсету қағидаларында айқындалатын тәртіппен абонентке оннан астам абоненттік нөмірді ресімдейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="837"/>
-    <w:bookmarkStart w:name="z971" w:id="838"/>
-[...15 lines deleted...]
-      Ұялы байланыс операторы абоненттік құрылғылардың, оның ішінде абоненттік нөмірлер қолданылатын машинааралық өзара іс-қимылдың абоненттік құрылғыларының сипаттамасы мен сәйкестендіру кодтарын көрсете отырып, ұялы байланыс операторына тиісті негіздемелер, қажеттілік дәлелдері берілген кезде байланыс қызметтерін көрсету қағидаларында айқындалатын тәртіппен абонентке оннан астам абоненттік нөмірді ресімдейді.</w:t>
+    <w:bookmarkStart w:name="z972" w:id="838"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сәйкестендірілетін адамның қазіргі бейнесін және адамның биометриялық деректердің эталондық базасынан алынған эталондық бейнесін салыстыру арқылы ұялы байланыс абонентін биометриялық сәйкестендіруді жүргізбей, онымен ұялы байланыс қызметтерін көрсету туралы шарт жасасуға тыйым салынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="838"/>
-    <w:bookmarkStart w:name="z972" w:id="839"/>
-[...15 lines deleted...]
-      Сәйкестендірілетін адамның қазіргі бейнесін және адамның биометриялық деректердің эталондық базасынан алынған эталондық бейнесін салыстыру арқылы ұялы байланыс абонентін биометриялық сәйкестендіруді жүргізбей, онымен ұялы байланыс қызметтерін көрсету туралы шарт жасасуға тыйым салынады.</w:t>
+    <w:bookmarkStart w:name="z973" w:id="839"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дара кәсіпкерлер, заңды тұлғалар абоненттік нөмірді ресімдеген кезде олардың абоненттік нөмірлер пайдалануға берілетін жұмыскерлерінің абоненттік нөмірді ресімдеу туралы өтініш берілген кезден бастап он жұмыс күнінен аспайтын мерзімде биометриялық сәйкестендіруден өтуі міндетті.".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="839"/>
-    <w:bookmarkStart w:name="z973" w:id="840"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z974" w:id="841"/>
+    <w:bookmarkStart w:name="z974" w:id="840"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. "Қазақстан Республикасында кредиттік бюролар және кредиттік тарихты қалыптастыру туралы" 2004 жылғы 6 шілдедегі Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="841"/>
-    <w:bookmarkStart w:name="z975" w:id="842"/>
+    <w:bookmarkEnd w:id="840"/>
+    <w:bookmarkStart w:name="z975" w:id="841"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-бапта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="842"/>
+    <w:bookmarkEnd w:id="841"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -31073,150 +31278,150 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-2) тармақшалар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z977" w:id="843"/>
+    <w:bookmarkStart w:name="z977" w:id="842"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "13-1) кредиттік тарих субъектісінің трансшекаралық алмасуға келісуі – кредиттік тарих субъектісін шет мемлекеттің заңнамасына немесе Қазақстан Республикасының заңнамасына сәйкес сәйкестендіруді қамтамасыз ету қажеттілігін ескере отырып, жазбаша түрде немесе электрондық цифрлық қолтаңба арқылы куәландырылған электрондық құжат нысанында ресімделетін, осы кредиттік тарих субъектісінің шет мемлекеттің уәкілетті ұйымдарына өзі туралы ақпаратты беруге және (немесе) шет мемлекеттің уәкілетті ұйымдарынан өзі туралы ақпаратты алуға рұқсаты. Келісімге кредиттік тарих субъектісі өз қолымен немесе шет мемлекеттің заңнамасына немесе Қазақстан Республикасының заңнамасына сәйкес өз қолымен қойылған қолтаңбаға теңестірілген өзге де тәсілмен қол қоюға тиіс;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="842"/>
+    <w:bookmarkStart w:name="z978" w:id="843"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-2) кредиттік тарих субъектісі туралы ақпарат (бұдан әрі – ақпарат) – кредиттік тарихтарды қалыптастыру және оларды пайдалану жүйесіне қатысушылар беретін, қажет болған кезде электрондық цифрлық қолтаңба арқылы куәландырылатын, кредиттік тарихтар субъектілеріне қатысты электрондық нысандағы және қағаз жеткізгіштегі мәліметтер;";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="843"/>
-    <w:bookmarkStart w:name="z978" w:id="844"/>
-[...15 lines deleted...]
-      13-2) кредиттік тарих субъектісі туралы ақпарат (бұдан әрі – ақпарат) – кредиттік тарихтарды қалыптастыру және оларды пайдалану жүйесіне қатысушылар беретін, қажет болған кезде электрондық цифрлық қолтаңба арқылы куәландырылатын, кредиттік тарихтар субъектілеріне қатысты электрондық нысандағы және қағаз жеткізгіштегі мәліметтер;";</w:t>
+    <w:bookmarkStart w:name="z979" w:id="844"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай мазмұндағы 13-3) және 13-4) тармақшалармен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="844"/>
-    <w:bookmarkStart w:name="z979" w:id="845"/>
-[...15 lines deleted...]
-      мынадай мазмұндағы 13-3) және 13-4) тармақшалармен толықтырылсын:</w:t>
+    <w:bookmarkStart w:name="z980" w:id="845"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "13-3) кредиттік тарих субъектісі туралы теріс ақпарат – заңды тұлға болып табылатын кредиттік тарих субъектісінің сот шешімімен таратылуы туралы немесе кредиттік тарих субъектісінің күнтізбелік тоқсан күннен асатын мерзімі өтіп кеткен берешегінің бар екендігі туралы немесе кредиттік тарих субъектісінің "Қазақстан Республикасы азаматтарының төлем қабілеттілігін қалпына келтіру және банкроттығы туралы" Қазақстан Республикасының Заңына сәйкес банкрот деп танылғаны туралы мәліметтерді қамтитын, кредиттік тарих субъектісі туралы кредиттік есептің қысқаша нысаны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="845"/>
-    <w:bookmarkStart w:name="z980" w:id="846"/>
-[...15 lines deleted...]
-      "13-3) кредиттік тарих субъектісі туралы теріс ақпарат – заңды тұлға болып табылатын кредиттік тарих субъектісінің сот шешімімен таратылуы туралы немесе кредиттік тарих субъектісінің күнтізбелік тоқсан күннен асатын мерзімі өтіп кеткен берешегінің бар екендігі туралы немесе кредиттік тарих субъектісінің "Қазақстан Республикасы азаматтарының төлем қабілеттілігін қалпына келтіру және банкроттығы туралы" Қазақстан Республикасының Заңына сәйкес банкрот деп танылғаны туралы мәліметтерді қамтитын, кредиттік тарих субъектісі туралы кредиттік есептің қысқаша нысаны;</w:t>
+    <w:bookmarkStart w:name="z981" w:id="846"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-4) кредиттік тарихтарды мониторингтеу – кредиттік тарихтар дерекқорында, өзге де ақпараттық жүйелерде бар ақпарат пен мәліметтердің негізінде кредиттік бюролар жүзеге асыратын кредиттік тарих субъектісінің кредиттік тарихының өзгерістерін талдау, сондай-ақ кредиттік тарих субъектісіне және (немесе) кредиттік есептерді алушыларға анықталған өзгерістер туралы ақпарат беру;";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="846"/>
-    <w:bookmarkStart w:name="z981" w:id="847"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="847"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -31249,450 +31454,450 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16-2) тармақшалар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z983" w:id="848"/>
+    <w:bookmarkStart w:name="z983" w:id="847"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "16-1) кредиттік тарихты пайдаланушы – осы Заңның 18-бабы 1-тармағының 1) тармақшасында көрсетілген ақпарат беруші, сондай-ақ шет мемлекеттің аумағында тіркелген, кредиттік қатынастарды ресімдеу және (немесе) ресімделген кредиттік қатынастарды мониторингтеу мақсатында трансшекаралық алмасу үшін кредиттік тарих субъектісінің келісімін алған заңды тұлға;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="847"/>
+    <w:bookmarkStart w:name="z984" w:id="848"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16-2) нақты уақыт режимі – әрекет дереу немесе бір сағаттан аспайтын мерзімде жүзеге асырылуға тиіс уақыт кезеңі;";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="848"/>
-    <w:bookmarkStart w:name="z984" w:id="849"/>
-[...15 lines deleted...]
-      16-2) нақты уақыт режимі – әрекет дереу немесе бір сағаттан аспайтын мерзімде жүзеге асырылуға тиіс уақыт кезеңі;";</w:t>
+    <w:bookmarkStart w:name="z985" w:id="849"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай мазмұндағы 16-3), 16-4), 16-5), 16-6) және 17-1) тармақшалармен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="849"/>
-    <w:bookmarkStart w:name="z985" w:id="850"/>
-[...15 lines deleted...]
-      мынадай мазмұндағы 16-3), 16-4), 16-5), 16-6) және 17-1) тармақшалармен толықтырылсын:</w:t>
+    <w:bookmarkStart w:name="z986" w:id="850"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "16-3) өтініш беруші – кредиттік бюро қызметін жүзеге асыру құқығына рұқсат және кредиттік бюроның кредиттік тарихтар дерекқорын, пайдаланылатын ақпараттық жүйелер мен үй-жайларды қорғау және олардың сақталуын қамтамасыз ету жөніндегі кредиттік бюроға қойылатын талаптарға сәйкестігі туралы актіні (бұдан әрі – рұқсат) алу мақсатында уәкілетті органға құжаттар ұсынған заңды тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="850"/>
-    <w:bookmarkStart w:name="z986" w:id="851"/>
-[...15 lines deleted...]
-      "16-3) өтініш беруші – кредиттік бюро қызметін жүзеге асыру құқығына рұқсат және кредиттік бюроның кредиттік тарихтар дерекқорын, пайдаланылатын ақпараттық жүйелер мен үй-жайларды қорғау және олардың сақталуын қамтамасыз ету жөніндегі кредиттік бюроға қойылатын талаптарға сәйкестігі туралы актіні (бұдан әрі – рұқсат) алу мақсатында уәкілетті органға құжаттар ұсынған заңды тұлға;</w:t>
+    <w:bookmarkStart w:name="z987" w:id="851"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16-4) проактивті режимдегі көрсетілетін қызметтер – кредиттік бюроның кредиттік тарих субъектілерін банктік қарыз және (немесе) микрокредит беру туралы, сондай-ақ осы Заңның 7-бабы 2-тармағының 7) тармақшасында көзделген жағдайларда хабардар ету бойынша көрсететін қызметтері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="851"/>
-    <w:bookmarkStart w:name="z987" w:id="852"/>
-[...15 lines deleted...]
-      16-4) проактивті режимдегі көрсетілетін қызметтер – кредиттік бюроның кредиттік тарих субъектілерін банктік қарыз және (немесе) микрокредит беру туралы, сондай-ақ осы Заңның 7-бабы 2-тармағының 7) тармақшасында көзделген жағдайларда хабардар ету бойынша көрсететін қызметтері;</w:t>
+    <w:bookmarkStart w:name="z988" w:id="852"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16-5) трансшекаралық алмасу – тиісті халықаралық шарт және трансшекаралық алмасу туралы шарт негізінде шет мемлекеттің уәкілетті ұйымдарымен және кредиттік бюролармен кредиттік тарих субъектілеріне қатысты мәліметтер алмасу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="852"/>
-    <w:bookmarkStart w:name="z988" w:id="853"/>
-[...15 lines deleted...]
-      16-5) трансшекаралық алмасу – тиісті халықаралық шарт және трансшекаралық алмасу туралы шарт негізінде шет мемлекеттің уәкілетті ұйымдарымен және кредиттік бюролармен кредиттік тарих субъектілеріне қатысты мәліметтер алмасу;</w:t>
+    <w:bookmarkStart w:name="z989" w:id="853"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16-6) трансшекаралық алмасу туралы шарт – трансшекаралық алмасуды жүзеге асыру талаптарын, трансшекаралық алмасуды жүзеге асыру кезінде шет мемлекеттердің уәкілетті ұйымдары мен кредиттік бюролардың өзара іс-қимыл жасау тәртібі мен талаптарын айқындайтын шарт;";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="853"/>
-    <w:bookmarkStart w:name="z989" w:id="854"/>
-[...15 lines deleted...]
-      16-6) трансшекаралық алмасу туралы шарт – трансшекаралық алмасуды жүзеге асыру талаптарын, трансшекаралық алмасуды жүзеге асыру кезінде шет мемлекеттердің уәкілетті ұйымдары мен кредиттік бюролардың өзара іс-қимыл жасау тәртібі мен талаптарын айқындайтын шарт;";</w:t>
+    <w:bookmarkStart w:name="z990" w:id="854"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "17-1) уәкілетті ұйым – шет мемлекеттің заңнамасына сәйкес кредиттік тарихты жинауды, өңдеуді, сақтауды және кредиттік есептерді ұсынуды жүзеге асыратын заңды тұлға;";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="854"/>
-    <w:bookmarkStart w:name="z990" w:id="855"/>
-[...15 lines deleted...]
-      "17-1) уәкілетті ұйым – шет мемлекеттің заңнамасына сәйкес кредиттік тарихты жинауды, өңдеуді, сақтауды және кредиттік есептерді ұсынуды жүзеге асыратын заңды тұлға;";</w:t>
+    <w:bookmarkStart w:name="z991" w:id="855"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мынадай мазмұндағы 2-1-баппен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="855"/>
-    <w:bookmarkStart w:name="z991" w:id="856"/>
-[...15 lines deleted...]
-      2) мынадай мазмұндағы 2-1-баппен толықтырылсын:</w:t>
+    <w:bookmarkStart w:name="z992" w:id="856"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2-1-бап. Кредиттік бюролардың қызметі және кредиттік тарихты қалыптастыру саласындағы мемлекеттік реттеудің негізгі мақсаты, міндеттері мен қағидаттары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="856"/>
-    <w:bookmarkStart w:name="z992" w:id="857"/>
-[...15 lines deleted...]
-      "2-1-бап. Кредиттік бюролардың қызметі және кредиттік тарихты қалыптастыру саласындағы мемлекеттік реттеудің негізгі мақсаты, міндеттері мен қағидаттары</w:t>
+    <w:bookmarkStart w:name="z993" w:id="857"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Кредиттік бюролар қызметінің және кредиттік тарихты қалыптастырудың құқықтық негіздерін белгілеу кредиттік бюролардың қызметі және кредиттік тарихты қалыптастыру саласындағы мемлекеттік реттеудің негізгі мақсаты болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="857"/>
-    <w:bookmarkStart w:name="z993" w:id="858"/>
-[...15 lines deleted...]
-      1. Кредиттік бюролар қызметінің және кредиттік тарихты қалыптастырудың құқықтық негіздерін белгілеу кредиттік бюролардың қызметі және кредиттік тарихты қалыптастыру саласындағы мемлекеттік реттеудің негізгі мақсаты болып табылады.</w:t>
+    <w:bookmarkStart w:name="z994" w:id="858"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Кредиттік бюролардың қызметі және кредиттік тарихты қалыптастыру саласындағы мемлекеттік реттеудің негізгі міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="858"/>
-    <w:bookmarkStart w:name="z994" w:id="859"/>
-[...15 lines deleted...]
-      2. Кредиттік бюролардың қызметі және кредиттік тарихты қалыптастыру саласындағы мемлекеттік реттеудің негізгі міндеттері:</w:t>
+    <w:bookmarkStart w:name="z995" w:id="859"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) кредиттік тарихтар дерекқорындағы ақпараттың толықтығы мен анықтығын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="859"/>
-    <w:bookmarkStart w:name="z995" w:id="860"/>
-[...15 lines deleted...]
-      1) кредиттік тарихтар дерекқорындағы ақпараттың толықтығы мен анықтығын қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z996" w:id="860"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) кредиттік тарихтар дерекқорын қорғау және оның сақталуын қамтамасыз ету.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="860"/>
-    <w:bookmarkStart w:name="z996" w:id="861"/>
-[...15 lines deleted...]
-      2) кредиттік тарихтар дерекқорын қорғау және оның сақталуын қамтамасыз ету.</w:t>
+    <w:bookmarkStart w:name="z997" w:id="861"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Кредиттік бюролардың қызметі және кредиттік тарихты қалыптастыру саласындағы мемлекеттік реттеудің негізгі қағидаттары:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="861"/>
-    <w:bookmarkStart w:name="z997" w:id="862"/>
-[...15 lines deleted...]
-      3. Кредиттік бюролардың қызметі және кредиттік тарихты қалыптастыру саласындағы мемлекеттік реттеудің негізгі қағидаттары:</w:t>
+    <w:bookmarkStart w:name="z998" w:id="862"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) реттеу ресурстары мен құралдарын тиімді пайдалану;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="862"/>
-    <w:bookmarkStart w:name="z998" w:id="863"/>
-[...15 lines deleted...]
-      1) реттеу ресурстары мен құралдарын тиімді пайдалану;</w:t>
+    <w:bookmarkStart w:name="z999" w:id="863"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) кредиттік бюролар қызметінің ашықтығы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="863"/>
-    <w:bookmarkStart w:name="z999" w:id="864"/>
-[...15 lines deleted...]
-      2) кредиттік бюролар қызметінің ашықтығы;</w:t>
+    <w:bookmarkStart w:name="z1000" w:id="864"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) кредиттік бюролардың, ақпарат берушілердің жауапкершілігі.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="864"/>
-    <w:bookmarkStart w:name="z1000" w:id="865"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1001" w:id="866"/>
+    <w:bookmarkStart w:name="z1001" w:id="865"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) 4-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="866"/>
+    <w:bookmarkEnd w:id="865"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -31705,170 +31910,170 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақша</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1003" w:id="867"/>
+    <w:bookmarkStart w:name="z1003" w:id="866"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы 2-1) тармақшамен толықтырылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="866"/>
+    <w:bookmarkStart w:name="z1004" w:id="867"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2-1) трансшекаралық алмасу туралы шарттың жобасын келісу;";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="867"/>
-    <w:bookmarkStart w:name="z1004" w:id="868"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1005" w:id="869"/>
+    <w:bookmarkStart w:name="z1005" w:id="868"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-бапта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="868"/>
+    <w:bookmarkStart w:name="z1006" w:id="869"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бірінші бөлікте:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="869"/>
-    <w:bookmarkStart w:name="z1006" w:id="870"/>
-[...15 lines deleted...]
-      бірінші бөлікте:</w:t>
+    <w:bookmarkStart w:name="z1007" w:id="870"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бірінші абзацтағы "кредиттік бюролардың қызметi, кредиттік тарихтарды қалыптастыру және оларды пайдалану мәселелерi бойынша мынадай" деген сөздер алып тасталсын;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="870"/>
-    <w:bookmarkStart w:name="z1007" w:id="871"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="871"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -32145,150 +32350,150 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6) тармақшадағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "талаптар туралы нормативтік құқықтық актілерді қабылдайды" деген сөздер "талаптарды айқындайды" деген сөздермен ауыстырылсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1013" w:id="872"/>
+    <w:bookmarkStart w:name="z1013" w:id="871"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы 7) тармақшамен толықтырылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="871"/>
+    <w:bookmarkStart w:name="z1014" w:id="872"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7) осы Заңның 2-1-бабының 1 және 2-тармақтарында көзделген мақсат пен міндеттерге және Қазақстан Республикасының заңнамасына сәйкес кредиттік бюролардың қызметін реттеу және кредиттік тарихты қалыптастыру саласындағы, кредиттік бюролардың орындауы үшін міндетті нормативтік құқықтық актілерді қабылдайды. Заңға тәуелді нормативтік құқықтық актілердің тізбесі уәкілетті орган туралы ережеде айқындалады.";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="872"/>
-    <w:bookmarkStart w:name="z1014" w:id="873"/>
-[...15 lines deleted...]
-      "7) осы Заңның 2-1-бабының 1 және 2-тармақтарында көзделген мақсат пен міндеттерге және Қазақстан Республикасының заңнамасына сәйкес кредиттік бюролардың қызметін реттеу және кредиттік тарихты қалыптастыру саласындағы, кредиттік бюролардың орындауы үшін міндетті нормативтік құқықтық актілерді қабылдайды. Заңға тәуелді нормативтік құқықтық актілердің тізбесі уәкілетті орган туралы ережеде айқындалады.";</w:t>
+    <w:bookmarkStart w:name="z1015" w:id="873"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      екінші бөлік алып тасталсын;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="873"/>
-    <w:bookmarkStart w:name="z1015" w:id="874"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1016" w:id="875"/>
+    <w:bookmarkStart w:name="z1016" w:id="874"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-бапта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="875"/>
+    <w:bookmarkEnd w:id="874"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -32377,450 +32582,450 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5) тармақшалар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1019" w:id="876"/>
+    <w:bookmarkStart w:name="z1019" w:id="875"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "4) кредиттік тарих субъектілерінің кредиттік скорингін есептеу, кредиттік тарихтарды мониторингтеу жөніндегі көрсетілетін қызметтерді ұсыну;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="875"/>
+    <w:bookmarkStart w:name="z1020" w:id="876"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) маркетингтік, статистикалық және талдамалық зерттеулер;";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="876"/>
-    <w:bookmarkStart w:name="z1020" w:id="877"/>
-[...15 lines deleted...]
-      5) маркетингтік, статистикалық және талдамалық зерттеулер;";</w:t>
+    <w:bookmarkStart w:name="z1021" w:id="877"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) тармақшадағы "қызметтер жатады." деген сөздер "қызметтер;" деген сөзбен ауыстырылып, мынадай мазмұндағы 9) және 10) тармақшалармен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="877"/>
-    <w:bookmarkStart w:name="z1021" w:id="878"/>
-[...15 lines deleted...]
-      8) тармақшадағы "қызметтер жатады." деген сөздер "қызметтер;" деген сөзбен ауыстырылып, мынадай мазмұндағы 9) және 10) тармақшалармен толықтырылсын:</w:t>
+    <w:bookmarkStart w:name="z1022" w:id="878"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9) проактивті режимде қызметтер көрсету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="878"/>
-    <w:bookmarkStart w:name="z1022" w:id="879"/>
-[...15 lines deleted...]
-      "9) проактивті режимде қызметтер көрсету;</w:t>
+    <w:bookmarkStart w:name="z1023" w:id="879"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) кредиттік бюроның интернет-ресурсында маркетингтік, статистикалық және талдамалық зерттеулерді жариялау жатады.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="879"/>
-    <w:bookmarkStart w:name="z1023" w:id="880"/>
-[...15 lines deleted...]
-      10) кредиттік бюроның интернет-ресурсында маркетингтік, статистикалық және талдамалық зерттеулерді жариялау жатады.";</w:t>
+    <w:bookmarkStart w:name="z1024" w:id="880"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай мазмұндағы 4-тармақпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="880"/>
-    <w:bookmarkStart w:name="z1024" w:id="881"/>
-[...15 lines deleted...]
-      мынадай мазмұндағы 4-тармақпен толықтырылсын:</w:t>
+    <w:bookmarkStart w:name="z1025" w:id="881"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "4. Мемлекет қатысатын кредиттік бюро кредиттік тарих субъектілеріне қарыз және (немесе) микрокредит беру туралы, сондай-ақ осы Заңның 7-бабы 2-тармағының 7) тармақшасында көзделген жағдайларда және (немесе) бірыңғай сақтандыру дерекқоры субъектілеріне "Сақтандыру қызметі туралы" Қазақстан Республикасы Заңының 79-бабы 6-тармағының 5) тармақшасында белгіленген жағдайларда хабарламаны 1414 бірыңғай нөмірімен қысқа мәтіндік хабар арқылы өтеусіз жіберуге құқылы.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="881"/>
-    <w:bookmarkStart w:name="z1025" w:id="882"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1026" w:id="883"/>
+    <w:bookmarkStart w:name="z1026" w:id="882"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) 7-1-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="882"/>
+    <w:bookmarkStart w:name="z1027" w:id="883"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1. Кредиттік скорингті кредиттік бюро немесе осы Заңның 18-бабы 1-тармағының 1) және 1-1) тармақшаларында көрсетілген ақпарат берушілер дербес есептейді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="883"/>
-    <w:bookmarkStart w:name="z1027" w:id="884"/>
-[...15 lines deleted...]
-      "1. Кредиттік скорингті кредиттік бюро немесе осы Заңның 18-бабы 1-тармағының 1) және 1-1) тармақшаларында көрсетілген ақпарат берушілер дербес есептейді.</w:t>
+    <w:bookmarkStart w:name="z1028" w:id="884"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кредиттік бюро кредиттік скорингті Қазақстан Республикасының заңнамасында белгіленген талаптарға сәйкес кредиттік бюро кредиттік скорингті есептеу туралы тиісті келісімдер жасасқан заңды тұлғалардың деректерін пайдалана отырып есептеуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="884"/>
-    <w:bookmarkStart w:name="z1028" w:id="885"/>
-[...15 lines deleted...]
-      Кредиттік бюро кредиттік скорингті Қазақстан Республикасының заңнамасында белгіленген талаптарға сәйкес кредиттік бюро кредиттік скорингті есептеу туралы тиісті келісімдер жасасқан заңды тұлғалардың деректерін пайдалана отырып есептеуге құқылы.</w:t>
+    <w:bookmarkStart w:name="z1029" w:id="885"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кредиттік бюро есептеген кредиттік скоринг туралы ақпаратты беру тәртібін кредиттік бюро дербес айқындайды.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="885"/>
-    <w:bookmarkStart w:name="z1029" w:id="886"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1030" w:id="887"/>
+    <w:bookmarkStart w:name="z1030" w:id="886"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) 17-баптың 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="886"/>
+    <w:bookmarkStart w:name="z1031" w:id="887"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7) Қазақстан Республикасы Ұлттық Банкінің нормативтік құқықтық актісіне сәйкес Қазақстан Республикасының Ұлттық Банкіне есептілікті ұсынуға;";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="887"/>
-    <w:bookmarkStart w:name="z1031" w:id="888"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1032" w:id="889"/>
+    <w:bookmarkStart w:name="z1032" w:id="888"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) 19-баптың 1-тармағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасындағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "болуға құқылы." деген сөздер "болуға;" деген сөзбен ауыстырылып, мынадай мазмұндағы 3) тармақшамен толықтырылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="888"/>
+    <w:bookmarkStart w:name="z1033" w:id="889"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3) бұрын өзі берген ақпаратты кредиттік бюродан алуға құқылы.";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="889"/>
-    <w:bookmarkStart w:name="z1033" w:id="890"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1034" w:id="891"/>
+    <w:bookmarkStart w:name="z1034" w:id="890"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) 20-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="891"/>
+    <w:bookmarkEnd w:id="890"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -32833,330 +33038,330 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3) тармақша</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1036" w:id="892"/>
+    <w:bookmarkStart w:name="z1036" w:id="891"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "3) ақпарат беру туралы шарттардың негізінде өзге де тұлғалар, сондай-ақ уәкілетті органның кредиттік тарих субъектілерінің осы Заңның 18-бабы 1-тармағының 1), 1-1), 2) және 4) тармақшаларында көрсетілген ақпарат берушілерге өздері туралы ақпаратты кредиттік бюроларға (мемлекет қатысатын кредиттік бюроны қоспағанда) беруге келісімін ресімдеу, кредиттік бюродан өзі туралы кредиттік есепті басқа тұлғаларға беруге келісімін ресімдеу тәртібі туралы нормативтік құқықтық актісіне сәйкес алынған кредиттік тарих субъектісінің келісімі негізінде Қазақстан Республикасының резиденттері болып табылатын тұлғалар;";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="891"/>
+    <w:bookmarkStart w:name="z1037" w:id="892"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) тармақшадағы "уәкілетті орган кредиттік есептерді алушылар болып табылады." деген сөздер "уәкілетті орган;" деген сөздермен ауыстырылып, мынадай мазмұндағы 6) тармақшамен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="892"/>
-    <w:bookmarkStart w:name="z1037" w:id="893"/>
-[...15 lines deleted...]
-      5) тармақшадағы "уәкілетті орган кредиттік есептерді алушылар болып табылады." деген сөздер "уәкілетті орган;" деген сөздермен ауыстырылып, мынадай мазмұндағы 6) тармақшамен толықтырылсын:</w:t>
+    <w:bookmarkStart w:name="z1038" w:id="893"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "6) Қазақстан Республикасының Ұлттық Банкі кредиттік есептерді алушылар болып табылады.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="893"/>
-    <w:bookmarkStart w:name="z1038" w:id="894"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1039" w:id="895"/>
+    <w:bookmarkStart w:name="z1039" w:id="894"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) 22-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="894"/>
+    <w:bookmarkStart w:name="z1040" w:id="895"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "8) банктік қарыздар, микрокредиттер алудан ерікті түрде бас тартуын кредиттік бюрода, "электрондық үкімет" веб-порталы не банктің, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымның, "электрондық үкімет" шлюзінде орналастырылған сервистермен интеграцияланған микроқаржылық қызметті жүзеге асыратын ұйымның ақпараттандыру объектілері арқылы тегін белгілеуге не оны алып тастауға құқылы.";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="895"/>
-    <w:bookmarkStart w:name="z1040" w:id="896"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1041" w:id="897"/>
+    <w:bookmarkStart w:name="z1041" w:id="896"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>23-бап</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай мазмұндағы 7-тармақпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="896"/>
+    <w:bookmarkStart w:name="z1042" w:id="897"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7. Заңды тұлғалар кредиттік бюромен жасалған шарт негізінде кредиттік есепке енгізілуі мүмкін кредиттік тарих субъектілері туралы мәліметтерді береді және (немесе) кредиттік бюродан дербес деректерді ашпай, сондай-ақ Қазақстан Республикасының заңнамасында белгіленген талаптарға сәйкес талдамалық және (немесе) статистикалық ақпаратты алады.";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="897"/>
-    <w:bookmarkStart w:name="z1042" w:id="898"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1043" w:id="899"/>
+    <w:bookmarkStart w:name="z1043" w:id="898"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>26-бапта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="899"/>
-    <w:bookmarkStart w:name="z1044" w:id="900"/>
+    <w:bookmarkEnd w:id="898"/>
+    <w:bookmarkStart w:name="z1044" w:id="899"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2-тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4) тармақшасындағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "растау мақсатында пайдалануы мүмкiн." деген сөздер "растау;" деген сөзбен ауыстырылып, мынадай мазмұндағы 5) тармақшамен толықтырылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="899"/>
+    <w:bookmarkStart w:name="z1045" w:id="900"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "5) осы Заңның 20-бабы 1-тармағының 3) тармақшасында көрсетілген кредиттік есептерді алушылар қызметті жүзеге асырған кезде тәуекелдерді бағалау мақсатында пайдалануы мүмкін.";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="900"/>
-    <w:bookmarkStart w:name="z1045" w:id="901"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="901"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -33169,570 +33374,570 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1047" w:id="902"/>
+    <w:bookmarkStart w:name="z1047" w:id="901"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "3. Кредиттік бюролар ақпарат берушiлерден алған мәлiметтердi өздерінің маркетингтiк, талдамалық және статистикалық зерттеулердi жүзеге асыруы үшiн пайдалануға құқылы.";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="901"/>
+    <w:bookmarkStart w:name="z1048" w:id="902"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай мазмұндағы 5, 6, 7, 8, 9 және 10-тармақтармен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="902"/>
-    <w:bookmarkStart w:name="z1048" w:id="903"/>
-[...15 lines deleted...]
-      мынадай мазмұндағы 5, 6, 7, 8, 9 және 10-тармақтармен толықтырылсын:</w:t>
+    <w:bookmarkStart w:name="z1049" w:id="903"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "5. Трансшекаралық алмасу шет мемлекеттердің уәкілетті ұйымдары мен кредиттік бюролардың өзара іс-қимылы арқылы олардың арасында жасалған, уәкілетті органмен келісілген трансшекаралық алмасу туралы шарттардың талаптарымен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="903"/>
-    <w:bookmarkStart w:name="z1049" w:id="904"/>
-[...15 lines deleted...]
-      "5. Трансшекаралық алмасу шет мемлекеттердің уәкілетті ұйымдары мен кредиттік бюролардың өзара іс-қимылы арқылы олардың арасында жасалған, уәкілетті органмен келісілген трансшекаралық алмасу туралы шарттардың талаптарымен жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z1050" w:id="904"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Трансшекаралық алмасу туралы шартта трансшекаралық алмасуды жүзеге асырудың мынадай талаптары қамтылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="904"/>
-    <w:bookmarkStart w:name="z1050" w:id="905"/>
-[...15 lines deleted...]
-      6. Трансшекаралық алмасу туралы шартта трансшекаралық алмасуды жүзеге асырудың мынадай талаптары қамтылады:</w:t>
+    <w:bookmarkStart w:name="z1051" w:id="905"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ақпараттық өзара іс-қимыл қағидалары мен регламенттері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="905"/>
-    <w:bookmarkStart w:name="z1051" w:id="906"/>
-[...15 lines deleted...]
-      1) ақпараттық өзара іс-қимыл қағидалары мен регламенттері;</w:t>
+    <w:bookmarkStart w:name="z1052" w:id="906"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ақпарат қалыптастырылатын және берілетін тіл;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="906"/>
-    <w:bookmarkStart w:name="z1052" w:id="907"/>
-[...15 lines deleted...]
-      2) ақпарат қалыптастырылатын және берілетін тіл;</w:t>
+    <w:bookmarkStart w:name="z1053" w:id="907"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) электрондық құжаттар мен мәліметтердің форматтары мен құрылымдарының сипаттамасы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="907"/>
-    <w:bookmarkStart w:name="z1053" w:id="908"/>
-[...15 lines deleted...]
-      3) электрондық құжаттар мен мәліметтердің форматтары мен құрылымдарының сипаттамасы;</w:t>
+    <w:bookmarkStart w:name="z1054" w:id="908"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сәйкестендіру деректерінің тізбесі (құрамы);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="908"/>
-    <w:bookmarkStart w:name="z1054" w:id="909"/>
-[...15 lines deleted...]
-      4) сәйкестендіру деректерінің тізбесі (құрамы);</w:t>
+    <w:bookmarkStart w:name="z1055" w:id="909"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) дауларды реттеу тәртібі, оның ішінде кредиттік тарих субъектісінің кредиттік тарихтардың құрамына кіретін мәліметтерді даулау тәртібі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="909"/>
-    <w:bookmarkStart w:name="z1055" w:id="910"/>
-[...15 lines deleted...]
-      5) дауларды реттеу тәртібі, оның ішінде кредиттік тарих субъектісінің кредиттік тарихтардың құрамына кіретін мәліметтерді даулау тәртібі;</w:t>
+    <w:bookmarkStart w:name="z1056" w:id="910"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ақпарат берудің қаржылық шарттары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="910"/>
-    <w:bookmarkStart w:name="z1056" w:id="911"/>
-[...15 lines deleted...]
-      6) ақпарат берудің қаржылық шарттары;</w:t>
+    <w:bookmarkStart w:name="z1057" w:id="911"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) ақпаратты қорғауды ұйымдастырушылық-техникалық қамтамасыз етуге қойылатын талаптар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="911"/>
-    <w:bookmarkStart w:name="z1057" w:id="912"/>
-[...15 lines deleted...]
-      7) ақпаратты қорғауды ұйымдастырушылық-техникалық қамтамасыз етуге қойылатын талаптар;</w:t>
+    <w:bookmarkStart w:name="z1058" w:id="912"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) трансшекаралық алмасуды жүзеге асыру үшін қажетті басқа да шарттар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="912"/>
-    <w:bookmarkStart w:name="z1058" w:id="913"/>
-[...15 lines deleted...]
-      8) трансшекаралық алмасуды жүзеге асыру үшін қажетті басқа да шарттар.</w:t>
+    <w:bookmarkStart w:name="z1059" w:id="913"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Трансшекаралық алмасу кредиттік тарих субъектісінің трансшекаралық алмасуға келісімі болған кезде жүзеге асырылады, келісім ұсынылған күнінен бастап алты ай ішінде жарамды болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="913"/>
-    <w:bookmarkStart w:name="z1059" w:id="914"/>
-[...15 lines deleted...]
-      7. Трансшекаралық алмасу кредиттік тарих субъектісінің трансшекаралық алмасуға келісімі болған кезде жүзеге асырылады, келісім ұсынылған күнінен бастап алты ай ішінде жарамды болады.</w:t>
+    <w:bookmarkStart w:name="z1060" w:id="914"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кредиттік тарих субъектісінің трансшекаралық алмасуға келісімі кредиттік тарих субъектісінің қарыз беру туралы шарт не кредиттік тарихты пайдаланушы мен кредиттік тарих субъектісі арасында өзге де мәміле жасасуға өтініші шеңберінде ресімделеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="914"/>
-    <w:bookmarkStart w:name="z1060" w:id="915"/>
-[...15 lines deleted...]
-      Кредиттік тарих субъектісінің трансшекаралық алмасуға келісімі кредиттік тарих субъектісінің қарыз беру туралы шарт не кредиттік тарихты пайдаланушы мен кредиттік тарих субъектісі арасында өзге де мәміле жасасуға өтініші шеңберінде ресімделеді.</w:t>
+    <w:bookmarkStart w:name="z1061" w:id="915"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер осы тармақтың бірінші бөлігінде көрсетілген мерзім ішінде қарыз беру туралы шарт не кредиттік тарихты пайдаланушы мен кредиттік тарих субъектісі арасында өзге де мәміле жасалса, келісім шарттың не өзге де мәміленің қолданылу мерзімі аяқталғанға дейін қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="915"/>
-    <w:bookmarkStart w:name="z1061" w:id="916"/>
-[...15 lines deleted...]
-      Егер осы тармақтың бірінші бөлігінде көрсетілген мерзім ішінде қарыз беру туралы шарт не кредиттік тарихты пайдаланушы мен кредиттік тарих субъектісі арасында өзге де мәміле жасалса, келісім шарттың не өзге де мәміленің қолданылу мерзімі аяқталғанға дейін қолданылады.</w:t>
+    <w:bookmarkStart w:name="z1062" w:id="916"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Өздеріне қатысты трансшекаралық алмасу жүзеге асырылатын мәліметтер мен өзге де ақпаратта мыналар қамтылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="916"/>
-    <w:bookmarkStart w:name="z1062" w:id="917"/>
-[...15 lines deleted...]
-      8. Өздеріне қатысты трансшекаралық алмасу жүзеге асырылатын мәліметтер мен өзге де ақпаратта мыналар қамтылады:</w:t>
+    <w:bookmarkStart w:name="z1063" w:id="917"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) кредиттік есепті ұсыну туралы сұрау салу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="917"/>
-    <w:bookmarkStart w:name="z1063" w:id="918"/>
-[...15 lines deleted...]
-      1) кредиттік есепті ұсыну туралы сұрау салу;</w:t>
+    <w:bookmarkStart w:name="z1064" w:id="918"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) кредиттік тарих субъектісінің трансшекаралық алмасуға келісімі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="918"/>
-    <w:bookmarkStart w:name="z1064" w:id="919"/>
-[...15 lines deleted...]
-      2) кредиттік тарих субъектісінің трансшекаралық алмасуға келісімі;</w:t>
+    <w:bookmarkStart w:name="z1065" w:id="919"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) кредиттік есеп;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="919"/>
-    <w:bookmarkStart w:name="z1065" w:id="920"/>
-[...15 lines deleted...]
-      3) кредиттік есеп;</w:t>
+    <w:bookmarkStart w:name="z1066" w:id="920"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) кредиттік тарихтар құрамына кіретін мәліметтерді даулауға қатысты құжаттар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="920"/>
-    <w:bookmarkStart w:name="z1066" w:id="921"/>
-[...15 lines deleted...]
-      4) кредиттік тарихтар құрамына кіретін мәліметтерді даулауға қатысты құжаттар.</w:t>
+    <w:bookmarkStart w:name="z1067" w:id="921"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Уәкілетті ұйымдар мен кредиттік тарихты пайдаланушы трансшекаралық алмасуды жүзеге асыру кезінде өздеріне қатысты трансшекаралық алмасу жүзеге асырылатын мәліметтер мен ақпаратты өңдеу, сақтау және беру кезінде олардың қорғалуын қамтамасыз етуге міндетті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="921"/>
-    <w:bookmarkStart w:name="z1067" w:id="922"/>
-[...15 lines deleted...]
-      9. Уәкілетті ұйымдар мен кредиттік тарихты пайдаланушы трансшекаралық алмасуды жүзеге асыру кезінде өздеріне қатысты трансшекаралық алмасу жүзеге асырылатын мәліметтер мен ақпаратты өңдеу, сақтау және беру кезінде олардың қорғалуын қамтамасыз етуге міндетті.</w:t>
+    <w:bookmarkStart w:name="z1068" w:id="922"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Кредиттік тарихты пайдаланушы трансшекаралық алмасу кезінде алынған ақпарат пен мәліметтерді тек қана кредиттік қатынастарды ресімдеу және (немесе) ресімделген кредиттік қатынастарды мониторингтеу мақсатында пайдалануы мүмкін.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="922"/>
-    <w:bookmarkStart w:name="z1068" w:id="923"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1069" w:id="924"/>
+    <w:bookmarkStart w:name="z1069" w:id="923"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13) 28-баптың бірінші бөлігінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "лицензияларының" деген сөзден кейін "немесе электрондық нысандағы лицензиялардың" деген сөздермен толықтырылсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="924"/>
-    <w:bookmarkStart w:name="z1070" w:id="925"/>
+    <w:bookmarkEnd w:id="923"/>
+    <w:bookmarkStart w:name="z1070" w:id="924"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>29-бапта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="925"/>
+    <w:bookmarkEnd w:id="924"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -33801,1090 +34006,1090 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1073" w:id="926"/>
+    <w:bookmarkStart w:name="z1073" w:id="925"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "5. Кредиттiк тарих субъектісi үшiн кредиттiк есепте осы субъектiнiң кредиттiк тарихы бойынша кредиттiк есептердi күнтізбелік бір жылдың ішінде ұсынудың барлық фактiлерi туралы, берiлген күнi, алушылардың атаулары мен деректемелерi көрсетілген ақпарат болуға тиiс.";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="925"/>
+    <w:bookmarkStart w:name="z1074" w:id="926"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай мазмұндағы 5-1-тармақпен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="926"/>
-    <w:bookmarkStart w:name="z1074" w:id="927"/>
-[...15 lines deleted...]
-      мынадай мазмұндағы 5-1-тармақпен толықтырылсын:</w:t>
+    <w:bookmarkStart w:name="z1075" w:id="927"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "5-1. Кредиттік есепте кредиттік тарих субъектісінің – жеке тұлғаның осы Заңның 19-бабы 2-тармағы екінші бөлігінің екінші абзацында көрсетілген ақпаратты алған күннен кейін бір ай ішінде банктік қарыз шартын, микрокредит беру туралы шартты жасасуға өтініш бергені туралы ақпарат қамтылуға тиіс.".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="927"/>
-    <w:bookmarkStart w:name="z1075" w:id="928"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1076" w:id="929"/>
+    <w:bookmarkStart w:name="z1076" w:id="928"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. "Инвестициялық және венчурлік қорлар туралы" 2004 жылғы 7 шілдедегі Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="929"/>
-    <w:bookmarkStart w:name="z1077" w:id="930"/>
+    <w:bookmarkEnd w:id="928"/>
+    <w:bookmarkStart w:name="z1077" w:id="929"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кіріспе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> алып тасталсын;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="929"/>
+    <w:bookmarkStart w:name="z1078" w:id="930"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мынадай мазмұндағы 3-1-баппен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="930"/>
-    <w:bookmarkStart w:name="z1078" w:id="931"/>
-[...15 lines deleted...]
-      2) мынадай мазмұндағы 3-1-баппен толықтырылсын:</w:t>
+    <w:bookmarkStart w:name="z1079" w:id="931"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3-1-бап. Инвестициялық және венчурлік қорлардың қызметі саласындағы мемлекеттік реттеудің негізгі мақсаты, міндеттері мен қағидаттары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="931"/>
-    <w:bookmarkStart w:name="z1079" w:id="932"/>
-[...15 lines deleted...]
-      "3-1-бап. Инвестициялық және венчурлік қорлардың қызметі саласындағы мемлекеттік реттеудің негізгі мақсаты, міндеттері мен қағидаттары</w:t>
+    <w:bookmarkStart w:name="z1080" w:id="932"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Акционерлік инвестициялық қорды құрудың, оның қызметінің, қайта ұйымдастырудың және таратудың, инвестициялық пай қорын құрудың, оның жұмыс істеуінің және жұмысын тоқтатудың және инвестициялық қорлардың жұмыс істеуін қамтамасыз ету жөніндегі бағалы қағаздар нарығына кәсіби қатысушылар қызметінің құқықтық негіздерін, сондай-ақ венчурлік қорлардың құқықтық жағдайын және қызметін ұйымдастыруды белгілеу инвестициялық қорлардың қызметі саласындағы мемлекеттік реттеудің негізгі мақсаты болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="932"/>
-    <w:bookmarkStart w:name="z1080" w:id="933"/>
-[...15 lines deleted...]
-      1. Акционерлік инвестициялық қорды құрудың, оның қызметінің, қайта ұйымдастырудың және таратудың, инвестициялық пай қорын құрудың, оның жұмыс істеуінің және жұмысын тоқтатудың және инвестициялық қорлардың жұмыс істеуін қамтамасыз ету жөніндегі бағалы қағаздар нарығына кәсіби қатысушылар қызметінің құқықтық негіздерін, сондай-ақ венчурлік қорлардың құқықтық жағдайын және қызметін ұйымдастыруды белгілеу инвестициялық қорлардың қызметі саласындағы мемлекеттік реттеудің негізгі мақсаты болып табылады.</w:t>
+    <w:bookmarkStart w:name="z1081" w:id="933"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Инвестициялық және венчурлік қорлардың қызметі саласындағы мемлекеттік реттеудің негізгі міндеттері мыналар болып табылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="933"/>
-    <w:bookmarkStart w:name="z1081" w:id="934"/>
-[...15 lines deleted...]
-      2. Инвестициялық және венчурлік қорлардың қызметі саласындағы мемлекеттік реттеудің негізгі міндеттері мыналар болып табылады:</w:t>
+    <w:bookmarkStart w:name="z1082" w:id="934"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бағалы қағаздар нарығына кәсіби қатысушылардың инвестициялық қорлардың активтерін инвестициялық басқару, оларды есепке алу және сақтау жөніндегі қызметінің стандарттарын, сондай-ақ венчурлік басқарушының қызметі туралы ережелерді белгілеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="934"/>
-    <w:bookmarkStart w:name="z1082" w:id="935"/>
-[...15 lines deleted...]
-      1) бағалы қағаздар нарығына кәсіби қатысушылардың инвестициялық қорлардың активтерін инвестициялық басқару, оларды есепке алу және сақтау жөніндегі қызметінің стандарттарын, сондай-ақ венчурлік басқарушының қызметі туралы ережелерді белгілеу;</w:t>
+    <w:bookmarkStart w:name="z1083" w:id="935"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) инвестициялық және венчурлік қорлардың тиімді жұмыс істеуін қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="935"/>
-    <w:bookmarkStart w:name="z1083" w:id="936"/>
-[...15 lines deleted...]
-      2) инвестициялық және венчурлік қорлардың тиімді жұмыс істеуін қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z1084" w:id="936"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қадағалау ресурстарын бағалы қағаздар нарығына кәсіби қатысушылардың инвестициялық қорлардың жұмыс істеуін қамтамасыз етуге байланысты қызметіне шоғырландыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="936"/>
-    <w:bookmarkStart w:name="z1084" w:id="937"/>
-[...15 lines deleted...]
-      3) қадағалау ресурстарын бағалы қағаздар нарығына кәсіби қатысушылардың инвестициялық қорлардың жұмыс істеуін қамтамасыз етуге байланысты қызметіне шоғырландыру;</w:t>
+    <w:bookmarkStart w:name="z1085" w:id="937"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) венчурлік қаржыландыру мақсатында жасалатын шарттардың ерекшеліктерін айқындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="937"/>
-    <w:bookmarkStart w:name="z1085" w:id="938"/>
-[...15 lines deleted...]
-      4) венчурлік қаржыландыру мақсатында жасалатын шарттардың ерекшеліктерін айқындау;</w:t>
+    <w:bookmarkStart w:name="z1086" w:id="938"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) акционерлік инвестициялық қорлар акционерлерінің, инвестициялық пай қорларының пайларын ұстаушылардың, венчурлік қорлардың акционерлері мен қатысушыларының құқықтары мен заңды мүдделерін тиісті деңгейде қорғауды, инвестициялық және венчурлік қорлардың, инвестициялық қорлар активтерін инвестициялық басқаруды жүзеге асыратын бағалы қағаздар нарығына кәсіби қатысушылардың және венчурлік қорлар активтерін басқаруды жүзеге асыратын венчурлік басқарушылардың қызметі туралы ақпараттың толықтығын және тұтынушылар үшін қолжетімділігін қамтамасыз ету.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="938"/>
-    <w:bookmarkStart w:name="z1086" w:id="939"/>
-[...15 lines deleted...]
-      5) акционерлік инвестициялық қорлар акционерлерінің, инвестициялық пай қорларының пайларын ұстаушылардың, венчурлік қорлардың акционерлері мен қатысушыларының құқықтары мен заңды мүдделерін тиісті деңгейде қорғауды, инвестициялық және венчурлік қорлардың, инвестициялық қорлар активтерін инвестициялық басқаруды жүзеге асыратын бағалы қағаздар нарығына кәсіби қатысушылардың және венчурлік қорлар активтерін басқаруды жүзеге асыратын венчурлік басқарушылардың қызметі туралы ақпараттың толықтығын және тұтынушылар үшін қолжетімділігін қамтамасыз ету.</w:t>
+    <w:bookmarkStart w:name="z1087" w:id="939"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Инвестициялық және венчурлік қорлардың қызметі саласындағы мемлекеттік реттеудің негізгі қағидаттары:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="939"/>
-    <w:bookmarkStart w:name="z1087" w:id="940"/>
-[...15 lines deleted...]
-      3. Инвестициялық және венчурлік қорлардың қызметі саласындағы мемлекеттік реттеудің негізгі қағидаттары:</w:t>
+    <w:bookmarkStart w:name="z1088" w:id="940"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) реттеу ресурстары мен құралдарын тиімді пайдалану;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="940"/>
-    <w:bookmarkStart w:name="z1088" w:id="941"/>
-[...15 lines deleted...]
-      1) реттеу ресурстары мен құралдарын тиімді пайдалану;</w:t>
+    <w:bookmarkStart w:name="z1089" w:id="941"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) инвестициялық және венчурлік қорлардың, бағалы қағаздар нарығына кәсіби қатысушылардың инвестициялық қорлардың жұмыс істеуін қамтамасыз ету жөніндегі қызметінің және венчурлік қорлар активтерін басқару жөніндегі венчурлік басқарушылар қызметінің ашықтығы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="941"/>
-    <w:bookmarkStart w:name="z1089" w:id="942"/>
-[...15 lines deleted...]
-      2) инвестициялық және венчурлік қорлардың, бағалы қағаздар нарығына кәсіби қатысушылардың инвестициялық қорлардың жұмыс істеуін қамтамасыз ету жөніндегі қызметінің және венчурлік қорлар активтерін басқару жөніндегі венчурлік басқарушылар қызметінің ашықтығы;</w:t>
+    <w:bookmarkStart w:name="z1090" w:id="942"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) инвестициялық және венчурлік қорлардың тиімді жұмыс істеуі.".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="942"/>
-    <w:bookmarkStart w:name="z1090" w:id="943"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1091" w:id="944"/>
+    <w:bookmarkStart w:name="z1091" w:id="943"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. "Жобалық қаржыландыру және секьюритилендіру туралы" 2006 жылғы 20 ақпандағы Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="944"/>
-    <w:bookmarkStart w:name="z1092" w:id="945"/>
+    <w:bookmarkEnd w:id="943"/>
+    <w:bookmarkStart w:name="z1092" w:id="944"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кіріспе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="945"/>
-    <w:bookmarkStart w:name="z1093" w:id="946"/>
+    <w:bookmarkEnd w:id="944"/>
+    <w:bookmarkStart w:name="z1093" w:id="945"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) 1-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-1) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ", Қазақстан Республикасының бейрезидент – банкінің филиалы" деген сөздермен толықтырылсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="946"/>
-    <w:bookmarkStart w:name="z1094" w:id="947"/>
+    <w:bookmarkEnd w:id="945"/>
+    <w:bookmarkStart w:name="z1094" w:id="946"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тарау</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай мазмұндағы 2-1 және 2-2-баптармен толықтырылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="946"/>
+    <w:bookmarkStart w:name="z1095" w:id="947"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2-1-бап. Жобалық қаржыландыру және секьюритилендiру саласындағы мемлекеттік реттеудің негізгі мақсаттары, міндеттері мен қағидаттары</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="947"/>
-    <w:bookmarkStart w:name="z1095" w:id="948"/>
-[...15 lines deleted...]
-      "2-1-бап. Жобалық қаржыландыру және секьюритилендiру саласындағы мемлекеттік реттеудің негізгі мақсаттары, міндеттері мен қағидаттары</w:t>
+    <w:bookmarkStart w:name="z1096" w:id="948"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қазақстан Республикасында жобалық қаржыландыру мен секьюритилендірудің құқықтық негіздері мен шарттарын анықтау, жобалық қаржыландыру мен секьюритилендіру кезінде талап ету құқықтарын басқаға беруді жүзеге асыру мен мүліктің құқықтық режимінің ерекшеліктерін, арнаулы қаржы компаниясының құқықтық жағдайын, сондай-ақ синдикатталған қаржыландырудың құқықтық негіздері мен шарттарын айқындау жобалық қаржыландыру мен секьюритилендiру саласындағы мемлекеттік реттеудің негізгі мақсаттары болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="948"/>
-    <w:bookmarkStart w:name="z1096" w:id="949"/>
-[...15 lines deleted...]
-      1. Қазақстан Республикасында жобалық қаржыландыру мен секьюритилендірудің құқықтық негіздері мен шарттарын анықтау, жобалық қаржыландыру мен секьюритилендіру кезінде талап ету құқықтарын басқаға беруді жүзеге асыру мен мүліктің құқықтық режимінің ерекшеліктерін, арнаулы қаржы компаниясының құқықтық жағдайын, сондай-ақ синдикатталған қаржыландырудың құқықтық негіздері мен шарттарын айқындау жобалық қаржыландыру мен секьюритилендiру саласындағы мемлекеттік реттеудің негізгі мақсаттары болып табылады.</w:t>
+    <w:bookmarkStart w:name="z1097" w:id="949"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Жобалық қаржыландыру мен секьюритилендiру саласындағы мемлекеттік реттеудің негізгі міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="949"/>
-    <w:bookmarkStart w:name="z1097" w:id="950"/>
-[...15 lines deleted...]
-      2. Жобалық қаржыландыру мен секьюритилендiру саласындағы мемлекеттік реттеудің негізгі міндеттері:</w:t>
+    <w:bookmarkStart w:name="z1098" w:id="950"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) арнаулы қаржы компанияларын құру, олардың қызметі, қайта ұйымдастыру және тарату тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="950"/>
-    <w:bookmarkStart w:name="z1098" w:id="951"/>
-[...15 lines deleted...]
-      1) арнаулы қаржы компанияларын құру, олардың қызметі, қайта ұйымдастыру және тарату тәртібін айқындау;</w:t>
+    <w:bookmarkStart w:name="z1099" w:id="951"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) реттелуі уәкілетті органның құзыретіне кіретін мәселелер бойынша арнаулы қаржы компанияларының қызметін мониторингтеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="951"/>
-    <w:bookmarkStart w:name="z1099" w:id="952"/>
-[...15 lines deleted...]
-      2) реттелуі уәкілетті органның құзыретіне кіретін мәселелер бойынша арнаулы қаржы компанияларының қызметін мониторингтеу;</w:t>
+    <w:bookmarkStart w:name="z1100" w:id="952"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) кредиторлардың құқықтары мен заңды мүдделерін қорғаудың тиісті деңгейін қамтамасыз ету.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="952"/>
-    <w:bookmarkStart w:name="z1100" w:id="953"/>
-[...15 lines deleted...]
-      3) кредиторлардың құқықтары мен заңды мүдделерін қорғаудың тиісті деңгейін қамтамасыз ету.</w:t>
+    <w:bookmarkStart w:name="z1101" w:id="953"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Жобалық қаржыландыру мен секьюритилендiру саласындағы мемлекеттік реттеудің негізгі қағидаттары:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="953"/>
-    <w:bookmarkStart w:name="z1101" w:id="954"/>
-[...15 lines deleted...]
-      3. Жобалық қаржыландыру мен секьюритилендiру саласындағы мемлекеттік реттеудің негізгі қағидаттары:</w:t>
+    <w:bookmarkStart w:name="z1102" w:id="954"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) арнаулы қаржы компаниялары қызметінің ашықтығын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="954"/>
-    <w:bookmarkStart w:name="z1102" w:id="955"/>
-[...15 lines deleted...]
-      1) арнаулы қаржы компаниялары қызметінің ашықтығын қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z1103" w:id="955"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) арнаулы қаржы компанияларының жауапкершілігі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="955"/>
-    <w:bookmarkStart w:name="z1103" w:id="956"/>
-[...15 lines deleted...]
-      2) арнаулы қаржы компанияларының жауапкершілігі.</w:t>
+    <w:bookmarkStart w:name="z1104" w:id="956"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-2-бап. Уәкілетті органның құзыреті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="956"/>
-    <w:bookmarkStart w:name="z1104" w:id="957"/>
-[...15 lines deleted...]
-      2-2-бап. Уәкілетті органның құзыреті</w:t>
+    <w:bookmarkStart w:name="z1105" w:id="957"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті орган осы Заңның 2-1-бабының 1 және 2-тармақтарында көзделген мақсаттар мен міндеттерге және Қазақстан Республикасының заңнамасына сәйкес арнаулы қаржы компанияларының қызметін реттеу саласындағы арнаулы қаржы компанияларының орындауы үшін міндетті нормативтік құқықтық актілерді қабылдайды. Заңға тәуелді нормативтік құқықтық актілердің тізбесі уәкілетті орган туралы ережеде айқындалады.".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="957"/>
-    <w:bookmarkStart w:name="z1105" w:id="958"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1106" w:id="959"/>
+    <w:bookmarkStart w:name="z1106" w:id="958"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. "Өзара сақтандыру туралы" 2006 жылғы 5 шілдедегі Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="959"/>
-    <w:bookmarkStart w:name="z1107" w:id="960"/>
+    <w:bookmarkEnd w:id="958"/>
+    <w:bookmarkStart w:name="z1107" w:id="959"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кіріспе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> алып тасталсын;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="959"/>
+    <w:bookmarkStart w:name="z1108" w:id="960"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мынадай мазмұндағы 2-1-баппен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="960"/>
-    <w:bookmarkStart w:name="z1108" w:id="961"/>
-[...15 lines deleted...]
-      2) мынадай мазмұндағы 2-1-баппен толықтырылсын:</w:t>
+    <w:bookmarkStart w:name="z1109" w:id="961"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2-1-бап. Қоғам қызметі саласындағы мемлекеттік реттеудің негізгі мақсаты, міндеті мен қағидаттары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="961"/>
-    <w:bookmarkStart w:name="z1109" w:id="962"/>
-[...15 lines deleted...]
-      "2-1-бап. Қоғам қызметі саласындағы мемлекеттік реттеудің негізгі мақсаты, міндеті мен қағидаттары</w:t>
+    <w:bookmarkStart w:name="z1110" w:id="962"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Өзара сақтандыруды жүзеге асыру жөніндегі қоғам қызметінің құқықтық негіздерін анықтау қоғам қызметі саласындағы мемлекеттік реттеудің негізгі мақсаты болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="962"/>
-    <w:bookmarkStart w:name="z1110" w:id="963"/>
-[...15 lines deleted...]
-      1. Өзара сақтандыруды жүзеге асыру жөніндегі қоғам қызметінің құқықтық негіздерін анықтау қоғам қызметі саласындағы мемлекеттік реттеудің негізгі мақсаты болып табылады.</w:t>
+    <w:bookmarkStart w:name="z1111" w:id="963"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Сақтанушылардың, сақтандырылушылардың және пайда алушылардың құқықтары мен заңды мүдделерін қорғау қоғам қызметі саласындағы мемлекеттік реттеудің негізгі міндеті болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="963"/>
-    <w:bookmarkStart w:name="z1111" w:id="964"/>
-[...15 lines deleted...]
-      2. Сақтанушылардың, сақтандырылушылардың және пайда алушылардың құқықтары мен заңды мүдделерін қорғау қоғам қызметі саласындағы мемлекеттік реттеудің негізгі міндеті болып табылады.</w:t>
+    <w:bookmarkStart w:name="z1112" w:id="964"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қоғам қызметі саласындағы мемлекеттік реттеудің негізгі қағидаттары мыналар болып табылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="964"/>
-    <w:bookmarkStart w:name="z1112" w:id="965"/>
-[...15 lines deleted...]
-      3. Қоғам қызметі саласындағы мемлекеттік реттеудің негізгі қағидаттары мыналар болып табылады:</w:t>
+    <w:bookmarkStart w:name="z1113" w:id="965"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қоғам мүшелерінің құқықтары мен міндеттерінің теңдігін қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="965"/>
-    <w:bookmarkStart w:name="z1113" w:id="966"/>
-[...15 lines deleted...]
-      1) қоғам мүшелерінің құқықтары мен міндеттерінің теңдігін қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z1114" w:id="966"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сақтанушылардың, сақтандырылушылардың және пайда алушылардың құқықтары мен заңды мүдделерін қорғау.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="966"/>
-    <w:bookmarkStart w:name="z1114" w:id="967"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1115" w:id="968"/>
+    <w:bookmarkStart w:name="z1115" w:id="967"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-бапта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="968"/>
+    <w:bookmarkEnd w:id="967"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -34897,770 +35102,770 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақша</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1117" w:id="969"/>
+    <w:bookmarkStart w:name="z1117" w:id="968"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы 6-1) тармақшамен толықтырылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="968"/>
+    <w:bookmarkStart w:name="z1118" w:id="969"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "6-1) осы Заңның 2-1-бабының 1 және 2-тармақтарында көзделген мақсат пен міндетке және Қазақстан Республикасының заңнамасына сәйкес қоғамдардың қызметін реттеу саласындағы нормативтік құқықтық актілерді қабылдайды. Заңға тәуелді нормативтік құқықтық актілердің тізбесі уәкілетті орган туралы ережеде айқындалады;".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="969"/>
-    <w:bookmarkStart w:name="z1118" w:id="970"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1119" w:id="971"/>
+    <w:bookmarkStart w:name="z1119" w:id="970"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. "Қазақстан Республикасының екiншi деңгейдегі банктерiнде орналастырылған депозиттерге мiндеттi кепiлдiк беру туралы" 2006 жылғы 7 шілдедегі Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="970"/>
+    <w:bookmarkStart w:name="z1120" w:id="971"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай мазмұндағы 2-1-баппен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="971"/>
-    <w:bookmarkStart w:name="z1120" w:id="972"/>
-[...15 lines deleted...]
-      мынадай мазмұндағы 2-1-баппен толықтырылсын:</w:t>
+    <w:bookmarkStart w:name="z1121" w:id="972"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2-1-бап. Депозиттерге міндетті кепілдік беруді жүзеге асыратын ұйым қызметі саласындағы мемлекеттік реттеудің негізгі мақсаты, міндеттері мен қағидаттары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="972"/>
-    <w:bookmarkStart w:name="z1121" w:id="973"/>
-[...15 lines deleted...]
-      "2-1-бап. Депозиттерге міндетті кепілдік беруді жүзеге асыратын ұйым қызметі саласындағы мемлекеттік реттеудің негізгі мақсаты, міндеттері мен қағидаттары</w:t>
+    <w:bookmarkStart w:name="z1122" w:id="973"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Депозиттерге міндетті кепілдік беруді жүзеге асыратын ұйымды құрудың, оның қызметінің құқықтық негіздерін белгілеу, сондай-ақ депозиттерді қабылдауды, жеке тұлғалардың банктік шоттарын ашуды және жүргізуді жүзеге асыратын банктердің (Қазақстан Республикасының бейрезидент – банктері филиалдарының) депозиттерге міндетті кепілдік беру жүйесіне қатысу талаптарын белгілеу депозиттерге міндетті кепілдік беруді жүзеге асыратын ұйымның қызметі саласындағы мемлекеттік реттеудің негізгі мақсаты болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="973"/>
-    <w:bookmarkStart w:name="z1122" w:id="974"/>
-[...15 lines deleted...]
-      1. Депозиттерге міндетті кепілдік беруді жүзеге асыратын ұйымды құрудың, оның қызметінің құқықтық негіздерін белгілеу, сондай-ақ депозиттерді қабылдауды, жеке тұлғалардың банктік шоттарын ашуды және жүргізуді жүзеге асыратын банктердің (Қазақстан Республикасының бейрезидент – банктері филиалдарының) депозиттерге міндетті кепілдік беру жүйесіне қатысу талаптарын белгілеу депозиттерге міндетті кепілдік беруді жүзеге асыратын ұйымның қызметі саласындағы мемлекеттік реттеудің негізгі мақсаты болып табылады.</w:t>
+    <w:bookmarkStart w:name="z1123" w:id="974"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Депозиттерге міндетті кепілдік беруді жүзеге асыратын ұйымның қызметі саласындағы мемлекеттік реттеудің негізгі міндеттері мыналар болып табылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="974"/>
-    <w:bookmarkStart w:name="z1123" w:id="975"/>
-[...15 lines deleted...]
-      2. Депозиттерге міндетті кепілдік беруді жүзеге асыратын ұйымның қызметі саласындағы мемлекеттік реттеудің негізгі міндеттері мыналар болып табылады:</w:t>
+    <w:bookmarkStart w:name="z1124" w:id="975"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) депозиттерге міндетті кепілдік беру жүйесінің инфрақұрылымын қалыптастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="975"/>
-    <w:bookmarkStart w:name="z1124" w:id="976"/>
-[...15 lines deleted...]
-      1) депозиттерге міндетті кепілдік беру жүйесінің инфрақұрылымын қалыптастыру;</w:t>
+    <w:bookmarkStart w:name="z1125" w:id="976"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қаржы жүйесінің тұрақтылығын қамтамасыз етуге жәрдемдесу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="976"/>
-    <w:bookmarkStart w:name="z1125" w:id="977"/>
-[...15 lines deleted...]
-      2) қаржы жүйесінің тұрақтылығын қамтамасыз етуге жәрдемдесу;</w:t>
+    <w:bookmarkStart w:name="z1126" w:id="977"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қатысушы банк барлық банк операцияларын жүргізуге арналған лицензиясынан айырылған жағдайда кепілдік берілетін депозиттер депозиторларының құқықтары мен заңды мүдделерін қорғау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="977"/>
-    <w:bookmarkStart w:name="z1126" w:id="978"/>
-[...15 lines deleted...]
-      3) қатысушы банк барлық банк операцияларын жүргізуге арналған лицензиясынан айырылған жағдайда кепілдік берілетін депозиттер депозиторларының құқықтары мен заңды мүдделерін қорғау.</w:t>
+    <w:bookmarkStart w:name="z1127" w:id="978"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Депозиттерге міндетті кепілдік беруді жүзеге асыратын ұйымның қызметі саласындағы мемлекеттік реттеудің негізгі қағидаттары мыналар болып табылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="978"/>
-    <w:bookmarkStart w:name="z1127" w:id="979"/>
-[...15 lines deleted...]
-      3. Депозиттерге міндетті кепілдік беруді жүзеге асыратын ұйымның қызметі саласындағы мемлекеттік реттеудің негізгі қағидаттары мыналар болып табылады:</w:t>
+    <w:bookmarkStart w:name="z1128" w:id="979"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) реттеу ресурстары мен құралдарын тиімді пайдалану;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="979"/>
-    <w:bookmarkStart w:name="z1128" w:id="980"/>
-[...15 lines deleted...]
-      1) реттеу ресурстары мен құралдарын тиімді пайдалану;</w:t>
+    <w:bookmarkStart w:name="z1129" w:id="980"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) депозиттерге міндетті кепілдік беруді жүзеге асыратын ұйымның жауапкершілігі.".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="980"/>
-    <w:bookmarkStart w:name="z1129" w:id="981"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1130" w:id="982"/>
+    <w:bookmarkStart w:name="z1130" w:id="981"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29. "Атқарушылық іс жүргізу және сот орындаушыларының мәртебесі туралы" 2010 жылғы 2 сәуірдегі Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="982"/>
-    <w:bookmarkStart w:name="z1131" w:id="983"/>
+    <w:bookmarkEnd w:id="981"/>
+    <w:bookmarkStart w:name="z1131" w:id="982"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) 58-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігі мынадай мазмұндағы 1-1) тармақшамен толықтырылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="982"/>
+    <w:bookmarkStart w:name="z1132" w:id="983"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1-1) табиғи немесе техногендік сипаттағы төтенше жағдай салдарынан зардап шеккен жеке тұлғаларға материалдық залалдың өтелуін және мемлекеттік бюджеттен және (немесе) қайырымдылық ұйымдарынан қажетті көмектің берілуін есепке жатқызуға арналған банктік шоттардағы ақшаға;";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="983"/>
-    <w:bookmarkStart w:name="z1132" w:id="984"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1133" w:id="985"/>
+    <w:bookmarkStart w:name="z1133" w:id="984"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) 62-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігі мынадай мазмұндағы 1-1) тармақшамен толықтырылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="984"/>
+    <w:bookmarkStart w:name="z1134" w:id="985"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1-1) табиғи немесе техногендік сипаттағы төтенше жағдай салдарынан зардап шеккен жеке тұлғаларға материалдық залалдың өтелуін және мемлекеттік бюджеттен және (немесе) қайырымдылық ұйымдарынан қажетті көмектің берілуін есепке жатқызуға арналған банктік шоттардағы ақшаға;".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="985"/>
-    <w:bookmarkStart w:name="z1134" w:id="986"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1135" w:id="987"/>
+    <w:bookmarkStart w:name="z1135" w:id="986"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. "Микроқаржылық қызмет туралы" 2012 жылғы 26 қарашадағы Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="986"/>
+    <w:bookmarkStart w:name="z1136" w:id="987"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мынадай мазмұндағы 2-1-баппен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="987"/>
-    <w:bookmarkStart w:name="z1136" w:id="988"/>
-[...15 lines deleted...]
-      1) мынадай мазмұндағы 2-1-баппен толықтырылсын:</w:t>
+    <w:bookmarkStart w:name="z1137" w:id="988"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2-1-бап. Микроқаржылық қызмет саласындағы мемлекеттік реттеудің негізгі мақсаты, міндеттері мен қағидаттары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="988"/>
-    <w:bookmarkStart w:name="z1137" w:id="989"/>
-[...15 lines deleted...]
-      "2-1-бап. Микроқаржылық қызмет саласындағы мемлекеттік реттеудің негізгі мақсаты, міндеттері мен қағидаттары</w:t>
+    <w:bookmarkStart w:name="z1138" w:id="989"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Микроқаржылық қызметті жүзеге асырудың құқықтық негіздерін белгілеу микроқаржылық қызмет саласындағы мемлекеттік реттеудің негізгі мақсаты болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="989"/>
-    <w:bookmarkStart w:name="z1138" w:id="990"/>
-[...15 lines deleted...]
-      1. Микроқаржылық қызметті жүзеге асырудың құқықтық негіздерін белгілеу микроқаржылық қызмет саласындағы мемлекеттік реттеудің негізгі мақсаты болып табылады.</w:t>
+    <w:bookmarkStart w:name="z1139" w:id="990"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Микроқаржылық қызмет саласындағы мемлекеттік реттеудің негізгі міндеттері мыналар болып табылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="990"/>
-    <w:bookmarkStart w:name="z1139" w:id="991"/>
-[...15 lines deleted...]
-      2. Микроқаржылық қызмет саласындағы мемлекеттік реттеудің негізгі міндеттері мыналар болып табылады:</w:t>
+    <w:bookmarkStart w:name="z1140" w:id="991"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) микроқаржылық қызметті жүзеге асыратын ұйымдардың қызметін реттеу, қызмет стандарттарын белгілеу, микроқаржылық қызметті бақылау және қадағалау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="991"/>
-    <w:bookmarkStart w:name="z1140" w:id="992"/>
-[...15 lines deleted...]
-      1) микроқаржылық қызметті жүзеге асыратын ұйымдардың қызметін реттеу, қызмет стандарттарын белгілеу, микроқаржылық қызметті бақылау және қадағалау;</w:t>
+    <w:bookmarkStart w:name="z1141" w:id="992"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) микроқаржылық қызметті жүзеге асыратын ұйымдардың көрсетілетін қызметтерін тұтынушылардың құқықтары мен заңды мүдделерін қорғау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="992"/>
-    <w:bookmarkStart w:name="z1141" w:id="993"/>
-[...15 lines deleted...]
-      2) микроқаржылық қызметті жүзеге асыратын ұйымдардың көрсетілетін қызметтерін тұтынушылардың құқықтары мен заңды мүдделерін қорғау.</w:t>
+    <w:bookmarkStart w:name="z1142" w:id="993"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Микроқаржылық қызмет саласындағы мемлекеттік реттеудің негізгі қағидаттары мыналар болып табылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="993"/>
-    <w:bookmarkStart w:name="z1142" w:id="994"/>
-[...15 lines deleted...]
-      3. Микроқаржылық қызмет саласындағы мемлекеттік реттеудің негізгі қағидаттары мыналар болып табылады:</w:t>
+    <w:bookmarkStart w:name="z1143" w:id="994"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) реттеу ресурстары мен құралдарын тиімді пайдалану;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="994"/>
-    <w:bookmarkStart w:name="z1143" w:id="995"/>
-[...15 lines deleted...]
-      1) реттеу ресурстары мен құралдарын тиімді пайдалану;</w:t>
+    <w:bookmarkStart w:name="z1144" w:id="995"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) микроқаржылық қызметті жүзеге асыратын ұйымдар қызметінің ашықтығы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="995"/>
-    <w:bookmarkStart w:name="z1144" w:id="996"/>
-[...15 lines deleted...]
-      2) микроқаржылық қызметті жүзеге асыратын ұйымдар қызметінің ашықтығы;</w:t>
+    <w:bookmarkStart w:name="z1145" w:id="996"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) микроқаржылық қызметті жүзеге асыратын ұйымдардың жауапкершілігі.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="996"/>
-    <w:bookmarkStart w:name="z1145" w:id="997"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1146" w:id="998"/>
+    <w:bookmarkStart w:name="z1146" w:id="997"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-бапта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="998"/>
+    <w:bookmarkEnd w:id="997"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -35693,410 +35898,410 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-3-тармақтар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1148" w:id="999"/>
+    <w:bookmarkStart w:name="z1148" w:id="998"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "3-2. Жеке тұлға микрокредиттер алудан ерікті түрде бас тартуын кредиттік бюрода не "электрондық үкімет" веб-порталы не "электрондық үкімет" шлюзінде орналастырылған сервистермен интеграцияланған микроқаржы ұйымының ақпараттандыру объектілері арқылы тегін белгілеуге не оны алып тастауға құқылы.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="998"/>
+    <w:bookmarkStart w:name="z1149" w:id="999"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-3. Микроқаржы ұйымы микрокредит беру туралы шешім қабылданғанға дейін алған жеке тұлғаның кредиттік есебінде оның микрокредиттер алудан ерікті түрде бас тартуын белгілегені туралы ақпарат болған кезде микроқаржы ұйымының оған микрокредиттер беруіне тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="999"/>
-    <w:bookmarkStart w:name="z1149" w:id="1000"/>
-[...15 lines deleted...]
-      3-3. Микроқаржы ұйымы микрокредит беру туралы шешім қабылданғанға дейін алған жеке тұлғаның кредиттік есебінде оның микрокредиттер алудан ерікті түрде бас тартуын белгілегені туралы ақпарат болған кезде микроқаржы ұйымының оған микрокредиттер беруіне тыйым салынады.</w:t>
+    <w:bookmarkStart w:name="z1150" w:id="1000"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл тыйым ломбардтың микрокредит беруі жағдайларына қолданылмайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1000"/>
-    <w:bookmarkStart w:name="z1150" w:id="1001"/>
-[...15 lines deleted...]
-      Бұл тыйым ломбардтың микрокредит беруі жағдайларына қолданылмайды.</w:t>
+    <w:bookmarkStart w:name="z1151" w:id="1001"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Микроқаржы ұйымының жеке тұлғаға жұбайының (зайыбының) келісімінсіз, тіркелуге жататын мүлік кепілімен қамтамасыз етілмеген тұтынушылық микрокредиттерді беруіне тыйым салынады, келісімді алу тәртібі және келісім қажет болатын тұтынушылық микрокредиттің ең төмен мөлшері уәкілетті органның нормативтік құқықтық актісінде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1001"/>
-    <w:bookmarkStart w:name="z1151" w:id="1002"/>
-[...15 lines deleted...]
-      Микроқаржы ұйымының жеке тұлғаға жұбайының (зайыбының) келісімінсіз, тіркелуге жататын мүлік кепілімен қамтамасыз етілмеген тұтынушылық микрокредиттерді беруіне тыйым салынады, келісімді алу тәртібі және келісім қажет болатын тұтынушылық микрокредиттің ең төмен мөлшері уәкілетті органның нормативтік құқықтық актісінде айқындалады.</w:t>
+    <w:bookmarkStart w:name="z1152" w:id="1002"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Микроқаржы ұйымының бұрын алынған микрокредиттер және (немесе) банктік қарыздар туралы ақпарат кредиттік есебінде жоқ жеке тұлғамен мүлік кепілімен қамтамасыз етілмеген тұтынушылық микрокредитті беру туралы шартты микроқаржы ұйымында өзінің қатысуынсыз жасасуына тыйым салынады. Жасасу үшін жеке тұлғаның өзінің қатысуы қажет болатын тұтынушылық микрокредит шарты бойынша микрокредиттің ең төмен мөлшері уәкілетті органның осы Заңның 4-бабының 3-тармағында көрсетілген нормативтік құқықтық актісінде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1002"/>
-    <w:bookmarkStart w:name="z1152" w:id="1003"/>
-[...15 lines deleted...]
-      Микроқаржы ұйымының бұрын алынған микрокредиттер және (немесе) банктік қарыздар туралы ақпарат кредиттік есебінде жоқ жеке тұлғамен мүлік кепілімен қамтамасыз етілмеген тұтынушылық микрокредитті беру туралы шартты микроқаржы ұйымында өзінің қатысуынсыз жасасуына тыйым салынады. Жасасу үшін жеке тұлғаның өзінің қатысуы қажет болатын тұтынушылық микрокредит шарты бойынша микрокредиттің ең төмен мөлшері уәкілетті органның осы Заңның 4-бабының 3-тармағында көрсетілген нормативтік құқықтық актісінде айқындалады.</w:t>
+    <w:bookmarkStart w:name="z1153" w:id="1003"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті органның осы Заңның 4-бабының 3-тармағында көрсетілген нормативтік құқықтық актісінде көзделген жағдайларда және тәртіппен микроқаржы ұйымы жеке тұлғамен мүлік кепілімен қамтамасыз етілмеген тұтынушылық микрокредитті беру туралы шартты осындай шарт жасасуға оның келісімін алғаннан кейін ғана жасасады. Көрсетілген шарт интернет арқылы жасалған жағдайда, оны жасауға келісім кредиттік бюрода, "электрондық үкімет" веб-порталында не "электрондық үкімет" шлюзінде орналастырылған сервистермен интеграцияланған микроқаржы ұйымының ақпараттандыру объектілері арқылы ресімделеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1003"/>
-    <w:bookmarkStart w:name="z1153" w:id="1004"/>
-[...15 lines deleted...]
-      Уәкілетті органның осы Заңның 4-бабының 3-тармағында көрсетілген нормативтік құқықтық актісінде көзделген жағдайларда және тәртіппен микроқаржы ұйымы жеке тұлғамен мүлік кепілімен қамтамасыз етілмеген тұтынушылық микрокредитті беру туралы шартты осындай шарт жасасуға оның келісімін алғаннан кейін ғана жасасады. Көрсетілген шарт интернет арқылы жасалған жағдайда, оны жасауға келісім кредиттік бюрода, "электрондық үкімет" веб-порталында не "электрондық үкімет" шлюзінде орналастырылған сервистермен интеграцияланған микроқаржы ұйымының ақпараттандыру объектілері арқылы ресімделеді.</w:t>
+    <w:bookmarkStart w:name="z1154" w:id="1004"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың төртінші бөлігінде көзделген талап микрокредит беру туралы шарт жасасу, сондай-ақ тұтынушылық микрокредит сомасын тауарларды, жұмыстар мен көрсетілетін қызметтерді сатушының (өнім берушінің) банктік шотына қарыз алушы (сатып алушы) алғанын растайтын тауарларды, жұмыстар мен көрсетілетін қызметтерді сатып алу мақсаттарына беру жағдайларына қолданылмайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1004"/>
-    <w:bookmarkStart w:name="z1154" w:id="1005"/>
-[...15 lines deleted...]
-      Осы тармақтың төртінші бөлігінде көзделген талап микрокредит беру туралы шарт жасасу, сондай-ақ тұтынушылық микрокредит сомасын тауарларды, жұмыстар мен көрсетілетін қызметтерді сатушының (өнім берушінің) банктік шотына қарыз алушы (сатып алушы) алғанын растайтын тауарларды, жұмыстар мен көрсетілетін қызметтерді сатып алу мақсаттарына беру жағдайларына қолданылмайды.</w:t>
+    <w:bookmarkStart w:name="z1155" w:id="1005"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Микроқаржы ұйымы интернет арқылы жасалған, мөлшері уәкілетті органның осы Заңның 4-бабының 3-тармағында көрсетілген нормативтік құқықтық актісінде айқындалған ең төмен мөлшерден асатын микрокредитті беру туралы шарттың негізінде, мүлік кепілімен қамтамасыз етілмеген тұтынушылық микрокредит бойынша қарыз алушыға ақша беруді мынадай талаптарды сақтай отырып:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1005"/>
-    <w:bookmarkStart w:name="z1155" w:id="1006"/>
-[...15 lines deleted...]
-      Микроқаржы ұйымы интернет арқылы жасалған, мөлшері уәкілетті органның осы Заңның 4-бабының 3-тармағында көрсетілген нормативтік құқықтық актісінде айқындалған ең төмен мөлшерден асатын микрокредитті беру туралы шарттың негізінде, мүлік кепілімен қамтамасыз етілмеген тұтынушылық микрокредит бойынша қарыз алушыға ақша беруді мынадай талаптарды сақтай отырып:</w:t>
+    <w:bookmarkStart w:name="z1156" w:id="1006"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) шартқа қол қойылған не микрокредит сомасы ұлғайтылған кезден бастап жиырма төрт сағаттан кейін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1006"/>
-    <w:bookmarkStart w:name="z1156" w:id="1007"/>
-[...15 lines deleted...]
-      1) шартқа қол қойылған не микрокредит сомасы ұлғайтылған кезден бастап жиырма төрт сағаттан кейін;</w:t>
+    <w:bookmarkStart w:name="z1157" w:id="1007"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бөліктің 1) тармақшасында көрсетілген мерзім өткеннен кейін қарыз алушы уәкілетті органның осы Заңның 4-бабының 3-тармағында көрсетілген нормативтік құқықтық актісінде көзделген талаптарға сәйкес ресімделген тұтынушылық микрокредитті алуға келісім бергеннен кейін жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1007"/>
-    <w:bookmarkStart w:name="z1157" w:id="1008"/>
-[...15 lines deleted...]
-      2) осы бөліктің 1) тармақшасында көрсетілген мерзім өткеннен кейін қарыз алушы уәкілетті органның осы Заңның 4-бабының 3-тармағында көрсетілген нормативтік құқықтық актісінде көзделген талаптарға сәйкес ресімделген тұтынушылық микрокредитті алуға келісім бергеннен кейін жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z1158" w:id="1008"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қарыз алушыға мүлік кепілімен қамтамасыз етілмеген, сомасы қосу нәтижесінде уәкілетті органның осы Заңның 4-бабының 3-тармағында көрсетілген нормативтік құқықтық актісінде айқындалған ең төмен мөлшерден асатын бірнеше тұтынушылық микрокредит интернет арқылы берілген жағдайда, микроқаржы ұйымы уәкілетті органның осы баптың 3-1-тармағында көрсетілген нормативтік құқықтық актісінде белгіленген талаптарды ескере отырып, ішкі құжаттарға сәйкес осы тармақтың жетінші бөлігінің 1) тармақшасында көзделген талапты сақтайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1008"/>
-    <w:bookmarkStart w:name="z1158" w:id="1009"/>
-[...15 lines deleted...]
-      Қарыз алушыға мүлік кепілімен қамтамасыз етілмеген, сомасы қосу нәтижесінде уәкілетті органның осы Заңның 4-бабының 3-тармағында көрсетілген нормативтік құқықтық актісінде айқындалған ең төмен мөлшерден асатын бірнеше тұтынушылық микрокредит интернет арқылы берілген жағдайда, микроқаржы ұйымы уәкілетті органның осы баптың 3-1-тармағында көрсетілген нормативтік құқықтық актісінде белгіленген талаптарды ескере отырып, ішкі құжаттарға сәйкес осы тармақтың жетінші бөлігінің 1) тармақшасында көзделген талапты сақтайды.</w:t>
+    <w:bookmarkStart w:name="z1159" w:id="1009"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың бірінші, бесінші және жетінші бөліктерінде көзделген талаптар тұтынушылық микрокредит сомасын тауарларды, жұмыстар мен көрсетілетін қызметтерді сатушының (өнім берушінің) банктік шотына қарыз алушы (сатып алушы) алғанын растайтын тауарларды, жұмыстар мен көрсетілетін қызметтерді сатып алу мақсаттарына және (немесе) кредитордың сол микроқаржы ұйымында алынған қарыз алушының микрокредиті бойынша берешекті өтеу мақсаттарына беру жағдайларына қолданылмайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1009"/>
-    <w:bookmarkStart w:name="z1159" w:id="1010"/>
-[...15 lines deleted...]
-      Осы тармақтың бірінші, бесінші және жетінші бөліктерінде көзделген талаптар тұтынушылық микрокредит сомасын тауарларды, жұмыстар мен көрсетілетін қызметтерді сатушының (өнім берушінің) банктік шотына қарыз алушы (сатып алушы) алғанын растайтын тауарларды, жұмыстар мен көрсетілетін қызметтерді сатып алу мақсаттарына және (немесе) кредитордың сол микроқаржы ұйымында алынған қарыз алушының микрокредиті бойынша берешекті өтеу мақсаттарына беру жағдайларына қолданылмайды.</w:t>
+    <w:bookmarkStart w:name="z1160" w:id="1010"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Микроқаржы ұйымы осы тармақтың үшінші бөлігінде көзделген талапты сақтамай микрокредит берген жағдайда, микроқаржы ұйымы жеке тұлғадан мұндай микрокредит бойынша міндеттемелердің орындалуын талап етуге құқылы емес. Микроқаржы ұйымы осы тармақтың үшінші бөлігінде көзделген талаптар сақталмай микрокредит беру фактісі анықталған күннен бастап үш жұмыс күнінен кешіктірмей мынадай шараларды қабылдайды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1010"/>
-    <w:bookmarkStart w:name="z1160" w:id="1011"/>
-[...15 lines deleted...]
-      Микроқаржы ұйымы осы тармақтың үшінші бөлігінде көзделген талапты сақтамай микрокредит берген жағдайда, микроқаржы ұйымы жеке тұлғадан мұндай микрокредит бойынша міндеттемелердің орындалуын талап етуге құқылы емес. Микроқаржы ұйымы осы тармақтың үшінші бөлігінде көзделген талаптар сақталмай микрокредит беру фактісі анықталған күннен бастап үш жұмыс күнінен кешіктірмей мынадай шараларды қабылдайды:</w:t>
+    <w:bookmarkStart w:name="z1161" w:id="1011"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      клиенттің осындай микрокредит бойынша берешегін есептен шығару туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1011"/>
-    <w:bookmarkStart w:name="z1161" w:id="1012"/>
-[...15 lines deleted...]
-      клиенттің осындай микрокредит бойынша берешегін есептен шығару туралы шешім қабылдайды;</w:t>
+    <w:bookmarkStart w:name="z1162" w:id="1012"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      клиенттің осындай микрокредит бойынша берешегін өндіріп алуды және талап-арыз жұмысын тоқтатады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1012"/>
-    <w:bookmarkStart w:name="z1162" w:id="1013"/>
-[...15 lines deleted...]
-      клиенттің осындай микрокредит бойынша берешегін өндіріп алуды және талап-арыз жұмысын тоқтатады;</w:t>
+    <w:bookmarkStart w:name="z1163" w:id="1013"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осындай микрокредит бойынша ақпарат туралы жазбаларды жою арқылы клиенттің кредиттік бюролардағы кредиттік тарихына түзетулер енгізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1013"/>
-    <w:bookmarkStart w:name="z1163" w:id="1014"/>
-[...15 lines deleted...]
-      осындай микрокредит бойынша ақпарат туралы жазбаларды жою арқылы клиенттің кредиттік бюролардағы кредиттік тарихына түзетулер енгізеді;</w:t>
+    <w:bookmarkStart w:name="z1164" w:id="1014"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осындай микрокредит бойынша сыйақының және (немесе) тұрақсыздық айыбының бұрын ұсталған (төленген) сомаларын клиентке қайтаруды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1014"/>
-    <w:bookmarkStart w:name="z1164" w:id="1015"/>
-[...15 lines deleted...]
-      осындай микрокредит бойынша сыйақының және (немесе) тұрақсыздық айыбының бұрын ұсталған (төленген) сомаларын клиентке қайтаруды жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z1165" w:id="1015"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың оныншы бөлігінде көзделген шаралар, осы баптың 3-4-тармағының екінші бөлігінде көрсетілген құқық қорғау органдарының процестік құжаттарын микроқаржы ұйымы алған жағдайда, осы тармақтың бірінші, төртінші, бесінші, жетінші және сегізінші бөліктерінде көзделген талаптардың кез келгені сақталмай микрокредит беру жағдайларына қолданылады.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1015"/>
-    <w:bookmarkStart w:name="z1165" w:id="1016"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="1016"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -36109,130 +36314,130 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-4-тармақта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1167" w:id="1017"/>
+    <w:bookmarkStart w:name="z1167" w:id="1016"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бірінші бөлік мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1016"/>
+    <w:bookmarkStart w:name="z1168" w:id="1017"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3-4. Микрокредит беру құпиясын құрайтын ақпаратқа құқыққа сыйымсыз қол жеткізілгені, оның құқыққа сыйымсыз өзгертілгені, үшінші тұлғалар тарапынан құқыққа сыйымсыз әрекеттердің не жеке тұлғалардың микрокредиттерімен өзге де заңсыз (алаяқтық) әрекеттердің жүзеге асырылғаны анықталған кезден бастап микроқаржы ұйымы бір жұмыс күні ішінде бұл туралы клиентке және уәкілетті органға хабарлайды, екі жұмыс күні ішінде құқыққа сыйымсыз әрекеттерді жою үшін шаралар қабылдайды және он жұмыс күні ішінде мұндай әрекеттердің салдарын жою үшін шаралар қабылдайды.";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1017"/>
-    <w:bookmarkStart w:name="z1168" w:id="1018"/>
-[...15 lines deleted...]
-      "3-4. Микрокредит беру құпиясын құрайтын ақпаратқа құқыққа сыйымсыз қол жеткізілгені, оның құқыққа сыйымсыз өзгертілгені, үшінші тұлғалар тарапынан құқыққа сыйымсыз әрекеттердің не жеке тұлғалардың микрокредиттерімен өзге де заңсыз (алаяқтық) әрекеттердің жүзеге асырылғаны анықталған кезден бастап микроқаржы ұйымы бір жұмыс күні ішінде бұл туралы клиентке және уәкілетті органға хабарлайды, екі жұмыс күні ішінде құқыққа сыйымсыз әрекеттерді жою үшін шаралар қабылдайды және он жұмыс күні ішінде мұндай әрекеттердің салдарын жою үшін шаралар қабылдайды.";</w:t>
+    <w:bookmarkStart w:name="z1169" w:id="1018"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      екінші бөліктің бірінші абзацы "тұлғаны" деген сөзден кейін "микрокредитті алаяқтық тәсілмен ресімдеуге байланысты қылмыстық құқық бұзушылық бойынша" деген сөздермен толықтырылсын;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1018"/>
-    <w:bookmarkStart w:name="z1169" w:id="1019"/>
-[...15 lines deleted...]
-      екінші бөліктің бірінші абзацы "тұлғаны" деген сөзден кейін "микрокредитті алаяқтық тәсілмен ресімдеуге байланысты қылмыстық құқық бұзушылық бойынша" деген сөздермен толықтырылсын;</w:t>
+    <w:bookmarkStart w:name="z1170" w:id="1019"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      үшінші бөліктегі "қатысуынсыз" деген сөз "сәйкестендіру құралдарын үшінші тұлғаның заңсыз алуы және пайдалануы салдарынан, оның ішінде микроқаржы ұйымының қызметтерін қашықтан көрсетудің бағдарламалық қамтылымын алыстан басқаруды пайдалану немесе микроқаржы ұйымының биометриялық сәйкестендіруді жүргізу тәртібін не уәкілетті органның нормативтік құқықтық актісінде белгіленген ішкі және сыртқы алаяқтық фактілерін анықтау, тіркеп-белгілеу және талдау жөніндегі талаптарды бұзуы арқылы микрокредитті ресімдеу кезінде қылмыстық іс бойынша жәбірленуші деп танылған клиентке" деген сөздермен ауыстырылсын;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1019"/>
-    <w:bookmarkStart w:name="z1170" w:id="1020"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="1020"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -36245,270 +36450,270 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-5-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай мазмұндағы екінші бөлікпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1172" w:id="1021"/>
+    <w:bookmarkStart w:name="z1172" w:id="1020"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Микроқаржы ұйымы осы тармақтың бірінші бөлігінде белгіленген талаптарды сақтамай, жеке тұлғамен интернет арқылы микрокредит беру туралы шарт жасасқан жағдайда, микроқаржы ұйымы мұндай микрокредит бойынша міндеттемелердің орындалуын талап етуге құқылы емес және мұндай микрокредит беру фактісі анықталған күннен бастап үш жұмыс күнінен кешіктірмей, оныншы бөлікте көзделген шараларды осы баптың 3-3-тармағы он бірінші бөлігінің талаптарын ескере отырып, қабылдайды.";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1020"/>
+    <w:bookmarkStart w:name="z1173" w:id="1021"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай мазмұндағы 3-6-тармақпен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1021"/>
-    <w:bookmarkStart w:name="z1173" w:id="1022"/>
-[...15 lines deleted...]
-      мынадай мазмұндағы 3-6-тармақпен толықтырылсын:</w:t>
+    <w:bookmarkStart w:name="z1174" w:id="1022"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3-6. Микроқаржы ұйымы микрокредит беру туралы шешім қабылдағанға дейін алған, мерзімді әскери қызметтегі әскери қызметшілердің кредиттік есебінде оны мерзімді әскери қызметке шақыру туралы ақпарат болған кезде микроқаржы ұйымының осындай әскери қызметшілерге Қазақстан Республикасының Қарулы Күштерінде, басқа да әскерлері мен әскери құралымдарында мерзімді әскери қызметті өткеруі кезеңінде микрокредиттер беруіне тыйым салынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1022"/>
-    <w:bookmarkStart w:name="z1174" w:id="1023"/>
-[...15 lines deleted...]
-      "3-6. Микроқаржы ұйымы микрокредит беру туралы шешім қабылдағанға дейін алған, мерзімді әскери қызметтегі әскери қызметшілердің кредиттік есебінде оны мерзімді әскери қызметке шақыру туралы ақпарат болған кезде микроқаржы ұйымының осындай әскери қызметшілерге Қазақстан Республикасының Қарулы Күштерінде, басқа да әскерлері мен әскери құралымдарында мерзімді әскери қызметті өткеруі кезеңінде микрокредиттер беруіне тыйым салынады.</w:t>
+    <w:bookmarkStart w:name="z1175" w:id="1023"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мерзімді әскери қызметке шақырылған әскери қызметшілер, сондай-ақ оларды қызметтен шығару туралы мәліметтер алмасу Қазақстан Республикасының Қорғаныс министрлігімен келісу бойынша уәкілетті орган айқындаған тәртіппен мемлекеттік органдар мен кредиттік бюролардың ақпараттық жүйелерінің өзара іс-қимылын қамтамасыз ету арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1023"/>
-    <w:bookmarkStart w:name="z1175" w:id="1024"/>
-[...15 lines deleted...]
-      Мерзімді әскери қызметке шақырылған әскери қызметшілер, сондай-ақ оларды қызметтен шығару туралы мәліметтер алмасу Қазақстан Республикасының Қорғаныс министрлігімен келісу бойынша уәкілетті орган айқындаған тәртіппен мемлекеттік органдар мен кредиттік бюролардың ақпараттық жүйелерінің өзара іс-қимылын қамтамасыз ету арқылы жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z1176" w:id="1024"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың екінші бөлігінде көзделген жағдайларда, дербес деректерді жинау, өңдеу және пайдалану Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1024"/>
-    <w:bookmarkStart w:name="z1176" w:id="1025"/>
-[...15 lines deleted...]
-      Осы тармақтың екінші бөлігінде көзделген жағдайларда, дербес деректерді жинау, өңдеу және пайдалану Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z1177" w:id="1025"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Микроқаржы ұйымы микрокредит беру туралы шешім қабылдағанға дейін алған, әскери қызметтегі әскери қызметшінің кредиттік есебінде оны мерзімді әскери қызметке шақыру туралы ақпарат болған кезде микроқаржы ұйымы осындай әскери қызметшіге микрокредит берген жағдайда микроқаржы ұйымы мұндай микрокредит бойынша міндеттемелердің орындалуын талап етуге құқылы емес және мұндай микрокредит беру фактісі анықталған күннен бастап үш жұмыс күнінен кешіктірмей осы баптың 3-3-тармағының оныншы бөлігінде көзделген шараларды қабылдайды.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1025"/>
-    <w:bookmarkStart w:name="z1177" w:id="1026"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1178" w:id="1027"/>
+    <w:bookmarkStart w:name="z1178" w:id="1026"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) 5-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-1-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1026"/>
+    <w:bookmarkStart w:name="z1179" w:id="1027"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2-1. Микроқаржы ұйымы микрокредит беру туралы шарттарда, сондай-ақ микрокредиттер бойынша сыйақы шамалары туралы ақпаратты тарату, оның ішінде оны жариялау кезінде жылдық тиімді сыйақы мөлшерлемесін көрсетуге міндетті.";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1027"/>
-    <w:bookmarkStart w:name="z1179" w:id="1028"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1180" w:id="1029"/>
+    <w:bookmarkStart w:name="z1180" w:id="1028"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-бапта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1029"/>
+    <w:bookmarkEnd w:id="1028"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -36577,110 +36782,110 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9) тармақша</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1183" w:id="1030"/>
+    <w:bookmarkStart w:name="z1183" w:id="1029"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "9) Қазақстан Республикасы Ұлттық Банкінің нормативтік құқықтық актілеріне сәйкес Қазақстан Республикасының Ұлттық Банкіне қаржылық және өзге де есептілікті ұсынуға;";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1029"/>
+    <w:bookmarkStart w:name="z1184" w:id="1030"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай мазмұндағы 9-1) тармақшамен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1030"/>
-    <w:bookmarkStart w:name="z1184" w:id="1031"/>
-[...15 lines deleted...]
-      мынадай мазмұндағы 9-1) тармақшамен толықтырылсын:</w:t>
+    <w:bookmarkStart w:name="z1185" w:id="1031"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9-1) Қазақстан Республикасы Ұлттық Банкінің нормативтік құқықтық актілеріне сәйкес Қазақстан Республикасының Ұлттық Банкіне пруденциялық нормативтердің және сақталуы міндетті өзге де нормалар мен лимиттердің орындалуы туралы есептілікті ұсынуға;";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1031"/>
-    <w:bookmarkStart w:name="z1185" w:id="1032"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="1032"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -36805,150 +37010,150 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-2) тармақша</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1189" w:id="1033"/>
+    <w:bookmarkStart w:name="z1189" w:id="1032"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1-2) микрокредит сомасын қайтару және кәсіпкерлік қызметті жүзеге асыруға байланысты емес микрокредит бойынша сыйақыны төлеу жөніндегі міндеттемені бұзғаны үшін сыйақыны және (немесе) тұрақсыздық айыбын (айыппұлды, өсімпұлды) қоспағанда, кез келген төлемді белгілеуге және қарыз алушыдан (өтініш берушіден) алуға;";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1032"/>
+    <w:bookmarkStart w:name="z1190" w:id="1033"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай мазмұндағы 1-3) тармақшамен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1033"/>
-    <w:bookmarkStart w:name="z1190" w:id="1034"/>
-[...15 lines deleted...]
-      мынадай мазмұндағы 1-3) тармақшамен толықтырылсын:</w:t>
+    <w:bookmarkStart w:name="z1191" w:id="1034"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1-3) кәсіпкерлік қызметті жүзеге асыруға байланысты микрокредит бойынша сыйақыны және тұрақсыздық айыбын (айыппұлды, өсімпұлды) қоспағанда, кез келген төлемді белгілеуге және қарыз алушыдан (өтініш берушіден) алуға;";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1034"/>
-    <w:bookmarkStart w:name="z1191" w:id="1035"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1192" w:id="1036"/>
+    <w:bookmarkStart w:name="z1192" w:id="1035"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-2-бапта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1036"/>
+    <w:bookmarkEnd w:id="1035"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -36961,130 +37166,130 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1194" w:id="1037"/>
+    <w:bookmarkStart w:name="z1194" w:id="1036"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы 1-1) тармақшамен толықтырылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1036"/>
+    <w:bookmarkStart w:name="z1195" w:id="1037"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1-1) ай сайынғы төлем мөлшерін микрокредитті өтеу графигінде белгіленген төлемнің кемінде елу пайызына азайту жағына қарай өзгертуге;";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1037"/>
-    <w:bookmarkStart w:name="z1195" w:id="1038"/>
-[...15 lines deleted...]
-      "1-1) ай сайынғы төлем мөлшерін микрокредитті өтеу графигінде белгіленген төлемнің кемінде елу пайызына азайту жағына қарай өзгертуге;";</w:t>
+    <w:bookmarkStart w:name="z1196" w:id="1038"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай мазмұндағы екінші бөлікпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1038"/>
-    <w:bookmarkStart w:name="z1196" w:id="1039"/>
-[...15 lines deleted...]
-      мынадай мазмұндағы екінші бөлікпен толықтырылсын:</w:t>
+    <w:bookmarkStart w:name="z1197" w:id="1039"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қарыз алушы – жеке тұлғаның микрокредит беру туралы шарттың талаптарына, оған қоса берілетін құжаттардың тізбесіне өзгерістер енгізу туралы өтінішін қарау тәртібі, сондай-ақ микроқаржы ұйымының өтінішті қарау нәтижелері туралы уәкілетті органға хабарлау тәртібі уәкілетті органның нормативтік құқықтық актісінде айқындалады.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1039"/>
-    <w:bookmarkStart w:name="z1197" w:id="1040"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="1040"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -37097,130 +37302,130 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай мазмұндағы екінші және үшінші бөліктермен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1199" w:id="1041"/>
+    <w:bookmarkStart w:name="z1199" w:id="1040"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Микроқаржы ұйымы микрокредит беру туралы шарттың талаптарына ұсынылған өзгерістермен келісу туралы шешімді:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1040"/>
+    <w:bookmarkStart w:name="z1200" w:id="1041"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Тұрғын үй қатынастары туралы" Қазақстан Республикасының Заңына сәйкес халықтың әлеуметтік осал топтарына жататын;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1041"/>
-    <w:bookmarkStart w:name="z1200" w:id="1042"/>
-[...15 lines deleted...]
-      1) "Тұрғын үй қатынастары туралы" Қазақстан Республикасының Заңына сәйкес халықтың әлеуметтік осал топтарына жататын;</w:t>
+    <w:bookmarkStart w:name="z1201" w:id="1042"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) төтенше жағдай енгізуге негіз болған мән-жайлардың салдарынан зардап шеккен қарыз алушы – жеке тұлға микрокредит беру туралы шарттың талаптарына осы баптың 2-тармағы бірінші бөлігінің 1-1) тармақшасында және (немесе) 2) тармақшасында көзделген өзгерістерді енгізу туралы өтініш берген кезде кемінде үш ай мерзімге қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1042"/>
-    <w:bookmarkStart w:name="z1201" w:id="1043"/>
-[...15 lines deleted...]
-      2) төтенше жағдай енгізуге негіз болған мән-жайлардың салдарынан зардап шеккен қарыз алушы – жеке тұлға микрокредит беру туралы шарттың талаптарына осы баптың 2-тармағы бірінші бөлігінің 1-1) тармақшасында және (немесе) 2) тармақшасында көзделген өзгерістерді енгізу туралы өтініш берген кезде кемінде үш ай мерзімге қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z1202" w:id="1043"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың екінші бөлігінің 1) тармақшасында көрсетілген қарыз алушы – жеке тұлғамен жасалған микрокредит беру туралы шарттың талаптарына ұсынылған өзгерістермен келісу туралы шешім қарыз алушы өтінішпен жүгінген айдың алдындағы екі айда есептелген қарыз алушының орташа айлық кірісі қарыз алушының өтінішпен жүгінген не атаулы әлеуметтік көмек тағайындалған айдың алдындағы он екі айда есептелген қарыз алушының орташа айлық кірісімен салыстырғанда отыз пайыздан астамға төмендеген жағдайда қабылданады.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1043"/>
-    <w:bookmarkStart w:name="z1202" w:id="1044"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="1044"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -37233,630 +37438,744 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармақтың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бірінші бөлігіндегі "үшінші" деген сөз "бесінші" деген сөзбен ауыстырылсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1204" w:id="1045"/>
+    <w:bookmarkStart w:name="z1204" w:id="1044"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-бап</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1044"/>
+    <w:bookmarkStart w:name="z1205" w:id="1045"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "17-бап. Микроқаржы ұйымы жүргізетін операцияларға қойылатын жалпы талаптар</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1045"/>
-    <w:bookmarkStart w:name="z1205" w:id="1046"/>
-[...15 lines deleted...]
-      "17-бап. Микроқаржы ұйымы жүргізетін операцияларға қойылатын жалпы талаптар</w:t>
+    <w:bookmarkStart w:name="z1206" w:id="1046"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Микроқаржы ұйымы микроқаржылық қызметті мынадай мәліметтерді қамтитын микрокредиттер беру қағидалары болған кезде жүзеге асырады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1046"/>
-    <w:bookmarkStart w:name="z1206" w:id="1047"/>
-[...15 lines deleted...]
-      1. Микроқаржы ұйымы микроқаржылық қызметті мынадай мәліметтерді қамтитын микрокредиттер беру қағидалары болған кезде жүзеге асырады:</w:t>
+    <w:bookmarkStart w:name="z1207" w:id="1047"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) микрокредит беруге өтініш беру тәртібі және оны қарау тәртібі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1047"/>
-    <w:bookmarkStart w:name="z1207" w:id="1048"/>
-[...15 lines deleted...]
-      1) микрокредит беруге өтініш беру тәртібі және оны қарау тәртібі;</w:t>
+    <w:bookmarkStart w:name="z1208" w:id="1048"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) микрокредит беру туралы шартты жасасу тәртібі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1048"/>
-    <w:bookmarkStart w:name="z1208" w:id="1049"/>
-[...15 lines deleted...]
-      2) микрокредит беру туралы шартты жасасу тәртібі;</w:t>
+    <w:bookmarkStart w:name="z1209" w:id="1049"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) микрокредиттiң шекті сомалары және оны беру мерзiмдерi;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1049"/>
-    <w:bookmarkStart w:name="z1209" w:id="1050"/>
-[...15 lines deleted...]
-      3) микрокредиттiң шекті сомалары және оны беру мерзiмдерi;</w:t>
+    <w:bookmarkStart w:name="z1210" w:id="1050"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) берiлетiн микрокредиттер бойынша сыйақы мөлшерлемелерінің шектi шамалары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1050"/>
-    <w:bookmarkStart w:name="z1210" w:id="1051"/>
-[...15 lines deleted...]
-      4) берiлетiн микрокредиттер бойынша сыйақы мөлшерлемелерінің шектi шамалары;</w:t>
+    <w:bookmarkStart w:name="z1211" w:id="1051"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) берiлген микрокредиттер бойынша сыйақы төлеу тәртiбi;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1051"/>
-    <w:bookmarkStart w:name="z1211" w:id="1052"/>
-[...15 lines deleted...]
-      5) берiлген микрокредиттер бойынша сыйақы төлеу тәртiбi;</w:t>
+    <w:bookmarkStart w:name="z1212" w:id="1052"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) микроқаржы ұйымы қабылдайтын қамтамасыз етуге қойылатын талаптар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1052"/>
-    <w:bookmarkStart w:name="z1212" w:id="1053"/>
-[...15 lines deleted...]
-      6) микроқаржы ұйымы қабылдайтын қамтамасыз етуге қойылатын талаптар;</w:t>
+    <w:bookmarkStart w:name="z1213" w:id="1053"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) берілетін микрокредиттер бойынша жылдық тиімді сыйақы мөлшерлемесін есептеу қағидалары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1053"/>
-    <w:bookmarkStart w:name="z1213" w:id="1054"/>
-[...15 lines deleted...]
-      7) берілетін микрокредиттер бойынша жылдық тиімді сыйақы мөлшерлемесін есептеу қағидалары;</w:t>
+    <w:bookmarkStart w:name="z1214" w:id="1054"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) микрокредитті өтеу әдістері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1054"/>
-    <w:bookmarkStart w:name="z1214" w:id="1055"/>
-[...15 lines deleted...]
-      8) микрокредитті өтеу әдістері;</w:t>
+    <w:bookmarkStart w:name="z1215" w:id="1055"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) клиенттердің микрокредит беру процесінде туындайтын жолданымдарын қарау тәртібі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1055"/>
-    <w:bookmarkStart w:name="z1215" w:id="1056"/>
-[...15 lines deleted...]
-      9) клиенттердің микрокредит беру процесінде туындайтын жолданымдарын қарау тәртібі.</w:t>
+    <w:bookmarkStart w:name="z1216" w:id="1056"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Клиенттің жолданымын қарау мерзімі жолданым микроқаржы ұйымына келіп түскен күннен бастап он бес жұмыс күнінен аспауға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1056"/>
-    <w:bookmarkStart w:name="z1216" w:id="1057"/>
-[...15 lines deleted...]
-      Клиенттің жолданымын қарау мерзімі жолданым микроқаржы ұйымына келіп түскен күннен бастап он бес жұмыс күнінен аспауға тиіс.</w:t>
+    <w:bookmarkStart w:name="z1217" w:id="1057"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жолданымды дұрыс қарау үшін маңызы бар нақты мән-жайларды анықтау қажеттілігіне байланысты жолданымды қарау мерзімі он бес жұмыс күніне ұзартылуы мүмкін, бұл туралы клиентке жолданымды қарау мерзімі ұзартылған күннен бастап үш жұмыс күні ішінде хабарланады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1057"/>
-    <w:bookmarkStart w:name="z1217" w:id="1058"/>
-[...15 lines deleted...]
-      Жолданымды дұрыс қарау үшін маңызы бар нақты мән-жайларды анықтау қажеттілігіне байланысты жолданымды қарау мерзімі он бес жұмыс күніне ұзартылуы мүмкін, бұл туралы клиентке жолданымды қарау мерзімі ұзартылған күннен бастап үш жұмыс күні ішінде хабарланады;</w:t>
+    <w:bookmarkStart w:name="z1218" w:id="1058"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) микроқаржы ұйымы мен оның клиентінің құқықтары мен міндеттері, олардың жауапкершілігі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1058"/>
-    <w:bookmarkStart w:name="z1218" w:id="1059"/>
-[...15 lines deleted...]
-      10) микроқаржы ұйымы мен оның клиентінің құқықтары мен міндеттері, олардың жауапкершілігі;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) тармақшаның он алтыншы абзацын алып тастау көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) клиенттермен жұмыс істеу тәртібі туралы, оның ішінде мүгедектігі бар адамдарға және халықтың жүріп-тұруы шектеулі басқа да топтарына көрсетілетін қызметтерді ұсыну бойынша қаржы ұйымдары бөлімшелерінің қолжетімділігі жөніндегі ұлттық стандарттың талаптары ескеріле отырып, мүгедектігі бар адамдарға және халықтың жүріп-тұруы шектеулі топтарына көрсетілетін қызметтерді ұсыну тәртібін, сондай-ақ мүгедектігі бар адамдарға және халықтың жүріп-тұруы шектеулі топтарына сенім білдірілген адамның қатысуымен көрсетілетін қызметтерді ұсыну ерекшеліктерін қамтитын ереже;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1220" w:id="1059"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) Қазақстан Республикасының заңдарына қайшы келмейтін өзге де шарттар, талаптар мен шектеулер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1059"/>
-    <w:bookmarkStart w:name="z1219" w:id="1060"/>
-[...15 lines deleted...]
-      11) клиенттермен жұмыс істеу тәртібі туралы, оның ішінде мүгедектігі бар адамдарға және халықтың жүріп-тұруы шектеулі басқа да топтарына көрсетілетін қызметтерді ұсыну бойынша қаржы ұйымдары бөлімшелерінің қолжетімділігі жөніндегі ұлттық стандарттың талаптары ескеріле отырып, мүгедектігі бар адамдарға және халықтың жүріп-тұруы шектеулі топтарына көрсетілетін қызметтерді ұсыну тәртібін, сондай-ақ мүгедектігі бар адамдарға және халықтың жүріп-тұруы шектеулі топтарына сенім білдірілген адамның қатысуымен көрсетілетін қызметтерді ұсыну ерекшеліктерін қамтитын ереже;</w:t>
+    <w:bookmarkStart w:name="z1221" w:id="1060"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Микрокредиттер беру қағидалары уәкілетті органның нормативтік құқықтық актісінде айқындалатын, микроқаржы ұйымдарының микрокредиттер беру, ақпаратты жария ету және клиенттердің микрокредиттер беру процесінде туындайтын жолданымдарын қарау тәртібіне сәйкес келуге тиіс.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1060"/>
-    <w:bookmarkStart w:name="z1220" w:id="1061"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z1222" w:id="1063"/>
+    <w:bookmarkStart w:name="z1222" w:id="1061"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) 21-баптың 6-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6) тармақшасындағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "қудалау органдары" деген сөздер "қудалау, ұлттық қауіпсіздік органдары және құқық қорғау органдары" деген сөздермен ауыстырылсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1063"/>
-    <w:bookmarkStart w:name="z1223" w:id="1064"/>
+    <w:bookmarkEnd w:id="1061"/>
+    <w:bookmarkStart w:name="z1223" w:id="1062"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>24-бап</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай мазмұндағы 2-1 және 2-2-тармақтармен толықтырылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1062"/>
+    <w:bookmarkStart w:name="z1224" w:id="1063"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2-1. Микроқаржы ұйымы микрокредит бойынша сыйақы шамалары туралы ақпаратты қамтитын жарнаманы тарату және (немесе) орналастыру кезінде жылдық тиімді сыйақы мөлшерлемесін көрсетуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1063"/>
+    <w:bookmarkStart w:name="z1225" w:id="1064"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-2. Микрокредит бойынша сыйақының шамалары туралы ақпаратты қамтитын жарнаманы тарату кезінде, оның ішінде оны жариялау кезінде жылдық тиімді сыйақы мөлшерлемесі қаріптердің өлшемі мен ресімделу стилі бойынша басқа да сыйақы мөлшерлемелерімен бірдей нысандағы цифрлық мәнде көрсетіледі. Жылдық тиімді сыйақы мөлшерлемесін осы жарнамада өзге ақпаратты көрсеткен кезде пайдаланылатын қаріптен кіші қаріппен көрсетуге жол берілмейді.";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1064"/>
-    <w:bookmarkStart w:name="z1224" w:id="1065"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z1226" w:id="1067"/>
+    <w:bookmarkStart w:name="z1226" w:id="1065"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) 25-3-баптың 2-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1067"/>
-    <w:bookmarkStart w:name="z1227" w:id="1068"/>
+    <w:bookmarkEnd w:id="1065"/>
+    <w:bookmarkStart w:name="z1227" w:id="1066"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>27-бапта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1068"/>
+    <w:bookmarkEnd w:id="1066"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -37869,350 +38188,350 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тақырыптағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "және Қазақстан Республикасы Ұлттық Банкінің" деген сөздер алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1229" w:id="1069"/>
+    <w:bookmarkStart w:name="z1229" w:id="1067"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бірінші бөлік мынадай мазмұндағы 1-1) тармақшамен толықтырылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1067"/>
+    <w:bookmarkStart w:name="z1230" w:id="1068"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1-1) осы Заңның 2-1-бабының 1 және 2-тармақтарында көзделген мақсат пен міндеттерге және Қазақстан Республикасының заңнамасына сәйкес микроқаржылық қызметті жүзеге асыратын ұйымдардың орындауы үшін міндетті микроқаржылық қызметті реттеу саласындағы нормативтік құқықтық актілерді қабылдайды. Заңға тәуелді нормативтік құқықтық актілердің тізбесі уәкілетті орган туралы ережеде айқындалады;";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1068"/>
+    <w:bookmarkStart w:name="z1231" w:id="1069"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      екінші бөлік алып тасталсын;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1069"/>
-    <w:bookmarkStart w:name="z1230" w:id="1070"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z1232" w:id="1072"/>
+    <w:bookmarkStart w:name="z1232" w:id="1070"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) 29-1-баптың 7-тармағы бірінші бөлігінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3) тармақшасындағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "және микроқаржы омбудсманының ішкі қағидаларының" деген сөздер алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1072"/>
-    <w:bookmarkStart w:name="z1233" w:id="1073"/>
+    <w:bookmarkEnd w:id="1070"/>
+    <w:bookmarkStart w:name="z1233" w:id="1071"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12) 29-2-баптың 1-тармағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6) тармақшасындағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "байқауда тұрған адам микроқаржы омбудсманы ретінде сайлау үшін ұсынылмайды." деген сөздер "байқауда тұрған;" деген сөздермен ауыстырылып, мынадай мазмұндағы 7) тармақшамен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1073"/>
-    <w:bookmarkStart w:name="z1234" w:id="1074"/>
+    <w:bookmarkEnd w:id="1071"/>
+    <w:bookmarkStart w:name="z1234" w:id="1072"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "7) мемлекеттік тілді білмейтін адам микроқаржы омбудсманы ретінде сайлау үшін ұсынылмайды.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1074"/>
-    <w:bookmarkStart w:name="z1235" w:id="1075"/>
+    <w:bookmarkEnd w:id="1072"/>
+    <w:bookmarkStart w:name="z1235" w:id="1073"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13) 29-4-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> үшінші бөлігі мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1075"/>
-    <w:bookmarkStart w:name="z1236" w:id="1076"/>
+    <w:bookmarkEnd w:id="1073"/>
+    <w:bookmarkStart w:name="z1236" w:id="1074"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Микроқаржы омбудсманы осы тармақтың бірінші бөлігінде көзделген талаптарды бұзған жағдайда, өкілдер кеңесі микроқаржы омбудсманының өкілеттіктерін мерзімінен бұрын тоқтату туралы мәселені қарауға құқылы.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1076"/>
-    <w:bookmarkStart w:name="z1237" w:id="1077"/>
+    <w:bookmarkEnd w:id="1074"/>
+    <w:bookmarkStart w:name="z1237" w:id="1075"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>31-1-баптың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігі "құжаттардың" деген сөзден кейін "және хабарламада көрсетілетін бекітілген қаржы өнімдері жөніндегі мәліметтердің" деген сөздермен толықтырылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1077"/>
-    <w:bookmarkStart w:name="z1238" w:id="1078"/>
+    <w:bookmarkEnd w:id="1075"/>
+    <w:bookmarkStart w:name="z1238" w:id="1076"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       31. "Рұқсаттар және хабарламалар туралы" 2014 жылғы 16 мамырдағы Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1078"/>
+    <w:bookmarkEnd w:id="1076"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -38225,130 +38544,130 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаның</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 53-жолының 3-бағаны мынадай мазмұндағы 37-тармақпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1240" w:id="1079"/>
+    <w:bookmarkStart w:name="z1240" w:id="1077"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "37. Тұрғын үй құрылыс жинақ банктерінің мемлекеттік білім беру жинақтау жүйесі шеңберінде ақылы, мерзімділік және қайтарымдылық шарттарымен ақшалай нысанда кредиттер беруі.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1079"/>
-    <w:bookmarkStart w:name="z1241" w:id="1080"/>
+    <w:bookmarkEnd w:id="1077"/>
+    <w:bookmarkStart w:name="z1241" w:id="1078"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1080"/>
-    <w:bookmarkStart w:name="z1242" w:id="1081"/>
+    <w:bookmarkEnd w:id="1078"/>
+    <w:bookmarkStart w:name="z1242" w:id="1079"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1081"/>
+    <w:bookmarkEnd w:id="1079"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -39016,70 +39335,70 @@
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       деген сөздер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1244" w:id="1082"/>
+    <w:bookmarkStart w:name="z1244" w:id="1080"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1082"/>
+    <w:bookmarkEnd w:id="1080"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -39598,90 +39917,90 @@
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       деген сөздермен ауыстырылсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1246" w:id="1083"/>
+    <w:bookmarkStart w:name="z1246" w:id="1081"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-сынып мынадай мазмұндағы 87-18-жолмен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1083"/>
-    <w:bookmarkStart w:name="z1247" w:id="1084"/>
+    <w:bookmarkEnd w:id="1081"/>
+    <w:bookmarkStart w:name="z1247" w:id="1082"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1084"/>
+    <w:bookmarkEnd w:id="1082"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -39892,651 +40211,651 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1249" w:id="1085"/>
+    <w:bookmarkStart w:name="z1249" w:id="1083"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32. "Құқықтық актілер туралы" 2016 жылғы 6 сәуірдегі Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1085"/>
-    <w:bookmarkStart w:name="z1250" w:id="1086"/>
+    <w:bookmarkEnd w:id="1083"/>
+    <w:bookmarkStart w:name="z1250" w:id="1084"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) 37-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігіндегі ", "Қазақстан Республикасы Ұлттық Банкінің Хабаршысы" деген сөздер алып тасталсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1086"/>
-    <w:bookmarkStart w:name="z1251" w:id="1087"/>
+    <w:bookmarkEnd w:id="1084"/>
+    <w:bookmarkStart w:name="z1251" w:id="1085"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33. "Пошта туралы" 2016 жылғы 9 сәуірдегі Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1087"/>
-    <w:bookmarkStart w:name="z1252" w:id="1088"/>
+    <w:bookmarkEnd w:id="1085"/>
+    <w:bookmarkStart w:name="z1252" w:id="1086"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігі мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1088"/>
-    <w:bookmarkStart w:name="z1253" w:id="1089"/>
+    <w:bookmarkEnd w:id="1086"/>
+    <w:bookmarkStart w:name="z1253" w:id="1087"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Ұлттық пошта операторы Қазақстан Республикасы Ұлттық Банкінің нормативтік құқықтық актісіне сәйкес Қазақстан Республикасының Ұлттық Банкіне қаржылық және өзге де есептілікті ұсынады.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1089"/>
-    <w:bookmarkStart w:name="z1254" w:id="1090"/>
+    <w:bookmarkEnd w:id="1087"/>
+    <w:bookmarkStart w:name="z1254" w:id="1088"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34. "Төлемдер және төлем жүйелері туралы" 2016 жылғы 26 шілдедегі Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1090"/>
-    <w:bookmarkStart w:name="z1255" w:id="1091"/>
+    <w:bookmarkEnd w:id="1088"/>
+    <w:bookmarkStart w:name="z1255" w:id="1089"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кіріспе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1091"/>
-    <w:bookmarkStart w:name="z1256" w:id="1092"/>
+    <w:bookmarkEnd w:id="1089"/>
+    <w:bookmarkStart w:name="z1256" w:id="1090"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-3) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1092"/>
-    <w:bookmarkStart w:name="z1257" w:id="1093"/>
+    <w:bookmarkEnd w:id="1090"/>
+    <w:bookmarkStart w:name="z1257" w:id="1091"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "7-3) алаяқтық белгілері бар төлем транзакциялары бойынша деректер алмасу орталығы (Қазақстан Республикасы Ұлттық Банкінің антифрод-орталығы) – Қазақстан Республикасы Ұлттық Банкінің осы Заңның 25-1-бабында көзделген тәртіппен алаяқтық белгілері бар төлем транзакцияларын және өзге де төлем транзакцияларын анықтауға және болғызбауға бағытталған шараларды үйлестіруді және қабылдауды жүзеге асыратын заңды тұлғасы (бұдан әрі – антифрод-орталық);";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1093"/>
-    <w:bookmarkStart w:name="z1258" w:id="1094"/>
+    <w:bookmarkEnd w:id="1091"/>
+    <w:bookmarkStart w:name="z1258" w:id="1092"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) 2-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағындағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "талаптары" деген сөз "ережелері" деген сөзбен ауыстырылсын;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1092"/>
+    <w:bookmarkStart w:name="z1259" w:id="1093"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) мынадай мазмұндағы 3-1-баппен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1093"/>
+    <w:bookmarkStart w:name="z1260" w:id="1094"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3-1-бап. Осы Заңның мақсаты, міндеттері мен қағидаттары</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1094"/>
-    <w:bookmarkStart w:name="z1259" w:id="1095"/>
-[...15 lines deleted...]
-      4) мынадай мазмұндағы 3-1-баппен толықтырылсын:</w:t>
+    <w:bookmarkStart w:name="z1261" w:id="1095"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Төлем жүйелерін ұйымдастыру және олардың жұмыс істеуі, төлем жүйелерін реттеу және оларды қадағалау (оверсайт), көрсетілетін төлем қызметтерінің нарығын реттеу, оларды бақылау мен қадағалау, сондай-ақ Қазақстан Республикасында төлемдерді және (немесе) ақша аударымдарын жүзеге асыру саласында туындайтын қоғамдық қатынастарды реттеу осы Заңның мақсаты болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1095"/>
-    <w:bookmarkStart w:name="z1260" w:id="1096"/>
-[...15 lines deleted...]
-      "3-1-бап. Осы Заңның мақсаты, міндеттері мен қағидаттары</w:t>
+    <w:bookmarkStart w:name="z1262" w:id="1096"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Заңның міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1096"/>
-    <w:bookmarkStart w:name="z1261" w:id="1097"/>
-[...15 lines deleted...]
-      1. Төлем жүйелерін ұйымдастыру және олардың жұмыс істеуі, төлем жүйелерін реттеу және оларды қадағалау (оверсайт), көрсетілетін төлем қызметтерінің нарығын реттеу, оларды бақылау мен қадағалау, сондай-ақ Қазақстан Республикасында төлемдерді және (немесе) ақша аударымдарын жүзеге асыру саласында туындайтын қоғамдық қатынастарды реттеу осы Заңның мақсаты болып табылады.</w:t>
+    <w:bookmarkStart w:name="z1263" w:id="1097"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) көрсетілетін төлем қызметтерінің нарығын, көрсетілетін төлем қызметтерін берушілердің және төлем жүйелері операторларының төлемдер мен ақша аударымдарын жүзеге асыруға, төлем қызметтерін көрсетуге байланысты қызметін реттеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1097"/>
-    <w:bookmarkStart w:name="z1262" w:id="1098"/>
-[...15 lines deleted...]
-      2. Осы Заңның міндеттері:</w:t>
+    <w:bookmarkStart w:name="z1264" w:id="1098"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) көрсетілетін төлем қызметтерінің нарығына қатысу үшін көрсетілетін төлем қызметтерін берушілердің, төлем жүйелері операторларының қызметіне, көрсетілетін төлем қызметтерінің нарығы субъектілерінің өзара іс-қимыл жасау және төлем қызметтерін көрсету тәртібіне қойылатын талаптарды әзірлеу және белгілеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1098"/>
-    <w:bookmarkStart w:name="z1263" w:id="1099"/>
-[...15 lines deleted...]
-      1) көрсетілетін төлем қызметтерінің нарығын, көрсетілетін төлем қызметтерін берушілердің және төлем жүйелері операторларының төлемдер мен ақша аударымдарын жүзеге асыруға, төлем қызметтерін көрсетуге байланысты қызметін реттеу;</w:t>
+    <w:bookmarkStart w:name="z1265" w:id="1099"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өз құзыреті шегінде көрсетілетін төлем қызметтерін берушілердің, төлем жүйелері операторларының қызметін бақылау мен қадағалауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1099"/>
-    <w:bookmarkStart w:name="z1264" w:id="1100"/>
-[...15 lines deleted...]
-      2) көрсетілетін төлем қызметтерінің нарығына қатысу үшін көрсетілетін төлем қызметтерін берушілердің, төлем жүйелері операторларының қызметіне, көрсетілетін төлем қызметтерінің нарығы субъектілерінің өзара іс-қимыл жасау және төлем қызметтерін көрсету тәртібіне қойылатын талаптарды әзірлеу және белгілеу;</w:t>
+    <w:bookmarkStart w:name="z1266" w:id="1100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) мемлекеттің қаржы жүйесі мен экономикасының орнықтылығын қамтамасыз етуге, алаяқтықты, қылмыстық жолмен алынған кірістерді заңдастыруды (жылыстатуды) және терроризмді қаржыландыруды болғызбауға бағытталған ұйымдастырушылық және рәсімдік іс-шараларға жәрдемдесу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1100"/>
-    <w:bookmarkStart w:name="z1265" w:id="1101"/>
-[...15 lines deleted...]
-      3) өз құзыреті шегінде көрсетілетін төлем қызметтерін берушілердің, төлем жүйелері операторларының қызметін бақылау мен қадағалауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z1267" w:id="1101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Төлем жүйелерінің жұмыс істеуіне, көрсетілетін төлем қызметтерінің нарығын реттеуге, төлемдер мен ақша аударымдарын жүзеге асыруға байланысты қатынастарды реттеу мынадай:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1101"/>
-    <w:bookmarkStart w:name="z1266" w:id="1102"/>
-[...15 lines deleted...]
-      4) мемлекеттің қаржы жүйесі мен экономикасының орнықтылығын қамтамасыз етуге, алаяқтықты, қылмыстық жолмен алынған кірістерді заңдастыруды (жылыстатуды) және терроризмді қаржыландыруды болғызбауға бағытталған ұйымдастырушылық және рәсімдік іс-шараларға жәрдемдесу.</w:t>
+    <w:bookmarkStart w:name="z1268" w:id="1102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заңдылық;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1102"/>
-    <w:bookmarkStart w:name="z1267" w:id="1103"/>
-[...15 lines deleted...]
-      3. Төлем жүйелерінің жұмыс істеуіне, көрсетілетін төлем қызметтерінің нарығын реттеуге, төлемдер мен ақша аударымдарын жүзеге асыруға байланысты қатынастарды реттеу мынадай:</w:t>
+    <w:bookmarkStart w:name="z1269" w:id="1103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) баршаның заң алдындағы теңдігін қамтамасыз ету, төлем нарығы субъектілерінің құқықтары мен бостандықтарын құрметтеу және көрсетілетін төлем қызметтерін тұтынушылардың мүдделерін қорғау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1103"/>
-    <w:bookmarkStart w:name="z1268" w:id="1104"/>
-[...15 lines deleted...]
-      1) заңдылық;</w:t>
+    <w:bookmarkStart w:name="z1270" w:id="1104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ұлттық төлем нарығының экономикалық қауіпсіздігі мен тәуелсіздігін қамтамасыз ету қағидаттарына негізделеді.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1104"/>
-    <w:bookmarkStart w:name="z1269" w:id="1105"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z1271" w:id="1107"/>
+    <w:bookmarkStart w:name="z1271" w:id="1105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) 4-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -40551,171 +40870,171 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармақтары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1105"/>
+    <w:bookmarkStart w:name="z1272" w:id="1106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1. Қазақстан Республикасының Ұлттық Банкі төлем жүйелерін ұйымдастыруды және олардың жұмыс істеуін қамтамасыз етеді, төлем жүйелерін реттеуді және оларды қадағалауды (оверсайт), көрсетілетін төлем қызметтерінің нарығын реттеуді, оларды бақылау мен қадағалауды, сондай-ақ төлемдерді және (немесе) ақша аударымдарын реттеуді осы Заңға, Қазақстан Республикасының өзге де заңдарына сәйкес жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1106"/>
+    <w:bookmarkStart w:name="z1273" w:id="1107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Төлем жүйелері, көрсетілетін төлем қызметтерінің нарығы, төлемдер және (немесе) ақша аударымдары саласы қаржы нарығы мен қаржы ұйымдары және Қазақстан Республикасының қаржы заңнамасы саласының бір бөлігі болып табылады.";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1107"/>
-    <w:bookmarkStart w:name="z1272" w:id="1108"/>
-[...15 lines deleted...]
-      "1. Қазақстан Республикасының Ұлттық Банкі төлем жүйелерін ұйымдастыруды және олардың жұмыс істеуін қамтамасыз етеді, төлем жүйелерін реттеуді және оларды қадағалауды (оверсайт), көрсетілетін төлем қызметтерінің нарығын реттеуді, оларды бақылау мен қадағалауды, сондай-ақ төлемдерді және (немесе) ақша аударымдарын реттеуді осы Заңға, Қазақстан Республикасының өзге де заңдарына сәйкес жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z1274" w:id="1108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3. Қазақстан Республикасының заңдарына сәйкес Қазақстан Ұлттық Банкі өз құзыретіне жатқызылған мәселелер бойынша қабылдайтын заңға тәуелді нормативтік құқықтық актілердің тізбесі Қазақстан Республикасының Ұлттық Банкі туралы ережеде айқындалады.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1108"/>
-    <w:bookmarkStart w:name="z1273" w:id="1109"/>
-[...15 lines deleted...]
-      Төлем жүйелері, көрсетілетін төлем қызметтерінің нарығы, төлемдер және (немесе) ақша аударымдары саласы қаржы нарығы мен қаржы ұйымдары және Қазақстан Республикасының қаржы заңнамасы саласының бір бөлігі болып табылады.";</w:t>
+    <w:bookmarkStart w:name="z1275" w:id="1109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) 25-баптың 2-тармағының екінші бөлігі "ерекшеліктері" деген сөзден кейін ", электрондық банк қызметтерін көрсету және экономика секторларының кодтарын қолдану мен төлемдерді тағайындау тәртібі" деген сөздермен толықтырылсын;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1109"/>
-    <w:bookmarkStart w:name="z1274" w:id="1110"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z1276" w:id="1112"/>
+    <w:bookmarkStart w:name="z1276" w:id="1110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>25-1-бапта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1112"/>
+    <w:bookmarkEnd w:id="1110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -40728,70 +41047,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай мазмұндағы 4-1) тармақшамен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1278" w:id="1113"/>
+    <w:bookmarkStart w:name="z1278" w:id="1111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "4-1) қылмыстық қудалау, ұлттық қауіпсіздік органдары мен құқық қорғау органдарының ақпараты негізінде Қазақстан Республикасының заңдарына сәйкес заңсыз деп танылатын және (немесе) тыйым салынған өзге де төлем транзакцияларын анықтауға және болғызбауға жәрдемдеседі;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1113"/>
+    <w:bookmarkEnd w:id="1111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -40916,270 +41235,270 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4) тармақшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1282" w:id="1114"/>
+    <w:bookmarkStart w:name="z1282" w:id="1112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "егер" деген сөзден кейін "ақша жөнелтуші және (немесе)" деген сөздермен толықтырылсын;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1112"/>
+    <w:bookmarkStart w:name="z1283" w:id="1113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      орыс тіліндегі мәтінге түзету енгізілді, қазақ тіліндегі мәтін өзгермейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1113"/>
+    <w:bookmarkStart w:name="z1284" w:id="1114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай мазмұндағы 2-1-тармақпен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1114"/>
-    <w:bookmarkStart w:name="z1283" w:id="1115"/>
-[...15 lines deleted...]
-      орыс тіліндегі мәтінге түзету енгізілді, қазақ тіліндегі мәтін өзгермейді;</w:t>
+    <w:bookmarkStart w:name="z1285" w:id="1115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2-1. Қазақстан Республикасының Ұлттық Банкі бекітетін, алаяқтық белгілері бар төлем транзакциялары бойынша деректер алмасу орталығының (Қазақстан Республикасы Ұлттық Банкінің антифрод-орталығы) қызметін ұйымдастыру қағидаларында:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1115"/>
-    <w:bookmarkStart w:name="z1284" w:id="1116"/>
-[...15 lines deleted...]
-      мынадай мазмұндағы 2-1-тармақпен толықтырылсын:</w:t>
+    <w:bookmarkStart w:name="z1286" w:id="1116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) антифрод-орталықтың қызметін жүзеге асыру және антифрод-орталықтың өз қызметіне қатысатын тұлғалармен өзара іс-қимыл жасау тәртібі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1116"/>
-    <w:bookmarkStart w:name="z1285" w:id="1117"/>
-[...15 lines deleted...]
-      "2-1. Қазақстан Республикасының Ұлттық Банкі бекітетін, алаяқтық белгілері бар төлем транзакциялары бойынша деректер алмасу орталығының (Қазақстан Республикасы Ұлттық Банкінің антифрод-орталығы) қызметін ұйымдастыру қағидаларында:</w:t>
+    <w:bookmarkStart w:name="z1287" w:id="1117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) антифрод-орталықтың алаяқтық белгілері бар төлем транзакциясын жүзеге асыру оқиғалары мен әрекеттері туралы дерекқорды қалыптастыру мен жүргізуді және антифрод-орталықтың қызметіне қатысатын адамдарға оған қолжетімділік беруді жүзеге асыру тәртібі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1117"/>
-    <w:bookmarkStart w:name="z1286" w:id="1118"/>
-[...15 lines deleted...]
-      1) антифрод-орталықтың қызметін жүзеге асыру және антифрод-орталықтың өз қызметіне қатысатын тұлғалармен өзара іс-қимыл жасау тәртібі;</w:t>
+    <w:bookmarkStart w:name="z1288" w:id="1118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) алаяқтық белгілері бар төлем транзакцияларына байланысты тұлғалар туралы антифрод-орталықтың ақпаратын алған кезде қаржы ұйымдарының, төлем ұйымдарының нұсқауды орындаудан бас тарту және оны тоқтата тұру тәртібі мен мерзімдері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1118"/>
-    <w:bookmarkStart w:name="z1287" w:id="1119"/>
-[...15 lines deleted...]
-      2) антифрод-орталықтың алаяқтық белгілері бар төлем транзакциясын жүзеге асыру оқиғалары мен әрекеттері туралы дерекқорды қалыптастыру мен жүргізуді және антифрод-орталықтың қызметіне қатысатын адамдарға оған қолжетімділік беруді жүзеге асыру тәртібі;</w:t>
+    <w:bookmarkStart w:name="z1289" w:id="1119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) алаяқтық белгілері бар төлем транзакцияларын жүзеге асырудың барлық оқиғалары және (немесе) әрекеттері туралы ақпаратты қаржы ұйымдарының, төлем ұйымдарының антифрод-орталыққа жіберу тәртібі, нысандары мен мерзімдері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1119"/>
-    <w:bookmarkStart w:name="z1288" w:id="1120"/>
-[...15 lines deleted...]
-      3) алаяқтық белгілері бар төлем транзакцияларына байланысты тұлғалар туралы антифрод-орталықтың ақпаратын алған кезде қаржы ұйымдарының, төлем ұйымдарының нұсқауды орындаудан бас тарту және оны тоқтата тұру тәртібі мен мерзімдері;</w:t>
+    <w:bookmarkStart w:name="z1290" w:id="1120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) клиентті қаржы ұйымы, төлем ұйымы антифрод-орталықтың дерекқорына қосқан жағдайда қаржылық көрсетілетін қызметтердің немесе көрсетілетін төлем қызметтерінің шектеулі тізбесін беру тәртібі мен түрлері, сондай-ақ клиенттің қаржылық көрсетілетін қызметтердің немесе көрсетілетін төлем қызметтерінің шектеулі тізбесін алу үшін қаржы ұйымына, төлем ұйымына жүгіну тәртібі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1120"/>
-    <w:bookmarkStart w:name="z1289" w:id="1121"/>
-[...15 lines deleted...]
-      4) алаяқтық белгілері бар төлем транзакцияларын жүзеге асырудың барлық оқиғалары және (немесе) әрекеттері туралы ақпаратты қаржы ұйымдарының, төлем ұйымдарының антифрод-орталыққа жіберу тәртібі, нысандары мен мерзімдері;</w:t>
+    <w:bookmarkStart w:name="z1291" w:id="1121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) қылмыстық қудалау, ұлттық қауіпсіздік органдарының және құқық қорғау органдарының, қаржы ұйымдарының немесе төлем ұйымдарының Қазақстан Республикасының заңдарына сәйкес заңсыз деп танылатын және (немесе) тыйым салынған өзге де төлем транзакцияларын анықтау және болғызбау мақсатында өзара іс-қимыл жасау тәртібі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1121"/>
-    <w:bookmarkStart w:name="z1290" w:id="1122"/>
-[...15 lines deleted...]
-      5) клиентті қаржы ұйымы, төлем ұйымы антифрод-орталықтың дерекқорына қосқан жағдайда қаржылық көрсетілетін қызметтердің немесе көрсетілетін төлем қызметтерінің шектеулі тізбесін беру тәртібі мен түрлері, сондай-ақ клиенттің қаржылық көрсетілетін қызметтердің немесе көрсетілетін төлем қызметтерінің шектеулі тізбесін алу үшін қаржы ұйымына, төлем ұйымына жүгіну тәртібі;</w:t>
+    <w:bookmarkStart w:name="z1292" w:id="1122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) қылмыстық қудалау органынан алынған, прокурор санкциялаған, транзакцияны алаяқтық деп тану туралы хабарламада көрсетілген клиентке ақшаны қайтару тәртібі айқындалады.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1122"/>
-    <w:bookmarkStart w:name="z1291" w:id="1123"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="1124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -41192,270 +41511,270 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармақта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1294" w:id="1125"/>
+    <w:bookmarkStart w:name="z1294" w:id="1123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бірінші бөлік алып тасталсын;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1123"/>
+    <w:bookmarkStart w:name="z1295" w:id="1124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      екінші бөліктегі "қудалау органдары" деген сөздер "қудалау, ұлттық қауіпсіздік органдары, құқық қорғау органдары" деген сөздермен ауыстырылсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1124"/>
+    <w:bookmarkStart w:name="z1296" w:id="1125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай мазмұндағы 3-1-тармақпен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1125"/>
-    <w:bookmarkStart w:name="z1295" w:id="1126"/>
-[...15 lines deleted...]
-      екінші бөліктегі "қудалау органдары" деген сөздер "қудалау, ұлттық қауіпсіздік органдары, құқық қорғау органдары" деген сөздермен ауыстырылсын;</w:t>
+    <w:bookmarkStart w:name="z1297" w:id="1126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3-1. Қаржы ұйымдары, төлем ұйымдары алаяқтық белгілері бар төлем транзакциясы анықталған кезде мынадай әрекеттерді жүзеге асырады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1126"/>
-    <w:bookmarkStart w:name="z1296" w:id="1127"/>
-[...15 lines deleted...]
-      мынадай мазмұндағы 3-1-тармақпен толықтырылсын:</w:t>
+    <w:bookmarkStart w:name="z1298" w:id="1127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) банктік шот, электрондық әмиян бойынша нұсқауларды және (немесе) шығыс операцияларын орындауды тоқтата тұрады немесе төлем және (немесе) ақша аударымы сомасын бес жұмыс күнінен аспайтын мерзімге бұғаттайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1127"/>
-    <w:bookmarkStart w:name="z1297" w:id="1128"/>
-[...15 lines deleted...]
-      "3-1. Қаржы ұйымдары, төлем ұйымдары алаяқтық белгілері бар төлем транзакциясы анықталған кезде мынадай әрекеттерді жүзеге асырады:</w:t>
+    <w:bookmarkStart w:name="z1299" w:id="1128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) себептері мен негіздерін көрсете отырып, клиентпен жасалған шартта белгіленген тәртіппен клиентке клиенттің банктік шоты, электрондық әмияны бойынша нұсқауларды және (немесе) шығыс операцияларын орындауды тоқтата тұру немесе төлем және (немесе) ақша аударымы сомасын бұғаттау туралы ақпарат береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1128"/>
-    <w:bookmarkStart w:name="z1298" w:id="1129"/>
-[...15 lines deleted...]
-      1) банктік шот, электрондық әмиян бойынша нұсқауларды және (немесе) шығыс операцияларын орындауды тоқтата тұрады немесе төлем және (немесе) ақша аударымы сомасын бес жұмыс күнінен аспайтын мерзімге бұғаттайды;</w:t>
+    <w:bookmarkStart w:name="z1300" w:id="1129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) клиенттің банктік шоты, электрондық әмияны бойынша нұсқауларды және (немесе) шығыс операцияларын орындау тоқтатыла тұрған немесе төлем және (немесе) ақша аударымы сомасы бұғатталған күннен бастап бес жұмыс күні ішінде өз клиентінің операцияларына, оның ішінде клиенттен мән-жайларды анықтау және шешім қабылдау үшін қажетті қосымша ақпарат алу бойынша талдау жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1129"/>
-    <w:bookmarkStart w:name="z1299" w:id="1130"/>
-[...15 lines deleted...]
-      2) себептері мен негіздерін көрсете отырып, клиентпен жасалған шартта белгіленген тәртіппен клиентке клиенттің банктік шоты, электрондық әмияны бойынша нұсқауларды және (немесе) шығыс операцияларын орындауды тоқтата тұру немесе төлем және (немесе) ақша аударымы сомасын бұғаттау туралы ақпарат береді;</w:t>
+    <w:bookmarkStart w:name="z1301" w:id="1130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) клиент талдау жүргізу мерзімі ішінде сұратылған ақпаратты бермеген жағдайда, банктік шотты, электрондық әмиянды клиенттен түсінік алатын кезге дейін бұғаттайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1130"/>
-    <w:bookmarkStart w:name="z1300" w:id="1131"/>
-[...15 lines deleted...]
-      3) клиенттің банктік шоты, электрондық әмияны бойынша нұсқауларды және (немесе) шығыс операцияларын орындау тоқтатыла тұрған немесе төлем және (немесе) ақша аударымы сомасы бұғатталған күннен бастап бес жұмыс күні ішінде өз клиентінің операцияларына, оның ішінде клиенттен мән-жайларды анықтау және шешім қабылдау үшін қажетті қосымша ақпарат алу бойынша талдау жүргізеді;</w:t>
+    <w:bookmarkStart w:name="z1302" w:id="1131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) егер талдау нәтижелері бойынша қаржы ұйымы, төлем ұйымы транзакцияны алаяқтық деп танымау туралы шешім қабылдаса, қаржы ұйымдары, төлем ұйымдары тоқтатыла тұрған төлемді және (немесе) ақша аударымын жүзеге асырады, егер Қазақстан Республикасының заңдарында көзделген, осы төлемді және (немесе) ақша аударымын жүргізуге, клиенттің банктік шоты, электрондық әмияны бойынша шығыс операцияларын қайта бастауға немесе осы төлемнің және (немесе) ақша аударымының сомасынан бұғаттауды алып тастауға кедергі келтіретін өзге де негіздер болмаса, клиенттің банктік шоты, электрондық әмияны бойынша шығыс операцияларын қайта бастайды немесе төлем және (немесе) ақша аударымы сомасынан бұғаттауды алып тастайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1131"/>
-    <w:bookmarkStart w:name="z1301" w:id="1132"/>
-[...15 lines deleted...]
-      4) клиент талдау жүргізу мерзімі ішінде сұратылған ақпаратты бермеген жағдайда, банктік шотты, электрондық әмиянды клиенттен түсінік алатын кезге дейін бұғаттайды;</w:t>
+    <w:bookmarkStart w:name="z1303" w:id="1132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) клиенттің алаяқтық белгілері бар төлем транзакциясын жүзеге асыруға қатысуының негіздері немесе растауы болған кезде, клиентті алаяқтық белгілері бар төлем транзакциясын жүзеге асыру әрекеттері туралы базаға бір мезгілде енгізе отырып, антифрод-орталық арқылы қылмыстық қудалау органына кейіннен оның Қазақстан Республикасының заңдарында белгіленген іс-шараларды жүргізуі үшін хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1132"/>
-    <w:bookmarkStart w:name="z1302" w:id="1133"/>
-[...15 lines deleted...]
-      5) егер талдау нәтижелері бойынша қаржы ұйымы, төлем ұйымы транзакцияны алаяқтық деп танымау туралы шешім қабылдаса, қаржы ұйымдары, төлем ұйымдары тоқтатыла тұрған төлемді және (немесе) ақша аударымын жүзеге асырады, егер Қазақстан Республикасының заңдарында көзделген, осы төлемді және (немесе) ақша аударымын жүргізуге, клиенттің банктік шоты, электрондық әмияны бойынша шығыс операцияларын қайта бастауға немесе осы төлемнің және (немесе) ақша аударымының сомасынан бұғаттауды алып тастауға кедергі келтіретін өзге де негіздер болмаса, клиенттің банктік шоты, электрондық әмияны бойынша шығыс операцияларын қайта бастайды немесе төлем және (немесе) ақша аударымы сомасынан бұғаттауды алып тастайды;</w:t>
+    <w:bookmarkStart w:name="z1304" w:id="1133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Банктік шот, электрондық әмиян бойынша шығыс операцияларын тоқтата тұру кезінде осы бапта белгіленген нормалар шеңберінде клиент Қазақстан Республикасы Ұлттық Банкінің осы баптың 2-1-тармағында көрсетілген нормативтік құқықтық актісінің талаптарына сәйкес қаржылық көрсетілетін қызметтердің немесе көрсетілетін төлем қызметтерінің шектеулі тізбесін алу үшін қаржы ұйымына, төлем ұйымына жүгінуге құқылы.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1133"/>
-    <w:bookmarkStart w:name="z1303" w:id="1134"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="1135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -41488,170 +41807,170 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармақтар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1306" w:id="1136"/>
+    <w:bookmarkStart w:name="z1306" w:id="1134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "4. Қылмыстық қудалау органы антифрод-орталықтан хабар (ақпарат) алынған күннен бастап үш жұмыс күні ішінде қаржы немесе төлем ұйымына одан арғы іс-қимылдар туралы, оның ішінде тоқтатыла тұрған төлемді және (немесе) ақша аударымын жүзеге асыру және (немесе) клиенттің банктік шоты, электрондық әмияны бойынша шығыс операцияларын қайта бастау немесе төлем және (немесе) ақша аударымы сомасынан бұғаттауды алып тастау үшін негіздердің бар не жоқ екендігі туралы хабар береді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1134"/>
+    <w:bookmarkStart w:name="z1307" w:id="1135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қаржы немесе төлем ұйымдары антифрод-орталық хабардар етілген күннен бастап үш жұмыс күні өткен соң қылмыстық қудалау органының одан арғы іс-қимылдар туралы шешімін алмаған жағдайда, егер Қазақстан Республикасының заңдарында көзделген, төлемді және (немесе) ақша аударымын жүргізуге, клиенттің банктік шоты, электрондық әмияны бойынша шығыс операцияларын қайта бастауға немесе төлем және (немесе) ақша аударымы сомасынан бұғаттауды алып тастауға кедергі келтіретін өзге де негіздер болмаса, осы тоқтатыла тұрған төлемді және (немесе) ақша аударымын жүзеге асырады, клиенттің банктік шоты, электрондық әмияны бойынша шығыс операцияларын қайта бастайды немесе осы төлем және (немесе) ақша аударымы сомасынан бұғаттауды алып тастайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1135"/>
+    <w:bookmarkStart w:name="z1308" w:id="1136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қылмыстық қудалау, ұлттық қауіпсіздік органдары, құқық қорғау органдары Қазақстан Республикасының заңдарына сәйкес заңсыз деп танылатын және (немесе) тыйым салынған өзге де төлем транзакцияларын анықтау және болғызбау мақсатында қаржы немесе төлем ұйымдарымен жедел өзара іс-қимыл жасау үшін антифрод-орталықты пайдалануға құқылы.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1136"/>
-    <w:bookmarkStart w:name="z1307" w:id="1137"/>
-[...15 lines deleted...]
-      Қаржы немесе төлем ұйымдары антифрод-орталық хабардар етілген күннен бастап үш жұмыс күні өткен соң қылмыстық қудалау органының одан арғы іс-қимылдар туралы шешімін алмаған жағдайда, егер Қазақстан Республикасының заңдарында көзделген, төлемді және (немесе) ақша аударымын жүргізуге, клиенттің банктік шоты, электрондық әмияны бойынша шығыс операцияларын қайта бастауға немесе төлем және (немесе) ақша аударымы сомасынан бұғаттауды алып тастауға кедергі келтіретін өзге де негіздер болмаса, осы тоқтатыла тұрған төлемді және (немесе) ақша аударымын жүзеге асырады, клиенттің банктік шоты, электрондық әмияны бойынша шығыс операцияларын қайта бастайды немесе осы төлем және (немесе) ақша аударымы сомасынан бұғаттауды алып тастайды.</w:t>
+    <w:bookmarkStart w:name="z1309" w:id="1137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қылмыстық қудалау, ұлттық қауіпсіздік органдарының, құқық қорғау органдарының және қаржы немесе төлем ұйымдарының Қазақстан Республикасының заңдарына сәйкес заңсыз деп танылатын және (немесе) тыйым салынған өзге де төлем транзакцияларын анықтау, жолын кесу және болғызбау мақсатында өзара іс-қимыл жасау тәртібі Қазақстан Республикасы Ұлттық Банкінің осы баптың 2-1-тармағында көрсетілген нормативтік құқықтық актісінде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1137"/>
-    <w:bookmarkStart w:name="z1308" w:id="1138"/>
-[...15 lines deleted...]
-      Қылмыстық қудалау, ұлттық қауіпсіздік органдары, құқық қорғау органдары Қазақстан Республикасының заңдарына сәйкес заңсыз деп танылатын және (немесе) тыйым салынған өзге де төлем транзакцияларын анықтау және болғызбау мақсатында қаржы немесе төлем ұйымдарымен жедел өзара іс-қимыл жасау үшін антифрод-орталықты пайдалануға құқылы.</w:t>
+    <w:bookmarkStart w:name="z1310" w:id="1138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Қаржы не төлем ұйымы клиентті антифрод-орталықтың дерекқорына енгізу кезінде клиентке қаржылық көрсетілетін қызметтердің және (немесе) көрсетілетін төлем қызметтерінің шектеулі тізбесін беруден бас тартады не береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1138"/>
-    <w:bookmarkStart w:name="z1309" w:id="1139"/>
-[...15 lines deleted...]
-      Қылмыстық қудалау, ұлттық қауіпсіздік органдарының, құқық қорғау органдарының және қаржы немесе төлем ұйымдарының Қазақстан Республикасының заңдарына сәйкес заңсыз деп танылатын және (немесе) тыйым салынған өзге де төлем транзакцияларын анықтау, жолын кесу және болғызбау мақсатында өзара іс-қимыл жасау тәртібі Қазақстан Республикасы Ұлттық Банкінің осы баптың 2-1-тармағында көрсетілген нормативтік құқықтық актісінде айқындалады.</w:t>
+    <w:bookmarkStart w:name="z1311" w:id="1139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қаржылық көрсетілетін қызметтердің және (немесе) көрсетілетін төлем қызметтерінің шектеулі тізбесін беру тәртібі мен түрлері Қазақстан Республикасы Ұлттық Банкінің осы баптың 2-1-тармағында көрсетілген нормативтік құқықтық актісінде белгіленеді.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1139"/>
-    <w:bookmarkStart w:name="z1310" w:id="1140"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="1141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -41796,110 +42115,110 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-тармақта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1315" w:id="1142"/>
+    <w:bookmarkStart w:name="z1315" w:id="1140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Банкінің" деген сөзден кейін "осы баптың 2-1-тармағында көрсетілген" деген сөздермен толықтырылсын;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1140"/>
+    <w:bookmarkStart w:name="z1316" w:id="1141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай мазмұндағы екінші бөлікпен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1141"/>
+    <w:bookmarkStart w:name="z1317" w:id="1142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Антифрод-орталықтың өз функцияларын жүзеге асыру үшін қажетті өзге де дереқорларды қалыптастыруға және жүргізуге құқығы бар.";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1142"/>
-    <w:bookmarkStart w:name="z1316" w:id="1143"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="1144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -41912,170 +42231,170 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-тармақта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1319" w:id="1145"/>
+    <w:bookmarkStart w:name="z1319" w:id="1143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "қудалау органдарымен" деген сөздер "қудалау, ұлттық қауіпсіздік органдарымен және құқық қорғау органдарымен" деген сөздермен ауыстырылсын;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1143"/>
+    <w:bookmarkStart w:name="z1320" w:id="1144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "туралы мәліметтерді және клиентті және оның қатысуымен болатын төлемдерді және (немесе) ақша аударымдарын сәйкестендіру үшін қажетті басқа да мәліметтерді" деген сөздер ", Қазақстан Республикасының аумағында болу мәртебесі туралы мәліметтерді және клиентті және оның қатысуымен болатын төлемдерді және (немесе) ақша аударымдарын сәйкестендіру үшін қажетті басқа да мәліметтерді, оның ішінде ұлттық қауіпсіздік органдарының дерекқорынан алынған мәліметтерді" деген сөздермен ауыстырылсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1144"/>
+    <w:bookmarkStart w:name="z1321" w:id="1145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай мазмұндағы 12-тармақпен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1145"/>
-    <w:bookmarkStart w:name="z1320" w:id="1146"/>
-[...15 lines deleted...]
-      "туралы мәліметтерді және клиентті және оның қатысуымен болатын төлемдерді және (немесе) ақша аударымдарын сәйкестендіру үшін қажетті басқа да мәліметтерді" деген сөздер ", Қазақстан Республикасының аумағында болу мәртебесі туралы мәліметтерді және клиентті және оның қатысуымен болатын төлемдерді және (немесе) ақша аударымдарын сәйкестендіру үшін қажетті басқа да мәліметтерді, оның ішінде ұлттық қауіпсіздік органдарының дерекқорынан алынған мәліметтерді" деген сөздермен ауыстырылсын;</w:t>
+    <w:bookmarkStart w:name="z1322" w:id="1146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "12. Қаржы және төлем ұйымдарының осы бапқа сәйкес жүзеге асырылатын әрекеттері, оның ішінде клиенттің банк шоты, электрондық әмияны бойынша нұсқауларды және (немесе) шығыс операцияларын орындаудан бас тарту немесе оны тоқтата тұру, клиенттің банктік шотындағы немесе электрондық әмиянындағы ақша сомаларын бұғаттау, сондай-ақ банктік және заңмен қорғалатын өзге де құпияны құрайтын мәліметтерді беру қаржы және төлем ұйымдарын Қазақстан Республикасының заңдарында, сондай-ақ азаматтық-құқықтық шартта көзделген жауаптылыққа тартуға негіздер болып табылмайды.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1146"/>
-    <w:bookmarkStart w:name="z1321" w:id="1147"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z1323" w:id="1149"/>
+    <w:bookmarkStart w:name="z1323" w:id="1147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>27-бапта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1149"/>
+    <w:bookmarkEnd w:id="1147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -42144,70 +42463,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай мазмұндағы төртінші бөлікпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1326" w:id="1150"/>
+    <w:bookmarkStart w:name="z1326" w:id="1148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Банктердің, Қазақстан Республикасының бейрезидент – банктері филиалдарының және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың корреспонденттік шоттары бойынша төлемдер мен ақша аударымдары лимитінің мөлшері Қазақстан Республикасы Ұлттық Банкінің нормативтік құқықтық актісінде белгіленеді.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1150"/>
+    <w:bookmarkEnd w:id="1148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -42220,70 +42539,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-тармақтың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> үшінші бөлігі мынадай мазмұндағы 1-1) тармақшамен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1328" w:id="1151"/>
+    <w:bookmarkStart w:name="z1328" w:id="1149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1-1) табиғи немесе техногендік сипаттағы төтенше жағдай салдарынан зардап шеккен жеке тұлғаларға материалдық залалдың өтелуін және мемлекеттік бюджеттен және (немесе) қайырымдылық ұйымдарынан қажетті көмектің берілуін есепке жатқызуға арналған банктік шоттардағы ақшаға;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1151"/>
+    <w:bookmarkEnd w:id="1149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -42296,330 +42615,330 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-тармақтың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігі "әлеуметтік төлемдерді," деген сөздерден кейін "табиғи немесе техногендік сипаттағы төтенше жағдай салдарынан зардап шеккен жеке тұлғаларға материалдық залалдың өтелуін және мемлекеттік бюджеттен және (немесе) қайырымдылық ұйымдарынан қажетті көмектің берілуін," деген сөздермен толықтырылсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1330" w:id="1152"/>
+    <w:bookmarkStart w:name="z1330" w:id="1150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>39-бап</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай мазмұндағы 1-1-тармақпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1152"/>
-    <w:bookmarkStart w:name="z1331" w:id="1153"/>
+    <w:bookmarkEnd w:id="1150"/>
+    <w:bookmarkStart w:name="z1331" w:id="1151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1-1. Қазақстан Республикасының Ұлттық Банкі төлем карточкаларын шығару тәртібін, сондай-ақ Қазақстан Республикасының аумағында оларды пайдалана отырып жүргізілетін операцияларға қызмет көрсету жөніндегі қызметке қойылатын талаптарды айқындайды.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1153"/>
-    <w:bookmarkStart w:name="z1332" w:id="1154"/>
+    <w:bookmarkEnd w:id="1151"/>
+    <w:bookmarkStart w:name="z1332" w:id="1152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) 42-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1154"/>
-    <w:bookmarkStart w:name="z1333" w:id="1155"/>
+    <w:bookmarkEnd w:id="1152"/>
+    <w:bookmarkStart w:name="z1333" w:id="1153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "8. Қазақстан Республикасының Ұлттық Банкі Қазақстан Республикасының аумағында электрондық ақша шығару, пайдалану және өтеу тәртібін, сондай-ақ электрондық ақша эмитенттеріне және электрондық ақша жүйелеріне қойылатын талаптарды айқындайды.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1155"/>
-    <w:bookmarkStart w:name="z1334" w:id="1156"/>
+    <w:bookmarkEnd w:id="1153"/>
+    <w:bookmarkStart w:name="z1334" w:id="1154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) 46-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бірінші бөлігінің 5) тармақшасы "әлеуметтік төлемдерді," деген сөздерден кейін "табиғи немесе техногендік сипаттағы төтенше жағдай салдарынан зардап шеккен жеке тұлғаларға материалдық залалдың өтелуін және мемлекеттік бюджеттен және (немесе) қайырымдылық ұйымдарынан қажетті көмектің берілуін," деген сөздермен толықтырылсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1156"/>
-    <w:bookmarkStart w:name="z1335" w:id="1157"/>
+    <w:bookmarkEnd w:id="1154"/>
+    <w:bookmarkStart w:name="z1335" w:id="1155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>57-бапта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1157"/>
-    <w:bookmarkStart w:name="z1336" w:id="1158"/>
+    <w:bookmarkEnd w:id="1155"/>
+    <w:bookmarkStart w:name="z1336" w:id="1156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1-тармақ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4) тармақшасындағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "көзделген жағдайларда жүзеге асырылады." деген сөздер "көзделген;" деген сөзбен ауыстырылып, мынадай мазмұндағы 5) тармақшамен толықтырылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1156"/>
+    <w:bookmarkStart w:name="z1337" w:id="1157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "5) бенефициардың банкі қылмыстық қудалау органынан прокурор санкциялаған, транзакцияны алаяқтық деп тану және хабарламада көрсетілген клиентке осы Заңның 25-1-бабында көзделген тәртіппен бұғатталған ақша сомасын қайтару қажеттілігі туралы хабарламаны алған жағдайларда жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1157"/>
+    <w:bookmarkStart w:name="z1338" w:id="1158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақшаны қайтару тәртібі Қазақстан Республикасы Ұлттық Банкінің нормативтік құқықтық актісінде айқындалады.";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1158"/>
-    <w:bookmarkStart w:name="z1337" w:id="1159"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="1160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -42688,390 +43007,390 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1341" w:id="1161"/>
+    <w:bookmarkStart w:name="z1341" w:id="1159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "4. Қате нұсқау немесе рұқсат етілмеген төлем және (немесе) ақша аударымы бойынша ақшаны, сондай-ақ осы Заңның 25-1-бабында көзделген тәртіппен бұғатталған ақшаны қайтаруды бенефициардың банкі төлемді және (немесе) ақша аударымын қате нұсқау немесе оған рұқсат етпеу фактісі анықталған күннен бастап немесе прокурор санкциялаған, қылмыстық қудалау органынан транзакцияны алаяқтық деп тану туралы хабарлама алынған күннен бастап келесі операциялық күннен кешіктірмей, бенефициардың банктік шотында бар ақша есебінен, оның ішінде, егер банктік шот бойынша банктік шоттағы ақшаға тыйым салу және (немесе) мүлікке билік етуге уақытша шектеу қою туралы актілер және (немесе) уәкілетті мемлекеттік органдардың немесе лауазымды адамдардың банктік шот бойынша шығыс операцияларын тоқтата тұру туралы шешімдері және (немесе) өкімдері және (немесе) белгіленбеген мерзімдерде орындалуға жататын орындалмаған нұсқаулар болған жағдайда жүзеге асырады.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1161"/>
-    <w:bookmarkStart w:name="z1342" w:id="1162"/>
+    <w:bookmarkEnd w:id="1159"/>
+    <w:bookmarkStart w:name="z1342" w:id="1160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. "Коллекторлық қызмет туралы" 2017 жылғы 6 мамырдағы Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1162"/>
-    <w:bookmarkStart w:name="z1343" w:id="1163"/>
+    <w:bookmarkEnd w:id="1160"/>
+    <w:bookmarkStart w:name="z1343" w:id="1161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тарау</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай мазмұндағы 2-1-баппен толықтырылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1161"/>
+    <w:bookmarkStart w:name="z1344" w:id="1162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2-1-бап. Коллекторлық қызмет саласындағы мемлекеттік реттеудің негізгі мақсаты, міндеттері мен қағидаттары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1162"/>
+    <w:bookmarkStart w:name="z1345" w:id="1163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Коллекторлық агенттіктер қызметінің құқықтық негіздерін белгілеу коллекторлық қызмет саласындағы мемлекеттік реттеудің негізгі мақсаты болып табылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1163"/>
-    <w:bookmarkStart w:name="z1344" w:id="1164"/>
-[...15 lines deleted...]
-      "2-1-бап. Коллекторлық қызмет саласындағы мемлекеттік реттеудің негізгі мақсаты, міндеттері мен қағидаттары</w:t>
+    <w:bookmarkStart w:name="z1346" w:id="1164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Коллекторлық қызмет саласындағы мемлекеттік реттеудің негізгі міндеттері мыналар болып табылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1164"/>
-    <w:bookmarkStart w:name="z1345" w:id="1165"/>
-[...15 lines deleted...]
-      1. Коллекторлық агенттіктер қызметінің құқықтық негіздерін белгілеу коллекторлық қызмет саласындағы мемлекеттік реттеудің негізгі мақсаты болып табылады.</w:t>
+    <w:bookmarkStart w:name="z1347" w:id="1165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) коллекторлық агенттіктер қызметінің стандарттарын белгілеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1165"/>
-    <w:bookmarkStart w:name="z1346" w:id="1166"/>
-[...15 lines deleted...]
-      2. Коллекторлық қызмет саласындағы мемлекеттік реттеудің негізгі міндеттері мыналар болып табылады:</w:t>
+    <w:bookmarkStart w:name="z1348" w:id="1166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) коллекторлық агенттіктердің борышкермен және (немесе) оның өкілімен және (немесе) банктік қарыз шарты немесе микрокредит беру туралы шарт шеңберіндегі міндеттемелерге байланысты үшінші тұлғамен өзара іс-қимыл жасау тәртібін белгілеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1166"/>
-    <w:bookmarkStart w:name="z1347" w:id="1167"/>
-[...15 lines deleted...]
-      1) коллекторлық агенттіктер қызметінің стандарттарын белгілеу;</w:t>
+    <w:bookmarkStart w:name="z1349" w:id="1167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) борышкерлердің және (немесе) олардың өкілдерінің және (немесе) банктік қарыз шарты немесе микрокредит беру туралы шарт шеңберіндегі міндеттемелерге байланысты үшінші тұлғалардың құқықтары мен заңды мүдделерін қорғаудың тиісті деңгейін қамтамасыз ету.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1167"/>
-    <w:bookmarkStart w:name="z1348" w:id="1168"/>
-[...15 lines deleted...]
-      2) коллекторлық агенттіктердің борышкермен және (немесе) оның өкілімен және (немесе) банктік қарыз шарты немесе микрокредит беру туралы шарт шеңберіндегі міндеттемелерге байланысты үшінші тұлғамен өзара іс-қимыл жасау тәртібін белгілеу;</w:t>
+    <w:bookmarkStart w:name="z1350" w:id="1168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Коллекторлық қызмет саласындағы мемлекеттік реттеудің негізгі қағидаттары мыналар болып табылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1168"/>
-    <w:bookmarkStart w:name="z1349" w:id="1169"/>
-[...15 lines deleted...]
-      3) борышкерлердің және (немесе) олардың өкілдерінің және (немесе) банктік қарыз шарты немесе микрокредит беру туралы шарт шеңберіндегі міндеттемелерге байланысты үшінші тұлғалардың құқықтары мен заңды мүдделерін қорғаудың тиісті деңгейін қамтамасыз ету.</w:t>
+    <w:bookmarkStart w:name="z1351" w:id="1169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) коллекторлық агенттіктер қызметінің ашықтығы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1169"/>
-    <w:bookmarkStart w:name="z1350" w:id="1170"/>
-[...15 lines deleted...]
-      3. Коллекторлық қызмет саласындағы мемлекеттік реттеудің негізгі қағидаттары мыналар болып табылады:</w:t>
+    <w:bookmarkStart w:name="z1352" w:id="1170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) коллекторлық агенттіктердің қызметін реттеу және бақылау стандарттарын, әдістерін арттыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1170"/>
-    <w:bookmarkStart w:name="z1351" w:id="1171"/>
-[...15 lines deleted...]
-      1) коллекторлық агенттіктер қызметінің ашықтығы;</w:t>
+    <w:bookmarkStart w:name="z1353" w:id="1171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) коллекторлық агенттіктердің жауапкершілігі.".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1171"/>
-    <w:bookmarkStart w:name="z1352" w:id="1172"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z1354" w:id="1174"/>
+    <w:bookmarkStart w:name="z1354" w:id="1172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-бапта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1174"/>
+    <w:bookmarkEnd w:id="1172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -43140,290 +43459,290 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармақтың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бесінші бөлігі мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1357" w:id="1175"/>
+    <w:bookmarkStart w:name="z1357" w:id="1173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Осы Заңда не берешекті өндіріп алу туралы шартта көзделген жағдайларда, сондай-ақ:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1173"/>
+    <w:bookmarkStart w:name="z1358" w:id="1174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) борышкер Қазақстан Республикасының заңнамасында белгіленген тәртіппен банкрот деп танылған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1174"/>
+    <w:bookmarkStart w:name="z1359" w:id="1175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) борышкер қайтыс болған;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1175"/>
-    <w:bookmarkStart w:name="z1358" w:id="1176"/>
-[...15 lines deleted...]
-      1) борышкер Қазақстан Республикасының заңнамасында белгіленген тәртіппен банкрот деп танылған;</w:t>
+    <w:bookmarkStart w:name="z1360" w:id="1176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) борышкер Қазақстан Республикасының шегінен тыс жерлерге кеткен;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1176"/>
-    <w:bookmarkStart w:name="z1359" w:id="1177"/>
-[...15 lines deleted...]
-      2) борышкер қайтыс болған;</w:t>
+    <w:bookmarkStart w:name="z1361" w:id="1177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) коллекторлық агенттік коллекторлық агенттіктер тізілімінен шығарылған;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1177"/>
-    <w:bookmarkStart w:name="z1360" w:id="1178"/>
-[...15 lines deleted...]
-      3) борышкер Қазақстан Республикасының шегінен тыс жерлерге кеткен;</w:t>
+    <w:bookmarkStart w:name="z1362" w:id="1178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) борышкер банктік қарыз шарты немесе микрокредит беру туралы шарт бойынша кредитор алдындағы міндеттемесін орындаған;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1178"/>
-    <w:bookmarkStart w:name="z1361" w:id="1179"/>
-[...15 lines deleted...]
-      4) коллекторлық агенттік коллекторлық агенттіктер тізілімінен шығарылған;</w:t>
+    <w:bookmarkStart w:name="z1363" w:id="1179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осы Заңның 15-бабы 1-тармағының 1) тармақшасында көзделген жағдайларда, борышкерге қатысты коллекторлық қызметті мерзімінен бұрын тоқтатуға жол беріледі.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1179"/>
-    <w:bookmarkStart w:name="z1362" w:id="1180"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z1364" w:id="1182"/>
+    <w:bookmarkStart w:name="z1364" w:id="1180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) 5-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігі мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1182"/>
-    <w:bookmarkStart w:name="z1365" w:id="1183"/>
+    <w:bookmarkEnd w:id="1180"/>
+    <w:bookmarkStart w:name="z1365" w:id="1181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Жұмыс күндері сағат 8.00-ден 21.00-ге дейінгі кезеңдегі өзара іс-қимыл жасау жөніндегі талаптарды қоспағанда, осы тармақтың бірінші бөлігінің 3) және 4) тармақшаларында көзделген талаптар коллекторлық агенттіктің осы Заңның 16-бабының 2-тармағында көзделген міндеттерді бұзатын борышкермен және (немесе) оның өкілімен өзара іс-қимыл жасауына қолданылмайды.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1183"/>
-    <w:bookmarkStart w:name="z1366" w:id="1184"/>
+    <w:bookmarkEnd w:id="1181"/>
+    <w:bookmarkStart w:name="z1366" w:id="1182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) 15-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1184"/>
+    <w:bookmarkEnd w:id="1182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -43604,150 +43923,150 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13) тармақша</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "ішінде" деген сөзден кейін "жазбаша немесе электрондық құжат айналымы жүйесі арқылы" деген сөздермен толықтырылсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1371" w:id="1185"/>
+    <w:bookmarkStart w:name="z1371" w:id="1183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) 16-баптың 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1185"/>
-    <w:bookmarkStart w:name="z1372" w:id="1186"/>
+    <w:bookmarkEnd w:id="1183"/>
+    <w:bookmarkStart w:name="z1372" w:id="1184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "6) берешектің бар немесе жоқ екендігі туралы анықтама алу үшін кредит бюросына, коллекторлық агенттікке және (немесе) кредиторға жүгінуге;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1186"/>
-    <w:bookmarkStart w:name="z1373" w:id="1187"/>
+    <w:bookmarkEnd w:id="1184"/>
+    <w:bookmarkStart w:name="z1373" w:id="1185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-бапта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1187"/>
+    <w:bookmarkEnd w:id="1185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -43816,70 +44135,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай мазмұндағы 5-1) тармақшамен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1376" w:id="1188"/>
+    <w:bookmarkStart w:name="z1376" w:id="1186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "5-1) осы Заңның 2-1-бабының 1 және 2-тармақтарында көзделген мақсаттар мен міндеттерге және Қазақстан Республикасының заңнамасына сәйкес коллекторлық агенттіктердің орындауы үшін міндетті коллекторлық қызметті реттеу саласындағы нормативтік құқықтық актілерді қабылдайды. Заңға тәуелді нормативтік құқықтық актілердің тізбесі уәкілетті орган туралы ережеде айқындалады;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1188"/>
+    <w:bookmarkEnd w:id="1186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -43892,130 +44211,130 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> алып тасталсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1378" w:id="1189"/>
+    <w:bookmarkStart w:name="z1378" w:id="1187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       36. "Валюталық реттеу және валюталық бақылау туралы" 2018 жылғы 2 шілдедегі Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1189"/>
-    <w:bookmarkStart w:name="z1379" w:id="1190"/>
+    <w:bookmarkEnd w:id="1187"/>
+    <w:bookmarkStart w:name="z1379" w:id="1188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-бапта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1190"/>
+    <w:bookmarkEnd w:id="1188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -44028,230 +44347,230 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тақырыптағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "мен міндеттері" деген сөздер ", міндеттері мен қағидаттары" деген сөздермен ауыстырылсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1381" w:id="1191"/>
+    <w:bookmarkStart w:name="z1381" w:id="1189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы 3-тармақпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1189"/>
+    <w:bookmarkStart w:name="z1382" w:id="1190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3. Валюталық реттеуді және валюталық бақылауды жүзеге асыру мынадай қағидаттарға негізделеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1190"/>
+    <w:bookmarkStart w:name="z1383" w:id="1191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заңдылық;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1191"/>
-    <w:bookmarkStart w:name="z1382" w:id="1192"/>
-[...15 lines deleted...]
-      "3. Валюталық реттеуді және валюталық бақылауды жүзеге асыру мынадай қағидаттарға негізделеді:</w:t>
+    <w:bookmarkStart w:name="z1384" w:id="1192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) резиденттер мен бейрезиденттер валюталық операцияларды жүргізген кезде олардың құқықтары мен заңды мүдделерінің сақталуы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1192"/>
-    <w:bookmarkStart w:name="z1383" w:id="1193"/>
-[...15 lines deleted...]
-      1) заңдылық;</w:t>
+    <w:bookmarkStart w:name="z1385" w:id="1193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) валюталық операциялар бойынша есепке алу мен есептіліктің толықтығы, анықтығы және уақтылылығы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1193"/>
-    <w:bookmarkStart w:name="z1384" w:id="1194"/>
-[...15 lines deleted...]
-      2) резиденттер мен бейрезиденттер валюталық операцияларды жүргізген кезде олардың құқықтары мен заңды мүдделерінің сақталуы;</w:t>
+    <w:bookmarkStart w:name="z1386" w:id="1194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасының ішкі валюта нарығы мен экономикасын қорғауды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1194"/>
-    <w:bookmarkStart w:name="z1385" w:id="1195"/>
-[...15 lines deleted...]
-      3) валюталық операциялар бойынша есепке алу мен есептіліктің толықтығы, анықтығы және уақтылылығы;</w:t>
+    <w:bookmarkStart w:name="z1387" w:id="1195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Қазақстан Республикасының заңнамасында белгіленген рәсімдер сақталған кезде валюталық операцияларды жүргізуде шектеулердің болмауы.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1195"/>
-    <w:bookmarkStart w:name="z1386" w:id="1196"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z1388" w:id="1198"/>
+    <w:bookmarkStart w:name="z1388" w:id="1196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-бапта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1198"/>
+    <w:bookmarkEnd w:id="1196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -44320,90 +44639,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1391" w:id="1199"/>
+    <w:bookmarkStart w:name="z1391" w:id="1197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "4. Қазақстан Республикасының Ұлттық Банкі валюталық реттеу және валюталық бақылау саласындағы нормативтік құқықтық актілерді, оның ішінде валюталық операциялар бойынша есепке алу мен есептілік нысандарын, сондай-ақ оларды ұсыну тәртібі мен мерзімдерін өздерінің құзыретіне сәйкес уәкілетті мемлекеттік органдармен келісу бойынша не бірлесіп бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1199"/>
-    <w:bookmarkStart w:name="z1392" w:id="1200"/>
+    <w:bookmarkEnd w:id="1197"/>
+    <w:bookmarkStart w:name="z1392" w:id="1198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңдарына сәйкес Қазақстан Республикасының Ұлттық Банкі өзінің құзыретіне жатқызылған мәселелер бойынша қабылдайтын заңға тәуелді нормативтік құқықтық актілердің тізбесі Қазақстан Республикасының Ұлттық Банкі туралы ережеде айқындалады.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1200"/>
+    <w:bookmarkEnd w:id="1198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -44416,90 +44735,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1394" w:id="1201"/>
+    <w:bookmarkStart w:name="z1394" w:id="1199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бапта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1201"/>
+    <w:bookmarkEnd w:id="1199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -44512,70 +44831,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1396" w:id="1202"/>
+    <w:bookmarkStart w:name="z1396" w:id="1200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "6. Қазақстан Республикасының Ұлттық Банкі бекітетін Қазақстан Республикасында валюталық операцияларды жүзеге асыру қағидаларында Қазақстан Республикасының ішкі валюта нарығында қолма-қол ақшасыз шетел валютасын сатып алу және (немесе) сату тәртібі, Қазақстан Республикасының ішкі валюта нарығында шетел валютасын ұлттық валютаға сатып алу мақсаттарын және оның мәлімделген мақсаттарға пайдаланылуын растау бойынша резидент – заңды тұлғаларға (уәкілетті банктерді қоспағанда) қойылатын талаптар, сондай-ақ одан асып кеткен кезде осы талаптар қолданылатын сатып алу сомасы үшін шекті мән айқындалады.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1202"/>
+    <w:bookmarkEnd w:id="1200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -44588,190 +44907,190 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> алып тасталсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1398" w:id="1203"/>
+    <w:bookmarkStart w:name="z1398" w:id="1201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37. "Қазақстан Республикасы азаматтарының төлем қабілеттілігін қалпына келтіру және банкроттығы туралы" 2022 жылғы 30 желтоқсандағы Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1203"/>
-    <w:bookmarkStart w:name="z1399" w:id="1204"/>
+    <w:bookmarkEnd w:id="1201"/>
+    <w:bookmarkStart w:name="z1399" w:id="1202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) 1-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11) тармақшасының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бірінші бөлігі мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1204"/>
-    <w:bookmarkStart w:name="z1400" w:id="1205"/>
+    <w:bookmarkEnd w:id="1202"/>
+    <w:bookmarkStart w:name="z1400" w:id="1203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "11) соттан тыс банкроттық рәсімі – жеке тұлғалардың банктік қарыз шарттары және микрокредит беру туралы шарттар бойынша екінші деңгейдегі банктердің, Қазақстан Республикасының бейрезидент – банкі филиалдарының, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың, микроқаржылық қызметті жүзеге асыратын ұйымдардың немесе коллекторлық агенттіктердің алдындағы міндеттемелерді тоқтату мақсатында борышкерге қатысты соттан тыс тәртіппен жүзеге асырылатын рәсім.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1205"/>
-    <w:bookmarkStart w:name="z1401" w:id="1206"/>
+    <w:bookmarkEnd w:id="1203"/>
+    <w:bookmarkStart w:name="z1401" w:id="1204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) 5-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1206"/>
+    <w:bookmarkEnd w:id="1204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -44840,230 +45159,230 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3) тармақшаның</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> үшінші бөлігі мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1404" w:id="1207"/>
+    <w:bookmarkStart w:name="z1404" w:id="1205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Осы тармақшаның талаптары осы Заңның 1-бабы 11) тармақшасының екінші бөлігінде көзделген міндеттемелерге, сондай-ақ 2025 жылғы 1 қаңтарға дейін жасалған банктік қарыз шартына және (немесе) микрокредит беру туралы шартқа қолданылмайды.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1207"/>
-    <w:bookmarkStart w:name="z1405" w:id="1208"/>
+    <w:bookmarkEnd w:id="1205"/>
+    <w:bookmarkStart w:name="z1405" w:id="1206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) 6-баптың 2-тармағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5) тармақшасының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> үшінші бөлігі мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1208"/>
-    <w:bookmarkStart w:name="z1406" w:id="1209"/>
+    <w:bookmarkEnd w:id="1206"/>
+    <w:bookmarkStart w:name="z1406" w:id="1207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Осы тармақшада көрсетілген, берешекті реттеуді жүргізу және (немесе) өндіріп алу жөніндегі шараларды жүргізу туралы талаптар осы Заңның 1-бабы 11) тармақшасының екінші бөлігінде көрсетілген кредиторлар алдындағы міндеттемелерге, сондай-ақ 2025 жылғы 1 қаңтарға дейін жасалған банктік қарыз шартына және (немесе) микрокредит беру туралы шартқа қолданылмайды.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1209"/>
-    <w:bookmarkStart w:name="z1407" w:id="1210"/>
+    <w:bookmarkEnd w:id="1207"/>
+    <w:bookmarkStart w:name="z1407" w:id="1208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) 8-баптың 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1210"/>
-    <w:bookmarkStart w:name="z1408" w:id="1211"/>
+    <w:bookmarkEnd w:id="1208"/>
+    <w:bookmarkStart w:name="z1408" w:id="1209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "5) әдейі банкроттық белгілерін көрсететін құжаттар болған кезде борышкерді Қазақстан Республикасының заңдарында белгіленген жауаптылыққа тарту үшін уәкілетті органға жүгінуге;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1211"/>
-    <w:bookmarkStart w:name="z1409" w:id="1212"/>
+    <w:bookmarkEnd w:id="1209"/>
+    <w:bookmarkStart w:name="z1409" w:id="1210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>18-бапта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1212"/>
+    <w:bookmarkEnd w:id="1210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -45132,110 +45451,110 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақша</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1412" w:id="1213"/>
+    <w:bookmarkStart w:name="z1412" w:id="1211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1) борышкер уәкілетті органға соттан тыс банкроттық рәсімін тоқтату туралы арызды "Азаматтарға арналған үкімет" мемлекеттік корпорациясы, "электрондық үкімет" веб-порталы және (немесе) арнаулы мобильдік қосымша арқылы берсе;";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1211"/>
+    <w:bookmarkStart w:name="z1413" w:id="1212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай мазмұндағы 1-1) тармақшамен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1212"/>
+    <w:bookmarkStart w:name="z1414" w:id="1213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1-1) борышкердің меншігіне өзінің кредиторлар алдындағы міндеттемелерін толық немесе отыз пайыздан асырып орындауына мүмкіндік беретін мүлік түссе немесе оның қаржылық және (немесе) мүліктік жағдайы өзгерсе;";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1213"/>
-    <w:bookmarkStart w:name="z1413" w:id="1214"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="1215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -45248,210 +45567,210 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4) тармақшадағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "борышкердің" деген сөз "соттан тыс банкроттық рәсімін қолдану туралы арыз берген күнге борышкердің" деген сөздермен толықтырылсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1416" w:id="1216"/>
+    <w:bookmarkStart w:name="z1416" w:id="1214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы 4-тармақпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1216"/>
-    <w:bookmarkStart w:name="z1417" w:id="1217"/>
+    <w:bookmarkEnd w:id="1214"/>
+    <w:bookmarkStart w:name="z1417" w:id="1215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "4. Борышкер соттан тыс банкроттық рәсімін қолдану туралы арызды осы баптың 1-тармағы бірінші бөлігінің 2) және 4) тармақшаларында көзделген негіздер бойынша рәсім тоқтатылған күннен кейін алты ай өткен соң қайта беруге құқылы.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1217"/>
-    <w:bookmarkStart w:name="z1418" w:id="1218"/>
+    <w:bookmarkEnd w:id="1215"/>
+    <w:bookmarkStart w:name="z1418" w:id="1216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) 19-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай мазмұндағы екінші және үшінші бөліктермен толықтырылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1216"/>
+    <w:bookmarkStart w:name="z1419" w:id="1217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Осы Заңның 1-бабының 11) тармақшасында көрсетілген, өздері туралы мәліметтер "Қазақстан Республикасындағы кредиттік бюролар және кредиттік тарихты қалыптастыру туралы" Қазақстан Республикасының Заңында айқындалған тәртіппен кредиттік бюроларға ұсынылмаған кредиторлар алдындағы міндеттемелер банкрот деп танылған қарыз алушыға қатысты тоқтатылуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1217"/>
+    <w:bookmarkStart w:name="z1420" w:id="1218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың күші үшінші тұлғалардың міндеттемелері бойынша кепілдік етуші, кепілгер және (немесе) кепіл беруші болып табылатын борышкерлердің міндеттемелеріне қолданылмайды.";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1218"/>
-    <w:bookmarkStart w:name="z1419" w:id="1219"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z1421" w:id="1221"/>
+    <w:bookmarkStart w:name="z1421" w:id="1219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) 20-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1221"/>
+    <w:bookmarkEnd w:id="1219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -45520,630 +45839,630 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4) тармақшаның</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> төртінші бөлігі мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1424" w:id="1222"/>
+    <w:bookmarkStart w:name="z1424" w:id="1220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Осы тармақшада көзделген құжатты ұсыну мынадай жағдайларда, егер:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1220"/>
+    <w:bookmarkStart w:name="z1425" w:id="1221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      банктік қарыз шарты және (немесе) микрокредит беру туралы шарт 2025 жылғы 1 қаңтарға дейін жасалған болса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1221"/>
+    <w:bookmarkStart w:name="z1426" w:id="1222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мерзімі өткен берешек пайда болған кезден бастап он екі ай өтсе, талап етілмейді.";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1222"/>
-    <w:bookmarkStart w:name="z1425" w:id="1223"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z1427" w:id="1225"/>
+    <w:bookmarkStart w:name="z1427" w:id="1223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>23-бапта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1223"/>
+    <w:bookmarkStart w:name="z1428" w:id="1224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай мазмұндағы 1-1-тармақпен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1224"/>
+    <w:bookmarkStart w:name="z1429" w:id="1225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1-1. Қаржы басқарушысы:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1225"/>
-    <w:bookmarkStart w:name="z1428" w:id="1226"/>
-[...15 lines deleted...]
-      мынадай мазмұндағы 1-1-тармақпен толықтырылсын:</w:t>
+    <w:bookmarkStart w:name="z1430" w:id="1226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өзі тағайындалғаннан кейін бес жұмыс күнінен кешіктірмей, мемлекеттік органдардан, жеке және заңды тұлғалардан банкрот, өзіне тиесілі (тиесілі болған) мүлік туралы ақпаратты және растайтын құжаттардың көшірмелерін талап етіп алдырады, олар сұрау салу берілген күннен бастап он жұмыс күнінен кешіктірілмейтін мерзімде оған өтеусіз негізде берілуге тиіс;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1226"/>
-    <w:bookmarkStart w:name="z1429" w:id="1227"/>
-[...15 lines deleted...]
-      "1-1. Қаржы басқарушысы:</w:t>
+    <w:bookmarkStart w:name="z1431" w:id="1227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өзі тағайындалғаннан кейін бес жұмыс күнінен кешіктірмей, уәкілетті органнан банкроттың банктік шоттарының бар-жоғы және нөмірлері туралы ақпаратты сұратады, ол сұрау салу берілген күннен бастап он жұмыс күнінен кешіктірілмейтін мерзімде оған өтеусіз негізде берілуге тиіс;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1227"/>
-    <w:bookmarkStart w:name="z1430" w:id="1228"/>
-[...15 lines deleted...]
-      1) өзі тағайындалғаннан кейін бес жұмыс күнінен кешіктірмей, мемлекеттік органдардан, жеке және заңды тұлғалардан банкрот, өзіне тиесілі (тиесілі болған) мүлік туралы ақпаратты және растайтын құжаттардың көшірмелерін талап етіп алдырады, олар сұрау салу берілген күннен бастап он жұмыс күнінен кешіктірілмейтін мерзімде оған өтеусіз негізде берілуге тиіс;</w:t>
+    <w:bookmarkStart w:name="z1432" w:id="1228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) банкрот алдында берешегі бар тұлғалар анықталған күннен бастап бес жұмыс күнінен кешіктірмей, осы берешекті сот тәртібімен өндіріп алу туралы талаптар қояды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1228"/>
-    <w:bookmarkStart w:name="z1431" w:id="1229"/>
-[...15 lines deleted...]
-      2) өзі тағайындалғаннан кейін бес жұмыс күнінен кешіктірмей, уәкілетті органнан банкроттың банктік шоттарының бар-жоғы және нөмірлері туралы ақпаратты сұратады, ол сұрау салу берілген күннен бастап он жұмыс күнінен кешіктірілмейтін мерзімде оған өтеусіз негізде берілуге тиіс;</w:t>
+    <w:bookmarkStart w:name="z1433" w:id="1229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осы Заңның 14-бабында көрсетілген мән-жайлар кезінде борышкер жасаған мәмілелерді анықтайды және мұндай мәміле анықталған күннен бастап екі айдан кешіктірілмейтін мерзімде оларды жарамсыз деп тану туралы не мүлікті сот тәртібімен, оның ішінде осындай мәмілені анықтаған кредитордың өтінішхаты бойынша қайтару туралы талаптар қояды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1229"/>
-    <w:bookmarkStart w:name="z1432" w:id="1230"/>
-[...15 lines deleted...]
-      3) банкрот алдында берешегі бар тұлғалар анықталған күннен бастап бес жұмыс күнінен кешіктірмей, осы берешекті сот тәртібімен өндіріп алу туралы талаптар қояды;</w:t>
+    <w:bookmarkStart w:name="z1434" w:id="1230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сату жоспарына сәйкес банкроттың мүлкін сатуды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1230"/>
-    <w:bookmarkStart w:name="z1433" w:id="1231"/>
-[...15 lines deleted...]
-      4) осы Заңның 14-бабында көрсетілген мән-жайлар кезінде борышкер жасаған мәмілелерді анықтайды және мұндай мәміле анықталған күннен бастап екі айдан кешіктірілмейтін мерзімде оларды жарамсыз деп тану туралы не мүлікті сот тәртібімен, оның ішінде осындай мәмілені анықтаған кредитордың өтінішхаты бойынша қайтару туралы талаптар қояды;</w:t>
+    <w:bookmarkStart w:name="z1435" w:id="1231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) кредиторлар талаптарының тізілімін жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1231"/>
-    <w:bookmarkStart w:name="z1434" w:id="1232"/>
-[...15 lines deleted...]
-      5) сату жоспарына сәйкес банкроттың мүлкін сатуды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1436" w:id="1232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) борышкердің пайдасына ақша түскеннен кейін бес жұмыс күнінен кешіктірмей, кредиторлармен есеп айырысуды жүзеге асырады, сондай-ақ кредиторлардың талаптарын қанағаттандыру кезектілігіне сәйкес кредиторлармен есеп айырысуды жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1232"/>
-    <w:bookmarkStart w:name="z1435" w:id="1233"/>
-[...15 lines deleted...]
-      6) кредиторлар талаптарының тізілімін жүргізеді;</w:t>
+    <w:bookmarkStart w:name="z1437" w:id="1233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) уәкілетті органға банкроттық рәсімінің жүзеге асырылу барысы туралы ағымдағы және сұратылатын ақпаратты уәкілетті орган белгілеген нысан бойынша, тәртіппен және мерзімдерде береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1233"/>
-    <w:bookmarkStart w:name="z1436" w:id="1234"/>
-[...15 lines deleted...]
-      7) борышкердің пайдасына ақша түскеннен кейін бес жұмыс күнінен кешіктірмей, кредиторлармен есеп айырысуды жүзеге асырады, сондай-ақ кредиторлардың талаптарын қанағаттандыру кезектілігіне сәйкес кредиторлармен есеп айырысуды жүргізеді;</w:t>
+    <w:bookmarkStart w:name="z1438" w:id="1234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) банкроттық рәсімінің жүзеге асырылу барысы, борышкердің қаржылық жағдайы туралы кредиторға оның жазбаша сұрау салуы негізінде, сұрау салу келіп түскен күннен бастап үш жұмыс күнінен кешіктірілмейтін мерзімде хабарлайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1234"/>
-    <w:bookmarkStart w:name="z1437" w:id="1235"/>
-[...15 lines deleted...]
-      8) уәкілетті органға банкроттық рәсімінің жүзеге асырылу барысы туралы ағымдағы және сұратылатын ақпаратты уәкілетті орган белгілеген нысан бойынша, тәртіппен және мерзімдерде береді;</w:t>
+    <w:bookmarkStart w:name="z1439" w:id="1235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) банкрот пен оның кредиторларының мүдделерін қозғайтын сот актісі шығарылған жағдайда, оны алған күннен бастап жеті жұмыс күні ішінде осы сот актісіне шағым жасау туралы мәселені қарайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1235"/>
-    <w:bookmarkStart w:name="z1438" w:id="1236"/>
-[...15 lines deleted...]
-      9) банкроттық рәсімінің жүзеге асырылу барысы, борышкердің қаржылық жағдайы туралы кредиторға оның жазбаша сұрау салуы негізінде, сұрау салу келіп түскен күннен бастап үш жұмыс күнінен кешіктірілмейтін мерзімде хабарлайды;</w:t>
+    <w:bookmarkStart w:name="z1440" w:id="1236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) банкроттық рәсімін аяқтау туралы сот актісі заңды күшіне енгеннен кейін үш жұмыс күні ішінде оның көшірмесін уәкілетті органға жібереді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1236"/>
-    <w:bookmarkStart w:name="z1439" w:id="1237"/>
-[...15 lines deleted...]
-      10) банкрот пен оның кредиторларының мүдделерін қозғайтын сот актісі шығарылған жағдайда, оны алған күннен бастап жеті жұмыс күні ішінде осы сот актісіне шағым жасау туралы мәселені қарайды;</w:t>
+    <w:bookmarkStart w:name="z1441" w:id="1237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) борышкерді банкрот деп тану туралы сот актісінің күші жойылған күннен бастап үш жұмыс күні ішінде борышкерге мүлікке, сондай-ақ материалдық және өзге де құндылықтарға құқық белгілейтін құжаттарды береді. Кепіл нысанасы болып табылатын мүлік болған жағдайда, мұндай мүлікке құқық белгілейтін құжаттар кепіл кредиторына берілуге жатады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1237"/>
-    <w:bookmarkStart w:name="z1440" w:id="1238"/>
-[...15 lines deleted...]
-      11) банкроттық рәсімін аяқтау туралы сот актісі заңды күшіне енгеннен кейін үш жұмыс күні ішінде оның көшірмесін уәкілетті органға жібереді;</w:t>
+    <w:bookmarkStart w:name="z1442" w:id="1238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) қаржы басқарушысы шеттетілген жағдайда, жаңадан тағайындалған қаржы басқарушысына ол тағайындалған күннен бастап үш жұмыс күні ішінде банкроттың мүлкіне, банкротқа тиесілі материалдық және өзге де құндылықтарға құқық белгілейтін құжаттарды, сондай-ақ банкроттың банктік шоттарының бар-жоғы және нөмірлері, осы шоттардағы ақшаның қалдықтары мен қозғалысы туралы қолда бар ақпаратты береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1238"/>
-    <w:bookmarkStart w:name="z1441" w:id="1239"/>
-[...15 lines deleted...]
-      12) борышкерді банкрот деп тану туралы сот актісінің күші жойылған күннен бастап үш жұмыс күні ішінде борышкерге мүлікке, сондай-ақ материалдық және өзге де құндылықтарға құқық белгілейтін құжаттарды береді. Кепіл нысанасы болып табылатын мүлік болған жағдайда, мұндай мүлікке құқық белгілейтін құжаттар кепіл кредиторына берілуге жатады;</w:t>
+    <w:bookmarkStart w:name="z1443" w:id="1239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) осы Заңға сәйкес өзге де өкілеттіктерді орындайды.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1239"/>
-    <w:bookmarkStart w:name="z1442" w:id="1240"/>
-[...15 lines deleted...]
-      13) қаржы басқарушысы шеттетілген жағдайда, жаңадан тағайындалған қаржы басқарушысына ол тағайындалған күннен бастап үш жұмыс күні ішінде банкроттың мүлкіне, банкротқа тиесілі материалдық және өзге де құндылықтарға құқық белгілейтін құжаттарды, сондай-ақ банкроттың банктік шоттарының бар-жоғы және нөмірлері, осы шоттардағы ақшаның қалдықтары мен қозғалысы туралы қолда бар ақпаратты береді;</w:t>
+    <w:bookmarkStart w:name="z1444" w:id="1240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-тармақтың бірінші бөлігіндегі "Егер осы Заңда өзгеше белгіленбесе," деген сөздер "Осы Заңның 44-бабының 2-тармағында көзделген жағдайды қоспағанда," деген сөздермен ауыстырылсын;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1240"/>
-    <w:bookmarkStart w:name="z1443" w:id="1241"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z1445" w:id="1243"/>
+    <w:bookmarkStart w:name="z1445" w:id="1241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) 27-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бірінші бөлігі мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1243"/>
-    <w:bookmarkStart w:name="z1446" w:id="1244"/>
+    <w:bookmarkEnd w:id="1241"/>
+    <w:bookmarkStart w:name="z1446" w:id="1242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "4. Қаржы басқарушысы уәкілетті орган бекіткен нысан бойынша қалыптастырылған кредиторлар талаптарының тізілімін қазақ және орыс тілдерінде уәкілетті органның интернет-ресурсында орналастыру үшін уәкілетті органға осы баптың 2-тармағында көрсетілген мерзім аяқталған күннен бастап он жұмыс күні ішінде жібереді.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1244"/>
-    <w:bookmarkStart w:name="z1447" w:id="1245"/>
+    <w:bookmarkEnd w:id="1242"/>
+    <w:bookmarkStart w:name="z1447" w:id="1243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) 34-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "бойынша сот" деген сөздерден кейін "осы Заңның 6-бабы 2-тармағының ережелерін ескере отырып," деген сөздермен толықтырылсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1245"/>
-    <w:bookmarkStart w:name="z1448" w:id="1246"/>
+    <w:bookmarkEnd w:id="1243"/>
+    <w:bookmarkStart w:name="z1448" w:id="1244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) 44-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1246"/>
+    <w:bookmarkEnd w:id="1244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -46156,271 +46475,271 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшадағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "сыйақы төлеу" деген сөздер "уәкілетті органның сыйақы төлеуі" деген сөздермен ауыстырылсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1450" w:id="1247"/>
+    <w:bookmarkStart w:name="z1450" w:id="1245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы екінші бөлікпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1247"/>
-    <w:bookmarkStart w:name="z1451" w:id="1248"/>
+    <w:bookmarkEnd w:id="1245"/>
+    <w:bookmarkStart w:name="z1451" w:id="1246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қаржы басқарушысына уәкілетті органның сыйақы төлеу тәртібін уәкілетті орган айқындайды.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1248"/>
-    <w:bookmarkStart w:name="z1452" w:id="1249"/>
+    <w:bookmarkEnd w:id="1246"/>
+    <w:bookmarkStart w:name="z1452" w:id="1247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       38. "Қазақстан Республикасындағы цифрлық активтер туралы" 2023 жылғы 6 ақпандағы Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1249"/>
-    <w:bookmarkStart w:name="z1453" w:id="1250"/>
+    <w:bookmarkEnd w:id="1247"/>
+    <w:bookmarkStart w:name="z1453" w:id="1248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-бап</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай мазмұндағы 3-тармақпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1250"/>
-    <w:bookmarkStart w:name="z1454" w:id="1251"/>
+    <w:bookmarkEnd w:id="1248"/>
+    <w:bookmarkStart w:name="z1454" w:id="1249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "3. Қазақстан Республикасының Ұлттық Банкі "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының 8-2-тарауында көзделген тәртіппен цифрлық активтерді Қазақстан Республикасының аумағында қаржы құралы, қаржы активі ретінде пайдаланған кезде немесе оларды қаржылық қызметтерді (төлем қызметтерін) көрсету шеңберінде пайдаланған кезде цифрлық активтерге байланысты қызметке қатысты ерекше реттеу режимін енгізеді.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1251"/>
-    <w:bookmarkStart w:name="z1455" w:id="1252"/>
+    <w:bookmarkEnd w:id="1249"/>
+    <w:bookmarkStart w:name="z1455" w:id="1250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) 11-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "аумағын" деген сөзден кейін "және Қазақстан Республикасы Ұлттық Банкінің ерекше реттеу режимін" деген сөздермен толықтырылсын.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1250"/>
+    <w:bookmarkStart w:name="z1456" w:id="1251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-бап.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1251"/>
+    <w:bookmarkStart w:name="z1457" w:id="1252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы Заң:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1252"/>
-    <w:bookmarkStart w:name="z1456" w:id="1253"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z1458" w:id="1255"/>
+    <w:bookmarkStart w:name="z1458" w:id="1253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) алғашқы ресми жарияланған күнінен бастап қолданысқа енгізілетін 1-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -46555,52 +46874,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9) тармақшасын, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>34-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3) тармақшасын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1255"/>
-    <w:bookmarkStart w:name="z1459" w:id="1256"/>
+    <w:bookmarkEnd w:id="1253"/>
+    <w:bookmarkStart w:name="z1459" w:id="1254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізілетін 1-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -46735,52 +47054,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасының екінші – алтыншы, сегізінші – он екінші, он төртінші – он алтыншы абзацтарын, 3) тармақшасының үшінші және төртінші абзацтарын, 12) тармақшасының алтыншы – жиырма алтыншы абзацтарын, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>35-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2) тармақшасының үшінші – оныншы абзацтарын, 4) тармақшасының екінші, үшінші және бесінші абзацтарын, 5) тармақшасын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1256"/>
-    <w:bookmarkStart w:name="z1460" w:id="1257"/>
+    <w:bookmarkEnd w:id="1254"/>
+    <w:bookmarkStart w:name="z1460" w:id="1255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) алғашқы ресми жарияланған күнінен кейін күнтізбелік тоқсан күн өткен соң қолданысқа енгізілетін 1-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -46795,92 +47114,207 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 23) тармақшасының он бесінші – он сегізінші абзацтарын, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>30-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2) тармақшасының оныншы – он үшінші абзацтарын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1257"/>
-    <w:bookmarkStart w:name="z1461" w:id="1258"/>
+    <w:bookmarkEnd w:id="1255"/>
+    <w:bookmarkStart w:name="z1461" w:id="1256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізілетін 1-баптың 23-тармағы 5) тармақшасының үшінші абзацын, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>34-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7) тармақшасының қырық бесінші абзацын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1258"/>
-    <w:bookmarkStart w:name="z1462" w:id="1259"/>
+    <w:bookmarkEnd w:id="1256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) тармақшаға өзгеріс енгізу көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) алғашқы ресми жарияланған күнінен кейін он екі ай өткен соң қолданысқа енгізілетін 1-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -46935,72 +47369,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7) тармақшасын, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>30-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6) тармақшасының он алтыншы абзацын қоспағанда, алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1259"/>
-    <w:bookmarkStart w:name="z1463" w:id="1260"/>
+    <w:bookmarkStart w:name="z1463" w:id="1257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Мыналар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1260"/>
-    <w:bookmarkStart w:name="z1464" w:id="1261"/>
+    <w:bookmarkEnd w:id="1257"/>
+    <w:bookmarkStart w:name="z1464" w:id="1258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Заңның 1-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -47015,52 +47448,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 23) тармақшасының жиырма алтыншы және жиырма жетінші абзацтарының, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>30-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2) тармақшасының жиырма алтыншы және жиырма жетінші абзацтарының күші 2024 жылғы 23 қазаннан бастап жасалған шарттардан туындаған құқықтық қатынастарға қолданылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1261"/>
-    <w:bookmarkStart w:name="z1465" w:id="1262"/>
+    <w:bookmarkEnd w:id="1258"/>
+    <w:bookmarkStart w:name="z1465" w:id="1259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осы Заңның 1-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -47075,292 +47508,292 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 24) тармақшасының екінші – он екінші абзацтарының, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>30-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5) тармақшасының күші бұрын жасалған шарттардан туындаған құқықтық қатынастарға қолданылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1262"/>
-    <w:bookmarkStart w:name="z1466" w:id="1263"/>
+    <w:bookmarkEnd w:id="1259"/>
+    <w:bookmarkStart w:name="z1466" w:id="1260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осы Заңның 1-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 26) тармақшасының екінші абзацының күші бұрын жасалған шарттардан туындаған құқықтық қатынастарға қолданылады деп белгіленсін. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1263"/>
-    <w:bookmarkStart w:name="z1467" w:id="1264"/>
+    <w:bookmarkEnd w:id="1260"/>
+    <w:bookmarkStart w:name="z1467" w:id="1261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қарыз алушы – жеке тұлғалардың кәсіпкерлік қызметті жүзеге асыруға байланысты емес банктік қарыз шарттары бойынша осы Заңның 1-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 26) тармақшасының екінші абзацы қолданысқа енгізілгенге дейін төленген тұрақсыздық айыбы немесе айыппұл санкцияларының өзге де түрлері қайта есептелуге жатпайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1264"/>
-    <w:bookmarkStart w:name="z1468" w:id="1265"/>
+    <w:bookmarkEnd w:id="1261"/>
+    <w:bookmarkStart w:name="z1468" w:id="1262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қарыз алушы – жеке тұлғалардың кәсіпкерлік қызметті жүзеге асыруға байланысты емес банктік қарыз шарттары бойынша осы Заңның 1-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 26) тармақшасының екінші абзацы қолданысқа енгізілгенге дейін есепке жазылған және төленбеген тұрақсыздық айыбы немесе айыппұл санкцияларының өзге де түрлері қайта есептелуге жатады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1265"/>
-    <w:bookmarkStart w:name="z1469" w:id="1266"/>
+    <w:bookmarkEnd w:id="1262"/>
+    <w:bookmarkStart w:name="z1469" w:id="1263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) осы Заңның 1-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>30-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4) тармақшасының тоғызыншы және оныншы абзацтарының күші бұрын жасалған шарттардан туындаған құқықтық қатынастарға қолданылады деп белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1266"/>
-    <w:bookmarkStart w:name="z1470" w:id="1267"/>
+    <w:bookmarkEnd w:id="1263"/>
+    <w:bookmarkStart w:name="z1470" w:id="1264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Кәсіпкерлік қызметті жүзеге асыруға байланысты емес, сыйақыны және микрокредит беру туралы шарт бойынша микрокредит сомасын қайтару және (немесе) сыйақы төлеу жөніндегі міндеттемелерді бұзғаны үшін тұрақсыздық айыбын (айыппұлды, өсімпұлды) қоспағанда, осы Заңның 1-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>30-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4) тармақшасының тоғызыншы және оныншы абзацтары қолданысқа енгізілгенге дейін төленген төлемдер қайтарылуға жатпайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1267"/>
-    <w:bookmarkStart w:name="z1471" w:id="1268"/>
+    <w:bookmarkEnd w:id="1264"/>
+    <w:bookmarkStart w:name="z1471" w:id="1265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Кәсіпкерлік қызметті жүзеге асыруға байланысты емес, сыйақыны және микрокредит беру туралы шарт бойынша микрокредит сомасын қайтару және (немесе) сыйақы төлеу жөніндегі міндеттемелерді бұзғаны үшін тұрақсыздық айыбын (айыппұлды, өсімпұлды) қоспағанда, осы Заңның 1-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>30-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4) тармақшасының тоғызыншы және оныншы абзацтары қолданысқа енгізілгенге дейін есепке жазылған және төленбеген төлемдер есептен шығарылуға жатады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1268"/>
-    <w:bookmarkStart w:name="z1472" w:id="1269"/>
+    <w:bookmarkEnd w:id="1265"/>
+    <w:bookmarkStart w:name="z1472" w:id="1266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) осы Заңның 1-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -47375,51 +47808,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 23) тармақшасының он үшінші, он бесінші, он алтыншы, он жетінші және он сегізінші абзацтарының және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>30-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2) тармақшасының сегізінші, оныншы, он бірінші, он екінші және он үшінші абзацтарының күші банктік қарыздарды (микрокредиттерді), оның ішінде талаптарында ақшаны толық көлемде немесе бөліктермен беру көзделген бұрын жасалған шарт шеңберінде берілетін банктік қарыздарды (микрокредиттерді) беруге қолданылады деп белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1269"/>
+    <w:bookmarkEnd w:id="1266"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -47594,55 +48027,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>