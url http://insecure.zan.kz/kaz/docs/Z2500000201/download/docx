--- v0 (2025-10-27)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fab6425" w14:textId="fab6425">
+    <w:p w14:paraId="5d637bf" w14:textId="5d637bf">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасының аумақтық қорғанысы туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасының Заңы 2025 жылғы 30 маусымдағы № 201-VIII ҚРЗ</w:t>
+        <w:t>Қазақстан Республикасының Заңы 2025 жылғы 30 маусымдағы № 201-VIII ҚРЗ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -5595,1384 +5595,1612 @@
         <w:t>
       7. Уәкілетті органның лауазымды адамдарының тексеруді жүргізу кезінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="268"/>
     <w:bookmarkStart w:name="z270" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) бақылау субъектісінде (объектісінде) белгіленген рұқсаттамалық және объектішілік режимдердің талаптарын сақтай отырып, тексеру нысанасына сәйкес бақылау субъектісінің (объектісінің) аумағына және үй-жайларына кедергісіз кіруге; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z271" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тексеру нәтижелері туралы актіге қоса тігу үшін қағаз және электрондық жеткізгіштерде құжаттарды (мәліметтерді) не олардың көшірмелерін алуға, сондай-ақ тексеру нысанасына сәйкес автоматтандырылған дерекқорларға (ақпараттық жүйелерге) қол жеткізуге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z272" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) аудио-, фото- және бейнетүсірілімді жүзеге асыруға;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z272" w:id="271"/>
-[...15 lines deleted...]
-      3) аудио-, фото- және бейнетүсірілімді жүзеге асыруға;</w:t>
+    <w:bookmarkStart w:name="z273" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) мемлекеттік органдардың, ведомстволық бағынысты және өзге де ұйымдардың мамандарын, консультанттары мен сарапшыларын тартуға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z273" w:id="272"/>
-[...15 lines deleted...]
-      4) мемлекеттік органдардың, ведомстволық бағынысты және өзге де ұйымдардың мамандарын, консультанттары мен сарапшыларын тартуға;</w:t>
+    <w:bookmarkStart w:name="z274" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) тексеру нысанасына жататын техникалық бақылау құралдарының, байқау және тіркеп-белгілеу аспаптарының, фото-, бейнеаппаратураның жазбаларын пайдалануға құқығы бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z274" w:id="273"/>
-[...15 lines deleted...]
-      5) тексеру нысанасына жататын техникалық бақылау құралдарының, байқау және тіркеп-белгілеу аспаптарының, фото-, бейнеаппаратураның жазбаларын пайдалануға құқығы бар.</w:t>
+    <w:bookmarkStart w:name="z275" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті органның лауазымды адамдары тексеруді жүргізу кезінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z275" w:id="274"/>
-[...15 lines deleted...]
-      Уәкілетті органның лауазымды адамдары тексеруді жүргізу кезінде:</w:t>
+    <w:bookmarkStart w:name="z276" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының заңнамасын, бақылау субъектісінің құқықтары мен заңды мүдделерін сақтауға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z276" w:id="275"/>
-[...15 lines deleted...]
-      1) Қазақстан Республикасының заңнамасын, бақылау субъектісінің құқықтары мен заңды мүдделерін сақтауға;</w:t>
+    <w:bookmarkStart w:name="z277" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тексеруді осы бапта белгіленген тәртіп негізінде және оған қатаң сәйкестікте жүргізуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z277" w:id="276"/>
-[...15 lines deleted...]
-      2) тексеруді осы бапта белгіленген тәртіп негізінде және оған қатаң сәйкестікте жүргізуге;</w:t>
+    <w:bookmarkStart w:name="z278" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тексеруді жүргізу кезеңінде бақылау субъектілерінің (объектілерінің) белгіленген жұмыс режиміне кедергі келтірмеуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z278" w:id="277"/>
-[...15 lines deleted...]
-      3) тексеруді жүргізу кезеңінде бақылау субъектілерінің (объектілерінің) белгіленген жұмыс режиміне кедергі келтірмеуге;</w:t>
+    <w:bookmarkStart w:name="z279" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) бақылау субъектісінің не оның уәкілетті өкілінің тексеруді жүргізу кезінде болуына кедергі келтірмеуге, тексеру нысанасына жататын мәселелер бойынша түсіндірме беруге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z279" w:id="278"/>
-[...15 lines deleted...]
-      4) бақылау субъектісінің не оның уәкілетті өкілінің тексеруді жүргізу кезінде болуына кедергі келтірмеуге, тексеру нысанасына жататын мәселелер бойынша түсіндірме беруге;</w:t>
+    <w:bookmarkStart w:name="z280" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) бақылау субъектісіне тексеру нысанасына жататын қажетті ақпаратты ұсынуға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z280" w:id="279"/>
-[...15 lines deleted...]
-      5) бақылау субъектісіне тексеру нысанасына жататын қажетті ақпаратты ұсынуға;</w:t>
+    <w:bookmarkStart w:name="z281" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) бақылау субъектісіне тексеру нәтижелері туралы актіні тексеру аяқталған күні табыс етуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z281" w:id="280"/>
-[...15 lines deleted...]
-      6) бақылау субъектісіне тексеру нәтижелері туралы актіні тексеру аяқталған күні табыс етуге;</w:t>
+    <w:bookmarkStart w:name="z282" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) тексеруді жүргізу нәтижесінде алынған құжаттар мен мәліметтердің сақталуын қамтамасыз етуге міндетті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z282" w:id="281"/>
-[...15 lines deleted...]
-      7) тексеруді жүргізу нәтижесінде алынған құжаттар мен мәліметтердің сақталуын қамтамасыз етуге міндетті.</w:t>
+    <w:bookmarkStart w:name="z283" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Бақылау субъектілері не олардың уәкілетті өкілдері тексеруді жүргізу кезінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z283" w:id="282"/>
-[...15 lines deleted...]
-      8. Бақылау субъектілері не олардың уәкілетті өкілдері тексеруді жүргізу кезінде:</w:t>
+    <w:bookmarkStart w:name="z284" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) уәкілетті органның тексеруді жүргізу үшін келген лауазымды адамдарын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z284" w:id="283"/>
-[...15 lines deleted...]
-      1) уәкілетті органның тексеруді жүргізу үшін келген лауазымды адамдарын:</w:t>
+    <w:bookmarkStart w:name="z285" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осы бапта белгіленген мерзімдерге сәйкес келмейтін, тексеруді тағайындау туралы актіде (бар болса, мерзімін ұзарту туралы қосымша актіде) көрсетілген мерзімдер асып кеткен не өтіп кеткен;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z285" w:id="284"/>
-[...15 lines deleted...]
-      осы бапта белгіленген мерзімдерге сәйкес келмейтін, тексеруді тағайындау туралы актіде (бар болса, мерзімін ұзарту туралы қосымша актіде) көрсетілген мерзімдер асып кеткен не өтіп кеткен;</w:t>
+    <w:bookmarkStart w:name="z286" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осы баптың 5-тармағында көзделген құжаттар болмаған жағдайларда тексеруге жібермеуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z286" w:id="285"/>
-[...15 lines deleted...]
-      осы баптың 5-тармағында көзделген құжаттар болмаған жағдайларда тексеруге жібермеуге;</w:t>
+    <w:bookmarkStart w:name="z287" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) егер құжаттар мен мәліметтер жүргізілетін тексерудің нысанасына жатпаса, оларды ұсынбауға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z287" w:id="286"/>
-[...15 lines deleted...]
-      2) егер құжаттар мен мәліметтер жүргізілетін тексерудің нысанасына жатпаса, оларды ұсынбауға;</w:t>
+    <w:bookmarkStart w:name="z288" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тексеруді жүзеге асыру процесін, сондай-ақ уәкілетті органның лауазымды адамының тексеру шеңберінде жасайтын жекелеген әрекеттерін лауазымды адамның қызметіне кедергі келтірмей, аудио- және бейнетехника құралдарының көмегімен тіркеп-белгілеуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z288" w:id="287"/>
-[...15 lines deleted...]
-      3) тексеруді жүзеге асыру процесін, сондай-ақ уәкілетті органның лауазымды адамының тексеру шеңберінде жасайтын жекелеген әрекеттерін лауазымды адамның қызметіне кедергі келтірмей, аудио- және бейнетехника құралдарының көмегімен тіркеп-белгілеуге;</w:t>
+    <w:bookmarkStart w:name="z289" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тексеру нәтижесінде анықталған бұзушылықтар бойынша қосымша уақыт және (немесе) қаржы шығындары қажет болған жағдайда, үш жұмыс күнінен кешіктірмей уәкілетті органға бұзушылықтарды жою мерзімдерін ұзарту туралы өтінішпен жүгінуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z289" w:id="288"/>
-[...15 lines deleted...]
-      4) тексеру нәтижесінде анықталған бұзушылықтар бойынша қосымша уақыт және (немесе) қаржы шығындары қажет болған жағдайда, үш жұмыс күнінен кешіктірмей уәкілетті органға бұзушылықтарды жою мерзімдерін ұзарту туралы өтінішпен жүгінуге;</w:t>
+    <w:bookmarkStart w:name="z290" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) тексеру нәтижелері туралы актіге, сондай-ақ уәкілетті органның лауазымды адамдарының әрекеттеріне (әрекетсіздігіне) Қазақстан Республикасының заңнамасында белгіленген тәртіппен шағым жасауға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z290" w:id="289"/>
-[...15 lines deleted...]
-      5) тексеру нәтижелері туралы актіге, сондай-ақ уәкілетті органның лауазымды адамдарының әрекеттеріне (әрекетсіздігіне) Қазақстан Республикасының заңнамасында белгіленген тәртіппен шағым жасауға;</w:t>
+    <w:bookmarkStart w:name="z291" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) уәкілетті органның лауазымды адамдарының бақылау субъектілерінің (объектілерінің) қызметін шектейтін, заңға негізделмеген тыйымдарын орындамауға құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z291" w:id="290"/>
-[...15 lines deleted...]
-      6) уәкілетті органның лауазымды адамдарының бақылау субъектілерінің (объектілерінің) қызметін шектейтін, заңға негізделмеген тыйымдарын орындамауға құқылы.</w:t>
+    <w:bookmarkStart w:name="z292" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бақылау субъектілері не олардың уәкілетті өкілдері тексеруді жүргізу кезінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z292" w:id="291"/>
-[...15 lines deleted...]
-      Бақылау субъектілері не олардың уәкілетті өкілдері тексеруді жүргізу кезінде:</w:t>
+    <w:bookmarkStart w:name="z293" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) уәкілетті органның лауазымды адамдарының бақылау субъектісінің (объектісінің) аумағына және үй-жайларына кедергісіз кіруін қамтамасыз етуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z293" w:id="292"/>
-[...15 lines deleted...]
-      1) уәкілетті органның лауазымды адамдарының бақылау субъектісінің (объектісінің) аумағына және үй-жайларына кедергісіз кіруін қамтамасыз етуге;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының мемлекеттік құпиялар туралы, коммерциялық, салықтық не заңмен қорғалатын өзге де құпияны қорғау жөніндегі заңнамасының талаптарын сақтай отырып, уәкілетті органның лауазымды адамдарына тексеру нәтижелері туралы актіге қоса тігу үшін қағаз және (немесе) электрондық жеткізгіштерде құжаттарды (мәліметтерді) не олардың көшірмелерін ұсынуға, сондай-ақ тексеру нысанасына сәйкес автоматтандырылған дерекқорларға (ақпараттық жүйелерге) қолжетімділік беруге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z295" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тексеру басталған күні тексеруді тағайындау туралы актіні және тексеру аяқталған күні жүргізілген тексерудің нәтижелері туралы қорытындыны алғаны туралы белгі қоюға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z294" w:id="293"/>
-[...15 lines deleted...]
-      2) Қазақстан Республикасының мемлекеттік құпиялар туралы, коммерциялық, салықтық не заңмен қорғалатын өзге де құпияны қорғау жөніндегі заңнамасының талаптарын сақтай отырып, уәкілетті органның лауазымды адамдарына тексеру нәтижелері туралы актіге қоса тігу үшін қағаз және (немесе) электрондық жеткізгіштерде құжаттарды (мәліметтерді) не олардың көшірмелерін ұсынуға, сондай-ақ тексеру нысанасына сәйкес автоматтандырылған дерекқорларға (ақпараттық жүйелерге) қолжетімділік беруге;</w:t>
+    <w:bookmarkStart w:name="z296" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, тексеруді жүргізу кезеңінде тексерілетін құжаттарға өзгерістер мен толықтырулар енгізуге жол бермеуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z295" w:id="294"/>
-[...15 lines deleted...]
-      3) тексеру басталған күні тексеруді тағайындау туралы актіні және тексеру аяқталған күні жүргізілген тексерудің нәтижелері туралы қорытындыны алғаны туралы белгі қоюға;</w:t>
+    <w:bookmarkStart w:name="z297" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) объектіге тексеру жүргізуге келген адамдардың осы объект үшін белгіленген нормативтерге сәйкес зиянды және қауіпті өндірістік әсер ету факторларынан қауіпсіздігін қамтамасыз етуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z296" w:id="295"/>
-[...15 lines deleted...]
-      4) егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, тексеруді жүргізу кезеңінде тексерілетін құжаттарға өзгерістер мен толықтырулар енгізуге жол бермеуге;</w:t>
+    <w:bookmarkStart w:name="z298" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) басшының не оның уәкілетті адамының тексеру тағайындалған мерзімдерде бақылау субъектісі (объектісі) тұрған жерде болуын қамтамасыз етуге міндетті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z297" w:id="296"/>
-[...15 lines deleted...]
-      5) объектіге тексеру жүргізуге келген адамдардың осы объект үшін белгіленген нормативтерге сәйкес зиянды және қауіпті өндірістік әсер ету факторларынан қауіпсіздігін қамтамасыз етуге;</w:t>
+    <w:bookmarkStart w:name="z299" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Тексеру нәтижелері бойынша уәкілетті органның лауазымды адамдары тексеру нәтижелері туралы акт жасайды, онда:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z298" w:id="297"/>
-[...15 lines deleted...]
-      6) басшының не оның уәкілетті адамының тексеру тағайындалған мерзімдерде бақылау субъектісі (объектісі) тұрған жерде болуын қамтамасыз етуге міндетті.</w:t>
+    <w:bookmarkStart w:name="z300" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) актінің жасалған күні, нөмірі мен орны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z299" w:id="298"/>
-[...15 lines deleted...]
-      9. Тексеру нәтижелері бойынша уәкілетті органның лауазымды адамдары тексеру нәтижелері туралы акт жасайды, онда:</w:t>
+    <w:bookmarkStart w:name="z301" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекеттік органның атауы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z300" w:id="299"/>
-[...15 lines deleted...]
-      1) актінің жасалған күні, нөмірі мен орны;</w:t>
+    <w:bookmarkStart w:name="z302" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тексеруді тағайындау туралы актінің (бар болса, мерзімін ұзарту туралы қосымша актінің) күні мен нөмірі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z301" w:id="300"/>
-[...15 lines deleted...]
-      2) мемлекеттік органның атауы;</w:t>
+    <w:bookmarkStart w:name="z303" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тексеруді жүргізген адамның (адамдардың) тегі, аты, әкесінің аты (егер ол жеке басты куәландыратын құжатта көрсетілсе) және лауазымы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z302" w:id="301"/>
-[...15 lines deleted...]
-      3) тексеруді тағайындау туралы актінің (бар болса, мерзімін ұзарту туралы қосымша актінің) күні мен нөмірі;</w:t>
+    <w:bookmarkStart w:name="z304" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) мемлекеттік органдардың, ведомстволық бағынысты және өзге де ұйымдардың тексеруді жүргізуге тартылатын мамандары, консультанттары мен сарапшылары туралы мәліметтер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z303" w:id="302"/>
-[...15 lines deleted...]
-      4) тексеруді жүргізген адамның (адамдардың) тегі, аты, әкесінің аты (егер ол жеке басты куәландыратын құжатта көрсетілсе) және лауазымы;</w:t>
+    <w:bookmarkStart w:name="z305" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) бақылау субъектісінің (объектісінің) атауы, оның тұрған жері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z304" w:id="303"/>
-[...15 lines deleted...]
-      5) мемлекеттік органдардың, ведомстволық бағынысты және өзге де ұйымдардың тексеруді жүргізуге тартылатын мамандары, консультанттары мен сарапшылары туралы мәліметтер;</w:t>
+    <w:bookmarkStart w:name="z306" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) тексеру нысанасы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z305" w:id="304"/>
-[...15 lines deleted...]
-      6) бақылау субъектісінің (объектісінің) атауы, оның тұрған жері;</w:t>
+    <w:bookmarkStart w:name="z307" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) тексеру түрі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z306" w:id="305"/>
-[...15 lines deleted...]
-      7) тексеру нысанасы;</w:t>
+    <w:bookmarkStart w:name="z308" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) тексеруді жүргізу мерзімі мен кезеңі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z307" w:id="306"/>
-[...15 lines deleted...]
-      8) тексеру түрі;</w:t>
+    <w:bookmarkStart w:name="z309" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) тексеру нәтижелері туралы, оның ішінде анықталған бұзушылықтар, олардың сипаты туралы мәліметтер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z308" w:id="307"/>
-[...15 lines deleted...]
-      9) тексеруді жүргізу мерзімі мен кезеңі;</w:t>
+    <w:bookmarkStart w:name="z310" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) талаптарды орындау және бұзушылықтарға жол берген тұлғаларға қатысты шаралар қабылдау мерзімін көрсете отырып, Қазақстан Республикасының аумақтық қорғаныс саласындағы заңнамасының анықталған бұзушылықтарын жою туралы талаптар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z309" w:id="308"/>
-[...15 lines deleted...]
-      10) тексеру нәтижелері туралы, оның ішінде анықталған бұзушылықтар, олардың сипаты туралы мәліметтер;</w:t>
+    <w:bookmarkStart w:name="z311" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) бақылау субъектісі басшысының не оның уәкілетті адамының, сондай-ақ тексеруді жүргізу кезінде болған адамдардың тексеру нәтижелері туралы актімен танысқаны немесе танысудан бас тартқаны туралы мәліметтер, олардың қолтаңбалары немесе қол қоюдан бас тарту туралы жазба;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z310" w:id="309"/>
-[...15 lines deleted...]
-      11) талаптарды орындау және бұзушылықтарға жол берген тұлғаларға қатысты шаралар қабылдау мерзімін көрсете отырып, Қазақстан Республикасының аумақтық қорғаныс саласындағы заңнамасының анықталған бұзушылықтарын жою туралы талаптар;</w:t>
+    <w:bookmarkStart w:name="z312" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) тексеру жүргізген лауазымды адамның (лауазымды адамдардың) қолтаңбасы көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z311" w:id="310"/>
-[...15 lines deleted...]
-      12) бақылау субъектісі басшысының не оның уәкілетті адамының, сондай-ақ тексеруді жүргізу кезінде болған адамдардың тексеру нәтижелері туралы актімен танысқаны немесе танысудан бас тартқаны туралы мәліметтер, олардың қолтаңбалары немесе қол қоюдан бас тарту туралы жазба;</w:t>
+    <w:bookmarkStart w:name="z313" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексеру нәтижелері туралы актіге тексеру нәтижелеріне байланысты құжаттар (олар болған кезде) немесе олардың көшірмелері қоса беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z312" w:id="311"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z314" w:id="313"/>
+    <w:bookmarkStart w:name="z314" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Тексеру нәтижелері туралы актінің бірінші данасы бақылау субъектісіне (басшысына не оның уәкілетті адамына) танысу және анықталған бұзушылықтарды жою бойынша шаралар қабылдау және басқа да әрекеттер жасау үшін табыс етіледі, екінші данасы уәкілетті органда қалады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z315" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Тексеру нәтижелері туралы актіні қабылдаудан бас тартылған жағдайда акт жасалады, оған тексеруді жүргізетін лауазымды адамдар және бақылау субъектісінің басшысы не оның уәкілетті өкілі қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z316" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бақылау субъектісі бас тарту себебі туралы жазбаша түсініктеме бере отырып, актіге қол қоюдан бас тартуға құқылы.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z315" w:id="314"/>
-[...15 lines deleted...]
-      11. Тексеру нәтижелері туралы актіні қабылдаудан бас тартылған жағдайда акт жасалады, оған тексеруді жүргізетін лауазымды адамдар және бақылау субъектісінің басшысы не оның уәкілетті өкілі қол қояды.</w:t>
+    <w:bookmarkStart w:name="z317" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Бақылау субъектісіне тексеруді тағайындау туралы актіде (бар болса, тексеру мерзімін ұзарту туралы қосымша актіде) көрсетілген тексеруді аяқтау мерзімінен кешіктірмей тексеру нәтижелері туралы акт табыс етілген күн тексеру мерзімінің аяқталуы болып есептеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z316" w:id="315"/>
-[...15 lines deleted...]
-      Бақылау субъектісі бас тарту себебі туралы жазбаша түсініктеме бере отырып, актіге қол қоюдан бас тартуға құқылы.</w:t>
+    <w:bookmarkStart w:name="z318" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Тексеру жүргізу кезінде Қазақстан Республикасының аумақтық қорғаныс саласындағы заңнамасында белгіленген талаптарды бұзушылықтар болмаған жағдайда, тексеру нәтижелері туралы актіде тиісті жазба жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z317" w:id="316"/>
-[...15 lines deleted...]
-      12. Бақылау субъектісіне тексеруді тағайындау туралы актіде (бар болса, тексеру мерзімін ұзарту туралы қосымша актіде) көрсетілген тексеруді аяқтау мерзімінен кешіктірмей тексеру нәтижелері туралы акт табыс етілген күн тексеру мерзімінің аяқталуы болып есептеледі.</w:t>
+    <w:bookmarkStart w:name="z319" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Тексеру нәтижелері бойынша ескертулер және (немесе) қарсылықтар болған жағдайда, бақылау субъектісі оларды жазбаша түрде баяндайды және тексеру нәтижелері туралы акт табыс етілген күннен бастап үш жұмыс күні ішінде уәкілетті органға жібереді. Ескертулер және (немесе) қарсылықтар тексеру нәтижелері туралы актіге қоса беріледі, бұл туралы тиісті белгі жасалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z318" w:id="317"/>
-[...15 lines deleted...]
-      13. Тексеру жүргізу кезінде Қазақстан Республикасының аумақтық қорғаныс саласындағы заңнамасында белгіленген талаптарды бұзушылықтар болмаған жағдайда, тексеру нәтижелері туралы актіде тиісті жазба жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z320" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті орган бақылау субъектісінің ескертулерін және (немесе) қарсылықтарын қарауға және он бес жұмыс күні ішінде уәжді жауап беруге тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z319" w:id="318"/>
-[...15 lines deleted...]
-      14. Тексеру нәтижелері бойынша ескертулер және (немесе) қарсылықтар болған жағдайда, бақылау субъектісі оларды жазбаша түрде баяндайды және тексеру нәтижелері туралы акт табыс етілген күннен бастап үш жұмыс күні ішінде уәкілетті органға жібереді. Ескертулер және (немесе) қарсылықтар тексеру нәтижелері туралы актіге қоса беріледі, бұл туралы тиісті белгі жасалады.</w:t>
+    <w:bookmarkStart w:name="z321" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Тексеру нәтижелері туралы актіде көрсетілген анықталған бұзушылықтарды жою туралы талаптар бақылау субъектілерінің орындауы үшін міндетті болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z320" w:id="319"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z322" w:id="321"/>
+    <w:bookmarkStart w:name="z322" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Тексеру нәтижелері туралы актіде белгіленген Қазақстан Республикасының аумақтық қорғаныс саласындағы заңнамасы талаптарының анықталған бұзушылықтарын жою мерзімі өткеннен кейін бақылау субъектісі тексеру нәтижелері туралы актіде белгіленген мерзім ішінде уәкілетті органға анықталған бұзушылықтарды жою туралы ақпаратты ұсынуға міндетті. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z323" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бақылау субъектісі тексеру нәтижелері туралы актіде көрсетілген анықталған бұзушылықтарды жою туралы ақпаратты белгіленген мерзімде ұсынбаған немесе толық ұсынбаған жағдайда, уәкілетті орган осы баптың 3-тармағының 1) тармақшасына сәйкес жоспардан тыс тексеруді тағайындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z324" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бақылау субъектісі анықталған бұзушылықтарды жою туралы ұсынылған ақпаратқа бұзушылықтарды жою фактісін дәлелдейтін материалдарды қоса береді. Мұндай жағдайда жоспардан тыс тексеруді жүргізу талап етілмейді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z323" w:id="322"/>
-[...15 lines deleted...]
-      Бақылау субъектісі тексеру нәтижелері туралы актіде көрсетілген анықталған бұзушылықтарды жою туралы ақпаратты белгіленген мерзімде ұсынбаған немесе толық ұсынбаған жағдайда, уәкілетті орган осы баптың 3-тармағының 1) тармақшасына сәйкес жоспардан тыс тексеруді тағайындайды.</w:t>
+    <w:bookmarkStart w:name="z325" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Тексеру нәтижелері туралы актіде көрсетілген анықталған бұзушылықтарды жою туралы талаптарды орындау мерзімдері оларды орындаудың нақты мүмкіндігіне әсер ететін мән-жайлар ескеріле отырып айқындалады, бірақ ол тексеру нәтижелері туралы акт табыс етілген күннен бастап күнтізбелік он күннен кем болмауға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z324" w:id="323"/>
-[...15 lines deleted...]
-      Бақылау субъектісі анықталған бұзушылықтарды жою туралы ұсынылған ақпаратқа бұзушылықтарды жою фактісін дәлелдейтін материалдарды қоса береді. Мұндай жағдайда жоспардан тыс тексеруді жүргізу талап етілмейді.</w:t>
+    <w:bookmarkStart w:name="z326" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Тексеру нәтижелері туралы актіні орындау мерзімдерін айқындау кезінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z325" w:id="324"/>
-[...15 lines deleted...]
-      16. Тексеру нәтижелері туралы актіде көрсетілген анықталған бұзушылықтарды жою туралы талаптарды орындау мерзімдері оларды орындаудың нақты мүмкіндігіне әсер ететін мән-жайлар ескеріле отырып айқындалады, бірақ ол тексеру нәтижелері туралы акт табыс етілген күннен бастап күнтізбелік он күннен кем болмауға тиіс.</w:t>
+    <w:bookmarkStart w:name="z327" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бақылау субъектісінде бұзушылықтарды жою бойынша ұйымдастырушылық, техникалық мүмкіндіктердің бар-жоғы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z326" w:id="325"/>
-[...15 lines deleted...]
-      17. Тексеру нәтижелері туралы актіні орындау мерзімдерін айқындау кезінде:</w:t>
+    <w:bookmarkStart w:name="z328" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекеттік органдардан міндетті қорытындылар, келісулер және Қазақстан Республикасының заңдарында белгіленген басқа да құжаттар алу мерзімдері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z327" w:id="326"/>
-[...15 lines deleted...]
-      1) бақылау субъектісінде бұзушылықтарды жою бойынша ұйымдастырушылық, техникалық мүмкіндіктердің бар-жоғы;</w:t>
+    <w:bookmarkStart w:name="z329" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) пайдаланылатын объектілердің техникалық жай-күйінің ерекшеліктері ескеріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z328" w:id="327"/>
-[...15 lines deleted...]
-      2) мемлекеттік органдардан міндетті қорытындылар, келісулер және Қазақстан Республикасының заңдарында белгіленген басқа да құжаттар алу мерзімдері;</w:t>
+    <w:bookmarkStart w:name="z330" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Егер тексерулер осы бапта белгіленген тексерулерді жүргізу жөніндегі талаптарды бұза отырып жүргізілсе, олар жарамсыз деп танылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z329" w:id="328"/>
-[...15 lines deleted...]
-      3) пайдаланылатын объектілердің техникалық жай-күйінің ерекшеліктері ескеріледі.</w:t>
+    <w:bookmarkStart w:name="z331" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Тексеруді жүзеге асыру кезінде бақылау субъектісінің құқықтары мен заңды мүдделері бұзылған жағдайда, бақылау субъектісі уәкілетті органның лауазымды адамдарының шешімдеріне, әрекеттеріне (әрекетсіздігіне) жоғары тұрған лауазымды адамға не сотқа Қазақстан Республикасының заңнамасында белгіленген тәртіппен шағым жасауға құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z330" w:id="329"/>
-[...15 lines deleted...]
-      18. Егер тексерулер осы бапта белгіленген тексерулерді жүргізу жөніндегі талаптарды бұза отырып жүргізілсе, олар жарамсыз деп танылады.</w:t>
+    <w:bookmarkStart w:name="z332" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шағым беру тексеру нәтижелері туралы актінің орындалуын тоқтата тұрмайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z331" w:id="330"/>
-[...15 lines deleted...]
-      19. Тексеруді жүзеге асыру кезінде бақылау субъектісінің құқықтары мен заңды мүдделері бұзылған жағдайда, бақылау субъектісі уәкілетті органның лауазымды адамдарының шешімдеріне, әрекеттеріне (әрекетсіздігіне) жоғары тұрған лауазымды адамға не сотқа Қазақстан Республикасының заңнамасында белгіленген тәртіппен шағым жасауға құқылы.</w:t>
+    <w:bookmarkStart w:name="z333" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тарау. ҚОРЫТЫНДЫ ЕРЕЖЕЛЕР</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z332" w:id="331"/>
-[...15 lines deleted...]
-      Шағым беру тексеру нәтижелері туралы актінің орындалуын тоқтата тұрмайды.</w:t>
+    <w:bookmarkStart w:name="z334" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 24-бап. Қазақстан Республикасының аумақтық қорғаныс саласындағы заңнамасын бұзғаны үшін жауаптылық</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z333" w:id="332"/>
+    <w:bookmarkStart w:name="z335" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының аумақтық қорғаныс саласындағы заңнамасын бұзу Қазақстан Республикасының заңдарында белгіленген жауаптылыққа алып келеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z336" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5-тарау. ҚОРЫТЫНДЫ ЕРЕЖЕЛЕР</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> 24-бап. Қазақстан Республикасының аумақтық қорғаныс саласындағы заңнамасын бұзғаны үшін жауаптылық</w:t>
+        <w:t xml:space="preserve"> 25-бап. Осы Заңды қолданысқа енгізу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z335" w:id="334"/>
-[...15 lines deleted...]
-      Қазақстан Республикасының аумақтық қорғаныс саласындағы заңнамасын бұзу Қазақстан Республикасының заңдарында белгіленген жауаптылыққа алып келеді.</w:t>
+    <w:bookmarkStart w:name="z337" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Заң алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z336" w:id="335"/>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="336"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -7147,55 +7375,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>