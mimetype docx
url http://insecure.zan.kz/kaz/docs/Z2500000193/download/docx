--- v0 (2025-11-14)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="48ce8d6" w14:textId="48ce8d6">
+    <w:p w14:paraId="b13d797" w14:textId="b13d797">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -248,50 +248,146 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Қолданушыларға ыңғайлы болуы үшін ЗҚАИ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>мазмұнды</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> жасады.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бүкіл мәтін бойынша "ақпараттық жүйесі", "ақпараттық жүйесін", "ақпараттық жүйесінде", "ақпараттық жүйесінен", "ақпараттық жүйесіне", "ақпараттық жүйелер мен электрондық ақпараттық ресурстардан" деген сөздер тиісінше "цифрлық жүйесі", "цифрлық жүйесін", "цифрлық жүйесінде", "цифрлық жүйесінен", "цифрлық жүйесіне", "цифрлық жүйелер мен цифрлық ресурстардан" деген сөздермен ауыстыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. ЖАЛПЫ ЕРЕЖЕЛЕР</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -3307,3386 +3403,3292 @@
         <w:t>
       2) жобаның бизнес-жоспары мен жұмыс бағдарламасын сақтау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
     <w:bookmarkStart w:name="z130" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қайта өңдеу қуаттарын іске қосуды қоса алғанда, жаңа өндірістік объектілерді салу немесе өндірістік және қайта өңдеу қуаттарын реконструкциялау мен жаңғыртуды қоса алғанда, жұмыс істеп тұрған өндірістерді кеңейту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z131" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) табиғи ресурстарды пайдаланғаны үшін Қазақстан Республикасының салық заңнамасында көзделген төлемақы енгізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z132" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың бірінші бөлігінің 1), 2) және 3) тармақшаларында көрсетілген міндеттемелер жобаны іске асыру үшін халықаралық және (немесе) республикалық маңызы бар балық шаруашылығы су айдындарының учаскелерінде тор қоршама шаруашылық қызметін жүзеге асыруға арналған шарттың міндетті талаптары болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z133" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Мынадай жағдайлардың бірі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z134" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жоба құнының осы баптың 1-тармағының екінші бөлігінде белгіленген мөлшерден аз болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z135" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасы заңды тұлғасының осы баптың 4-тармағында белгіленген талаптарға сай болмауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z136" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жобаның бизнес-жоспары мен жұмыс бағдарламасының уәкілетті орган бекіткен қағидаларға сәйкес келмеуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z137" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасының заңды тұлғасы ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) анық еместігінің анықталуы тор қоршама шаруашылық қызметін жүзеге асыру үшін халықаралық және (немесе) республикалық маңызы бар балық шаруашылығы су айдындарының учаскелерін бекітіп беруден бас тартуға негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z138" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Жобаны іске асыру үшін халықаралық және (немесе) республикалық маңызы бар балық шаруашылығы су айдындарының учаскелерінде тор қоршама шаруашылық қызметін жүзеге асыруға арналған шарт осы Заңның 10-бабының 8-тармағында көрсетілген жағдайларда және осы баптың 6-тармағының бірінші бөлігінде көрсетілген міндеттемелер орындалмаған кезде мерзімінен бұрын бұзылуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z139" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12-бап. Тоған, индустриялық және (немесе) өсімді молайту шаруашылық қызметі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z140" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Тоған, индустриялық және (немесе) өсімді молайту шаруашылық қызметін жүзеге асыру үшін биологиялық негіздеменің, жеке меншік құқығында не Қазақстан Республикасының заңнамасында көзделген өзге де заңды негіздерде жер учаскесінің және (немесе) жылжымайтын мүліктің болуы қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z141" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Аквашаруашылыққа арналған ғимараттарды, құрылыстар мен өзге де құрылысжайларды, конструкцияларды салу және пайдалану, тоған, индустриялық және (немесе) өсімді молайту шаруашылық қызметін жүзеге асыру үшін балық өсіру тоғандары және (немесе) балық өсіру бассейндері Қазақстан Республикасының сәулет, қала құрылысы және құрылыс қызметі саласындағы заңнамасына, ветеринариялық (ветеринариялық-санитариялық) талаптарға, сондай-ақ халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы қағидалар мен талаптарға сәйкес айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z142" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13-бап. Аквашаруашылықты дамытуды қамтамасыз ететін субъектілер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z143" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мыналарды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z144" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аквашаруашылық объектілері үшін азық-жемді өндіруге байланысты қызметті;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z145" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының асыл тұқымды мал шаруашылығы туралы заңнамасына сәйкес балық өсіру саласында селекциялық және асыл тұқымдық жұмысты жүзеге асыратын жеке немесе заңды тұлғалар аквашаруашылықты дамытуды қамтамасыз ететін субъектілер болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z146" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Аквашаруашылықты дамытуды қамтамасыз ететін субъектілерге осы Заңда және Қазақстан Республикасының өзге де заңдарында көзделген аквашаруашылықты мемлекеттік ынталандыру шаралары Қазақстан Республикасының заңнамасында айқындалған шарттарда және тәртіппен беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z147" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Аквашаруашылықты дамытуды қамтамасыз ететін субъектілер:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z148" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) уәкілетті орган айқындаған тәртіппен аквашаруашылықтың ақпараттық жүйесінде тіркеледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z149" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) уәкілетті органға мемлекеттік статистика саласындағы уәкілетті органмен келісу бойынша бекітілген, аквашаруашылық саласындағы әкімшілік деректерді жинауға арналған нысандарға сәйкес әкімшілік деректерді ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z150" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) уәкілетті орган бекіткен қағидаларға сәйкес қарсы міндеттемелерді орындау бойынша ақпарат береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z151" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) уәкілетті органға Қазақстан Республикасының заңнамасында көзделген өзге де деректерді және (немесе) мәліметтерді (ақпаратты) ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z152" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14-бап. Аквашаруашылық субъектілерінің құқықтары мен міндеттері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z153" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Аквашаруашылық субъектілерінің:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z154" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аквашаруашылыққа арналған ғимараттарға, құрылыстар мен өзге де құрылысжайларға, конструкцияларға, балық өсіру тоғанына, балық өсіру бассейніне және өсірілген аквашаруашылық объектілеріне, оның ішінде олардан алынған өнімге меншік құқығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z155" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының заңдарында белгіленген тәртіппен және шарттарда аквашаруашылық мұқтажы үшін жер учаскелерін алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z156" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасында белгіленген талаптардың сақталуын қамтамасыз ете отырып, инженерлік коммуникациялар тартуды қоса алғанда, су қорғау белдеуінде балық өсіру объектілерін, балық өсіру тоғандарын салуға және пайдалануға, балық өсіру бассейндерін орналастыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z157" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасының Жер кодексіне сәйкес бекітіп берілген балық шаруашылығы су айдындарында және (немесе) учаскелерінде көл-тауар және (немесе) тор қоршама шаруашылық қызметін жүзеге асыру үшін жер учаскелерінің меншік иелерінен және (немесе) жер пайдаланушылардан сервитут беруді талап етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z158" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Қазақстан Республикасының су заңнамасына сәйкес арнайы су пайдалануға, оның ішінде ұңғымаларды (құдықтарды) бұрғылауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z159" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осы Заңға және Қазақстан Республикасының өзге де заңдарына сәйкес ұсынылатын аквашаруашылықты мемлекеттік ынталандыру шараларын алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z160" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) коммерциялық құпияны құрайтын ақпаратты, сондай-ақ мемлекеттік құпияларды және Қазақстан Республикасының заңдарымен қорғалатын өзге де құпияны қамтитын мәліметтерді қоспағанда, аквашаруашылықтың ақпараттық жүйесінен мәліметтерді алуға және пайдалануға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z161" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) аквашаруашылықтың ақпараттық жүйесіне өтеусіз қол жеткізуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z162" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Қазақстан Республикасының заңнамасына сәйкес аквашаруашылыққа арналған ғимараттарды, құрылыстар мен өзге де құрылысжайларды, конструкцияларды, балық өсіру тоғандарын салуға және пайдалануға, балық өсіру бассейндерін орналастыруға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z163" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Көл-тауар және (немесе) тор қоршама шаруашылық қызметін жүзеге асыратын аквашаруашылық субъектілері осы баптың 1-тармағында көзделген құқықтардан басқа, Қазақстан Республикасының аквашаруашылық саласындағы заңнамасына сәйкес уәкілетті органға шартқа және аквашаруашылық субъектісін дамыту жоспарына өзгерістер енгізу жөнінде ұсыныстар енгізуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z164" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Тор қоршама шаруашылық қызметін жүзеге асыратын аквашаруашылық субъектілері осы баптың 1 және 2-тармақтарында көзделген құқықтардан басқа, арнаулы құрылғылар (тор қоршамалар) орнатылған орындарды кеме қатынасы қауіпсіздігіне және өзге де жүзу құралдарының қозғалысына кедергі келтірмейтін, сондай-ақ ортақ пайдаланудағы су объектілерін пайдалануды шектеуге жол бермейтін арқандармен және қалтқылармен қоршап қоюға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z165" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Көл-тауар шаруашылық қызметін жүзеге асыратын аквашаруашылық субъектілері осы баптың 1 және 2-тармақтарында көзделген құқықтардан басқа, бекітіп берілген балық шаруашылығы су айдындарында және (немесе) учаскелерінде балық өсіруге арналған арнаулы құрылғыларды (тор қоршамаларды) биологиялық негіздемеге сәйкес орнатуға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z166" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Көл-тауар және (немесе) тоған шаруашылық қызметін жүзеге асыратын аквашаруашылық субъектілері осы баптың 1, 2, және 4-тармақтарында көзделген құқықтардан басқа, әуесқой (спорттық) балық аулауды ұйымдастыруға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z167" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Аквашаруашылық субъектілері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z168" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) биологиялық негіздемеде көзделген аквашаруашылық объектілерін көбейтуге және (немесе) күтіп-ұстауға, өсіруге байланысты қызметті жүзеге асыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z169" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) аквашаруашылықты су биологиялық ресурстарына және оларды қоршаған ортаға зиян келтіруге жол бермейтін тәсілдермен және әдістермен жүргізуді қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z170" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) уәкілетті орган бекіткен қағидаларға сәйкес биологиялық негіздемені әзірлеуді қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z171" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) уәкілетті органға әкімшілік деректерді мемлекеттік статистика саласындағы уәкілетті органмен келісу бойынша бекітілген аквашаруашылық саласындағы әкімшілік деректерді жинауға арналған нысандарға сәйкес ұсынуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z172" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) уәкілетті орган бекіткен қағидаларға сәйкес қарсы міндеттемелерді орындау бойынша ақпарат беруге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z173" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) су объектілерінде аквашаруашылық объектілерінің бөгде немесе генетикалық модификацияланған түрлерін интродукциялауға жол бермеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z174" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) ветеринариялық (ветеринариялық-санитариялық) талаптарды, сондай-ақ халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы қағидалар мен талаптарды сақтауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z175" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) уәкілетті орган айқындаған тәртіппен аквашаруашылықтың ақпараттық жүйесінде тіркелуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z176" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның I және II қосымшаларына түрлері енгізілген жануарларды жасанды жолмен өсіру жөніндегі қызметті жүзеге асыруды бастағаны немесе тоқтатқаны туралы хабарламаны Қазақстан Республикасының жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы заңнамасына сәйкес жіберуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z177" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) Қазақстан Республикасының экология заңнамасының талаптарын сақтауға, сондай-ақ қоршаған ортаны қорғау жөніндегі шараларға жәрдемдесуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z178" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Тоған, өсімді молайту және (немесе) индустриялық шаруашылық қызметін жүзеге асыратын аквашаруашылық субъектілері осы баптың 6-тармағында көзделген міндеттерден басқа, жерүсті су объектілерінен су алу кезінде балық қорғау құрылғыларын орнатуға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z179" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Көл-тауар шаруашылық қызметін жүзеге асыратын аквашаруашылық субъектілері осы баптың 6-тармағында көзделген міндеттерден басқа:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z180" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының су заңнамасына сәйкес ортақ пайдаланудағы жерүсті су объектілерін пайдалануды шектеуге жол бермеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      4) тармақшаның қолданысы 01.01.2026 дейін тоқтатыла тұрады, тоқтатыла тұру кезеңінде бұл тармақша осы Заңның 23-бабы </w:t>
+        <w:t xml:space="preserve">      2) тармақшаның қолданысы 01.01.2027 дейін тоқтатыла тұрады, тоқтатыла тұру кезеңінде бұл тармақша осы Заңның 23-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3-тармақтағы</w:t>
+        <w:t>4-тармақтағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> редакцияда қолданыста болады.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) табиғи ресурстарды пайдаланғаны үшін Қазақстан Республикасының салық заңнамасында көзделген төлемақы енгізу.</w:t>
-[...142 lines deleted...]
-    <w:bookmarkStart w:name="z139" w:id="132"/>
+      2) көл-тауар және (немесе) тор қоршама шаруашылық қызметін жүзеге асыруға арналған шартты және аквашаруашылық субъектісін дамыту жоспарын орындауға, сондай-ақ шарттың талаптары мен аквашаруашылық субъектісін дамыту жоспарының орындалуы туралы ақпаратты аквашаруашылықтың ақпараттық жүйесі арқылы уәкілетті орган бекіткен қағидаларға сәйкес беруге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z182" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) біріктіру, қосу немесе қайта құру нысанында заңды тұлғаны қайта ұйымдастыру жағдайларын қоспағанда, көл-тауар және (немесе) тор қоршама шаруашылық қызметін жүзеге асыруға арналған шарт бойынша үшінші тұлғаларға құқықтар мен міндеттемелерді беруге және (немесе) басқаға беруге және (немесе) мұндай құқықтар мен міндеттемелердің мұрагерлік бойынша әмбебап құқықтық мирасқорлық тәртібімен үшінші тұлғаға ауысуына жол бермеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z183" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) аквашаруашылық объектілерін заңсыз аулауға жол бермеу мақсатында балық шаруашылығы су айдындарын және (немесе) учаскелерін күзетуді қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z184" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) уәкілетті орган ведомствосының аумақтық бөлімшесіне Қазақстан Республикасының жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы заңнамасына сәйкес бақылау үшін аулауды жүзеге асыру құқығын беруге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z185" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Қазақстан Республикасының жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы заңнамасына сәйкес аншлагтарды орнатуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z186" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Қазақстан Республикасының су және экология заңнамасында, халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы нормативтік құқықтық актілерде және Қазақстан Республикасының өзге де заңнамасында белгіленген талаптарға сәйкес балық шаруашылығы су айдындарының және (немесе) учаскелерінің жағалаулары пайдаланылатын жерлерде оларды күтіп-ұстауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z187" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) көл-тауар және (немесе) тор қоршама шаруашылық қызметін жүзеге асыруға арналған шарт мерзімінен бұрын бұзылған немесе оның мерзімі өткен жағдайда, аквашаруашылық үшін тұрғызылған ғимараттарды, құрылыстар мен өзге де құрылысжайларды, конструкцияларды қисынды мерзімде демонтаждауды, бұзып тастауды жүзеге асыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z188" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) бекітіп берілген балық шаруашылығы су айдынына аквашаруашылық субъектісін дамыту жоспарына сәйкес балық жіберуді жүргізуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z189" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) бекітіп берілген балық шаруашылығы су айдынында Қазақстан Республикасының су заңнамасына және Қазақстан Республикасының жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы заңнамасына сәйкес балық шаруашылығы мелиорациясын жүргізуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z190" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) Қазақстан Республикасының жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы заңнамасына сәйкес биологиялық негіздеме негізінде балық шаруашылығы су айдынының ихтиофаунасын толық және (немесе) ішінара ауыстыруды жүзеге асыруға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z191" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың бірінші бөлігінің 1), 2), 3), 4), 5), 6), 7) және 8) тармақшаларында көрсетілген талаптар тор қоршама шаруашылық қызметін жүзеге асыратын аквашаруашылық субъектілерінің де орындауы үшін міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z192" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Аквашаруашылық субъектілері өзге де құқықтары мен міндеттерін Қазақстан Республикасының заңнамасына сәйкес жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z193" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 12-бап. Тоған, индустриялық және (немесе) өсімді молайту шаруашылық қызметі</w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z142" w:id="135"/>
+        <w:t xml:space="preserve"> 15-бап. Аквашаруашылық саласында ветеринариялық (ветеринариялық-санитариялық) және санитариялық-эпидемиологиялық қауіпсіздікті қамтамасыз ету</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z194" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Аквашаруашылық саласында ветеринариялық (ветеринариялық-санитариялық) қауіпсіздікті қамтамасыз ету Қазақстан Республикасының ветеринария саласындағы заңнамасына, Қазақстан Республикасы ратификациялаған халықаралық шарттарға және Еуразиялық экономикалық одақтың ветеринария мәселелері бойынша құқығын құрайтын актілерге сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z195" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Аквашаруашылық саласында санитариялық-эпидемиологиялық қауіпсіздікті қамтамасыз ету Қазақстан Республикасының халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы заңнамасына, Қазақстан Республикасы ратификациялаған халықаралық шарттарға және Еуразиялық экономикалық одақтың тамақ қауіпсіздігі мәселелері бойынша құқығын құрайтын актілерге сәйкес талаптарды сақтау арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z196" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 13-бап. Аквашаруашылықты дамытуды қамтамасыз ететін субъектілер</w:t>
-[...183 lines deleted...]
-    <w:bookmarkStart w:name="z152" w:id="145"/>
+        <w:t xml:space="preserve"> 16-бап. Аквашаруашылық саласындағы ғылыми зерттеулер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z197" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Аквашаруашылық саласындағы ғылыми зерттеулер "Ғылым және технологиялық саясат туралы" Қазақстан Республикасының Заңына және Қазақстан Республикасының өзге де заңдарына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z198" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аквашаруашылық саласындағы ғылыми зерттеулердің міндеттері мыналар болып табылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z199" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аквашаруашылық саласында ғылыми-зерттеу, тәжірибелік-конструкторлық және технологиялық жұмыстарды жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z200" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) көл-тауар және (немесе) тор қоршама шаруашылық қызметін жүзеге асырудың перспективалылығын айқындау және оларды паспорттау үшін балық шаруашылығы су айдындарын және (немесе) учаскелерін зерделеу және зерттеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z201" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) уәкілетті орган бекіткен қағидаларға сәйкес биологиялық негіздемені әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z202" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) аквашаруашылық саласындағы ғылыми және (немесе) ғылыми-техникалық қызмет нәтижелерін коммерцияландыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z203" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) аквашаруашылық объектілерін және олардың құртшабақтарын көбейту және (немесе) күтіп-бағу, өсіру бойынша инновациялық және (немесе) индустриялық технологияларды әзірлеу және (немесе) енгізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z204" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) аквашаруашылық саласындағы ғылыми ұсынымдарды тұжырымдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z205" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) аквашаруашылық саласында Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де ғылыми жұмыстарды жүргізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z206" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Аквашаруашылық саласындағы ғылыми зерттеулер бюджет қаражаты және Қазақстан Республикасының заңнамасында тыйым салынбаған басқа да көздер есебінен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z207" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бекітіп берілген балық шаруашылығы су айдындарында және (немесе) учаскелерінде ғылыми зерттеулер өздеріне бекітіп берілген аквашаруашылық субъектілерінің қаражаты есебінен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z208" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Аквашаруашылық саласындағы ғылыми зерттеулерді ғылыми және (немесе) ғылыми-техникалық қызмет субъектілері ретінде аккредиттелген заңды тұлғалар және (немесе) дербес білім беру ұйымдары Қазақстан Республикасының заңнамасына сәйкес жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z209" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 14-бап. Аквашаруашылық субъектілерінің құқықтары мен міндеттері</w:t>
-[...562 lines deleted...]
-    <w:bookmarkEnd w:id="173"/>
+        <w:t xml:space="preserve"> 4-тарау. АКВАШАРУАШЫЛЫҚТЫ МЕМЛЕКЕТТІК ЫНТАЛАНДЫРУ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z210" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...333 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 15-бап. Аквашаруашылық саласында ветеринариялық (ветеринариялық-санитариялық) және санитариялық-эпидемиологиялық қауіпсіздікті қамтамасыз ету</w:t>
-[...332 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> 17-бап. Аквашаруашылықты мемлекеттік ынталандыру шаралары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z211" w:id="203"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z211" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Аквашаруашылықты мемлекеттік ынталандыру шаралары аквашаруашылық субъектілеріне, аквашаруашылықты дамытуды қамтамасыз ететін субъектілерге беріледі және осы Заңға және Қазақстан Республикасының өзге де нормативтік құқықтық актілеріне сәйкес айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z212" w:id="204"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z212" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Аквашаруашылықты мемлекеттік ынталандыру шараларына мыналар жатады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z213" w:id="205"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z213" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аквашаруашылықты субсидиялау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z214" w:id="206"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z214" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "Агроөнеркәсіптік кешенді және ауылдық аумақтарды дамытуды мемлекеттік реттеу туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес аквашаруашылыққа кредит беру және оны сақтандыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z215" w:id="207"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z215" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасының Кодексінде (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Салық кодексі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) көзделген арнаулы салық режимі және өзге де салықтық жеңілдіктер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z216" w:id="208"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z216" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) инженерлік-коммуникациялық инфрақұрылыммен қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z217" w:id="209"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z217" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кәсіпкерлік кодексіне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қаржылық емес қолдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z218" w:id="210"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z218" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының заңдарында және Қазақстан Республикасының өзге де нормативтік құқықтық актілерінде айқындалатын өзге де шаралар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z219" w:id="211"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z219" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18-бап. Аквашаруашылықты субсидиялау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z220" w:id="212"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z220" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Аквашаруашылықты субсидиялау аквашаруашылықты дамытуды экономикалық ынталандыру ретінде мынадай шарттарда жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z221" w:id="213"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z221" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аквашаруашылықты дамытуға бағытталған субсидиялаудың экономикалық тиімділігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z222" w:id="214"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z222" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) өндірілетін аквашаруашылық өнімінің сапасы мен бәсекеге қабілеттілігін арттыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z223" w:id="215"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z223" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Аквашаруашылықты субсидиялау мынадай бағыттар бойынша жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z224" w:id="216"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z224" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аквашаруашылық өнімінің өнімділігі мен сапасын арттыру, сондай-ақ асыл тұқымды балық өсіруді дамыту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z225" w:id="217"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z225" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) аквашаруашылық саласында инвестициялық салымдар болған кезде шығыстардың бір бөлігін өтеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z226" w:id="218"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z226" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) аквашаруашылық саласында су беру бойынша көрсетілетін қызметтер құнын субсидиялау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z227" w:id="219"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z227" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) аквашаруашылық саласында техника мен технологиялық жабдық сатып алуға кредит беру, сондай-ақ лизинг кезінде сыйақы мөлшерлемелерін субсидиялау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z228" w:id="220"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z228" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) субсидиялаудың Қазақстан Республикасының заңдарында көзделген өзге де бағыттары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z229" w:id="221"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z229" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Аквашаруашылықты дамытуды қамтамасыз ететін субъектілерді субсидиялау осы баптың 2-тармағының 2), 3), 4) және 5) тармақшаларында көрсетілген бағыттар бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z230" w:id="222"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z230" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Аквашаруашылықты субсидиялау субсидиялар алушы уәкілетті орган бекіткен қағидаларда айқындалған қарсы міндеттемелерді қабылдаған жағдайда жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z231" w:id="223"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z231" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Аквашаруашылықты субсидиялауды, сондай-ақ қарсы міндеттемелерге қол жеткізу мониторингін облыстардың, республикалық маңызы бар қалалардың және астананың жергілікті атқарушы органдары уәкілетті орган бекіткен қағидаларға сәйкес агроөнеркәсіптік кешенді субсидиялаудың мемлекеттік ақпараттық жүйесі арқылы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z232" w:id="224"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z232" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Субсидиялар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z233" w:id="225"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z233" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы баптың 7-тармағына сәйкес қарсы міндеттемелерді орындамауға жол берген және ақшаны қайтармаған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z234" w:id="226"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z234" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) басшылары, құрылтайшылары (акционерлері) осы баптың 7-тармағына сәйкес бұрын қарсы міндеттемелерді орындамауға жол берген және ақшаны қайтармаған аквашаруашылық субъектілерінің, аквашаруашылықты дамытуды қамтамасыз ететін субъектілердің бұрын басшылары, құрылтайшылары (акционерлері) болып табылған аквашаруашылық субъектілеріне, аквашаруашылықты дамытуды қамтамасыз ететін субъектілерге берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z235" w:id="227"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z235" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер аквашаруашылық субъектісі, аквашаруашылықты дамытуды қамтамасыз ететін субъект Қазақстан Республикасының заңнамасында көзделген тәртіппен қарсы міндеттемелерді тиісінше орындау еңсерілмейтін күштің салдарынан мүмкін болмағанын дәлелдесе, осы тармақтың бірінші бөлігінің ережелері қолданылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z236" w:id="228"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z236" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Аквашаруашылық субъектілері, аквашаруашылықты дамытуды қамтамасыз ететін субъектілер қарсы міндеттемелерін орындамаған жағдайда, олар аквашаруашылықты субсидиялау шеңберінде алған ақша қарсы міндеттемелерді орындаудың қол жеткізілген деңгейі және Қазақстан Республикасы Ұлттық Банкінің базалық мөлшерлемесі ескеріле отырып, уәкілетті орган бекіткен қағидаларға сәйкес қайтарылуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z237" w:id="229"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z237" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аквашаруашылық субъектілері, аквашаруашылықты дамытуды қамтамасыз ететін субъектілер субсидия берілген күннен бастап бес жыл ішінде қызметін тоқтатқан жағдайда, аквашаруашылықты субсидиялау шеңберінде алған ақшаны уәкілетті орган айқындаған тәртіппен толық не ішінара қайтаруға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z238" w:id="230"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z238" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Осы баптың 7-тармағына сәйкес ақшаны қайтарған аквашаруашылық субъектілерінің, аквашаруашылықты дамытуды қамтамасыз ететін субъектілердің және осы баптың 6-тармағының 2) тармақшасында көрсетілген адамдардың ақшаны қайтарған күнінен бастап екі жыл өткен соң аквашаруашылық үшін субсидия алуына рұқсат етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z239" w:id="231"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z239" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 19-бап. Инженерлік-коммуникациялық инфрақұрылыммен қамтамасыз ету</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z240" w:id="232"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z240" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Аквашаруашылық субъектілерін, аквашаруашылықты дамытуды қамтамасыз ететін субъектілерді инженерлік-коммуникациялық инфрақұрылыммен қамтамасыз ету:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z241" w:id="233"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z241" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аквашаруашылық саласында жаңа өндірістерді құру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z242" w:id="234"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z242" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) аквашаруашылық саласындағы жұмыс істеп тұрған өндірістерді жаңғырту (техникалық қайта жарақтандыру) және кеңейту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z243" w:id="235"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z243" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) су ысырабын азайту және оны ұтымды пайдалану үшін жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z244" w:id="236"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z244" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Инженерлік-коммуникациялық инфрақұрылыммен қамтамасыз етуді жергілікті атқарушы органдар инженерлік-коммуникациялық инфрақұрылымды салуға (реконструкциялауға) бюджет қаражатын бөлу арқылы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z245" w:id="237"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z245" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Инженерлік-коммуникациялық инфрақұрылымды салуға (реконструкциялауға) бюджет қаражатын бөлу Қазақстан Республикасының бюджет заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z246" w:id="238"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z246" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. АКВАШАРУАШЫЛЫҚ САЛАСЫНДАҒЫ МЕМЛЕКЕТТІК БАҚЫЛАУ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z247" w:id="239"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z247" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20-бап. Мемлекеттік бақылау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z248" w:id="240"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z248" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Аквашаруашылық саласындағы мемлекеттік бақылауды уәкілетті органның ведомствосы және оның аумақтық бөлімшелері мен олардың лауазымды адамдары (бұдан әрі – бақылау органы) тексеру, бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау және бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нысанында жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z249" w:id="241"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z249" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Тексерулер және бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кәсіпкерлік кодексіне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z250" w:id="242"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z250" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау Қазақстан Республикасының Кәсіпкерлік кодексіне және осы Заңға сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z251" w:id="243"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z251" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Аквашаруашылық субъектілері, облыстың, республикалық маңызы бар қаланың және астананың жергілікті атқарушы органдары (бұдан әрі – мемлекеттік бақылау субъектілері) аквашаруашылық саласындағы мемлекеттік бақылау субъектілері болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z252" w:id="244"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z252" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 21-бап. Бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z253" w:id="245"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z253" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Бақылау субъектісіне (объектісіне) бармай профилактикалық бақылаудың мақсаттары бұзушылықтардың уақтылы жолын кесу және оларға жол бермеу, бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нәтижелері бойынша анықталған бұзушылықтарды өз бетінше жою құқығын мемлекеттік бақылау субъектілеріне беру және оларға әкімшілік жүктемені азайту болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z254" w:id="246"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z254" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау мемлекеттік бақылау субъектісі ұсынған есептілікті, уәкілетті мемлекеттік органдардың мәліметтерін, сондай-ақ мемлекеттік ақпараттық жүйелер мен электрондық ақпараттық ресурстардан алынған басқа да құжаттарды және мемлекеттік бақылау субъектісінің қызметі туралы мәліметтерді зерделеу мен талдау негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z255" w:id="247"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z255" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нәтижелері бойынша бұзушылықтар анықталған жағдайда бақылау органы бұзушылықтар анықталған күннен бастап он жұмыс күні ішінде әкімшілік құқық бұзушылық туралы іс қозғамай, бірақ мемлекеттік бақылау субъектісіне оларды жою тәртібін міндетті түрде түсіндіре отырып, мемлекеттік бақылау субъектісіне анықталған бұзушылықтарды жою туралы ұсынымды жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z256" w:id="248"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z256" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Анықталған бұзушылықтарды жою туралы ұсыным мемлекеттік бақылау субъектісіне жеке өзінің қолын қойғызып немесе оны жөнелту және алу фактілерін растайтын өзге де тәсілмен табыс етілуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z257" w:id="249"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z257" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төменде санамаланған тәсілдердің бірімен жіберілген анықталған бұзушылықтарды жою туралы ұсыным мынадай жағдайларда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z258" w:id="250"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z258" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қолма-қол – алғаны туралы белгі қойылған күннен бастап;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z259" w:id="251"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z259" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) поштамен – хабарламасы бар тапсырысты хатпен;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z260" w:id="252"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z260" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) электрондық тәсілмен – бақылау органы сұрау салған кезде мемлекеттік бақылау субъектісінің хатта көрсетілген электрондық мекенжайына немесе егер бұл мекенжайды осы субъект бақылау органына ұсынған болса, бақылау органының жөнелтуі арқылы табыс етілген (алынған) болып есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z261" w:id="253"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z261" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Анықталған бұзушылықтарды жою туралы ұсынымды алған мемлекеттік бақылау субъектісі ол табыс етілген (алынған) күннен кейінгі күннен бастап он жұмыс күні ішінде бақылау органына анықталған бұзушылықтарды жою туралы ұсынымда көрсетілген оларды жоюдың нақты мерзімдерін көрсете отырып, анықталған бұзушылықтарды жою жөніндегі іс-шаралар жоспарын ұсынуға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z262" w:id="254"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z262" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік бақылау субъектісі анықталған бұзушылықтарды жою туралы ұсынымды орындау мерзімі өткеннен кейін үш жұмыс күні ішінде бақылау органына бұзушылықтарды жою туралы ақпаратты жазбаша түрде беруге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z263" w:id="255"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z263" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік бақылау субъектісі анықталған бұзушылықтарды жою туралы берілген ақпаратқа бұзушылықтарды жою фактісін дәлелдейтін материалдарды (қажет болғанда) қоса береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z264" w:id="256"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z264" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Мемлекеттік бақылау субъектісі анықталған бұзушылықтарды жою туралы ұсынымда көрсетілген бұзушылықтармен келіспеген жағдайда, ұсынымды жіберген бақылау органына ұсыным табыс етілген (алынған) күннен кейінгі күннен бастап бес жұмыс күні ішінде қарсылық жіберуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z265" w:id="257"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z265" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Анықталған бұзушылықтарды жою туралы ұсынымды белгіленген мерзімде орындамау бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау жүргізудің жартыжылдық тізіміне енгізу жолымен бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылауды тағайындауға алып келеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z266" w:id="258"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z266" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау бір жыл ішінде екі реттен асырмай жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z267" w:id="259"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z267" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. ҚОРЫТЫНДЫ ЖӘНЕ ӨТПЕЛІ ЕРЕЖЕЛЕР</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z268" w:id="260"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z268" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 22-бап. Аквашаруашылық саласындағы заңнаманы бұзғаны үшін жауаптылық</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z269" w:id="261"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z269" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының аквашаруашылық саласындағы заңнамасын бұзу Қазақстан Республикасының заңдарында белгіленген жауаптылыққа алып келеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z270" w:id="262"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z270" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 23-бап. Өтпелі ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z271" w:id="263"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z271" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Көл-тауар балық өсіру шаруашылығын, тор қоршама балық өсіру шаруашылығын, тоған балық өсіру шаруашылығын және сумен қамтамасыз ету циклі тұйықталған балық өсіру шаруашылығын жүзеге асыратын балық шаруашылығы субъектілері осы Заң қолданысқа енгізілген күннен кейін үш жыл ішінде өз қызметін осы Заңның 10-бабының 4-тармағы екінші және үшінші бөліктерінің және 12-бабы 1-тармағының талаптарына сәйкес келтіруге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z272" w:id="264"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z272" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Бекітіп берілмеген балық шаруашылығы су айдындарының және (немесе) учаскелерінің паспорттарында балық өсіруге арналған балық шаруашылығы су айдындарын және (немесе) учаскелерін бекітіп беру мерзімдері болмаған жағдайда, мұндай мерзімдер балық ресурстары мен басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласындағы аккредиттелген ғылыми ұйымның ғылыми ұсынымдары негізінде айқындалады деп белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z273" w:id="265"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z273" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы Заңның 11-бабының 6-тармағы 4) тармақшасының қолданысы 2026 жылғы 1 қаңтарға дейін тоқтатыла тұрсын, тоқтатыла тұру кезеңінде осы тармақша мынадай редакцияда қолданылады деп белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z274" w:id="266"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z274" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "4) балық шаруашылығы су айдынының учаскесін бекітіп беруге арналған жарнаны уәкілетті орган бекіткен қағидаларға сәйкес айқындалған мөлшерде, тәртіппен және мерзімдерде енгізу.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z275" w:id="267"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z275" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2027 жылғы 1 қаңтарға дейін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z276" w:id="268"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z276" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы Заңның 10-бабының 3-тармағы екінші бөлігінің қолданысы тоқтатыла тұрсын, тоқтатыла тұру кезеңінде осы бөлік мынадай редакцияда қолданылады деп белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z277" w:id="269"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z277" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Көл-тауар және (немесе) тор қоршама шаруашылық қызметін жүргізу үшін конкурсқа шығарылатын резервтегі балық шаруашылығы су айдындарының және (немесе) учаскелерінің тізімі су ресурстарын қорғау және пайдалануды реттеу жөніндегі бассейндік су инспекциясымен келісілгеннен кейін уәкілетті органның және облыстардың, республикалық маңызы бар қалалардың және астананың жергілікті атқарушы органдарының интернет-ресурсында уәкілетті орган айқындаған тәртіппен және мерзімдерде ашық қолжетімділікте орналастырылады.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z278" w:id="270"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z278" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы Заңның 10-бабының 9-тармағы екінші бөлігінің қолданысы тоқтатыла тұрсын, тоқтатыла тұру кезеңінде осы бөлік мынадай редакцияда қолданылады деп белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z279" w:id="271"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z279" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Жосықсыз аквашаруашылық субъектілерінің тізілімі соттардың заңды күшіне енген шешімдері негізінде уәкілетті органның интернет-ресурсында жарияланады.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z280" w:id="272"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z280" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы Заңның 11-бабы 2-тармағының екінші бөлігінің қолданысы тоқтатыла тұрсын, тоқтатыла тұру кезеңінде осы бөлік мынадай редакцияда қолданылады деп белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z281" w:id="273"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z281" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Жобаны іске асыру үшін тор қоршама шаруашылық қызметін жүзеге асыру үшін халықаралық және (немесе) республикалық маңызы бар балық шаруашылығы су айдындары учаскелерінің тізімі су қорын қорғау және пайдалану саласындағы уәкілетті органмен және тиісті облыстардың жергілікті атқарушы органдарымен келісілгеннен кейін уәкілетті органның және облыстардың, республикалық маңызы бар қалалардың және астананың жергілікті атқарушы органдарының интернет-ресурстары арқылы уәкілетті орган белгілеген тәртіппен және мерзімдерде ашық қолжетімділікте орналастырылады.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z282" w:id="274"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z282" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осы Заңның 14-бабының 8-тармағы 2) тармақшасының қолданысы тоқтатыла тұрсын, тоқтатыла тұру кезеңінде осы тармақша мынадай редакцияда қолданылады деп белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z283" w:id="275"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z283" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "2) көл-тауар және (немесе) тор қоршама шаруашылық қызметін жүзеге асыруға арналған шартты және аквашаруашылық субъектісін дамыту жоспарын орындауға, сондай-ақ уәкілетті орган бекіткен нысан бойынша шарт талаптарының және аквашаруашылық субъектісін дамыту жоспарының орындалуы туралы ақпарат беруге;".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z284" w:id="276"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z284" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 24-бап. Осы Заңды қолданысқа енгізу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z285" w:id="277"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z285" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы Заң, 2027 жылғы 1 қаңтардан бастап қолданысқа енгізілетін 6-баптың 1-тармағының 7) және 8) тармақшаларын қоспағанда, алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkEnd w:id="278"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -6861,55 +6863,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>