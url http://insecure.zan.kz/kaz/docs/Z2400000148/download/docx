--- v0 (2025-11-13)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="63a0f16" w14:textId="63a0f16">
+    <w:p w14:paraId="c5f714b" w14:textId="c5f714b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -8259,71 +8259,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>21)</w:t>
-[...19 lines deleted...]
-        <w:t>23) тармақшалардағы</w:t>
+        <w:t>21) тармақшадағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "мектепке дейінгі тәрбие мен оқыту және" деген сөздер алып тасталсын;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z272" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -10736,1630 +10716,1826 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармақтың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> төртінші бөлігінің бірінші абзацы "уәкілетті орган" деген сөздерден кейін ", ғылым және жоғары білім саласындағы уәкілетті орган" деген сөздермен толықтырылсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z345" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      27) тармақшаға өзгеріс енгізу көзделген – ҚР 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>57-1-бап</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z346" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "57-1-бап. Кәмелетке толмағандарға білім беру-сауықтыру қызметтерін ұсынуды қамтымайтын, балаларға арналған қосымша білім беру саласындағы қызметті жүзеге асырудың басталғаны немесе тоқтатылғаны туралы хабарлама</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z346" w:id="288"/>
-[...15 lines deleted...]
-      "57-1-бап. Балаларға арналған қосымша білім беру саласындағы қызметті жүзеге асырудың басталғаны немесе тоқтатылғаны туралы хабарлама</w:t>
+    <w:bookmarkStart w:name="z349" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Кәмелетке толмағандарға арналған білім беру-сауықтыру бағдарламасын қоспағанда, балаларға арналған қосымша білім берудің білім беру бағдарламаларын іске асыратын мемлекеттік білім беру ұйымдарының және мемлекеттік білім беру тапсырысы орналастырылған білім беру ұйымдарының қызметі "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес хабарлама жасау тәртібімен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z349" w:id="289"/>
-[...15 lines deleted...]
-      1. Балаларға арналған қосымша білім берудің білім беру бағдарламаларын іске асыратын мемлекеттік білім беру ұйымдарының және мемлекеттік білім беру тапсырысы орналастырылған білім беру ұйымдарының қызметі "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының </w:t>
+    <w:bookmarkStart w:name="z350" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Кәмелетке толмағандарға білім беру-сауықтыру қызметтерін ұсынуды қамтымайтын, балаларға арналған қосымша білім беру саласындағы қызметті жүзеге асырудың басталғаны немесе тоқтатылғаны туралы хабарламаларды қабылдауды білім беру саласындағы уәкілетті орган ведомствосының аумақтық бөлімшелері жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z351" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Кәмелетке толмағандарға арналған білім беру-сауықтыру бағдарламасын қоспағанда, балаларға арналған қосымша білім берудің білім беру бағдарламаларын іске асыратын мемлекеттік білім беру ұйымдарының және мен мемлекеттік білім беру тапсырысы орналастырылған білім беру ұйымдарының қызметі тоқтатыла тұрған кезде білім беру ұйымдары:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z352" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік білім беру тапсырысын орналастыруға арналған конкурсқа қатысуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z353" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бұзушылықтар жойылғанға және білім беру саласындағы уәкілетті орган ведомствосының аумақтық бөлімшесі қызметті қайта бастағанға дейін қызметін жүзеге асыруға құқылы емес.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z354" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Кәмелетке толмағандарға арналған білім беру-сауықтыру бағдарламасын қоспағанда, балаларға арналған қосымша білім берудің білім беру бағдарламаларын іске асыратын мемлекеттік білім беру ұйымдары және мемлекеттік білім беру тапсырысы орналастырылған білім беру ұйымдары тексеру нәтижесінде анықталған бұзушылықтарды жоймаған кезде білім беру саласындағы уәкілетті орган ведомствосының аумақтық бөлімшесі білім беру ұйымдарын рұқсаттар мен хабарламалардың мемлекеттік электрондық тізілімінен алып тастайды.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z355" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      28) 59-баптың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірінші бөлігі "аумақтық бөлімшелері" деген сөздерден кейін ", ғылым және жоғары білім саласындағы уәкілетті орган, оның ведомствосы, жергілікті атқарушы органдар" деген сөздермен толықтырылсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z356" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      29) 62-баптың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшінші бөлігі "уәкілетті орган" деген сөздерден кейін ", ғылым және жоғары білім саласындағы уәкілетті орган" деген сөздермен толықтырылсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z357" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      30) 64-баптың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "уәкілетті органмен" деген сөздерден кейін ", ғылым және жоғары білім саласындағы уәкілетті органмен" деген сөздермен толықтырылсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z358" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      31) 65-баптың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "уәкілетті орган" деген сөздерден кейін ", ғылым және жоғары білім саласындағы уәкілетті орган" деген сөздермен толықтырылсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z359" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      32) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>68-бап</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай мазмұндағы 2-1-тармақпен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z360" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2-1. Осы Заңның 57-1-бабы 2027 жылғы 1 қаңтарға дейін мынадай редакцияда қолданылады деп белгіленсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z361" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "57-1-бап. Мектепке дейiнгi тәрбие беру мен оқыту және балаларға арналған қосымша білім беру саласындағы қызметті жүзеге асырудың басталғаны немесе тоқтатылғаны туралы хабарлама</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z365" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Мектепке дейінгі тәрбие беру мен оқытудың жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымының қызметі "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес хабарлама жасау тәртібімен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z352" w:id="292"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z366" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Балаларға арналған қосымша білім берудің білім беру бағдарламаларын іске асыратын мемлекеттік білім беру ұйымдарының және мемлекеттік білім беру тапсырысы орналастырылған білім беру ұйымдарының қызметі "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес хабарлама жасау тәртібімен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z367" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Мектепке дейiнгi тәрбие беру мен оқыту және балаларға арналған қосымша білім беру саласындағы қызметті жүзеге асырудың басталғаны немесе тоқтатылғаны туралы хабарламаларды қабылдауды білім беру саласындағы уәкілетті орган ведомствосының аумақтық бөлімшелері жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z368" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Мектепке дейінгі тәрбие беру мен оқытудың жалпы білім беретін оқу бағдарламаларын iске асыратын білім беру ұйымдарының, балаларға арналған қосымша білім берудің білім беру бағдарламаларын іске асыратын мемлекеттік білім беру ұйымдарының және мемлекеттік білім беру тапсырысы орналастырылған білім беру ұйымдарының қызметі тоқтатыла тұрған кезде білім беру ұйымдары:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z369" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекеттік білім беру тапсырысын орналастыруға арналған конкурсқа қатысуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z353" w:id="293"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z370" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) бұзушылықтар жойылғанға және білім беру саласындағы уәкілетті орган ведомствосының аумақтық бөлімшесі қызметті қайта бастағанға дейін қызметін жүзеге асыруға құқылы емес.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-[...276 lines deleted...]
-      1. Мектепке дейінгі тәрбие беру мен оқытудың жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымының қызметі "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының </w:t>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z371" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Мектепке дейінгі тәрбие беру мен оқытудың жалпы білім беретін оқу бағдарламаларын iске асыратын білім беру ұйымдары, балаларға арналған қосымша білім берудің білім беру бағдарламаларын іске асыратын мемлекеттік білім беру ұйымдары және мемлекеттік білім беру тапсырысы орналастырылған білім беру ұйымдары тексеру және (немесе) мемлекеттік аттестаттау нәтижесінде анықталған бұзушылықтарды жоймаған кезде білім беру саласындағы уәкілетті орган ведомствосының аумақтық бөлімшесі білім беру ұйымдарын мектепке дейінгі тәрбие беру мен оқыту және балаларға қосымша білім беру бойынша рұқсаттар мен хабарламалардың мемлекеттік электрондық тізілімінен алып тастайды.".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z372" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. "Рұқсаттар және хабарламалар туралы" 2014 жылғы 16 мамырдағы Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес хабарлама жасау тәртібімен жүзеге асырылады.</w:t>
-[...19 lines deleted...]
-      Балаларға арналған қосымша білім берудің білім беру бағдарламаларын іске асыратын мемлекеттік білім беру ұйымдарының және мемлекеттік білім беру тапсырысы орналастырылған білім беру ұйымдарының қызметі "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының </w:t>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z373" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z374" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-жолда:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z375" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-баған мынадай мазмұндағы 10-тармақпен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z376" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10. Мектепке дейінгі тәрбие беру мен оқыту.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z377" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-баған "Иеліктен шығарылмайтын; 1-сынып" деген сөздермен толықтырылсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z378" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      88-жолдағы "88. Денсаулық сақтау саласындағы" деген сөздер "87-1. Денсаулық сақтау саласындағы" деген сөздермен ауыстырылсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z379" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z380" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-тармақ алып тасталсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z381" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай мазмұндағы 12-1-тармақпен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z382" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "12-1. Балаларға арналған қосымша білім беру саласындағы қызметтің басталғаны немесе тоқтатылғаны туралы хабарлама".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z383" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. "Педагог мәртебесі туралы" 2019 жылғы 27 желтоқсандағы Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес хабарлама жасау тәртібімен жүзеге асырылады.</w:t>
-[...138 lines deleted...]
-        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-[...238 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z383" w:id="320"/>
-[...35 lines deleted...]
-        <w:t>:</w:t>
+    <w:bookmarkStart w:name="z384" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мынадай мазмұндағы 3-1-баппен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z384" w:id="321"/>
-[...15 lines deleted...]
-      1) мынадай мазмұндағы 3-1-баппен толықтырылсын:</w:t>
+    <w:bookmarkStart w:name="z385" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3-1-бап. Осы Заңның негізгі мақсаттары, қағидаттары мен міндеттері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z385" w:id="322"/>
-[...15 lines deleted...]
-      "3-1-бап. Осы Заңның негізгі мақсаттары, қағидаттары мен міндеттері</w:t>
+    <w:bookmarkStart w:name="z386" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы Заңның негізгі мақсаттары педагогтердің ерекше жағдайына қол жеткізу және оны сақтап-тұру, олардың мәртебесін бекіту, сондай-ақ құқықтық жағдайын арттыру болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z386" w:id="323"/>
-[...15 lines deleted...]
-      1. Осы Заңның негізгі мақсаттары педагогтердің ерекше жағдайына қол жеткізу және оны сақтап-тұру, олардың мәртебесін бекіту, сондай-ақ құқықтық жағдайын арттыру болып табылады.</w:t>
+    <w:bookmarkStart w:name="z387" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Заң ізгілік, әділеттілік, педагогтердің кәсіптік қасиеттерін еркін дамыту, педагогтердің кәсіптік қызметпен айналысу құқықтарының теңдігі, олардың құқықтары мен заңды мүдделерін қорғау қағидаттарына негізделеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z387" w:id="324"/>
-[...15 lines deleted...]
-      2. Осы Заң ізгілік, әділеттілік, педагогтердің кәсіптік қасиеттерін еркін дамыту, педагогтердің кәсіптік қызметпен айналысу құқықтарының теңдігі, олардың құқықтары мен заңды мүдделерін қорғау қағидаттарына негізделеді.</w:t>
+    <w:bookmarkStart w:name="z388" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы Заң мынадай негізгі міндеттерді орындауға бағытталған:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z388" w:id="325"/>
-[...15 lines deleted...]
-      3. Осы Заң мынадай негізгі міндеттерді орындауға бағытталған:</w:t>
+    <w:bookmarkStart w:name="z389" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) педагогтерге әлеуметтік кепілдіктерді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z389" w:id="326"/>
-[...15 lines deleted...]
-      1) педагогтерге әлеуметтік кепілдіктерді қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z390" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) педагогтердің өздеріне тән емес функцияларды жүзеге асыруына шектеу қою;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z390" w:id="327"/>
-[...15 lines deleted...]
-      2) педагогтердің өздеріне тән емес функцияларды жүзеге асыруына шектеу қою;</w:t>
+    <w:bookmarkStart w:name="z391" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) педагогтердің ғылымның, техниканың және мәдениеттің жаңа жетістіктері негізінде өз білімін жетілдіруі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z391" w:id="328"/>
-[...15 lines deleted...]
-      3) педагогтердің ғылымның, техниканың және мәдениеттің жаңа жетістіктері негізінде өз білімін жетілдіруі;</w:t>
+    <w:bookmarkStart w:name="z392" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) педагогтердің педагогтік әдеп ережелерін сақтауы.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z392" w:id="329"/>
-[...15 lines deleted...]
-      4) педагогтердің педагогтік әдеп ережелерін сақтауы.";</w:t>
+    <w:bookmarkStart w:name="z393" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) 10-баптың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z393" w:id="330"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+    <w:bookmarkStart w:name="z394" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2. Педагогтік қайта даярлау тәртібін ғылым және жоғары білім саласындағы уәкілетті орган айқындайды.".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z394" w:id="331"/>
-[...15 lines deleted...]
-      "2. Педагогтік қайта даярлау тәртібін ғылым және жоғары білім саласындағы уәкілетті орган айқындайды.".</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-бапқа өзгеріс енгізілді – ҚР 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z395" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-бап. Осы Заң:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z395" w:id="332"/>
-[...15 lines deleted...]
-      2-бап. Осы Заң:</w:t>
+    <w:bookmarkStart w:name="z396" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2024 жылғы 31 желтоқсаннан бастап қолданысқа енгізілетін 1-баптың 8-тармағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) тармақшасының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алтыншы абзацын;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z396" w:id="333"/>
-[...15 lines deleted...]
-      2024 жылғы 31 желтоқсаннан бастап қолданысқа енгізілетін 1-баптың 8-тармағы </w:t>
+    <w:bookmarkStart w:name="z397" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізілетін 1-баптың 7-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>32) тармақшасын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 8-тармағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) тармақшасының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшінші және төртінші абзацтарын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z398" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2025 жылғы 1 шілдеден бастап қолданысқа енгізілетін 1-баптың 1-тармағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> алтыншы абзацын;</w:t>
-[...29 lines deleted...]
-        <w:t>32) тармақшасын</w:t>
+        <w:t xml:space="preserve"> екінші, үшінші, төртінші, бесінші және алтыншы абзацтарын, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11) тармақшаларын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12) тармақшасының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші абзацын, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22) тармақшаларын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 5-тармағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) тармақшасының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшінші және төртінші абзацтарын, 6) тармақшасының екінші абзацын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z399" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2027 жылғы 1 қаңтардан бастап қолданысқа енгізілетін 1-баптың 7-тармағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) тармақшасының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бесінші, алтыншы және оныншы абзацтарын, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>26) тармақшасының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші және үшінші абзацтарын, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>27) тармақшасын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 8-тармағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>1) тармақшасының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші, үшінші, төртінші және бесінші абзацтарын, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>2) тармақшасының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> үшінші және төртінші абзацтарын;</w:t>
-[...159 lines deleted...]
-        <w:t xml:space="preserve"> үшінші және төртінші абзацтарын, 6) тармақшасының екінші абзацын;</w:t>
+        <w:t xml:space="preserve"> екінші абзацын қоспағанда, алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z399" w:id="336"/>
-[...118 lines deleted...]
-    <w:bookmarkEnd w:id="336"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>