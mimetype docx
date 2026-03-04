--- v0 (2025-11-13)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="340cc8b" w14:textId="340cc8b">
+    <w:p w14:paraId="f7661e9" w14:textId="f7661e9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,50 +252,146 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>мазмұнды</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> жасады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бүкіл мәтін бойынша "ақпараттық жүйесі", "ақпараттық кіші жүйе", "ақпараттық кіші жүйесі", "ақпараттық жүйелерден", "ақпараттық жүйелерінде", "ақпараттық жүйелері", "ақпараттық жүйелердің", "ақпараттық жүйелерді", "ақпараттық жүйесінде", "ақпараттық жүйелермен", "ақпараттық қауіпсіздігін", "ақпараттық жүйелерін", "ақпараттық қауіпсіздікті", "ақпараттық жүйелер" деген сөздер тиісінше "цифрлық жүйесі", "цифрлық кіші жүйе", "цифрлық кіші жүйесі", "цифрлық жүйелерден", "цифрлық жүйелерінде", "цифрлық жүйелері", "цифрлық жүйелердің", "цифрлық жүйелерді", "цифрлық жүйесінде", "цифрлық жүйелермен", "киберқауіпсіздігін", "цифрлық жүйелерін", "киберқауіпсіздікті", "цифрлық жүйелер" деген сөздермен ауыстыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. ЖАЛПЫ ЕРЕЖЕЛЕР</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -462,1408 +558,1436 @@
         <w:t xml:space="preserve">
       7) "Қорғаныс өнеркәсібі және мемлекеттік қорғаныстық тапсырыс туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жағдайларды қоспағанда, мемлекеттік қорғаныстық тапсырыстың құрамына кіретін әскери мақсаттағы тауарлар (өнімдер), қосарланған мақсаттағы (қолданыстағы) тауарлар (өнімдер), әскери мақсаттағы жұмыстар мен әскери мақсаттағы көрсетілетін қызметтер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8) тармақшаға өзгеріс енгізу көзделген – ҚР 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) "Қазақстан Республикасындағы банктер және банк қызметі туралы" Қазақстан Республикасы Заңының 5-1-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген қызмет түрлерін жүзеге асыру үшін екінші деңгейдегі банктердің кредиттік портфельдерінің сапасын жақсартуға маманданатын ұйым сатып алатын тауарлар, жұмыстар, көрсетілетін қызметтер;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Қазақстан Республикасы мүшесі болып табылатын халықаралық ұйымдар қаржыландыратын инвестициялық жобаларды іске асыру шеңберінде сатып алынатын тауарлар, жұмыстар, көрсетілетін қызметтер. Жиынтығында мынадай шарттар сақталған кезде:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
-[...15 lines deleted...]
-      9) Қазақстан Республикасы мүшесі болып табылатын халықаралық ұйымдар қаржыландыратын инвестициялық жобаларды іске асыру шеңберінде сатып алынатын тауарлар, жұмыстар, көрсетілетін қызметтер. Жиынтығында мынадай шарттар сақталған кезде:</w:t>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шетелдік банктің шетел валютасында Standard &amp; Poor's агенттігінің "А-"-дан төмен емес ұзақ мерзімді кредиттік рейтингі немесе басқа рейтингтік агенттіктердің біреуінің ұқсас деңгейдегі рейтингі болса;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
-[...15 lines deleted...]
-      шетелдік банктің шетел валютасында Standard &amp; Poor's агенттігінің "А-"-дан төмен емес ұзақ мерзімді кредиттік рейтингі немесе басқа рейтингтік агенттіктердің біреуінің ұқсас деңгейдегі рейтингі болса;</w:t>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қаржыландырудың елу пайыздан астамын шетелдік банктер жүзеге асырса;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
-[...15 lines deleted...]
-      қаржыландырудың елу пайыздан астамын шетелдік банктер жүзеге асырса;</w:t>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инвестициялық жобаны іске асыруды мемлекеттік кәсіпорындар, дауыс беретін акцияларының (жарғылық капиталға қатысу үлестерінің) елу және одан көп пайызы мемлекетке тиесілі заңды тұлғалар және олармен үлестес заңды тұлғалар жүзеге асырса;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z16" w:id="13"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       инвестициялық жобаны іске асыру мемлекеттік кепілдікті талап етпесе және қарыз алушының мүлкіне ауыртпалық салуға алып келмесе, басқа шетелдік банктер толықтай немесе ішінара қаржыландыратын инвестициялық жобаларды іске асыру шеңберінде тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алу осы банктердің қағидалары </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша жүзеге асырылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) ғылыми-зерттеу институттары мен жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдары сатып алатын, ғылым саласындағы уәкілетті орган мемлекеттік сатып алу саласындағы уәкілетті органмен келісу бойынша айқындаған тәртіппен бюджет қаражаты есебінен іске асырылатын ғылыми зерттеулер мен ғылыми жұмыстарды орындау үшін қажетті тауарлар, жұмыстар, көрсетілетін қызметтер;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:p>
-[...36 lines deleted...]
-    <w:bookmarkStart w:name="z519" w:id="16"/>
+    <w:bookmarkStart w:name="z519" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) "Тұрғын үй қатынастары туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ағымдағы, жинақтаушы, нысаналы жарналарды және орынтұрақ орындарын, қоймаларды күтіп-ұстауға арналған ағымдағы жарналарды төлеу.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-бапқа өзгерістер енгізілді – ҚР 30.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 149-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (31.12.2024 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 15.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 172-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 24.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 196-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 15.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 207-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-бап. Осы Заңның мақсаты мен міндеті</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мемлекеттік сатып алу саласында жүргізілетін мемлекеттік саясатқа сәйкес мемлекеттік басқарудың стратегиялық мақсаттарына қол жеткізуді, мемлекеттің міндеттері мен функцияларын қамтамасыз ету осы Заңның мақсаты болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Мемлекеттік сатып алу субъектілері үшін осы Заңда көзделген мемлекеттік сатып алуды жүзеге асыру қағидаттары арқылы мемлекеттік қаржыны және бюджетті тиімді басқару бойынша құқықтық негіздер құру осы Заңның міндеті болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...201 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-бап. Осы Заңның мақсаты мен міндеті</w:t>
-[...39 lines deleted...]
-      2. Мемлекеттік сатып алу субъектілері үшін осы Заңда көзделген мемлекеттік сатып алуды жүзеге асыру қағидаттары арқылы мемлекеттік қаржыны және бюджетті тиімді басқару бойынша құқықтық негіздер құру осы Заңның міндеті болып табылады.</w:t>
+        <w:t xml:space="preserve"> 3-бап. Осы Заңда пайдаланылатын негiзгi ұғымдар</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z21" w:id="20"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 3-бап. Осы Заңда пайдаланылатын негiзгi ұғымдар</w:t>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Заңда мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z22" w:id="21"/>
-[...15 lines deleted...]
-      Осы Заңда мынадай негізгі ұғымдар пайдаланылады:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z23" w:id="21"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) анық емес ақпарат – біліктілік талаптары және (немесе) конкурстық баға ұсынысына әсер ететін құжаттар бойынша әлеуетті өнім берушінің және (немесе) тартылатын қосалқы мердігердің (бірлесіп орындаушының) конкурсқа, аукционға қатысуға арналған өтінімінде және растаушы құжаттарында қамтылған, сол сияқты ұсынылған өтінімде шынайы мазмұнды бұрмалайтын және шындыққа және әлеуетті өнім берушінің</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z23" w:id="22"/>
-[...9 lines deleted...]
-      1) анық емес ақпарат – біліктілік талаптары және (немесе) конкурстық баға ұсынысына әсер ететін құжаттар бойынша әлеуетті өнім берушінің және (немесе) тартылатын қосалқы мердігердің (бірлесіп орындаушының) конкурсқа, аукционға қатысуға арналған өтінімінде және растаушы құжаттарында қамтылған, сол сияқты ұсынылған өтінімде шынайы мазмұнды бұрмалайтын және шындыққа және әлеуетті өнім берушінің</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>растаушы құжаттарына сай келмейтін түзетулер арқылы енгізілген жалған мәліметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) аукциондық құжаттама – аукционға қатысуға арналған өтінімді дайындау үшін әлеуетті өнім берушіге ұсынылатын құжаттама, онда аукционға қатысуға арналған өтінімге қойылатын талаптар, аукцион тәсілімен мемлекеттік сатып алуды жүзеге асыру шарттары мен тәртібі қамтылады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:p>
-[...32 lines deleted...]
-      2) аукциондық құжаттама – аукционға қатысуға арналған өтінімді дайындау үшін әлеуетті өнім берушіге ұсынылатын құжаттама, онда аукционға қатысуға арналған өтінімге қойылатын талаптар, аукцион тәсілімен мемлекеттік сатып алуды жүзеге асыру шарттары мен тәртібі қамтылады;</w:t>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) әлеуетті өнім беруші – осы Заңда көзделген жағдайларда мемлекеттiк сатып алу туралы шарт жасасуға үмiткер кәсiпкерлiк қызметтi жүзеге асыратын жеке тұлға, заңды тұлға (егер Қазақстан Республикасының заңдарында өзгеше белгiленбесе, мемлекеттiк мекемелердi қоспағанда), заңды тұлғалардың уақытша бiрлестiгi (консорциум), сондай-ақ кәсiпкерлiк қызмет субъектiсi болып табылмайтын жеке тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z25" w:id="24"/>
-[...15 lines deleted...]
-      3) әлеуетті өнім беруші – осы Заңда көзделген жағдайларда мемлекеттiк сатып алу туралы шарт жасасуға үмiткер кәсiпкерлiк қызметтi жүзеге асыратын жеке тұлға, заңды тұлға (егер Қазақстан Республикасының заңдарында өзгеше белгiленбесе, мемлекеттiк мекемелердi қоспағанда), заңды тұлғалардың уақытша бiрлестiгi (консорциум), сондай-ақ кәсiпкерлiк қызмет субъектiсi болып табылмайтын жеке тұлға;</w:t>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) әлеуетті өнім берушінiң үлестес тұлғасы – осы әлеуеттi өнiм берушiнiң шешiмдерiн айқындауға және (немесе) ол қабылдайтын шешiмдерге, оның iшiнде жазбаша нысанда жасалған мәмiленiң күшiне орай ықпал етуге құқығы бар кез келген жеке немесе заңды тұлға, сондай-ақ өзiне қатысты осы әлеуеттi өнiм берушiнiң осындай құқығы болатын кез келген жеке немесе заңды тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z26" w:id="25"/>
-[...15 lines deleted...]
-      4) әлеуетті өнім берушінiң үлестес тұлғасы – осы әлеуеттi өнiм берушiнiң шешiмдерiн айқындауға және (немесе) ол қабылдайтын шешiмдерге, оның iшiнде жазбаша нысанда жасалған мәмiленiң күшiне орай ықпал етуге құқығы бар кез келген жеке немесе заңды тұлға, сондай-ақ өзiне қатысты осы әлеуеттi өнiм берушiнiң осындай құқығы болатын кез келген жеке немесе заңды тұлға;</w:t>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) бастапқы баға – әлеуетті өнім беруші аукцион өткізілгенге дейін ұсынған, аукционға қатысуға арналған өтінімге қоса берілетін, аукцион нысанасының бөлінген сомасынан бес пайыздан астам төмен бола алмайтын баға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z27" w:id="26"/>
-[...15 lines deleted...]
-      5) бастапқы баға – әлеуетті өнім беруші аукцион өткізілгенге дейін ұсынған, аукционға қатысуға арналған өтінімге қоса берілетін, аукцион нысанасының бөлінген сомасынан бес пайыздан астам төмен бола алмайтын баға;</w:t>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) бiртектi тауарлар, жұмыстар, көрсетілетін қызметтер – бiрдей болмаса да, сол бiр функцияларды орындауына мүмкiндiк беретiн ұқсас сипаттамалары бар және ұқсас құрамдастардан тұратын тауарлар, жұмыстар, көрсетiлетiн қызметтер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z28" w:id="27"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z29" w:id="28"/>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) бірыңғай сатып алу платформасы (бұдан әрі – веб-портал) – мемлекеттік сатып алу саласындағы уәкілетті органның ақпараттық жүйесі, ол мемлекеттiк сатып алудың және "Квазимемлекеттік сектордың жекелеген субъектілерінің сатып алуы туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырылатын сатып алудың электрондық көрсетілетін қызметтеріне қол жеткiзудiң бірыңғай нүктесiн ұсынады;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) жұмыстар – заттық нәтижесi бар қызмет, сондай-ақ Қазақстан Республикасының заңдарына сәйкес жұмыстарға жатқызылған өзге де қызмет;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z30" w:id="29"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z31" w:id="30"/>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) келісу комиссиясы – тапсырыс беруші мемлекеттік сатып алу туралы шартты жасасудан жалтаруы салдарынан мемлекеттік сатып алуға жосықсыз қатысушылардың тізіліміне енгізілген әлеуетті өнім берушілердің жолданымдарын қарау үшін құратын, тұрақты жұмыс істейтін алқалы орган; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) конкурстық баға ұсынысы – конкурс тәсілімен мемлекеттік сатып алуға қатысу үшін әлеуетті өнім беруші ұсынған, конкурсқа қатысуға арналған өтінімге қоса берілетін баға;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z32" w:id="31"/>
-[...15 lines deleted...]
-      10) конкурстық баға ұсынысы – конкурс тәсілімен мемлекеттік сатып алуға қатысу үшін әлеуетті өнім беруші ұсынған, конкурсқа қатысуға арналған өтінімге қоса берілетін баға;</w:t>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) конкурстық құжаттама – конкурсқа қатысуға арналған өтінімді дайындау үшін әлеуетті өнім берушіге ұсынылатын құжаттама, онда конкурсқа қатысуға арналған өтінімге қойылатын талаптар, конкурс тәсілімен мемлекеттік сатып алуды жүзеге асыру шарттары мен тәртібі қамтылады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z33" w:id="32"/>
-[...15 lines deleted...]
-      11) конкурстық құжаттама – конкурсқа қатысуға арналған өтінімді дайындау үшін әлеуетті өнім берушіге ұсынылатын құжаттама, онда конкурсқа қатысуға арналған өтінімге қойылатын талаптар, конкурс тәсілімен мемлекеттік сатып алуды жүзеге асыру шарттары мен тәртібі қамтылады;</w:t>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) көрсетілетін қызметтер – тапсырыс берушінің қажеттіліктерiн қанағаттандыруға бағытталған, заттық нәтижесi жоқ қызмет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z34" w:id="33"/>
-[...15 lines deleted...]
-      12) көрсетілетін қызметтер – тапсырыс берушінің қажеттіліктерiн қанағаттандыруға бағытталған, заттық нәтижесi жоқ қызмет;</w:t>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) Қазақстан Республикасының резиденттерi – шет мемлекетте тұрақты тұру құқығына сол мемлекеттiң заңнамасына сәйкес берiлген құжаты бар азаматтарды қоспағанда, Қазақстан Республикасының азаматтары, оның iшiнде шетелде уақытша жүрген немесе оның шегiнен тысқары жерлерде мемлекеттiк қызметте жүрген азаматтары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z35" w:id="34"/>
-[...15 lines deleted...]
-      13) Қазақстан Республикасының резиденттерi – шет мемлекетте тұрақты тұру құқығына сол мемлекеттiң заңнамасына сәйкес берiлген құжаты бар азаматтарды қоспағанда, Қазақстан Республикасының азаматтары, оның iшiнде шетелде уақытша жүрген немесе оның шегiнен тысқары жерлерде мемлекеттiк қызметте жүрген азаматтары;</w:t>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының аумағында тұрақты тұру құқығына құжаты бар шетелдiктер мен азаматтығы жоқ адамдар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z36" w:id="35"/>
-[...15 lines deleted...]
-      Қазақстан Республикасының аумағында тұрақты тұру құқығына құжаты бар шетелдiктер мен азаматтығы жоқ адамдар;</w:t>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының заңнамасына сәйкес құрылған, оның аумағында орналасқан заңды тұлғалар, сондай-ақ Қазақстан Республикасында және оның шегiнен тысқары жерлерде орналасқан олардың филиалдары мен өкiлдiктерi;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z37" w:id="36"/>
-[...15 lines deleted...]
-      Қазақстан Республикасының заңнамасына сәйкес құрылған, оның аумағында орналасқан заңды тұлғалар, сондай-ақ Қазақстан Республикасында және оның шегiнен тысқары жерлерде орналасқан олардың филиалдары мен өкiлдiктерi;</w:t>
+    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының шегiнен тысқары жерлерде орналасқан дипломатиялық, сауда және өзге де ресми өкiлдiктерi;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z38" w:id="37"/>
-[...15 lines deleted...]
-      Қазақстан Республикасының шегiнен тысқары жерлерде орналасқан дипломатиялық, сауда және өзге де ресми өкiлдiктерi;</w:t>
+    <w:bookmarkStart w:name="z39" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) мемлекеттік сатып алу – тапсырыс берушілердің тауарларды, жұмыстарды, көрсетілетін қызметтерді толықтай немесе ішінара бюджет қаражаты, Қазақстан Республикасының заңнамасына сәйкес Арнаулы мемлекеттік қордан бөлінген ақша және (немесе) меншікті кірістері есебінен сатып алуы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z39" w:id="38"/>
-[...15 lines deleted...]
-      14) мемлекеттік сатып алу – тапсырыс берушілердің тауарларды, жұмыстарды, көрсетілетін қызметтерді толықтай немесе ішінара бюджет қаражаты, Қазақстан Республикасының заңнамасына сәйкес Арнаулы мемлекеттік қордан бөлінген ақша және (немесе) меншікті кірістері есебінен сатып алуы;</w:t>
+    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) мемлекеттік сатып алуды бірыңғай ұйымдастырушы (бұдан әрі – бірыңғай ұйымдастырушы) – Қазақстан Республикасының Үкіметі, облыстың, республикалық маңызы бар қаланың және астананың әкімдігі немесе ауданның (облыстық маңызы бар қаланың) әкімдігі айқындаған, орталықтандырылған мемлекеттік сатып алуды ұйымдастыру және өткізу рәсімдерін орындауды жүзеге асыратын заңды тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z40" w:id="39"/>
-[...15 lines deleted...]
-      15) мемлекеттік сатып алуды бірыңғай ұйымдастырушы (бұдан әрі – бірыңғай ұйымдастырушы) – Қазақстан Республикасының Үкіметі, облыстың, республикалық маңызы бар қаланың және астананың әкімдігі немесе ауданның (облыстық маңызы бар қаланың) әкімдігі айқындаған, орталықтандырылған мемлекеттік сатып алуды ұйымдастыру және өткізу рәсімдерін орындауды жүзеге асыратын заңды тұлға;</w:t>
+    <w:bookmarkStart w:name="z41" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) мемлекеттік сатып алудың қоғамдық мониторингі – веб-портал арқылы және онда қамтылған шектелмеген тұлғалар тобының құқықтары мен заңды мүдделерін қозғайтын мемлекеттік сатып алуды жоспарлау, өткізу, орындау және бақылау туралы ақпарат негізінде "Қоғамдық бақылау туралы" Қазақстан Республикасының Заңына сәйкес қоғамдық бақылау субъектілері жүзеге асыратын жүйелі түрде жинау, қорыту және талдау процесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z41" w:id="40"/>
-[...15 lines deleted...]
-      16) мемлекеттік сатып алудың қоғамдық мониторингі – веб-портал арқылы және онда қамтылған шектелмеген тұлғалар тобының құқықтары мен заңды мүдделерін қозғайтын мемлекеттік сатып алуды жоспарлау, өткізу, орындау және бақылау туралы ақпарат негізінде "Қоғамдық бақылау туралы" Қазақстан Республикасының Заңына сәйкес қоғамдық бақылау субъектілері жүзеге асыратын жүйелі түрде жинау, қорыту және талдау процесі;</w:t>
+    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) мемлекеттік сатып алуды ұйымдастырушы (бұдан әрі – ұйымдастырушы) – осы Заңға сәйкес мемлекеттік сатып алуды ұйымдастыруды және өткізуді жүзеге асыратын заңды тұлға немесе өзін құрған заңды тұлғаның атынан әрекет ететін құрылымдық бөлімше;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z42" w:id="41"/>
-[...15 lines deleted...]
-      17) мемлекеттік сатып алуды ұйымдастырушы (бұдан әрі – ұйымдастырушы) – осы Заңға сәйкес мемлекеттік сатып алуды ұйымдастыруды және өткізуді жүзеге асыратын заңды тұлға немесе өзін құрған заңды тұлғаның атынан әрекет ететін құрылымдық бөлімше;</w:t>
+    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) мемлекеттiк сатып алу саласындағы бірыңғай оператор (бұдан әрі – бірыңғай оператор) – мемлекеттік сатып алу саласындағы уәкілетті орган айқындаған, акцияларының (жарғылық капиталға қатысу үлестерінің) жалғыз меншiк иесi мемлекет болып табылатын заңды тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z43" w:id="42"/>
-[...15 lines deleted...]
-      18) мемлекеттiк сатып алу саласындағы бірыңғай оператор (бұдан әрі – бірыңғай оператор) – мемлекеттік сатып алу саласындағы уәкілетті орган айқындаған, акцияларының (жарғылық капиталға қатысу үлестерінің) жалғыз меншiк иесi мемлекет болып табылатын заңды тұлға;</w:t>
+    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) мемлекеттiк сатып алу саласындағы уәкiлеттi орган (бұдан әрi – уәкiлеттi орган) – мемлекеттiк сатып алу саласында басшылықты жүзеге асыратын орталық атқарушы орган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z44" w:id="43"/>
-[...15 lines deleted...]
-      19) мемлекеттiк сатып алу саласындағы уәкiлеттi орган (бұдан әрi – уәкiлеттi орган) – мемлекеттiк сатып алу саласында басшылықты жүзеге асыратын орталық атқарушы орган;</w:t>
+    <w:bookmarkStart w:name="z45" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) мемлекеттік сатып алу субъектілері – әлеуетті өнім беруші, өнім беруші, тапсырыс беруші, ұйымдастырушы, бірыңғай ұйымдастырушы, бірыңғай оператор, уәкілетті орган, сарапшы, сараптама комиссиясы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z45" w:id="44"/>
-[...15 lines deleted...]
-      20) мемлекеттік сатып алу субъектілері – әлеуетті өнім беруші, өнім беруші, тапсырыс беруші, ұйымдастырушы, бірыңғай ұйымдастырушы, бірыңғай оператор, уәкілетті орган, сарапшы, сараптама комиссиясы;</w:t>
+    <w:bookmarkStart w:name="z46" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) мемлекеттiк сатып алу туралы шарт (бұдан әрі – шарт) – уәкілетті орган бекітетін мемлекеттік сатып алуды жүзеге асыру қағидаларында көзделген жағдайларды қоспағанда, тапсырыс беруші мен өнім беруші арасында веб-портал арқылы жасалған, электрондық цифрлық қолтаңбалар арқылы куәландырылған азаматтық-құқықтық шарт;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z46" w:id="45"/>
-[...15 lines deleted...]
-      21) мемлекеттiк сатып алу туралы шарт (бұдан әрі – шарт) – уәкілетті орган бекітетін мемлекеттік сатып алуды жүзеге асыру қағидаларында көзделген жағдайларды қоспағанда, тапсырыс беруші мен өнім беруші арасында веб-портал арқылы жасалған, электрондық цифрлық қолтаңбалар арқылы куәландырылған азаматтық-құқықтық шарт;</w:t>
+    <w:bookmarkStart w:name="z47" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) нұсқама – Қазақстан Республикасының мемлекеттік сатып алу туралы заңнамасының анықталған бұзушылықтарын және (немесе) оларға ықпал ететін себептер мен жағдайларды жою, сондай-ақ осы бұзушылықтарға жол берген тұлғаларға Қазақстан Республикасының заңдарында көзделген жауаптылық шараларын қабылдау үшін бақылау объектілеріне жіберілетін, уәкілетті органның орындалуы міндетті әкімшілік актісі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z47" w:id="46"/>
-[...15 lines deleted...]
-      22) нұсқама – Қазақстан Республикасының мемлекеттік сатып алу туралы заңнамасының анықталған бұзушылықтарын және (немесе) оларға ықпал ететін себептер мен жағдайларды жою, сондай-ақ осы бұзушылықтарға жол берген тұлғаларға Қазақстан Республикасының заңдарында көзделген жауаптылық шараларын қабылдау үшін бақылау объектілеріне жіберілетін, уәкілетті органның орындалуы міндетті әкімшілік актісі;</w:t>
+    <w:bookmarkStart w:name="z48" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) орнықты мемлекеттік сатып алу – тапсырыс берушілердің мемлекеттік сатып алу үшін пайдаланылатын ақшаны өмірлік циклінің бүкіл мерзімі бойында оңтайлы және тиімді жұмсауды қамтамасыз ету, сондай-ақ дамудың әлеуметтік, экономикалық және экологиялық аспектілеріне қол жеткізу мақсатында тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алуы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z48" w:id="47"/>
-[...15 lines deleted...]
-      23) орнықты мемлекеттік сатып алу – тапсырыс берушілердің мемлекеттік сатып алу үшін пайдаланылатын ақшаны өмірлік циклінің бүкіл мерзімі бойында оңтайлы және тиімді жұмсауды қамтамасыз ету, сондай-ақ дамудың әлеуметтік, экономикалық және экологиялық аспектілеріне қол жеткізу мақсатында тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алуы;</w:t>
+    <w:bookmarkStart w:name="z49" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) өнім беруші – осы Заңда көзделген жағдайларда тапсырыс берушiмен жасасқан шартта оның тарапы ретiнде әрекет ететiн, кәсiпкерлiк қызметтi жүзеге асыратын жеке тұлға, заңды тұлға (егер Қазақстан Республикасының заңдарында өзгеше белгiленбесе, мемлекеттiк мекемелердi қоспағанда), заңды тұлғалардың уақытша бiрлестiгi (консорциум), сондай-ақ кәсiпкерлiк қызмет субъектiсi болып табылмайтын жеке тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z49" w:id="48"/>
-[...15 lines deleted...]
-      24) өнім беруші – осы Заңда көзделген жағдайларда тапсырыс берушiмен жасасқан шартта оның тарапы ретiнде әрекет ететiн, кәсiпкерлiк қызметтi жүзеге асыратын жеке тұлға, заңды тұлға (егер Қазақстан Республикасының заңдарында өзгеше белгiленбесе, мемлекеттiк мекемелердi қоспағанда), заңды тұлғалардың уақытша бiрлестiгi (консорциум), сондай-ақ кәсiпкерлiк қызмет субъектiсi болып табылмайтын жеке тұлға;</w:t>
+    <w:bookmarkStart w:name="z50" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) сараптама комиссиясы – сатып алынатын тауарлардың, жұмыстардың, көрсетілетін қызметтердің техникалық тапсырмасын және (немесе) техникалық өзіндік ерекшелігін әзірлеуге және (немесе) әлеуетті өнім берушілер ұсыныстарының сатып алынатын тауарлардың, жұмыстардың, көрсетілетін қызметтердің техникалық өзіндік ерекшелігіне сәйкестігіне қатысты сараптамалық қорытындыны дайындауға қатысу үшін сарапшыларды тарта отырып, бірыңғай ұйымдастырушы, ұйымдастырушы не тапсырыс беруші құратын алқалы орган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z50" w:id="49"/>
-[...15 lines deleted...]
-      25) сараптама комиссиясы – сатып алынатын тауарлардың, жұмыстардың, көрсетілетін қызметтердің техникалық тапсырмасын және (немесе) техникалық өзіндік ерекшелігін әзірлеуге және (немесе) әлеуетті өнім берушілер ұсыныстарының сатып алынатын тауарлардың, жұмыстардың, көрсетілетін қызметтердің техникалық өзіндік ерекшелігіне сәйкестігіне қатысты сараптамалық қорытындыны дайындауға қатысу үшін сарапшыларды тарта отырып, бірыңғай ұйымдастырушы, ұйымдастырушы не тапсырыс беруші құратын алқалы орган;</w:t>
+    <w:bookmarkStart w:name="z51" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) сарапшы – сатып алынатын тауарлардың, жұмыстардың, көрсетілетін қызметтердің техникалық тапсырмасын және (немесе) техникалық өзіндік ерекшелігін әзірлеуге және (немесе) әлеуетті өнім берушілер ұсыныстарының сатып алынатын тауарлардың, жұмыстардың, көрсетілетін қызметтердің техникалық өзіндік ерекшелігіне сәйкестігіне қатысты сараптамалық қорытындыны дайындауға қатысу үшін тапсырыс беруші, ұйымдастырушы, бірыңғай ұйымдастырушы тартатын, өткізілетін мемлекеттік сатып алу саласында тиісті құжаттармен (дипломдармен, сертификаттармен, куәліктермен және басқа да құжаттармен) расталатын арнаулы және (немесе) техникалық танымы, тәжірибесі мен біліктілігі бар жеке тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z51" w:id="50"/>
-[...15 lines deleted...]
-      26) сарапшы – сатып алынатын тауарлардың, жұмыстардың, көрсетілетін қызметтердің техникалық тапсырмасын және (немесе) техникалық өзіндік ерекшелігін әзірлеуге және (немесе) әлеуетті өнім берушілер ұсыныстарының сатып алынатын тауарлардың, жұмыстардың, көрсетілетін қызметтердің техникалық өзіндік ерекшелігіне сәйкестігіне қатысты сараптамалық қорытындыны дайындауға қатысу үшін тапсырыс беруші, ұйымдастырушы, бірыңғай ұйымдастырушы тартатын, өткізілетін мемлекеттік сатып алу саласында тиісті құжаттармен (дипломдармен, сертификаттармен, куәліктермен және басқа да құжаттармен) расталатын арнаулы және (немесе) техникалық танымы, тәжірибесі мен біліктілігі бар жеке тұлға;</w:t>
+    <w:bookmarkStart w:name="z52" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) тапсырыс берушілер – мүліктік кешендер ретіндегі мемлекеттік кәсіпорындарды, дауыс беретін акцияларының (жарғылық капиталға қатысу үлестерінің) елу және одан көп пайызы мемлекетке тиесілі заңды тұлғаларды және олармен үлестес заңды тұлғаларды қоспағанда, мемлекеттік органдар, мемлекеттiк мекемелер, сондай-ақ мемлекеттiк кәсiпорындар, дауыс беретін акцияларының (жарғылық капиталға қатысу үлестерінің) елу және одан көп пайызы мемлекетке тиесiлi заңды тұлғалар және олармен үлестес заңды тұлғалар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z52" w:id="51"/>
-[...15 lines deleted...]
-      27) тапсырыс берушілер – мүліктік кешендер ретіндегі мемлекеттік кәсіпорындарды, дауыс беретін акцияларының (жарғылық капиталға қатысу үлестерінің) елу және одан көп пайызы мемлекетке тиесілі заңды тұлғаларды және олармен үлестес заңды тұлғаларды қоспағанда, мемлекеттік органдар, мемлекеттiк мекемелер, сондай-ақ мемлекеттiк кәсiпорындар, дауыс беретін акцияларының (жарғылық капиталға қатысу үлестерінің) елу және одан көп пайызы мемлекетке тиесiлi заңды тұлғалар және олармен үлестес заңды тұлғалар;</w:t>
+    <w:bookmarkStart w:name="z53" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) тауарлар – нәрселер (заттар), оның iшiнде жартылай фабрикаттар немесе қатты, сұйық немесе газ тәрiздес күйдегi шикiзат, электр және жылу энергиясы, зияткерлiк меншік құқығының объектілері, сондай-ақ Қазақстан Республикасының заңдарына сәйкес сатып алу мен сату мәмiлелерiн жасасуға болатын заттық құқықтар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z53" w:id="52"/>
-[...15 lines deleted...]
-      28) тауарлар – нәрселер (заттар), оның iшiнде жартылай фабрикаттар немесе қатты, сұйық немесе газ тәрiздес күйдегi шикiзат, электр және жылу энергиясы, зияткерлiк меншік құқығының объектілері, сондай-ақ Қазақстан Республикасының заңдарына сәйкес сатып алу мен сату мәмiлелерiн жасасуға болатын заттық құқықтар;</w:t>
+    <w:bookmarkStart w:name="z54" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) тауарларға, жұмыстарға, көрсетілетін қызметтерге бағалардың дерекқоры – веб-порталдың бір бөлігі болып табылатын, мемлекеттік сатып алу қорытындылары бойынша тауарларға, жұмыстарға, көрсетілетін қызметтерге қалыптасқан ең төмен, орташа және ең жоғары бағалар туралы мәліметтерді қамтитын ақпараттық кіші жүйе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z54" w:id="53"/>
-[...15 lines deleted...]
-      29) тауарларға, жұмыстарға, көрсетілетін қызметтерге бағалардың дерекқоры – веб-порталдың бір бөлігі болып табылатын, мемлекеттік сатып алу қорытындылары бойынша тауарларға, жұмыстарға, көрсетілетін қызметтерге қалыптасқан ең төмен, орташа және ең жоғары бағалар туралы мәліметтерді қамтитын ақпараттық кіші жүйе;</w:t>
+    <w:bookmarkStart w:name="z55" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) тауарлардың, жұмыстардың, көрсетілетін қызметтердің анықтамалығы (бұдан әрі – анықтамалық) – уәкілетті орган айқындаған, мемлекеттік сатып алуды жүзеге асыру үшін пайдаланылатын тауарлар, жұмыстар, көрсетілетін қызметтер кодтарының жүйеленген тізбесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z55" w:id="54"/>
-[...15 lines deleted...]
-      30) тауарлардың, жұмыстардың, көрсетілетін қызметтердің анықтамалығы (бұдан әрі – анықтамалық) – уәкілетті орган айқындаған, мемлекеттік сатып алуды жүзеге асыру үшін пайдаланылатын тауарлар, жұмыстар, көрсетілетін қызметтер кодтарының жүйеленген тізбесі;</w:t>
+    <w:bookmarkStart w:name="z56" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) толық бітіріп берілетін құрылыс туралы шарт – жобалау, іздестіру, құрылыс-монтаждау (кеңейту, жаңғырту, техникалық қайта жарақтандыру, реконструкциялау, реставрациялау, күрделі жөндеу) жұмыстарын және басқа да жұмыстарды орындауды, сондай-ақ жобалар мен көрсетілетін техникалық қадағалау қызметтеріне ведомстводан тыс кешенді сараптама жүргізуді қоспағанда, көрсетілген жұмыстарға ілеспе тауарларды беруді және қызметтер көрсетуді қамтитын, объектіні салу және оны пайдалануға беру жөніндегі кешенді жұмыстар нысанасы болып табылатын, шарт;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z56" w:id="55"/>
-[...15 lines deleted...]
-      31) толық бітіріп берілетін құрылыс туралы шарт – жобалау, іздестіру, құрылыс-монтаждау (кеңейту, жаңғырту, техникалық қайта жарақтандыру, реконструкциялау, реставрациялау, күрделі жөндеу) жұмыстарын және басқа да жұмыстарды орындауды, сондай-ақ жобалар мен көрсетілетін техникалық қадағалау қызметтеріне ведомстводан тыс кешенді сараптама жүргізуді қоспағанда, көрсетілген жұмыстарға ілеспе тауарларды беруді және қызметтер көрсетуді қамтитын, объектіні салу және оны пайдалануға беру жөніндегі кешенді жұмыстар нысанасы болып табылатын, шарт;</w:t>
+    <w:bookmarkStart w:name="z57" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) ұлттық режим – егер мұндай режимді ұсыну туралы талап Қазақстан Республикасы ратификациялаған халықаралық шарттарда белгіленсе, шетелде шығарылатын тауарларға, жұмыстарға, көрсетілетін қызметтерге және осындай тауарларды, жұмыстарды, көрсетілетін қызметтерді ұсынатын әлеуетті өнім берушілерге Қазақстанда шығарылатын тауарлармен, орындалатын жұмыстармен, көрсетілетін қызметтермен және осындай тауарларды, жұмыстарды, көрсетілетін қызметтерді ұсынатын әлеуетті өнім берушілермен тең шарттарда мемлекеттік сатып алуға қатысуға рұқсат беруді көздейтін режим;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z57" w:id="56"/>
-[...15 lines deleted...]
-      32) ұлттық режим – егер мұндай режимді ұсыну туралы талап Қазақстан Республикасы ратификациялаған халықаралық шарттарда белгіленсе, шетелде шығарылатын тауарларға, жұмыстарға, көрсетілетін қызметтерге және осындай тауарларды, жұмыстарды, көрсетілетін қызметтерді ұсынатын әлеуетті өнім берушілерге Қазақстанда шығарылатын тауарлармен, орындалатын жұмыстармен, көрсетілетін қызметтермен және осындай тауарларды, жұмыстарды, көрсетілетін қызметтерді ұсынатын әлеуетті өнім берушілермен тең шарттарда мемлекеттік сатып алуға қатысуға рұқсат беруді көздейтін режим;</w:t>
+    <w:bookmarkStart w:name="z520" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32-1) Ұлттық тауарлар каталогы – тауарлар туралы ұлттық деректер тіркелімі, сондай-ақ тауарлар номенклатурасының бірыңғай көзі болып табылатын және сауда қызметінде тауарлар анықтамалығы ретінде пайдалануға міндетті "электрондық үкіметтің" ақпараттандыру объектісі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:p>
-[...104 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z58" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33) форматтық-логикалық бақылау – веб-порталда орнатылатын, веб-порталды пайдаланушылардың Қазақстан Республикасының мемлекеттік сатып алу туралы заңнамасын сақтауын қамтамасыз етуге бағытталған бағдарламалық шектеулер кешені;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:bookmarkStart w:name="z59" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1995,282 +2119,262 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">36) алып тасталды – ҚР 18.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен..</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      36) тармақшаны алып тастау көзделген – ҚР 18.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-бапқа өзгерістер енгізілді – ҚР 15.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 172-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 19.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 24.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 196-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 18.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 215-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
-          <w:sz w:val="28"/>
-[...178 lines deleted...]
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4852,1105 +4956,1333 @@
         <w:t>
       11. Мемлекеттік сатып алуға жосықсыз қатысушылардың тізіліміне осы Заңның 16-бабы 3-тармағының 1), 25) және 26) тармақшаларында көзделген жағдайларда айқындалған әлеуетті өнім берушілер мен өнім берушілер енгізілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
     <w:bookmarkStart w:name="z179" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Шағымдардың тізілімі әлеуетті өнім берушілердің және өнім берушілердің веб-портал арқылы берген шағымдарының тізбесін білдіреді және шағымдарды қараудың нәтижелері бойынша қабылданған шешімдер туралы мәліметтерді қамтиды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z180" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13-тармаққа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Әлеуетті өнім берушілердің тізілімдері, сондай-ақ әлеуетті өнім берушілердің жұмыс тәжірибелері мемлекеттік және мемлекеттік емес ақпараттық жүйелерден алынған әлеуетті өнім берушілер туралы мәліметтерді қамтитын және мемлекеттік сатып алуды жүзеге асыру қағидаларына сәйкес веб-порталда қалыптастырылатын электрондық дерекқорды білдіреді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z181" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-бап. Мемлекеттік сатып алуды жүзеге асыру кезінде ұлттық режимді қолдану</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z181" w:id="179"/>
+    <w:bookmarkStart w:name="z182" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мемлекеттік сатып алуды жүзеге асыру кезінде шет мемлекеттерден шығарылатын тауарларға, тиісінше бейрезиденттер-әлеуетті өнім берушілер орындайтын жұмыстарға, көрсететін қызметтерге Қазақстан Республикасы ратификациялаған халықаралық шарттарда көзделген жағдайларда және шарттарда ұлттық режим қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z183" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасының Үкіметі конституциялық құрылыстың негіздерін қорғау, елдің қорғанысы мен мемлекеттің қауіпсіздігін қамтамасыз ету, ішкі нарықты қорғау, ұлттық экономиканы дамыту, қазақстандық тауар өндірушілерді қолдау мақсатында екі жылдан аспайтын мерзімге ұлттық режимнен алып қоюды белгілеуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z184" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Ұлттық режимнен алып қоюды белгілеу тәртібін Қазақстан Республикасының Үкіметі айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-бапқа өзгеріс енгізілді – ҚР 19.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z185" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 9-бап. Мемлекеттік сатып алуды жүзеге асыру кезінде ұлттық режимді қолдану</w:t>
-[...59 lines deleted...]
-      3. Ұлттық режимнен алып қоюды белгілеу тәртібін Қазақстан Республикасының Үкіметі айқындайды.</w:t>
+        <w:t xml:space="preserve"> 2-тарау. МЕМЛЕКЕТТІК САТЫП АЛУДЫ ЖҮЗЕГЕ АСЫРУ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z186" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10-бап. Мемлекеттік сатып алуды жүзеге асыру тәсілдері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z187" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мемлекеттік сатып алу мынадай тәсілдердің бірімен жүзеге асырылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z188" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) конкурс;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z189" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) аукцион;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z190" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) баға ұсыныстарын сұрату;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z191" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) бір көзден алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z192" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) электрондық дүкен арқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z193" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы баптың 1-тармағының 1), 2), 3) және 5) тармақшаларында көзделген мемлекеттік сатып алуды жүзеге асыру тәсілдері бәсекелестік тәсілдер деп танылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z194" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Аукцион тәсілімен мемлекеттік сатып алу нақты уақыт режимінде веб-порталда жүзеге асырылады, оны өткізуді бірыңғай оператор қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z195" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тауар аукцион нысанасы болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z196" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте аукцион әлеуетті өнім берушілердің аукционға қатысуға арналған өтінімдері мемлекеттік сатып алуды жүзеге асыру қағидаларында айқындалған тәртіппен біліктілік талаптарына және аукциондық құжаттама талаптарына сәйкестігі тұрғысынан қаралғаннан кейін бір лотпен өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z197" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Баға ұсыныстарын сұрату тәсілімен мемлекеттік сатып алу, егер біртекті тауарлардың, жұмыстардың, көрсетілетін қызметтердің жылдық көлемі құндық мәнде республикалық бюджет туралы заңда тиісті қаржы жылына белгіленген айлық есептік көрсеткіштің сегіз мың еселенген мөлшерінен аспаса, осындай біртекті тауарларға, жұмыстарға, көрсетілетін қызметтерге өткізіледі. Бұл ретте баға шешуші шарт болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z198" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Баға ұсыныстарын сұрату тәсілін қолдану мақсатында біртекті тауарларды, жұмыстарды, көрсетілетін қызметтерді мемлекеттік сатып алудың жылдық көлемін қаржы жылы ішінде біреуінің мөлшері осы тармақтың бірінші бөлігінде көзделгеннен аз болатын бөліктерге бөлшектеуге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z199" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Электрондық дүкен арқылы мемлекеттік сатып алу жылдық көлемі республикалық бюджет туралы заңда тиісті қаржы жылына белгіленген айлық есептік көрсеткіштің төрт мың еселенген мөлшерінен аспайтын біртекті тауарларға өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z200" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электрондық дүкен арқылы тәсілді қолдану мақсатында біртекті тауарларды мемлекеттік сатып алудың жылдық көлемін қаржы жылы ішінде біреуінің мөлшері осы тармақтың бірінші бөлігінде көзделгеннен аз болатын бөліктерге бөлшектеуге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z201" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Тапсырыс беруші мемлекеттік сатып алуды жүзеге асыру тәсілін уәкілетті орган айқындайтын тауарлар, жұмыстар, көрсетілетін қызметтер тізбесін қоспағанда, мемлекеттік сатып алуды жүзеге асыру тәсілін осы Заңға сәйкес айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z202" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Мемлекеттік сатып алуды жүзеге асыру тәсілін айқындау кезінде осы баптың 1-тармағында көзделген мемлекеттік сатып алудың бәсекелестік тәсілдері басым таңдау болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z203" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Мемлекеттік сатып алуды осы баптың 1-тармағында көрсетілген тәсілдермен жүзеге асыру тәртібі, олардың негіздері мен түрлері осы Заңда және мемлекеттік сатып алуды жүзеге асыру қағидаларында айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z204" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Осы баптың 1-тармағының 1), 2), 3) және 5) тармақшаларында көзделген мемлекеттік сатып алуға қатысуға арналған өтінімді қамтамасыз ету мемлекеттік сатып алуды жүзеге асыру қағидаларында айқындалған тәртіппен тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алу үшін бөлінген соманың бір пайыздан үш пайызға дейінгі мөлшерінде енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z205" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Осы баптың 1-тармағының 1), 2), 3) және 5) тармақшаларында көзделген мемлекеттік сатып алуға қатысу үшін әлеуетті өнім беруші жеңімпаз болып айқындалған жағдайда шарт жасасатынына және шарттың орындалуын қамтамасыз етуді, авансты қамтамасыз етуді (бар болса), демпингке қарсы соманы (бар болса) енгізетініне кепілдік ретіндемемлекеттік сатып алуды жүзеге асыру қағидаларында айқындалған тәртіппен өтінімді қамтамасыз етуді енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z206" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11-бап. Әлеуетті өнім берушіге қойылатын біліктілік талаптары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z207" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Әлеуетті өнім берушілерге және (немесе) тартылатын қосалқы мердігерлерге (бірлесіп орындаушыларға) мынадай біліктілік талаптары қойылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z208" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) құқық қабілеттілігінің (заңды тұлғалар үшін) және азаматтық әрекетке қабілеттілігінің (жеке тұлғалар үшін) болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z209" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қаржылық тұрғыдан орнықты болуы және республикалық бюджет туралы заңда тиісті қаржы жылына белгіленген айлық есептік көрсеткіштің алты еселенген мөлшерінен асатын салық берешегінің болмауы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z210" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуетті өнім берушінің қаржылық орнықтылығын веб-портал мемлекеттік сатып алуды жүзеге асыру қағидаларында айқындалған тәртіппен кірістер, төленген салықтар, негізгі құралдар, еңбекке ақы төлеу қоры жөніндегі мәліметтер негізінде автоматты түрде айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z211" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының заңдарында салықтарды төлеуден толық немесе ішінара босатылған салық төлеушілер санатына жататын әлеуетті өнім берушілер үшін мемлекеттік сатып алуды жүзеге асыру қағидаларында қаржылық орнықтылықтың қосымша өлшемшарттары белгіленуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z212" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік сатып алуды жүзеге асыру мақсаттары үшін негізгі құралдар мен еңбекке ақы төлеу қоры бойынша көрсеткіштерді қоспағанда, қаржылық орнықтылық көрсеткіштерін біріктіруге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z213" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте қайта ұйымдастырылатын заңды тұлғалар қызметінің негізгі түрі өткен жылдың алдындағы үш жыл ішінде (үздіксіз) экономикалық қызмет түрлерінің жалпы сыныптауышы құрылымының бірінші деңгейіне (секциясына) сәйкес келген жағдайда осындай біріктіруге жол беріледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z214" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) банкроттық не таратылу рәсіміне жатқызылмауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z215" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) шарт бойынша міндеттемелерді орындау үшін жеткілікті материалдық, еңбек және қаржы ресурстарының болуы, сондай-ақ жұмыскерлер алдында жалақы төлеу бойынша мерзімі өткен берешектің болмауы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z216" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмыстарды, көрсетілетін қызметтерді мемлекеттік сатып алуда тапсырыс беруші әлеуетті өнім берушіден шарт бойынша міндеттемелерді орындау үшін жеткілікті, жұмыстарды орындау, қызметтерді көрсету орны бойынша облыстың, республикалық маңызы бар қаланың және астананың шекараларындағы тиісті әкімшілік-аумақтық бірлікте тіркелген материалдық және еңбек ресурстарының болуын талап етуге құқылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z217" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жұмыс тәжірибесінің болуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z218" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік сатып алуды жүзеге асыру мақсаттары үшін жұмыс тәжірибесі мемлекеттік сатып алу шеңберінде орындалған шарттар және олар туралы мәліметтер мемлекеттік органдардың ақпараттық жүйелерінде бар өзге де шарттар бойынша ғана ескеріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z219" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заңды тұлғалар қайта ұйымдастырылған жағдайда (қосылу, бірігу) қайта ұйымдастырылатын заңды тұлғалардың бірінің ең көп жұмыс тәжірибесі ескеріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z220" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы баптың 1-тармағында көзделген, оның ішінде тартылатын қосалқы мердігерлерге (бірлесіп орындаушыларға) қойылатын біліктілік талаптарын белгілеу тәртібі мемлекеттік сатып алуды жүзеге асыру қағидаларында айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z221" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы баптың 1-тармағында көрсетілген, олар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z222" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) әлеуетті өнім берушілердің мемлекеттік сатып алуға қатысуын шектейтін және негізсіз күрделендіретін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z223" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) шарт бойынша міндеттемелерді орындау қажеттігінен тікелей туындамайтын біліктілік талаптарын белгілеуге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 9-бапқа өзгеріс енгізілді – ҚР 19.05.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 188-VIII</w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      4-тармақтың бірінші бөлігіне өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z185" w:id="183"/>
-[...773 lines deleted...]
-    <w:bookmarkStart w:name="z224" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Әлеуетті өнім берушінің және (немесе) тартылатын қосалқы мердігердің (бірлесіп орындаушының) осы бапта белгіленген біліктілік талаптарына сәйкестігі тапсырыс берушіге, ұйымдастырушыға, бірыңғай ұйымдастырушыға осы Заңда және мемлекеттік сатып алуды жүзеге асыру қағидаларында көзделген тиісті құжаттарды ұсыну арқылы не Қазақстан Республикасының ақпараттандыру туралы заңнамасына сәйкес мемлекеттік органдардың ақпараттық жүйелері арқылы расталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z225" w:id="223"/>
+    <w:bookmarkStart w:name="z225" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес рұқсаттың болуы, қызметті жүзеге асырудың басталғаны туралы хабарлама жіберу қажет мемлекеттік сатып алуды жүзеге асырған жағдайда тапсырыс беруші, ұйымдастырушы, бірыңғай ұйымдастырушы әлеуетті өнім берушілерге және (немесе) тартылатын қосалқы мердігерлерге (бірлесіп орындаушыларға) тиісті рұқсаттың (хабарламаның) болуы туралы талапты белгілеуге міндетті.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z226" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік органдардың ақпараттық жүйелерінде мәліметтер болмаған жағдайда әлеуетті өнім беруші және (немесе) тартылатын қосалқы мердігер (бірлесіп орындаушы) Қазақстан Республикасының заңнамасына сәйкес алынған (жіберілген) тиісті рұқсаттың (хабарламаның) нотариат куәландырған немесе электрондық көшірмесін ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z227" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Қазақстан Республикасының бейрезидент-әлеуетті өнім берушісі осы бапта белгіленген біліктілік талаптарына өзінің сәйкестігін растау үшін Қазақстан Республикасының резиденттері ұсынатын сол бір құжаттарды не Қазақстан Республикасының бейрезидент-әлеуетті өнім берушісінің біліктілігі туралы ұқсас мәліметтерді растайтын құжаттарды ұсынады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z226" w:id="224"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z228" w:id="226"/>
+    <w:bookmarkStart w:name="z228" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Мемлекеттік сатып алуды жүзеге асыру қағидаларында айқындалған тәртіппен конкурс тәсілімен мемлекеттік сатып алудың жекелеген түрлерін жүзеге асыру жағдайларын, сондай-ақ осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5985,6282 +6317,6580 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-тармақтарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жағдайларды қоспағанда, осы баптың 1-тармағында көзделмеген біліктілік талаптарын белгілеуге жол берілмейді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z229" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Әлеуетті өнім беруші және (немесе) тартылатын қосалқы мердігер (бірлесіп орындаушы) мынадай негіздердің бірі бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z230" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) әлеуетті өнім берушінің және (немесе) ол тартатын жұмыстардың не көрсетілетін қызметтердің қосалқы мердігерінің (бірлесіп орындаушысының) біліктілік талаптарына сәйкестігін растау үшін құжат (құжаттар) ұсынбағанда, сол сияқты мемлекеттік органдардың ақпараттық жүйелерінде мәліметтер болмағанда;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z229" w:id="227"/>
-[...15 lines deleted...]
-      7. Әлеуетті өнім беруші және (немесе) тартылатын қосалқы мердігер (бірлесіп орындаушы) мынадай негіздердің бірі бойынша:</w:t>
+    <w:bookmarkStart w:name="z231" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) әлеуетті өнім беруші өзінің сәйкестігін растау үшін ұсынған құжаттарда, сол сияқты мемлекеттік органдардың ақпараттық жүйелерінде қамтылған ақпараттың негізінде біліктілік талаптарына сәйкес келмеу, сондай-ақ ол тартатын жұмыстардың не көрсетілетін қызметтердің қосалқы мердігерінің (бірлесіп орындаушысының) біліктілік талаптарына сәйкес келмеу фактісі анықталғанда;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z230" w:id="228"/>
-[...15 lines deleted...]
-      1) әлеуетті өнім берушінің және (немесе) ол тартатын жұмыстардың не көрсетілетін қызметтердің қосалқы мердігерінің (бірлесіп орындаушысының) біліктілік талаптарына сәйкестігін растау үшін құжат (құжаттар) ұсынбағанда, сол сияқты мемлекеттік органдардың ақпараттық жүйелерінде мәліметтер болмағанда;</w:t>
+    <w:bookmarkStart w:name="z232" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) анық емес ақпарат беру фактісі анықталғанда, біліктілік талаптарына сәйкес келмейді деп танылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z231" w:id="229"/>
-[...15 lines deleted...]
-      2) әлеуетті өнім беруші өзінің сәйкестігін растау үшін ұсынған құжаттарда, сол сияқты мемлекеттік органдардың ақпараттық жүйелерінде қамтылған ақпараттың негізінде біліктілік талаптарына сәйкес келмеу, сондай-ақ ол тартатын жұмыстардың не көрсетілетін қызметтердің қосалқы мердігерінің (бірлесіп орындаушысының) біліктілік талаптарына сәйкес келмеу фактісі анықталғанда;</w:t>
+    <w:bookmarkStart w:name="z233" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Әлеуетті өнім берушіні және (немесе) ол тартатын жұмыстардың не көрсетілетін қызметтердің қосалқы мердігерін (бірлесіп орындаушысын) осы баптың 7-тармағында көзделмеген негіздер бойынша біліктілік талаптарына сәйкес келмейді деп тануға жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z232" w:id="230"/>
-[...15 lines deleted...]
-      3) анық емес ақпарат беру фактісі анықталғанда, біліктілік талаптарына сәйкес келмейді деп танылады.</w:t>
+    <w:bookmarkStart w:name="z234" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12-бап. Конкурстық құжаттама, аукциондық құжаттама, сондай-ақ баға ұсыныстарын сұрату тәсілімен мемлекеттік сатып алуды жүзеге асыру кезінде орналастырылатын ақпарат</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z233" w:id="231"/>
-[...37 lines deleted...]
-    <w:bookmarkStart w:name="z235" w:id="233"/>
+    <w:bookmarkStart w:name="z235" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Әлеуетті өнім берушілерге осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген біліктілік талаптарынан басқа, конкурстық құжаттаманың, аукциондық құжаттаманың талаптары қойылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z236" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Конкурстық құжаттаманы, аукциондық құжаттаманы, сондай-ақ баға ұсыныстарын сұрату тәсілімен мемлекеттік сатып алуды жүзеге асыру кезінде орналастырылатын ақпаратты ұйымдастырушы Қазақстан Республикасының мемлекеттік құпиялар туралы заңнамасының, Қазақстан Республикасының Үкіметі айқындайтын таратылуы шектелген қызметтік ақпараттың және заңмен қорғалатын өзге де құпияның талаптарын ескере отырып, осы Заңға және мемлекеттік сатып алуды жүзеге асыру қағидаларына сәйкес қазақ және орыс тілдерінде әзірлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z237" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конкурстық құжаттамада, аукциондық құжаттамада, сондай-ақ баға ұсыныстарын сұрату тәсілімен мемлекеттік сатып алуды жүзеге асыру кезінде орналастырылатын ақпаратта, егер бұл тауарды, жұмысты, көрсетілетін қызметті пайдалануға беру үшін қажет болса, іске қосу-реттеу жұмыстарын орындау туралы талап болуға тиіс.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z236" w:id="234"/>
-[...15 lines deleted...]
-      2. Конкурстық құжаттаманы, аукциондық құжаттаманы, сондай-ақ баға ұсыныстарын сұрату тәсілімен мемлекеттік сатып алуды жүзеге асыру кезінде орналастырылатын ақпаратты ұйымдастырушы Қазақстан Республикасының мемлекеттік құпиялар туралы заңнамасының, Қазақстан Республикасының Үкіметі айқындайтын таратылуы шектелген қызметтік ақпараттың және заңмен қорғалатын өзге де құпияның талаптарын ескере отырып, осы Заңға және мемлекеттік сатып алуды жүзеге асыру қағидаларына сәйкес қазақ және орыс тілдерінде әзірлейді.</w:t>
+    <w:bookmarkStart w:name="z238" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Конкурстық құжаттама, аукциондық құжаттама, сондай-ақ баға ұсыныстарын сұрату тәсілімен мемлекеттік сатып алуды жүзеге асыру кезінде орналастырылатын ақпарат сатып алынатын тауарларға, жұмыстарға, көрсетілетін қызметтерге арналған ұлттық стандарттарды, ал олар болмаған жағдайда мемлекетаралық стандарттарды көрсете отырып, техникалық өзіндік ерекшеліктің талаптарын (қысқаша сипаттаманы) қамтуға тиіс. Ұлттық және мемлекетаралық стандарттар болмаған кезде мемлекеттік сатып алуды нормалау ескеріле отырып сатып алынатын тауарлардың, жұмыстардың, көрсетілетін қызметтердің талап етілетін функционалдық, техникалық, сапалық және пайдалану сипаттамалары көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z237" w:id="235"/>
-[...15 lines deleted...]
-      Конкурстық құжаттамада, аукциондық құжаттамада, сондай-ақ баға ұсыныстарын сұрату тәсілімен мемлекеттік сатып алуды жүзеге асыру кезінде орналастырылатын ақпаратта, егер бұл тауарды, жұмысты, көрсетілетін қызметті пайдалануға беру үшін қажет болса, іске қосу-реттеу жұмыстарын орындау туралы талап болуға тиіс.</w:t>
+    <w:bookmarkStart w:name="z239" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте техникалық өзіндік ерекшелікте әлеуетті өнім берушілерге қойылатын, берілетін тауарлардың Қазақстан Республикасының заңнамасына сәйкес техникалық регламенттерде, стандарттарда немесе өзге де құжаттарда белгіленген талаптарға сай келетінін растайтын құжаттарды беру туралы талап қамтылуға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z238" w:id="236"/>
-[...15 lines deleted...]
-      3. Конкурстық құжаттама, аукциондық құжаттама, сондай-ақ баға ұсыныстарын сұрату тәсілімен мемлекеттік сатып алуды жүзеге асыру кезінде орналастырылатын ақпарат сатып алынатын тауарларға, жұмыстарға, көрсетілетін қызметтерге арналған ұлттық стандарттарды, ал олар болмаған жағдайда мемлекетаралық стандарттарды көрсете отырып, техникалық өзіндік ерекшеліктің талаптарын (қысқаша сипаттаманы) қамтуға тиіс. Ұлттық және мемлекетаралық стандарттар болмаған кезде мемлекеттік сатып алуды нормалау ескеріле отырып сатып алынатын тауарлардың, жұмыстардың, көрсетілетін қызметтердің талап етілетін функционалдық, техникалық, сапалық және пайдалану сипаттамалары көрсетіледі.</w:t>
+    <w:bookmarkStart w:name="z240" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Конкурстық құжаттамада, аукциондық құжаттамада осы Заңда көзделмеген жағдайларда, әлеуетті өнім берушілер санының шектелуіне алып келетін, оның ішінде мыналарға:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z239" w:id="237"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z241" w:id="239"/>
+    <w:bookmarkStart w:name="z241" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) әлеуетті өнім берушілерге кез келген өлшенбейтін сандық және (немесе) әкімшілендірілмейтін талаптар белгілеуге қатысты мемлекеттік сатып алу шарттарын белгілеуге тыйым салынады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z242" w:id="240"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z242" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сандық немесе статистикалық әдістердің көмегімен дәл бағалауға немесе өлшеуге болмайтын талаптар өлшенбейтін талаптар деп түсініледі. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z243" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексеру және (немесе) бақылау мүмкін емес талаптар әкімшілендірілмейтін талаптар деп түсініледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z244" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тауар белгілеріне, қызмет көрсету белгілеріне, фирмалық атауларға, патенттерге, пайдалы модельдерге, өнеркәсіптік үлгілерге, тауардың шығарылған жерінің атауына және өндірушінің атауына, сондай-ақ сатып алынатын тауардың, жұмыстың, көрсетілетін қызметтің жекелеген әлеуетті өнім берушіге тиесілілігін айқындайтын өзге де сипаттамаларға, мыналарды:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z243" w:id="241"/>
-[...15 lines deleted...]
-      Тексеру және (немесе) бақылау мүмкін емес талаптар әкімшілендірілмейтін талаптар деп түсініледі;</w:t>
+    <w:bookmarkStart w:name="z245" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      негізгі (орнатылған) жабдықты, сондай-ақ орнатылған бағдарламалық қамтылымды (лицензиялық бағдарламалық қамтылымды) толық жинақтау, жаңғырту және толық жарақтау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z244" w:id="242"/>
-[...15 lines deleted...]
-      2) тауар белгілеріне, қызмет көрсету белгілеріне, фирмалық атауларға, патенттерге, пайдалы модельдерге, өнеркәсіптік үлгілерге, тауардың шығарылған жерінің атауына және өндірушінің атауына, сондай-ақ сатып алынатын тауардың, жұмыстың, көрсетілетін қызметтің жекелеген әлеуетті өнім берушіге тиесілілігін айқындайтын өзге де сипаттамаларға, мыналарды:</w:t>
+    <w:bookmarkStart w:name="z246" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тауарды лизингке беру бойынша көрсетілетін қызметтерді берушіні айқындау және қажеттілік туындаған жағдайда лизингтің нысанасын егжей-тегжейлі сипаттау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z245" w:id="243"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z247" w:id="245"/>
+    <w:bookmarkStart w:name="z247" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       тапсырыс берушінің қолында бар тауарды жөндеу және (немесе) оған техникалық қызмет көрсету; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z248" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      егер техникалық көмекші (компенсаторлық) құралдар, кохлеарлық импланттар, дәрілік заттар және мамандандырылған емдік тамақтану өнімдері дәрігерлік консилиумдар қорытындыларының және медициналық-генетикалық қорытындылардың нәтижелері бойынша белгіленген медициналық көрсетілімдері (жеке төзімсіздігі, өмірлік көрсетілімдері бойынша) бар пациенттерге қатысты қолдану үшін сатып алынса, оларды сатып алу үшін мемлекеттік сатып алуды жүзеге асыру жағдайларын қоспағанда, нұсқаулардың болуына қатысты мемлекеттік сатып алу шарттарын белгілеуге тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z249" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Орналастырылатын ақпаратта баға ұсыныстарын сұрату тәсілімен мемлекеттік сатып алуды жүзеге асыру кезінде тауар белгілеріне, қызмет көрсету белгілеріне, фирмалық атауларға, патенттерге, пайдалы модельдерге, өнеркәсіптік үлгілерге, тауардың шығарылған жерінің атауына және өндірушінің атауына, сондай-ақ сатып алынатын тауардың, жұмыстың, көрсетілетін қызметтің жекелеген әлеуетті өнім берушіге тиесілігін айқындайтын өзге де сипаттамаларға мыналарды:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z248" w:id="246"/>
-[...15 lines deleted...]
-      егер техникалық көмекші (компенсаторлық) құралдар, кохлеарлық импланттар, дәрілік заттар және мамандандырылған емдік тамақтану өнімдері дәрігерлік консилиумдар қорытындыларының және медициналық-генетикалық қорытындылардың нәтижелері бойынша белгіленген медициналық көрсетілімдері (жеке төзімсіздігі, өмірлік көрсетілімдері бойынша) бар пациенттерге қатысты қолдану үшін сатып алынса, оларды сатып алу үшін мемлекеттік сатып алуды жүзеге асыру жағдайларын қоспағанда, нұсқаулардың болуына қатысты мемлекеттік сатып алу шарттарын белгілеуге тыйым салынады.</w:t>
+    <w:bookmarkStart w:name="z250" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) негізгі (орнатылған) жабдықты, сондай-ақ орнатылған бағдарламалық қамтылымды (лицензиялық бағдарламалық қамтылымды) толық жинақтау, жаңғырту және толық жарақтау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z249" w:id="247"/>
-[...15 lines deleted...]
-      5. Орналастырылатын ақпаратта баға ұсыныстарын сұрату тәсілімен мемлекеттік сатып алуды жүзеге асыру кезінде тауар белгілеріне, қызмет көрсету белгілеріне, фирмалық атауларға, патенттерге, пайдалы модельдерге, өнеркәсіптік үлгілерге, тауардың шығарылған жерінің атауына және өндірушінің атауына, сондай-ақ сатып алынатын тауардың, жұмыстың, көрсетілетін қызметтің жекелеген әлеуетті өнім берушіге тиесілігін айқындайтын өзге де сипаттамаларға мыналарды:</w:t>
+    <w:bookmarkStart w:name="z251" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тауарды лизингке беру бойынша көрсетілетін қызметтерді берушіні айқындау және қажеттілік туындаған жағдайда лизингтің нысанасын егжей-тегжейлі сипаттау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z250" w:id="248"/>
-[...15 lines deleted...]
-      1) негізгі (орнатылған) жабдықты, сондай-ақ орнатылған бағдарламалық қамтылымды (лицензиялық бағдарламалық қамтылымды) толық жинақтау, жаңғырту және толық жарақтау;</w:t>
+    <w:bookmarkStart w:name="z252" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тапсырыс берушінің қолында бар тауарды жөндеу және (немесе) оған техникалық қызмет көрсету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z251" w:id="249"/>
-[...15 lines deleted...]
-      2) тауарды лизингке беру бойынша көрсетілетін қызметтерді берушіні айқындау және қажеттілік туындаған жағдайда лизингтің нысанасын егжей-тегжейлі сипаттау;</w:t>
+    <w:bookmarkStart w:name="z253" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) егер техникалық көмекші (компенсаторлық) құралдар, кохлеарлық импланттар, дәрілік заттар және мамандандырылған емдік тамақтану өнімдері дәрігерлік консилиумдар қорытындыларының және медициналық-генетикалық қорытындылардың нәтижелері бойынша белгіленген медициналық көрсетілімдері (жеке төзімсіздігі, өмірлік көрсетілімдері бойынша) бар пациенттерге қатысты қолдану үшін сатып алынса, оларды сатып алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z252" w:id="250"/>
-[...15 lines deleted...]
-      3) тапсырыс берушінің қолында бар тауарды жөндеу және (немесе) оған техникалық қызмет көрсету;</w:t>
+    <w:bookmarkStart w:name="z254" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) нарықта ұсынылған және қолжетімді, құны республикалық бюджет туралы заңда тиісті қаржы жылына белгіленген айлық есептік көрсеткіштің бір мың еселенген мөлшерінен аспайтын біртекті тауарларды сатып алу үшін мемлекеттік сатып алуды жүзеге асыру жағдайларын қоспағанда, нұсқаулардың болуына жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z253" w:id="251"/>
-[...15 lines deleted...]
-      4) егер техникалық көмекші (компенсаторлық) құралдар, кохлеарлық импланттар, дәрілік заттар және мамандандырылған емдік тамақтану өнімдері дәрігерлік консилиумдар қорытындыларының және медициналық-генетикалық қорытындылардың нәтижелері бойынша белгіленген медициналық көрсетілімдері (жеке төзімсіздігі, өмірлік көрсетілімдері бойынша) бар пациенттерге қатысты қолдану үшін сатып алынса, оларды сатып алу;</w:t>
+    <w:bookmarkStart w:name="z255" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Өнім берушіні таңдау біліктілік талаптарына, конкурстық құжаттама, аукциондық құжаттама талаптарына, конкурстық баға ұсынысына әсер ететін өлшемшарттарға сәйкестігі, веб-портал мемлекеттік және мемлекеттік емес ақпараттық жүйелердің деректері мен мәліметтері негізінде қалыптастыратын әлеуетті өнім берушілер рейтингі, баға ұсыныстарын сұрату тәсілімен мемлекеттік сатып алуды жүзеге асыру кезінде әлеуетті өнім беруші ұсынған баға негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z254" w:id="252"/>
-[...15 lines deleted...]
-      5) нарықта ұсынылған және қолжетімді, құны республикалық бюджет туралы заңда тиісті қаржы жылына белгіленген айлық есептік көрсеткіштің бір мың еселенген мөлшерінен аспайтын біртекті тауарларды сатып алу үшін мемлекеттік сатып алуды жүзеге асыру жағдайларын қоспағанда, нұсқаулардың болуына жол берілмейді.</w:t>
+    <w:bookmarkStart w:name="z256" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуетті өнім берушіні анықтау тәртібі, сондай-ақ көрсетілген талаптарына сәйкес келеді не сәйкес келмейді деп тану негіздері мемлекеттік сатып алуды жүзеге асыру қағидаларында айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z255" w:id="253"/>
-[...15 lines deleted...]
-      6. Өнім берушіні таңдау біліктілік талаптарына, конкурстық құжаттама, аукциондық құжаттама талаптарына, конкурстық баға ұсынысына әсер ететін өлшемшарттарға сәйкестігі, веб-портал мемлекеттік және мемлекеттік емес ақпараттық жүйелердің деректері мен мәліметтері негізінде қалыптастыратын әлеуетті өнім берушілер рейтингі, баға ұсыныстарын сұрату тәсілімен мемлекеттік сатып алуды жүзеге асыру кезінде әлеуетті өнім беруші ұсынған баға негізінде жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z257" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Уәкілетті орган жекелеген тауарлар, жұмыстар, көрсетілетін қызметтер бойынша әлеуетті өнім берушілер мен өнім берушілерге уәкілетті орган бекітетін тауарлардың, жұмыстардың, көрсетілетін қызметтердің тізбесі бойынша қосымша талаптар белгілеуі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z256" w:id="254"/>
-[...15 lines deleted...]
-      Әлеуетті өнім берушіні анықтау тәртібі, сондай-ақ көрсетілген талаптарына сәйкес келеді не сәйкес келмейді деп тану негіздері мемлекеттік сатып алуды жүзеге асыру қағидаларында айқындалады.</w:t>
+    <w:bookmarkStart w:name="z258" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Үлгілік конкурстық құжаттамаларды, аукциондық құжаттамаларды уәкілетті орган бекітетін тауарлар, жұмыстар, көрсетілетін қызметтер түрлерінің тізбесіне сәйкес уәкілетті органмен келісу бойынша тиісті саланың уәкілетті органдары әзірлейді және бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z257" w:id="255"/>
-[...15 lines deleted...]
-      7. Уәкілетті орган жекелеген тауарлар, жұмыстар, көрсетілетін қызметтер бойынша әлеуетті өнім берушілер мен өнім берушілерге уәкілетті орган бекітетін тауарлардың, жұмыстардың, көрсетілетін қызметтердің тізбесі бойынша қосымша талаптар белгілеуі мүмкін.</w:t>
+    <w:bookmarkStart w:name="z259" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13-бап. Мемлекеттік сатып алуды жүзеге асыру кезіндегі демпингке қарсы шаралар</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z258" w:id="256"/>
-[...15 lines deleted...]
-      8. Үлгілік конкурстық құжаттамаларды, аукциондық құжаттамаларды уәкілетті орган бекітетін тауарлар, жұмыстар, көрсетілетін қызметтер түрлерінің тізбесіне сәйкес уәкілетті органмен келісу бойынша тиісті саланың уәкілетті органдары әзірлейді және бекітеді.</w:t>
+    <w:bookmarkStart w:name="z260" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Әлеуетті өнім беруші ұсынған, мемлекеттік сатып алуды жүзеге асыру қағидаларында айқындалатын шекті мәннен төмен болып табылатын баға демпингтік баға деп танылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z259" w:id="257"/>
+    <w:bookmarkStart w:name="z261" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Әлеуетті өнім беруші шарттың орындалуын қамтамасыз етуге қосымша, демпингтік деп танылмайтын, жол берілетін ең төмен бағадан төмендетілген сомаға тең мөлшердегі соманы енгізген кезде мемлекеттік сатып алуды жүзеге асыру қағидаларында көзделген жағдайларды қоспағанда, демпингтік бағалар ұсынуға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z262" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 13-бап. Мемлекеттік сатып алуды жүзеге асыру кезіндегі демпингке қарсы шаралар</w:t>
-[...19 lines deleted...]
-      1. Әлеуетті өнім беруші ұсынған, мемлекеттік сатып алуды жүзеге асыру қағидаларында айқындалатын шекті мәннен төмен болып табылатын баға демпингтік баға деп танылады.</w:t>
+        <w:t xml:space="preserve"> 14-бап. Әлеуетті өнім берушінің, өнім берушінің анық емес ақпарат беруінің салдарлары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z261" w:id="259"/>
-[...15 lines deleted...]
-      2. Әлеуетті өнім беруші шарттың орындалуын қамтамасыз етуге қосымша, демпингтік деп танылмайтын, жол берілетін ең төмен бағадан төмендетілген сомаға тең мөлшердегі соманы енгізген кезде мемлекеттік сатып алуды жүзеге асыру қағидаларында көзделген жағдайларды қоспағанда, демпингтік бағалар ұсынуға жол берілмейді.</w:t>
+    <w:bookmarkStart w:name="z263" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Анық емес ақпарат берген әлеуетті өнім берушілер немесе өнім берушілер осы Заңда белгіленген тәртіппен мемлекеттік сатып алуға жосықсыз қатысушылардың тізіліміне енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z262" w:id="260"/>
+    <w:bookmarkStart w:name="z264" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Әлеуетті өнім беруші біліктілік талаптары және (немесе) конкурстық баға ұсынысына әсер ететін құжаттар бойынша беретін ақпараттың анықтығын уәкілетті орган не мемлекеттік аудит және қаржылық бақылау органдары мемлекеттік сатып алуды жүзеге асырудың кез келген сатысында, оның ішінде тапсырыс беруші, ұйымдастырушы, бірыңғай ұйымдастырушы ұсынған мәліметтер мен құжаттар негізінде анықтай алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z265" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Әлеуетті өнім берушінің, өнім берушінің біліктілік талаптары және (немесе) конкурстық баға ұсынысына әсер ететін құжаттар бойынша анық емес ақпаратты беру фактісін анықтаған уәкілетті орган не мемлекеттік аудит және қаржылық бақылау органдары осындай факт анықталған күннен бастап бес жұмыс күнінен кешіктірмей бұл жөнінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z266" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) егер мұндай факт мемлекеттік сатып алу қорытындылары шығарылғаннан кейін анықталған болса, тапсырыс берушіні;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z267" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) егер мұндай факт мемлекеттік сатып алу қорытындылары шығарылғанға дейін анықталған болса, ұйымдастырушыны, бірыңғай ұйымдастырушыны жазбаша хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z268" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте жазбаша хабарламаға осы фактіні растайтын құжаттардың көшірмелері қоса берілуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z269" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 14-бап. Әлеуетті өнім берушінің, өнім берушінің анық емес ақпарат беруінің салдарлары</w:t>
-[...99 lines deleted...]
-      2) егер мұндай факт мемлекеттік сатып алу қорытындылары шығарылғанға дейін анықталған болса, ұйымдастырушыны, бірыңғай ұйымдастырушыны жазбаша хабардар етеді.</w:t>
+        <w:t xml:space="preserve"> 15-бап. Мемлекеттік сатып алуды өткізілмеді деп танудың негіздері мен салдарлары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z268" w:id="266"/>
-[...15 lines deleted...]
-      Бұл ретте жазбаша хабарламаға осы фактіні растайтын құжаттардың көшірмелері қоса берілуге тиіс.</w:t>
+    <w:bookmarkStart w:name="z270" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Конкурс, аукцион тәсілімен мемлекеттік сатып алу мынадай негіздердің бірі бойынша:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z269" w:id="267"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 15-бап. Мемлекеттік сатып алуды өткізілмеді деп танудың негіздері мен салдарлары</w:t>
+    <w:bookmarkStart w:name="z271" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) конкурсқа, аукционға қатысуға ұсынылған өтінімдер болмаса;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z270" w:id="268"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z272" w:id="270"/>
+    <w:bookmarkStart w:name="z272" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) егер конкурсқа, аукционға қатысуға бірде-бір әлеуетті өнім беруші жіберілмесе; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z273" w:id="271"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z273" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) конкурсқа, аукционға қатысуға әлеуетті өнім берушілердің екі және одан көп өтінімі ұсынылған жағдайда, егер конкурсқа, аукционға қатысуға бір әлеуетті өнім беруші жіберілсе, өткізілмеді деп танылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z274" w:id="272"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z274" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Егер конкурсқа, аукционға қатысуға біліктілік талаптарына және (немесе) конкурстық құжаттаманың, аукциондық құжаттаманың талаптарына сай келетін бір өтінім ұсынылса, конкурс, аукцион тәсілімен мемлекеттік сатып алу өткізілді деп танылады. Бұл ретте жасалған шарттың бағасы конкурсқа, аукционға қатысуға арналған өтінімде көрсетілген әлеуетті өнім берушінің конкурстық баға ұсынысынан (бастапқы бағасынан) аспауға тиіс. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z275" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Егер конкурс, аукцион тәсілімен мемлекеттік сатып алу өткізілмеді деп танылса, тапсырыс беруші мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z276" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) конкурс, аукцион тәсілімен мемлекеттік сатып алуды қайтадан өткізу туралы;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z275" w:id="273"/>
-[...15 lines deleted...]
-      3. Егер конкурс, аукцион тәсілімен мемлекеттік сатып алу өткізілмеді деп танылса, тапсырыс беруші мынадай:</w:t>
+    <w:bookmarkStart w:name="z277" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) конкурстық құжаттаманы, аукциондық құжаттаманы өзгерту және конкурс, аукцион тәсілімен мемлекеттік сатып алуды өткізу туралы шешімдердің бірін қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z276" w:id="274"/>
-[...15 lines deleted...]
-      1) конкурс, аукцион тәсілімен мемлекеттік сатып алуды қайтадан өткізу туралы;</w:t>
+    <w:bookmarkStart w:name="z278" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Конкурс, аукцион тәсілімен қайта мемлекеттік сатып алу осы баптың 1-тармағының 1) тармақшасында көзделген негіз бойынша өткізілмеді деп танылған жағдайда, тапсырыс беруші бір көзден алу тәсілімен мемлекеттік сатып алуды жүзеге асыруға құқылы. Бұл ретте бір көзден алу тәсілімен мемлекеттік сатып алуға қатысуға шақырту жіберілетін әлеуетті өнім берушіні тапсырыс беруші айқындайды және ол біліктілік талаптарына, сондай-ақ конкурстық құжаттама, аукциондық құжаттама талаптарына сәйкес келуге тиіс. Жасалған шарттың бағасы осы мемлекеттік сатып алуды жүзеге асыру үшін бөлінген сомадан аспауға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z277" w:id="275"/>
-[...15 lines deleted...]
-      2) конкурстық құжаттаманы, аукциондық құжаттаманы өзгерту және конкурс, аукцион тәсілімен мемлекеттік сатып алуды өткізу туралы шешімдердің бірін қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z279" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Осы баптың 1-тармағының 2) және 3) тармақшаларында көзделген негіздер бойынша конкурс, аукцион тәсілімен мемлекеттік сатып алу өткізілмеді деп танылған жағдайларда, бір көзден алу тәсілімен мемлекеттік сатып алуды жүзеге асыруға жол берілмейді. Бұл ретте әлеуетті өнім берушілердің конкурстық баға ұсыныстары (бастапқы бағалары) ашылмайды, сондай-ақ осы Заңның 26-бабына сәйкес мемлекеттік сатып алуды жүзеге асыру кезінде сұратылмайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z278" w:id="276"/>
-[...15 lines deleted...]
-      4. Конкурс, аукцион тәсілімен қайта мемлекеттік сатып алу осы баптың 1-тармағының 1) тармақшасында көзделген негіз бойынша өткізілмеді деп танылған жағдайда, тапсырыс беруші бір көзден алу тәсілімен мемлекеттік сатып алуды жүзеге асыруға құқылы. Бұл ретте бір көзден алу тәсілімен мемлекеттік сатып алуға қатысуға шақырту жіберілетін әлеуетті өнім берушіні тапсырыс беруші айқындайды және ол біліктілік талаптарына, сондай-ақ конкурстық құжаттама, аукциондық құжаттама талаптарына сәйкес келуге тиіс. Жасалған шарттың бағасы осы мемлекеттік сатып алуды жүзеге асыру үшін бөлінген сомадан аспауға тиіс.</w:t>
+    <w:bookmarkStart w:name="z280" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Баға ұсыныстарын сұрату тәсілімен мемлекеттік сатып алуды жүзеге асыру кезінде, егер баға ұсыныстарын ұсыну мерзімі ішінде әлеуетті өнім берушінің бір ғана баға ұсынысы ұсынылған болса, веб-портал мұндай мемлекеттік сатып алуды автоматты түрде өткізілмеді деп таниды және ұйымдастырушы осы әлеуетті өнім берушіден бір көзден алу тәсілімен мемлекеттік сатып алуды жүзеге асырады. Бұл ретте жасалған шарттың бағасы әлеуетті өнім берушінің баға ұсынысынан аспауға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z279" w:id="277"/>
-[...15 lines deleted...]
-      5. Осы баптың 1-тармағының 2) және 3) тармақшаларында көзделген негіздер бойынша конкурс, аукцион тәсілімен мемлекеттік сатып алу өткізілмеді деп танылған жағдайларда, бір көзден алу тәсілімен мемлекеттік сатып алуды жүзеге асыруға жол берілмейді. Бұл ретте әлеуетті өнім берушілердің конкурстық баға ұсыныстары (бастапқы бағалары) ашылмайды, сондай-ақ осы Заңның 26-бабына сәйкес мемлекеттік сатып алуды жүзеге асыру кезінде сұратылмайды.</w:t>
+    <w:bookmarkStart w:name="z281" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Егер баға ұсыныстарын ұсыну мерзімі ішінде әлеуетті өнім берушілердің бірде-бір баға ұсынысы ұсынылмаса, веб-портал мұндай мемлекеттік сатып алуды автоматты түрде өткізілмеді деп таниды және ұйымдастырушы баға ұсыныстарын сұрату тәсілімен мемлекеттік сатып алуды қайтадан жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z280" w:id="278"/>
-[...15 lines deleted...]
-      6. Баға ұсыныстарын сұрату тәсілімен мемлекеттік сатып алуды жүзеге асыру кезінде, егер баға ұсыныстарын ұсыну мерзімі ішінде әлеуетті өнім берушінің бір ғана баға ұсынысы ұсынылған болса, веб-портал мұндай мемлекеттік сатып алуды автоматты түрде өткізілмеді деп таниды және ұйымдастырушы осы әлеуетті өнім берушіден бір көзден алу тәсілімен мемлекеттік сатып алуды жүзеге асырады. Бұл ретте жасалған шарттың бағасы әлеуетті өнім берушінің баға ұсынысынан аспауға тиіс.</w:t>
+    <w:bookmarkStart w:name="z282" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Веб-портал әлеуетті өнім берушінің баға ұсынысын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z281" w:id="279"/>
-[...15 lines deleted...]
-      7. Егер баға ұсыныстарын ұсыну мерзімі ішінде әлеуетті өнім берушілердің бірде-бір баға ұсынысы ұсынылмаса, веб-портал мұндай мемлекеттік сатып алуды автоматты түрде өткізілмеді деп таниды және ұйымдастырушы баға ұсыныстарын сұрату тәсілімен мемлекеттік сатып алуды қайтадан жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z283" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) егер ол осы тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алу үшін бөлінген сомадан асып түскен;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z282" w:id="280"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z284" w:id="282"/>
+    <w:bookmarkStart w:name="z284" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осы Заңның 7-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1), 3), 4), 5), 6), 7) және 9) тармақшаларында көзделген;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z285" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) әлеуетті өнім берушінің электрондық әмиянындағы баға ұсыныстарын сұратуға қатысуға арналған өтінімді қамтамасыз ету сомасы болмаған не жеткіліксіз болған жағдайларда, автоматты түрде қабылдамайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z286" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Егер веб-портал баға ұсыныстарын осы баптың 8-тармағында көзделген негіздер бойынша автоматты түрде қабылдамағаннан кейін әлеуетті өнім берушілердің екіден аз баға ұсынысы қалған болса, онда мұндай мемлекеттік сатып алу өткізілмеді деп танылады және ұйымдастырушы баға ұсыныстарын сұрату тәсілімен мемлекеттік сатып алуды қайтадан жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z285" w:id="283"/>
-[...15 lines deleted...]
-      3) әлеуетті өнім берушінің электрондық әмиянындағы баға ұсыныстарын сұратуға қатысуға арналған өтінімді қамтамасыз ету сомасы болмаған не жеткіліксіз болған жағдайларда, автоматты түрде қабылдамайды.</w:t>
+    <w:bookmarkStart w:name="z287" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Мемлекеттік сатып алуды электрондық дүкен арқылы жүзеге асыру кезінде, егер мемлекеттік сатып алуды жүзеге асыру қағидаларында айқындалған уақыт ішінде тапсырысты әлеуетті өнім берушілердің бірде-бірі растамаса, электрондық дүкен арқылы мемлекеттік сатып алу өткізілмеді деп танылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z286" w:id="284"/>
-[...15 lines deleted...]
-      9. Егер веб-портал баға ұсыныстарын осы баптың 8-тармағында көзделген негіздер бойынша автоматты түрде қабылдамағаннан кейін әлеуетті өнім берушілердің екіден аз баға ұсынысы қалған болса, онда мұндай мемлекеттік сатып алу өткізілмеді деп танылады және ұйымдастырушы баға ұсыныстарын сұрату тәсілімен мемлекеттік сатып алуды қайтадан жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z288" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Электрондық дүкен арқылы мемлекеттік сатып алу өткізілмеді деп танылған жағдайда, тапсырыс беруші мынадай:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z287" w:id="285"/>
-[...15 lines deleted...]
-      10. Мемлекеттік сатып алуды электрондық дүкен арқылы жүзеге асыру кезінде, егер мемлекеттік сатып алуды жүзеге асыру қағидаларында айқындалған уақыт ішінде тапсырысты әлеуетті өнім берушілердің бірде-бірі растамаса, электрондық дүкен арқылы мемлекеттік сатып алу өткізілмеді деп танылады.</w:t>
+    <w:bookmarkStart w:name="z289" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) электрондық дүкен арқылы мемлекеттік сатып алуды қайтадан өткізу туралы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z288" w:id="286"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z290" w:id="288"/>
+    <w:bookmarkStart w:name="z290" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) мемлекеттік сатып алуды осы Заңның 10-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> айқындалған өзге де бәсекелестік тәсілдермен жүзеге асыру туралы шешімдердің бірін қабылдайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z291" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16-бап. Бір көзден алу тәсілімен мемлекеттік сатып алуды жүзеге асыру негіздері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z292" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Бір көзден алу тәсілімен мемлекеттік сатып алу осы баптың 2 және 3-тармақтарында көзделген жағдайларда жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z291" w:id="289"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 16-бап. Бір көзден алу тәсілімен мемлекеттік сатып алуды жүзеге асыру негіздері</w:t>
+    <w:bookmarkStart w:name="z293" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Өткізілмеген мемлекеттік сатып алу бойынша бiр көзден алу тәсiлiмен мемлекеттiк сатып алу, егер:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z292" w:id="290"/>
-[...15 lines deleted...]
-      1. Бір көзден алу тәсілімен мемлекеттік сатып алу осы баптың 2 және 3-тармақтарында көзделген жағдайларда жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z294" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы Заңда көзделген жағдайларда конкурс, аукцион тәсілімен мемлекеттік сатып алу өткізілмеді деп танылған жағдайда жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z293" w:id="291"/>
-[...15 lines deleted...]
-      2. Өткізілмеген мемлекеттік сатып алу бойынша бiр көзден алу тәсiлiмен мемлекеттiк сатып алу, егер:</w:t>
+    <w:bookmarkStart w:name="z295" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы ереже конкурс, аукцион тәсілімен мемлекеттік сатып алу Қазақстан Республикасының заңдарына сәйкес жарамсыз деп танылған жағдайларға қолданылмайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z294" w:id="292"/>
-[...15 lines deleted...]
-      1) осы Заңда көзделген жағдайларда конкурс, аукцион тәсілімен мемлекеттік сатып алу өткізілмеді деп танылған жағдайда жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z296" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы Заңда көзделген жағдайларда баға ұсыныстарын сұрату тәсілімен мемлекеттік сатып алу өткізілмеді деп танылған немесе ұйымдастырушы қабылдаған, осы Заңның 15-бабының 7 және 9-тармақтарында көзделген шаралар шарт жасасуға алып келмеген жағдайда жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z295" w:id="293"/>
-[...15 lines deleted...]
-      Осы ереже конкурс, аукцион тәсілімен мемлекеттік сатып алу Қазақстан Республикасының заңдарына сәйкес жарамсыз деп танылған жағдайларға қолданылмайды;</w:t>
+    <w:bookmarkStart w:name="z297" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Шартты тікелей жасасу арқылы бір көзден алу тәсілімен мемлекеттік сатып алу мынадай жағдайларда жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z296" w:id="294"/>
-[...15 lines deleted...]
-      2) осы Заңда көзделген жағдайларда баға ұсыныстарын сұрату тәсілімен мемлекеттік сатып алу өткізілмеді деп танылған немесе ұйымдастырушы қабылдаған, осы Заңның 15-бабының 7 және 9-тармақтарында көзделген шаралар шарт жасасуға алып келмеген жағдайда жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z298" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) табиғи монополия салаларына жататын көрсетілетін қызметтерді, сондай-ақ энергиямен жабдықтаудың көрсетілетін қызметтерін сатып алу немесе энергиямен жабдықтаушы ұйымнан электр энергиясын сатып алу-сату;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z297" w:id="295"/>
-[...15 lines deleted...]
-      3. Шартты тікелей жасасу арқылы бір көзден алу тәсілімен мемлекеттік сатып алу мынадай жағдайларда жүзеге асырылады:</w:t>
+    <w:bookmarkStart w:name="z299" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сатып алынатын тауарларға, көрсетілетін қызметтерге қатысты айрықша құқықтарға ие тұлғадан зияткерлік меншік объектілері болып табылатын тауарларды, көрсетілетін қызметтерді сатып алу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z298" w:id="296"/>
-[...15 lines deleted...]
-      1) табиғи монополия салаларына жататын көрсетілетін қызметтерді, сондай-ақ энергиямен жабдықтаудың көрсетілетін қызметтерін сатып алу немесе энергиямен жабдықтаушы ұйымнан электр энергиясын сатып алу-сату;</w:t>
+    <w:bookmarkStart w:name="z300" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мұндай сатып алуға монополияға қарсы органның ұқсас тауарлар жасауды және қызметтер көрсетуді жүзеге асыратын жеке кәсіпкерлік субъектілерінің жоқ екендігі туралы қорытындысы болған кезде жол беріледі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z299" w:id="297"/>
-[...15 lines deleted...]
-      2) сатып алынатын тауарларға, көрсетілетін қызметтерге қатысты айрықша құқықтарға ие тұлғадан зияткерлік меншік объектілері болып табылатын тауарларды, көрсетілетін қызметтерді сатып алу.</w:t>
+    <w:bookmarkStart w:name="z301" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мыналарды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z300" w:id="298"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z302" w:id="300"/>
+    <w:bookmarkStart w:name="z302" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       дағдарыстық ахуалдарды, төтенше ахуалдардың немесе төтенше жағдайлардың салдарларын болғызбау, оқшаулау және (немесе) жою; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z303" w:id="301"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z303" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының аумағында алғаш рет немесе жаңадан анықталған, жануарлардың аса қауіпті, экзотикалық ауруларын, карантинді объектілерді, бөтен текті түрлерді оқшаулау және (немесе) жою; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z304" w:id="302"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z304" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       жануарлардың аса қауіпті аурулары бойынша карантинді аймақтарда және қолайсыз пункттерде, карантинді объектілердің таралу ошақтарында іс-шаралар, шұғыл фитосанитариялық іс-шаралар жүргізу; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z305" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      электр энергетикасы объектілеріндегі, тіршілікті қамтамасыз ететін коммуникация жүйелеріндегі, теміржол, әуе, автомобиль, су көлігі объектілеріндегі, тазарту құрылысжайларындағы, мұнай құбыржолдарындағы, газ құбыржолдарындағы технологиялық бұзылуларды жою, жедел медициналық араласу үшін, сондай-ақ коммуникациялардың, механизмдердің, агрегаттардың, қосалқы бөлшектердің және материалдардың жүру жолында дереу қалпына келтіруді талап ететін сынуы, істен шығуы туындаған кезде қажетті тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z306" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) саяси, экономикалық және әлеуметтік тұрақтылыққа, адамдардың өмірі мен денсаулығына қауіп төндіретін ахуал туындаған жағдайларда, Қазақстан Республикасы Үкіметінің және (немесе) жергілікті атқарушы органның резервінен бөлінген ақша есебінен тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z305" w:id="303"/>
-[...15 lines deleted...]
-      электр энергетикасы объектілеріндегі, тіршілікті қамтамасыз ететін коммуникация жүйелеріндегі, теміржол, әуе, автомобиль, су көлігі объектілеріндегі, тазарту құрылысжайларындағы, мұнай құбыржолдарындағы, газ құбыржолдарындағы технологиялық бұзылуларды жою, жедел медициналық араласу үшін, сондай-ақ коммуникациялардың, механизмдердің, агрегаттардың, қосалқы бөлшектердің және материалдардың жүру жолында дереу қалпына келтіруді талап ететін сынуы, істен шығуы туындаған кезде қажетті тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алу;</w:t>
+    <w:bookmarkStart w:name="z307" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) мемлекеттік материалдық резервтің материалдық құндылықтарын сақтау жөніндегі көрсетілетін қызметтерді сатып алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z306" w:id="304"/>
-[...15 lines deleted...]
-      4) саяси, экономикалық және әлеуметтік тұрақтылыққа, адамдардың өмірі мен денсаулығына қауіп төндіретін ахуал туындаған жағдайларда, Қазақстан Республикасы Үкіметінің және (немесе) жергілікті атқарушы органның резервінен бөлінген ақша есебінен тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алу;</w:t>
+    <w:bookmarkStart w:name="z308" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) жедел есепке алу ісі бойынша жедел-іздестіру қызметін, барлау, қарсы барлау қызметін жүзеге асыру, қылмыстық іс бойынша сотқа дейінгі тергеп-тексеруді жүзеге асыру, халықаралық сұрау салуды орындау үшін Қазақстан Республикасының заңнамасына сәйкес оларды жүзеге асыруға уәкілеттік берілген органдардың, сондай-ақ Қазақстан Республикасының ұлттық қауіпсіздік органдары өздеріне қатысты Қазақстан Республикасының мемлекеттік мүлік туралы заңнамасына сәйкес басқаруды жүзеге асыратын мемлекеттік кәсіпорындардың және дауыс беретін акцияларының бір жүз пайызы мемлекетке тиесілі акционерлік қоғамдардың:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z307" w:id="305"/>
-[...15 lines deleted...]
-      5) мемлекеттік материалдық резервтің материалдық құндылықтарын сақтау жөніндегі көрсетілетін қызметтерді сатып алу;</w:t>
+    <w:bookmarkStart w:name="z309" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жедел-іздестіру, қарсы барлау қызметін жүзеге асыратын органдарға құпия түрде жәрдем көрсетуге келісім берген адамдар көрсететін қызметтерді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z308" w:id="306"/>
-[...15 lines deleted...]
-      6) жедел есепке алу ісі бойынша жедел-іздестіру қызметін, барлау, қарсы барлау қызметін жүзеге асыру, қылмыстық іс бойынша сотқа дейінгі тергеп-тексеруді жүзеге асыру, халықаралық сұрау салуды орындау үшін Қазақстан Республикасының заңнамасына сәйкес оларды жүзеге асыруға уәкілеттік берілген органдардың, сондай-ақ Қазақстан Республикасының ұлттық қауіпсіздік органдары өздеріне қатысты Қазақстан Республикасының мемлекеттік мүлік туралы заңнамасына сәйкес басқаруды жүзеге асыратын мемлекеттік кәсіпорындардың және дауыс беретін акцияларының бір жүз пайызы мемлекетке тиесілі акционерлік қоғамдардың:</w:t>
+    <w:bookmarkStart w:name="z310" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қызметтік үй-жайларды, көлік құралдары мен өзге де техникалық құралдарды, ақпараттық жүйелерді, мүлікті, сондай-ақ оларды күтіп ұстау, оларға қызмет көрсету және техникалық қолдау бойынша көрсетілетін қызметтерді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z309" w:id="307"/>
-[...15 lines deleted...]
-      жедел-іздестіру, қарсы барлау қызметін жүзеге асыратын органдарға құпия түрде жәрдем көрсетуге келісім берген адамдар көрсететін қызметтерді;</w:t>
+    <w:bookmarkStart w:name="z311" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      астыртын ұйымдар мен объектілерді құру және күтіп ұстау үшін тауарларды, жұмыстарды, көрсетілетін қызметтерді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z310" w:id="308"/>
-[...15 lines deleted...]
-      қызметтік үй-жайларды, көлік құралдары мен өзге де техникалық құралдарды, ақпараттық жүйелерді, мүлікті, сондай-ақ оларды күтіп ұстау, оларға қызмет көрсету және техникалық қолдау бойынша көрсетілетін қызметтерді;</w:t>
+    <w:bookmarkStart w:name="z312" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қажетті ғылыми-техникалық немесе өзге де арнаулы танымдары бар лауазымды адамдар, аудармашылар, сарапшылар мен мамандар көрсететін қызметтерді сатып алуы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z311" w:id="309"/>
-[...15 lines deleted...]
-      астыртын ұйымдар мен объектілерді құру және күтіп ұстау үшін тауарларды, жұмыстарды, көрсетілетін қызметтерді;</w:t>
+    <w:bookmarkStart w:name="z313" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жедел-іздестіру қызметін жүзеге асыратын органдардың штаттағы жасырын қызметкерлерінің қызметін қамтамасыз ету үшін жедел есепке алу ісі шеңберінен тыс осы тармақшада көрсетілген тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алуға жол беріледі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z312" w:id="310"/>
-[...15 lines deleted...]
-      қажетті ғылыми-техникалық немесе өзге де арнаулы танымдары бар лауазымды адамдар, аудармашылар, сарапшылар мен мамандар көрсететін қызметтерді сатып алуы.</w:t>
+    <w:bookmarkStart w:name="z314" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) терроризмнің, экстремизмнің алдын алу, жолын кесу және оларға қарсы іс-қимыл жөніндегі қызметті жүзеге асыру үшін қажетті тауарларды, жұмыстарды, көрсетілетін қызметтерді Қазақстан Республикасының заңнамасына сәйкес оны жүзеге асыруға уәкілеттік берілген органдардың сатып алуы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z313" w:id="311"/>
-[...15 lines deleted...]
-      Жедел-іздестіру қызметін жүзеге асыратын органдардың штаттағы жасырын қызметкерлерінің қызметін қамтамасыз ету үшін жедел есепке алу ісі шеңберінен тыс осы тармақшада көрсетілген тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алуға жол беріледі;</w:t>
+    <w:bookmarkStart w:name="z315" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) өзге де сақтандыру түрлерін қоспағанда, медицина қызметкерінің кәсіптік жауапкершілігін сақтандыру жөнінде көрсетілетін қызметті қоса алғанда, халықаралық рейтингтік агенттіктер көрсететін қызметтерді, қаржылық көрсетілетін қызметтерді сатып алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z314" w:id="312"/>
-[...15 lines deleted...]
-      7) терроризмнің, экстремизмнің алдын алу, жолын кесу және оларға қарсы іс-қимыл жөніндегі қызметті жүзеге асыру үшін қажетті тауарларды, жұмыстарды, көрсетілетін қызметтерді Қазақстан Республикасының заңнамасына сәйкес оны жүзеге асыруға уәкілеттік берілген органдардың сатып алуы;</w:t>
+    <w:bookmarkStart w:name="z316" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) зағип және көзі нашар көретін азаматтар үшін мамандандырылған кiтапханалар көрсететін қызметтерді сатып алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z315" w:id="313"/>
-[...15 lines deleted...]
-      8) өзге де сақтандыру түрлерін қоспағанда, медицина қызметкерінің кәсіптік жауапкершілігін сақтандыру жөнінде көрсетілетін қызметті қоса алғанда, халықаралық рейтингтік агенттіктер көрсететін қызметтерді, қаржылық көрсетілетін қызметтерді сатып алу;</w:t>
+    <w:bookmarkStart w:name="z317" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) мемлекеттік және ведомстволық наградаларды және олардың құжаттарын, Қазақстан Республикасы Парламенті депутатының омырауға тағатын белгісін және оның құжатын, мемлекеттік салыстырып тексеру таңбаларын, Қазақстан Республикасы азаматтарының паспорттарын (оның ішінде қызметтік және дипломатиялық), жеке куәліктерін, шетелдіктің Қазақстан Республикасында тұруға ықтиярхатын, азаматтығы жоқ адамның куәлігін, азаматтық хал актілерін тіркеу туралы куәліктерді дайындау жөніндегі көрсетілетін қызметтерді сатып алу, сондай-ақ Қазақстан Республикасының Үкіметі айқындаған өнім берушілерден Қазақстан Республикасының Үкіметі бекіткен тізбе бойынша арнаулы дәрежеде қорғауды талап ететін баспа өнімін сатып алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z316" w:id="314"/>
-[...15 lines deleted...]
-      9) зағип және көзі нашар көретін азаматтар үшін мамандандырылған кiтапханалар көрсететін қызметтерді сатып алу;</w:t>
+    <w:bookmarkStart w:name="z318" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) Қазақстан Республикасының Үкіметі бекіткен тізбе бойынша Қазақстан Республикасының халықаралық шарттарына сәйкес жүзеге асырылатын тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z317" w:id="315"/>
-[...15 lines deleted...]
-      10) мемлекеттік және ведомстволық наградаларды және олардың құжаттарын, Қазақстан Республикасы Парламенті депутатының омырауға тағатын белгісін және оның құжатын, мемлекеттік салыстырып тексеру таңбаларын, Қазақстан Республикасы азаматтарының паспорттарын (оның ішінде қызметтік және дипломатиялық), жеке куәліктерін, шетелдіктің Қазақстан Республикасында тұруға ықтиярхатын, азаматтығы жоқ адамның куәлігін, азаматтық хал актілерін тіркеу туралы куәліктерді дайындау жөніндегі көрсетілетін қызметтерді сатып алу, сондай-ақ Қазақстан Республикасының Үкіметі айқындаған өнім берушілерден Қазақстан Республикасының Үкіметі бекіткен тізбе бойынша арнаулы дәрежеде қорғауды талап ететін баспа өнімін сатып алу;</w:t>
+    <w:bookmarkStart w:name="z319" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) мемлекеттер, мемлекеттердiң үкiметтерi, халықаралық және мемлекеттiк ұйымдар, қызметi қайырымдылық және халықаралық сипаттағы шетелдiк үкiметтiк емес қоғамдық ұйымдар мен қорлар өтеусiз негiзде Қазақстан Республикасының Үкiметiне беретін грант ақшаларын, сондай-ақ оларды беру туралы келiсiмдерде тауарларды, жұмыстарды, көрсетілетін қызметтердi сатып алудың өзге рәсiмдерi көзделген жағдайларда осы гранттарды қоса қаржыландыруға бөлiнетін ақшаны пайдалануға байланысты тауарларды, жұмыстарды, көрсетілетін қызметтердi сатып алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z318" w:id="316"/>
-[...15 lines deleted...]
-      11) Қазақстан Республикасының Үкіметі бекіткен тізбе бойынша Қазақстан Республикасының халықаралық шарттарына сәйкес жүзеге асырылатын тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алу;</w:t>
+    <w:bookmarkStart w:name="z320" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) жұмыскерлерді шетелде даярлау, қайта даярлау және олардың біліктілігін арттыру бойынша көрсетілетін қызметтерді сатып алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z319" w:id="317"/>
-[...15 lines deleted...]
-      12) мемлекеттер, мемлекеттердiң үкiметтерi, халықаралық және мемлекеттiк ұйымдар, қызметi қайырымдылық және халықаралық сипаттағы шетелдiк үкiметтiк емес қоғамдық ұйымдар мен қорлар өтеусiз негiзде Қазақстан Республикасының Үкiметiне беретін грант ақшаларын, сондай-ақ оларды беру туралы келiсiмдерде тауарларды, жұмыстарды, көрсетілетін қызметтердi сатып алудың өзге рәсiмдерi көзделген жағдайларда осы гранттарды қоса қаржыландыруға бөлiнетін ақшаны пайдалануға байланысты тауарларды, жұмыстарды, көрсетілетін қызметтердi сатып алу;</w:t>
+    <w:bookmarkStart w:name="z321" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) Қазақстан Республикасының азаматтарын шетелде емдеу бойынша көрсетілетін қызметтерді, сондай-ақ оларды тасымалдау және олармен бірге еріп жүру бойынша көрсетілетін қызметтерді сатып алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z320" w:id="318"/>
-[...15 lines deleted...]
-      13) жұмыскерлерді шетелде даярлау, қайта даярлау және олардың біліктілігін арттыру бойынша көрсетілетін қызметтерді сатып алу;</w:t>
+    <w:bookmarkStart w:name="z322" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) мыналардың:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z321" w:id="319"/>
-[...15 lines deleted...]
-      14) Қазақстан Республикасының азаматтарын шетелде емдеу бойынша көрсетілетін қызметтерді, сондай-ақ оларды тасымалдау және олармен бірге еріп жүру бойынша көрсетілетін қызметтерді сатып алу;</w:t>
+    <w:bookmarkStart w:name="z323" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының шетелдегі мекемелерінің, тапсырыс берушілердің атынан әрекет ететін олардың оқшауланған бөлімшелерінің шет мемлекеттің аумағында өз қызметін қамтамасыз ету үшін, сондай-ақ бітімгершілік операциялар мақсаттары үшін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z322" w:id="320"/>
-[...15 lines deleted...]
-      15) мыналардың:</w:t>
+    <w:bookmarkStart w:name="z324" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дамуға ресми көмек саласындағы оператордың әріптес елдің аумағында дамуға ресми көмек жобаларын іске асыру үшін тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алуы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z323" w:id="321"/>
-[...15 lines deleted...]
-      Қазақстан Республикасының шетелдегі мекемелерінің, тапсырыс берушілердің атынан әрекет ететін олардың оқшауланған бөлімшелерінің шет мемлекеттің аумағында өз қызметін қамтамасыз ету үшін, сондай-ақ бітімгершілік операциялар мақсаттары үшін;</w:t>
+    <w:bookmarkStart w:name="z325" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) өкілдік ету шығыстарына байланысты тауарларды, көрсетілетін қызметтерді сатып алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z324" w:id="322"/>
-[...15 lines deleted...]
-      дамуға ресми көмек саласындағы оператордың әріптес елдің аумағында дамуға ресми көмек жобаларын іске асыру үшін тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алуы;</w:t>
+    <w:bookmarkStart w:name="z326" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) халықаралық және (немесе) шетелдік ақпараттық ұйымдардың ақпарат беру жөніндегі көрсетілетін қызметтерін сатып алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z325" w:id="323"/>
-[...15 lines deleted...]
-      16) өкілдік ету шығыстарына байланысты тауарларды, көрсетілетін қызметтерді сатып алу;</w:t>
+    <w:bookmarkStart w:name="z327" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) арнаулы әлеуметтік көрсетілетін қызметтердің кепілдендірілген көлемінде көзделген арнаулы әлеуметтік көрсетілетін қызметтер мен арнаулы әлеуметтік көрсетілетін қызметтерді бағалау және оларға деген қажеттілікті айқындау бойынша көрсетілетін қызметтерді сатып алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z326" w:id="324"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z328" w:id="326"/>
+    <w:bookmarkStart w:name="z328" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19) қылмыстық-атқару (пенитенциарлық) жүйесі мекемелерінің мемлекеттік кәсіпорындары өндіретін тауарларды, орындайтын жұмыстарды, көрсететін қызметтерді сатып алу. Тауарлардың, жұмыстардың, көрсетілетін қызметтердің тізбесі мен көлемін, сондай-ақ мұндай тауарлар, жұмыстар, көрсетілетін қызметтер сатып алынатын қылмыстық-атқару (пенитенциарлық) жүйесі мекемелері мемлекеттік кәсіпорындарының тізбесін уәкілетті органмен және монополияға қарсы органмен келісу бойынша ішкі істер органдарының бірыңғай жүйесін басқаратын Қазақстан Республикасының орталық атқарушы органы бекітеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z329" w:id="327"/>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z329" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қылмыстық-атқару (пенитенциарлық) жүйесі мекемелері мемлекеттік кәсіпорындарының сотталғандарды жұмысқа орналастыру мақсатында тауарларды, жұмыстарды, көрсетілетін қызметтерді өндіру үшін шикізатты, материалдар мен жиынтықтаушы бұйымдарды сатып алуы заңды тұлғалармен жасасқан шарттар негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z330" w:id="328"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z330" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қылмыстық-атқару (пенитенциарлық) жүйесі мекемелері мемлекеттік кәсіпорындарының сотталғандарды және (немесе) жаза мерзімін өтегендерді не пробация қызметінде есепте тұрғандарды мемлекеттік сатып алуды жүзеге асыру қағидаларында айқындалған шарттарда қосалқы мердігердің (бірлесіп орындаушының) жұмысқа орналастыруы мақсатында тапсырыс берушімен жасалған шарт шеңберінде орындалатын жұмыстар немесе көрсетілетін қызметтер көлемінің үштен бірінен аспайтын көлемде тауарларды өндіру, жұмыстарды орындау және қызметтерді көрсету бойынша қосалқы мердігерлерді (бірлесіп орындаушыларды) тартуына жол беріледі; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z331" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) Қазақстан Республикасы Президентінің, Қазақстан Республикасы Парламентінің, Қазақстан Республикасы Үкіметінің қызметін қамтамасыз ететін мемлекеттік органның өзі оларға қатысты Қазақстан Республикасының мемлекеттік мүлік туралы заңнамасына сәйкес басқаруды жүзеге асыратын мемлекеттік кәсіпорындардан осындай мемлекеттік кәсіпорындар қызметінің негізгі нысанасы бойынша тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z332" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) Қазақстан Республикасының Президентін, өзге де күзетілетін адамдарды және күзетілетін адамдардың болуына арналған объектілерді күзетуді және олардың қауіпсіздігін қамтамасыз ету (оның ішінде қауіпсіздігін қамтамасыз етуге қатысу) үшін қажетті тауарларды, жұмыстарды, көрсетілетін қызметтерді, сондай-ақ Қазақстан Республикасы Президентінің бейнеархивін қалыптастыру және қызметіне ақпараттық қызмет көрсету бойынша көрсетілетін қызметтерді сатып алу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z331" w:id="329"/>
-[...15 lines deleted...]
-      20) Қазақстан Республикасы Президентінің, Қазақстан Республикасы Парламентінің, Қазақстан Республикасы Үкіметінің қызметін қамтамасыз ететін мемлекеттік органның өзі оларға қатысты Қазақстан Республикасының мемлекеттік мүлік туралы заңнамасына сәйкес басқаруды жүзеге асыратын мемлекеттік кәсіпорындардан осындай мемлекеттік кәсіпорындар қызметінің негізгі нысанасы бойынша тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алуы;</w:t>
+    <w:bookmarkStart w:name="z333" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) Қазақстан Республикасы Президентінің және өзге де күзетілетін адамдардың қызметін қамтамасыз ету, Қазақстан Республикасының Президенті мен өзге де күзетілетін адамдарға қызмет көрсетуге арналған мемлекеттік резиденцияларды, автомобиль көлік құралдары мен әуе кемелерін күтіп ұстау, оларға қызмет көрсету және олардың жұмыс істеуі үшін қажетті тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алу, сондай-ақ Қазақстан Республикасының заңнамасына сәйкес Қазақстан Республикасы Президентінің және өзге де күзетілетін адамдардың қатысуымен іс-шаралар өткізу үшін қажетті тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z332" w:id="330"/>
-[...15 lines deleted...]
-      21) Қазақстан Республикасының Президентін, өзге де күзетілетін адамдарды және күзетілетін адамдардың болуына арналған объектілерді күзетуді және олардың қауіпсіздігін қамтамасыз ету (оның ішінде қауіпсіздігін қамтамасыз етуге қатысу) үшін қажетті тауарларды, жұмыстарды, көрсетілетін қызметтерді, сондай-ақ Қазақстан Республикасы Президентінің бейнеархивін қалыптастыру және қызметіне ақпараттық қызмет көрсету бойынша көрсетілетін қызметтерді сатып алу;</w:t>
+    <w:bookmarkStart w:name="z334" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) Қазақстан Республикасы Президентінің, Қазақстан Республикасы Парламентінің, Қазақстан Республикасы Үкіметінің қызметін қамтамасыз ететін мемлекеттік орган не оның ведомствосы оларға қатысты Қазақстан Республикасының мемлекеттік мүлік туралы заңнамасына сәйкес басқаруды жүзеге асыратын мемлекеттік кәсіпорындардың, дауыс беретін акцияларының (жарғылық капиталға қатысу үлестерінің) елу және одан көп пайызы мемлекетке тиесілі заңды тұлғалардың тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алуы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z333" w:id="331"/>
-[...15 lines deleted...]
-      22) Қазақстан Республикасы Президентінің және өзге де күзетілетін адамдардың қызметін қамтамасыз ету, Қазақстан Республикасының Президенті мен өзге де күзетілетін адамдарға қызмет көрсетуге арналған мемлекеттік резиденцияларды, автомобиль көлік құралдары мен әуе кемелерін күтіп ұстау, оларға қызмет көрсету және олардың жұмыс істеуі үшін қажетті тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алу, сондай-ақ Қазақстан Республикасының заңнамасына сәйкес Қазақстан Республикасы Президентінің және өзге де күзетілетін адамдардың қатысуымен іс-шаралар өткізу үшін қажетті тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алу;</w:t>
+    <w:bookmarkStart w:name="z335" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) төреліктерде, шетелдік төреліктерде, шет мемлекеттік және сот органдарында, сондай-ақ дауларды төрелікте (сотта) реттегенге дейінгі процесте талқылаулардың перспективаларын бағалау, мемлекеттің не тапсырыс берушілердің мүдделерін қорғау және білдіру жөніндегі консультациялық және заңдық көрсетілетін қызметтерді сатып алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z334" w:id="332"/>
-[...15 lines deleted...]
-      23) Қазақстан Республикасы Президентінің, Қазақстан Республикасы Парламентінің, Қазақстан Республикасы Үкіметінің қызметін қамтамасыз ететін мемлекеттік орган не оның ведомствосы оларға қатысты Қазақстан Республикасының мемлекеттік мүлік туралы заңнамасына сәйкес басқаруды жүзеге асыратын мемлекеттік кәсіпорындардың, дауыс беретін акцияларының (жарғылық капиталға қатысу үлестерінің) елу және одан көп пайызы мемлекетке тиесілі заңды тұлғалардың тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алуы;</w:t>
+    <w:bookmarkStart w:name="z336" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) Қазақстан Республикасының заңдарында айқындалған тұлғадан тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z335" w:id="333"/>
-[...15 lines deleted...]
-      24) төреліктерде, шетелдік төреліктерде, шет мемлекеттік және сот органдарында, сондай-ақ дауларды төрелікте (сотта) реттегенге дейінгі процесте талқылаулардың перспективаларын бағалау, мемлекеттің не тапсырыс берушілердің мүдделерін қорғау және білдіру жөніндегі консультациялық және заңдық көрсетілетін қызметтерді сатып алу;</w:t>
+    <w:bookmarkStart w:name="z337" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) монополияға қарсы органның ұқсас тауарларды, жұмыстарды, көрсетілетін қызметтерді өндіруді жүзеге асыратын жеке кәсіпкерлік субъектілерінің жоқ екендігі туралы қорытындысы болған кезде мемлекеттік органның тиісті өздерінің өкілеттіктері, оның ішінде мемлекеттік органның өкілеттіктері Қазақстан Республикасының заңдарында, Қазақстан Республикасы Президентінің жарлықтарында белгіленген, дауыс беретін акцияларының (жарғылық капиталға қатысу үлестерінің) бір жүз пайызы мемлекетке тиесілі акционерлік қоғамдардан, жауапкершілігі шектеулі серіктестіктерден және өзі оларға қатысты Қазақстан Республикасының мемлекеттік мүлік туралы заңнамасына сәйкес басқаруды жүзеге асыратын мемлекеттік кәсіпорындардан тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алуы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z336" w:id="334"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z338" w:id="336"/>
+    <w:bookmarkStart w:name="z338" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Монополияға қарсы органның ұқсас тауарларды, жұмыстарды, көрсетілетін қызметтерді өндіруді жүзеге асыратын жеке кәсіпкерлік субъектілерінің жоқ екендігі туралы қорытындысының болуы жөніндегі талап ұлттық қауіпсіздік органдарының, сайлау комиссияларының қызметін қамтамасыз ететін ұйымдардан тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алуға қолданылмайды; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z339" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) ғарышкерлерді даярлау және ғарышкерлердің ғарышқа ұшуын жүзеге асыруды ұйымдастыру бойынша көрсетілетін қызметтерді, сондай-ақ мамандандырылған авиациялық өндірушілер мен кәсіпорындардан авиациялық техникаға техникалық қызмет көрсету және оны жөндеу бойынша тауарлар мен көрсетілетін қызметтерді сатып алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z340" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) егер біртекті тауарлардың құндық мәндегі жылдық көлемі айлық есептік көрсеткіштің бір жүз еселенген мөлшерінен аспаса, осындай біртекті тауарларды, егер біртекті жұмыстар мен көрсетілетін қызметтердің құндық мәндегі жылдық көлемі айлық есептік көрсеткіштің бес жүз еселенген мөлшерінен аспаса, осындай жұмыстар мен көрсетілетін қызметтерді, ал аудандық маңызы бар қалалар, ауылдар, кенттер, ауылдық округтер әкімдерінің аппараттары үшін республикалық бюджет туралы заңда тиісті қаржы жылына белгіленген айлық есептік көрсеткіштің төрт мың еселенген мөлшерінен аспаса, сатып алу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z339" w:id="337"/>
-[...15 lines deleted...]
-      27) ғарышкерлерді даярлау және ғарышкерлердің ғарышқа ұшуын жүзеге асыруды ұйымдастыру бойынша көрсетілетін қызметтерді, сондай-ақ мамандандырылған авиациялық өндірушілер мен кәсіпорындардан авиациялық техникаға техникалық қызмет көрсету және оны жөндеу бойынша тауарлар мен көрсетілетін қызметтерді сатып алу;</w:t>
+    <w:bookmarkStart w:name="z341" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) оқушыларды, студенттерді, аспиранттарды шығармашылық сайыстарға (конкурстарға, олимпиадаларға, фестивальдарға, ойындарға), көрмелерге, конференцияларға, форумдарға, шеберлік сыныптарға, тағылымдамаларға қатысу, оқу-практикалық тапсырмаларды орындау үшін жіберуге байланысты көрсетілетін қызметтерді, көрсетілген іс-шаралар өтетін жерге бару және кері қайту жолын, тұрғын үй-жай жалдауды, көліктік қызмет көрсетуді, тамақпен қамтамасыз етуді қоса алғанда, сатып алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z340" w:id="338"/>
-[...15 lines deleted...]
-      28) егер біртекті тауарлардың құндық мәндегі жылдық көлемі айлық есептік көрсеткіштің бір жүз еселенген мөлшерінен аспаса, осындай біртекті тауарларды, егер біртекті жұмыстар мен көрсетілетін қызметтердің құндық мәндегі жылдық көлемі айлық есептік көрсеткіштің бес жүз еселенген мөлшерінен аспаса, осындай жұмыстар мен көрсетілетін қызметтерді, ал аудандық маңызы бар қалалар, ауылдар, кенттер, ауылдық округтер әкімдерінің аппараттары үшін республикалық бюджет туралы заңда тиісті қаржы жылына белгіленген айлық есептік көрсеткіштің төрт мың еселенген мөлшерінен аспаса, сатып алу;</w:t>
+    <w:bookmarkStart w:name="z342" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) мемлекеттік музей, кітапхана, архив қорларын, кино-, фотоқорды және өзге де осыған ұқсас қорларды толықтыруға арналған тарихи, көркемдік немесе өзге де мәдени маңызы бар мәдени құндылықтар болып табылатын тауарларды, оның ішінде музей заттары мен музей коллекцияларын, сондай-ақ көшірмелерін қоса алғанда, сирек кездесетін және құнды басылымдарды, қолжазбаларды, архив құжаттарын сатып алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z341" w:id="339"/>
-[...15 lines deleted...]
-      29) оқушыларды, студенттерді, аспиранттарды шығармашылық сайыстарға (конкурстарға, олимпиадаларға, фестивальдарға, ойындарға), көрмелерге, конференцияларға, форумдарға, шеберлік сыныптарға, тағылымдамаларға қатысу, оқу-практикалық тапсырмаларды орындау үшін жіберуге байланысты көрсетілетін қызметтерді, көрсетілген іс-шаралар өтетін жерге бару және кері қайту жолын, тұрғын үй-жай жалдауды, көліктік қызмет көрсетуді, тамақпен қамтамасыз етуді қоса алғанда, сатып алу;</w:t>
+    <w:bookmarkStart w:name="z343" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) монополияға қарсы органның тиісті тауарларды, жұмыстарды, көрсетілетін қызметтерді бәсекелестік негізде сатып алудың өзге мүмкіндігінің жоқ екендігі туралы қорытындысы болған кезде көрмелердің, семинарлардың, конференциялардың, кеңестердің, форумдардың, симпозиумдардың, тренингтердің материалдарын сатып алу, сондай-ақ көрсетілген іс-шараларға қатысқаны үшін ақы төлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z342" w:id="340"/>
-[...15 lines deleted...]
-      30) мемлекеттік музей, кітапхана, архив қорларын, кино-, фотоқорды және өзге де осыған ұқсас қорларды толықтыруға арналған тарихи, көркемдік немесе өзге де мәдени маңызы бар мәдени құндылықтар болып табылатын тауарларды, оның ішінде музей заттары мен музей коллекцияларын, сондай-ақ көшірмелерін қоса алғанда, сирек кездесетін және құнды басылымдарды, қолжазбаларды, архив құжаттарын сатып алу;</w:t>
+    <w:bookmarkStart w:name="z344" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) мәдениет ұйымының, мәдениет саласындағы білім беру ұйымының, телерадио хабарларын тарату операторының сахналық көрсетілімдерді жүзеге асыру, өнер туындыларын көпшілік алдында орындау мен көрсету және мәдени құндылықтарды көрсету үшін тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алуы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z343" w:id="341"/>
-[...15 lines deleted...]
-      31) монополияға қарсы органның тиісті тауарларды, жұмыстарды, көрсетілетін қызметтерді бәсекелестік негізде сатып алудың өзге мүмкіндігінің жоқ екендігі туралы қорытындысы болған кезде көрмелердің, семинарлардың, конференциялардың, кеңестердің, форумдардың, симпозиумдардың, тренингтердің материалдарын сатып алу, сондай-ақ көрсетілген іс-шараларға қатысқаны үшін ақы төлеу;</w:t>
+    <w:bookmarkStart w:name="z345" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33) зоопаркке, театрға, кинотеатрға, концертке, циркке, музейге, көрмеге және спорттық іс-шараға баруға тапсырысты орналастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z344" w:id="342"/>
-[...15 lines deleted...]
-      32) мәдениет ұйымының, мәдениет саласындағы білім беру ұйымының, телерадио хабарларын тарату операторының сахналық көрсетілімдерді жүзеге асыру, өнер туындыларын көпшілік алдында орындау мен көрсету және мәдени құндылықтарды көрсету үшін тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алуы;</w:t>
+    <w:bookmarkStart w:name="z346" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34) күрделі құрылыс объектілерінің жобалау құжаттамасын әзірлеуді авторлық қадағалау, тиісті авторлардың күрделі құрылыс объектілерін салуды, реконструкциялауды және күрделі жөндеуді авторлық қадағалау жөніндегі көрсетілетін қызметтерді, сондай-ақ жобалау алдындағы немесе жобалау-сметалық құжаттаманы әзірлеген тұлғадан осы жобалау алдындағы немесе жобалау-сметалық құжаттаманы түзету жөніндегі жұмыстарды сатып алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z345" w:id="343"/>
-[...15 lines deleted...]
-      33) зоопаркке, театрға, кинотеатрға, концертке, циркке, музейге, көрмеге және спорттық іс-шараға баруға тапсырысты орналастыру;</w:t>
+    <w:bookmarkStart w:name="z347" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35) егер мемлекеттік сатып алу қорытындылары шығарылғанға және шарт күшіне енгенге дейінгі кезеңге күн сайынғы және (немесе) апта сайынғы қажеттіліктерді мемлекеттік сатып алу тапсырыс берушінің мемлекеттік сатып алуды өткізу мерзімі ішіндегі, бірақ екі айдан аспайтын мерзімдегі қажеттілігін қамтамасыз етуге қажетті осындай тауарларды, жұмыстарды, көрсетілетін қызметтерді мемлекеттік сатып алу көлемінен аспайтын көлемде, уәкілетті орган бекіткен тізбе бойынша жүзеге асырылатын жағдайда, осындай мемлекеттік сатып алуды жүзеге асыруға қажеттілік болса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z346" w:id="344"/>
-[...15 lines deleted...]
-      34) күрделі құрылыс объектілерінің жобалау құжаттамасын әзірлеуді авторлық қадағалау, тиісті авторлардың күрделі құрылыс объектілерін салуды, реконструкциялауды және күрделі жөндеуді авторлық қадағалау жөніндегі көрсетілетін қызметтерді, сондай-ақ жобалау алдындағы немесе жобалау-сметалық құжаттаманы әзірлеген тұлғадан осы жобалау алдындағы немесе жобалау-сметалық құжаттаманы түзету жөніндегі жұмыстарды сатып алу;</w:t>
+    <w:bookmarkStart w:name="z348" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақша өнім беруші алдыңғы жылы жасалған шарттың қолданысын ұзартудан бас тартқан жағдайда, егер мұндай мемлекеттік сатып алу жылдың бірінші айы ішінде жүзеге асырылатын болса немесе тапсырыс беруші ағымдағы қаржы жылы ішінде құрылған (қайта ұйымдастырылған) жағдайда, бірақ екі айдан асырылмай қолданылады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z347" w:id="345"/>
-[...15 lines deleted...]
-      35) егер мемлекеттік сатып алу қорытындылары шығарылғанға және шарт күшіне енгенге дейінгі кезеңге күн сайынғы және (немесе) апта сайынғы қажеттіліктерді мемлекеттік сатып алу тапсырыс берушінің мемлекеттік сатып алуды өткізу мерзімі ішіндегі, бірақ екі айдан аспайтын мерзімдегі қажеттілігін қамтамасыз етуге қажетті осындай тауарларды, жұмыстарды, көрсетілетін қызметтерді мемлекеттік сатып алу көлемінен аспайтын көлемде, уәкілетті орган бекіткен тізбе бойынша жүзеге асырылатын жағдайда, осындай мемлекеттік сатып алуды жүзеге асыруға қажеттілік болса.</w:t>
+    <w:bookmarkStart w:name="z349" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36) Қазақстан Республикасының ұлттық және құрама спорт командаларының қатысуы және (немесе) даярлығы үшін, сондай-ақ дене шынықтыру және спорт саласындағы уәкілетті орган бекіткен күнтізбелік жоспар негізінде Қазақстан Республикасының ұлттық және құрама спорт командаларының олимпиадалық, паралимпиадалық, сурдлимпиадалық ойындарға және басқа да халықаралық спорттық іс-шараларға қатысуы үшін қажетті спорттық мүкәммалды және жабдықтарды (жарақтарды), спорт керек-жарақтарын сатып алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z348" w:id="346"/>
-[...15 lines deleted...]
-      Осы тармақша өнім беруші алдыңғы жылы жасалған шарттың қолданысын ұзартудан бас тартқан жағдайда, егер мұндай мемлекеттік сатып алу жылдың бірінші айы ішінде жүзеге асырылатын болса немесе тапсырыс беруші ағымдағы қаржы жылы ішінде құрылған (қайта ұйымдастырылған) жағдайда, бірақ екі айдан асырылмай қолданылады;</w:t>
+    <w:bookmarkStart w:name="z350" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37) қорғаныс, ұлттық қауіпсіздік мұқтаждары, сондай-ақ құқық тәртібін қамтамасыз ету үшін мемлекеттік құпияларға жатқызылған ақпаратты криптографиялық қорғау құралдары болып табылатын байланыс қызметтерін, тауарларды сатып алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z349" w:id="347"/>
-[...15 lines deleted...]
-      36) Қазақстан Республикасының ұлттық және құрама спорт командаларының қатысуы және (немесе) даярлығы үшін, сондай-ақ дене шынықтыру және спорт саласындағы уәкілетті орган бекіткен күнтізбелік жоспар негізінде Қазақстан Республикасының ұлттық және құрама спорт командаларының олимпиадалық, паралимпиадалық, сурдлимпиадалық ойындарға және басқа да халықаралық спорттық іс-шараларға қатысуы үшін қажетті спорттық мүкәммалды және жабдықтарды (жарақтарды), спорт керек-жарақтарын сатып алу;</w:t>
+    <w:bookmarkStart w:name="z351" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38) Қазақстан Республикасының заңнамасына сәйкес актіде айқындалған тұрғын емес мақсаттағы ғимаратты, құрылысты, құрылысжайды, үй-жайды жалдау бойынша көрсетілетін қызметтерді сатып алу, жалға алынатын тұрғын емес мақсаттағы ғимаратты, құрылысты, құрылысжайды, үй-жайды техникалық күтіп ұстау, күзету және оған қызмет көрсету бойынша көрсетілетін қызметтерді сатып алу, егер тапсырыс берушіге өтеусіз пайдалануға және (немесе) жедел басқаруға берілген тұрғын емес үй-жайлар орналасқан ғимараттағы тұрғын емес үй-жайларды пайдаланатын басқа тұлғаға немесе тұлғаларға осындай қызметтер көрсетілетін болса, тапсырыс берушіге өтеусіз пайдалануға және (немесе) жедел басқаруға берілген тұрғын емес бір немесе бірнеше үй-жайды техникалық күтіп ұстау (оның ішінде аса маңызды мемлекеттік объектілерге жататын ғимараттарда орналасқан мемлекеттік органдардың), күзету және оларға қызмет көрсету бойынша көрсетілетін қызметтерді сатып алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z350" w:id="348"/>
-[...15 lines deleted...]
-      37) қорғаныс, ұлттық қауіпсіздік мұқтаждары, сондай-ақ құқық тәртібін қамтамасыз ету үшін мемлекеттік құпияларға жатқызылған ақпаратты криптографиялық қорғау құралдары болып табылатын байланыс қызметтерін, тауарларды сатып алу;</w:t>
+    <w:bookmarkStart w:name="z352" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39) Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктерінен инватакси көрсететін қызметтерді сатып алу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z351" w:id="349"/>
-[...15 lines deleted...]
-      38) Қазақстан Республикасының заңнамасына сәйкес актіде айқындалған тұрғын емес мақсаттағы ғимаратты, құрылысты, құрылысжайды, үй-жайды жалдау бойынша көрсетілетін қызметтерді сатып алу, жалға алынатын тұрғын емес мақсаттағы ғимаратты, құрылысты, құрылысжайды, үй-жайды техникалық күтіп ұстау, күзету және оған қызмет көрсету бойынша көрсетілетін қызметтерді сатып алу, егер тапсырыс берушіге өтеусіз пайдалануға және (немесе) жедел басқаруға берілген тұрғын емес үй-жайлар орналасқан ғимараттағы тұрғын емес үй-жайларды пайдаланатын басқа тұлғаға немесе тұлғаларға осындай қызметтер көрсетілетін болса, тапсырыс берушіге өтеусіз пайдалануға және (немесе) жедел басқаруға берілген тұрғын емес бір немесе бірнеше үй-жайды техникалық күтіп ұстау (оның ішінде аса маңызды мемлекеттік объектілерге жататын ғимараттарда орналасқан мемлекеттік органдардың), күзету және оларға қызмет көрсету бойынша көрсетілетін қызметтерді сатып алу;</w:t>
+    <w:bookmarkStart w:name="z353" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шарттың жобасы мемлекеттік сатып алудың электрондық көрсетілетін қызметтеріне қол жеткізудің бірыңғай нүктесін ұсынатын мемлекеттік органның ақпараттық жүйесінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z352" w:id="350"/>
-[...15 lines deleted...]
-      39) Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктерінен инватакси көрсететін қызметтерді сатып алу.</w:t>
+    <w:bookmarkStart w:name="z354" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Салық кодексінің 474-бабы 7) тармақшасының бірінші бөлігінде көзделген шарттарға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z353" w:id="351"/>
-[...15 lines deleted...]
-      Шарттың жобасы мемлекеттік сатып алудың электрондық көрсетілетін қызметтеріне қол жеткізудің бірыңғай нүктесін ұсынатын мемлекеттік органның ақпараттық жүйесінде:</w:t>
+    <w:bookmarkStart w:name="z355" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктеріне тиесілігіне сәйкестігі тұрғысынан тексеруден өткен Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктеріне жіберіледі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="351"/>
-    <w:p>
-[...169 lines deleted...]
-      Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктеріне тиесілігіне сәйкестігі тұрғысынан тексеруден өткен Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктеріне жіберіледі;</w:t>
+    <w:bookmarkStart w:name="z356" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40) мемлекеттік органдардың арнаулы мақсаттағы бөлімшелерінің жарылғыш заттар мен жарылғыш құрылғыларды табуға және зарарсыздандыруға, терроризмге қарсы операцияларды, сондай-ақ кепілге алынған адамдарды босату, қарулы қылмыскерлерді, экстремистерді, террористерді, ұйымдасқан қылмыстық топтардың мүшелерін, ауыр және аса ауыр қылмыстар жасаған адамдарды ұстап алу және залалсыздандыру жөніндегі арнайы операцияларды жүргізуге байланысты қызметін қамтамасыз етуге қажетті тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z356" w:id="353"/>
-[...15 lines deleted...]
-      40) мемлекеттік органдардың арнаулы мақсаттағы бөлімшелерінің жарылғыш заттар мен жарылғыш құрылғыларды табуға және зарарсыздандыруға, терроризмге қарсы операцияларды, сондай-ақ кепілге алынған адамдарды босату, қарулы қылмыскерлерді, экстремистерді, террористерді, ұйымдасқан қылмыстық топтардың мүшелерін, ауыр және аса ауыр қылмыстар жасаған адамдарды ұстап алу және залалсыздандыру жөніндегі арнайы операцияларды жүргізуге байланысты қызметін қамтамасыз етуге қажетті тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алу;</w:t>
+    <w:bookmarkStart w:name="z357" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41) Қазақстан Республикасы Президентінің шешімі (тапсырмасы) бойынша Қазақстан Республикасының Үкіметі айқындаған тұлғадан Қазақстан Республикасының бюджет заңнамасына сәйкес жалпыелдік маңызы бар аса маңызды объектілер мен жобаларды іске асыруға бағытталған тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z357" w:id="354"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z358" w:id="355"/>
+    <w:bookmarkStart w:name="z358" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       42) Қазақстан Республикасы Кәсіпкерлік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>295-2-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес инвестициялар туралы келісім жасасқан заңды тұлғадан тауарларды сатып алу;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z359" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43) Қазақстан Республикасының заңнамасына сәйкес жасалатын офтейк-келісімшарттардың нысанасы болып табылатын тауарларды сатып алу.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z359" w:id="356"/>
-[...15 lines deleted...]
-      43) Қазақстан Республикасының заңнамасына сәйкес жасалатын офтейк-келісімшарттардың нысанасы болып табылатын тауарларды сатып алу.</w:t>
+    <w:bookmarkStart w:name="z360" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Шартты тікелей жасасу арқылы бір көзден алу тәсілімен мемлекеттік сатып алу мемлекеттік сатып алуды жүзеге асыру қағидаларында айқындалған тәртіппен, оның ішінде форматтық-логикалық бақылау ескеріле отырып жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z360" w:id="357"/>
-[...15 lines deleted...]
-      4. Шартты тікелей жасасу арқылы бір көзден алу тәсілімен мемлекеттік сатып алу мемлекеттік сатып алуды жүзеге асыру қағидаларында айқындалған тәртіппен, оның ішінде форматтық-логикалық бақылау ескеріле отырып жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z361" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Шартты тікелей жасасу арқылы бір көзден алу тәсілімен мемлекеттік сатып алуды жүзеге асыру туралы шешімді тапсырыс берушінің бірінші басшысы не оның міндетін атқаратын адам не орталық мемлекеттік органның аппарат басшысы немесе аппарат басшысының өкілеттіктерін жүзеге асыратын өзге лауазымды адам қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z361" w:id="358"/>
-[...15 lines deleted...]
-      5. Шартты тікелей жасасу арқылы бір көзден алу тәсілімен мемлекеттік сатып алуды жүзеге асыру туралы шешімді тапсырыс берушінің бірінші басшысы не оның міндетін атқаратын адам не орталық мемлекеттік органның аппарат басшысы немесе аппарат басшысының өкілеттіктерін жүзеге асыратын өзге лауазымды адам қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z362" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Шартты тікелей жасасу арқылы бір көзден алу тәсілімен мемлекеттік сатып алу осы Заңның 5-бабы 1-тармағының 1), 4), 6) және 7) тармақшаларында көзделген мемлекеттік сатып алуды жүзеге асыру қағидаттары сақтала отырып жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z362" w:id="359"/>
-[...15 lines deleted...]
-      6. Шартты тікелей жасасу арқылы бір көзден алу тәсілімен мемлекеттік сатып алу осы Заңның 5-бабы 1-тармағының 1), 4), 6) және 7) тармақшаларында көзделген мемлекеттік сатып алуды жүзеге асыру қағидаттары сақтала отырып жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z363" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шартты тікелей жасасу арқылы бір көзден алу тәсілімен мемлекеттік сатып алуды жүзеге асыру туралы шешім қабылдаған адам жоғарыда көрсетілген қағидаттардың сақталуына дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z363" w:id="360"/>
-[...15 lines deleted...]
-      Шартты тікелей жасасу арқылы бір көзден алу тәсілімен мемлекеттік сатып алуды жүзеге асыру туралы шешім қабылдаған адам жоғарыда көрсетілген қағидаттардың сақталуына дербес жауапты болады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 16-бапқа өзгеріс енгізілді – ҚР 15.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 172-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 18.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z364" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17-бап. Шартты жасасу және орындау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z365" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Шартты жасасу және орындау осы Заңға, Қазақстан Республикасының азаматтық заңнамасына, мемлекеттік сатып алуды жүзеге асыру қағидаларына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z366" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Шарттардың жобалары уәкілетті орган бекітетін үлгілік шарттарға сәйкес жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z367" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті орган тауарлардың, жұмыстардың, көрсетілетін қызметтердің жекелеген түрлері бойынша үлгілік шарттарды бекітуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z368" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының бейрезидентімен шарт жасасу жағдайында, шартты Қазақстан Республикасы заңнамасының талаптары ескеріле отырып, ол ұсынатын нысанда, қағаз жеткізгіште ресімдеуге жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z369" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Заңның 16-бабының 3-тармағына сәйкес жасалған шарттар Қазақстан Республикасы заңнамасының талаптары ескеріле отырып, өзге де нысанда жасалуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z370" w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Шарт бір қаржы жылына арналған мерзімге жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z371" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Келесі жылдарға арналған бекітілген (нақтыланған) бюджетте (даму жоспарында) тиісті қаржыландыру болған кезде бір қаржы жылынан астам мерзімге шарт жасасуға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z372" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Шарт тапсырыс беруші мен өнім беруші қол қойғаннан кейін күшіне енеді. Егер шарт тіркелуге жататын болса, ол Қазақстан Республикасының заңнамасына сәйкес тіркелгенінен кейін күшіне енеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z373" w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Егер жеңімпаз деп танылған әлеуетті өнім беруші мемлекеттік сатып алуды жүзеге асыру қағидаларында белгіленген мерзімдерде тапсырыс берушіге қол қойылған шартты ұсынбаса немесе шартты жасасып, шартты орындауды қамтамасыз етуді және (немесе) демпингке қарсы соманы (бар болса) енгізбесе, онда мұндай әлеуетті өнім беруші шарт жасасудан жалтарған болып танылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z374" w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Шарт осы шарт бойынша міндеттемелер орындалған күннен бастап күнтізбелік отыз күннен аспайтын мерзімде тауарларды бергені, жұмыстарды орындағаны не қызметтер көрсеткені үшін толық төлем жасау туралы талаптарды қамтуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z375" w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте шарт бойынша тауарларды берудің, жұмыстарды орындаудың, қызметтерді көрсетудің ең аз мерзімі тауарды беруге, оның ішінде оны дайындауға (өндіруге), жеткізуге, жұмысты орындауға, қызметті көрсетуге кеткен мерзімнен кем болмауға, бірақ кемінде күнтізбелік он бес күн болуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z376" w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Шарт тараптарына қатысты шарт бойынша міндеттемелерді орындамағаны не тиісінше орындамағаны үшін жауапкершілік көзделуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z377" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Өнім беруші жұмыстарды орындау не қызметтерді көрсету үшін қосалқы мердігерлерге (бірлесіп орындаушыларға) беретін жұмыстар мен көрсетілетін қызметтердің шекті көлемдері жиынтығында орындалатын жұмыстардың немесе көрсетілетін қызметтердің жалпы көлемінің отыз пайызынан аспауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z378" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте қосалқы мердігерлердің (бірлесіп орындаушылардың) өткізілетін мемлекеттік сатып алудың нысанасы болып табылатын жұмыстарды орындау не қызметтерді көрсету көлемдерін өзге қосалқы мердігерлерге (бірлесіп орындаушыларға) беруіне тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 16-бапқа өзгеріс енгізілді – ҚР 15.03.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 172-VIII</w:t>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа </w:t>
+        <w:t xml:space="preserve">      8-тармақты үшінші бөлікпен толықтыру көзделген – ҚР 09.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z364" w:id="361"/>
-[...293 lines deleted...]
-      Бұл ретте қосалқы мердігерлердің (бірлесіп орындаушылардың) өткізілетін мемлекеттік сатып алудың нысанасы болып табылатын жұмыстарды орындау не қызметтерді көрсету көлемдерін өзге қосалқы мердігерлерге (бірлесіп орындаушыларға) беруіне тыйым салынады.</w:t>
+    <w:bookmarkStart w:name="z379" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Тапсырыс беруші мен өнім беруші көрсетілген шарт бойынша қабылданған міндеттемелерді толық орындаған жағдайда шарт орындалды деп есептеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z379" w:id="376"/>
-[...15 lines deleted...]
-      9. Тапсырыс беруші мен өнім беруші көрсетілген шарт бойынша қабылданған міндеттемелерді толық орындаған жағдайда шарт орындалды деп есептеледі.</w:t>
+    <w:bookmarkStart w:name="z380" w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өнім беруші шарт бойынша қабылдаған міндеттемелерді орындамаған не тиісінше орындамаған жағдайда, тапсырыс беруші:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z380" w:id="377"/>
-[...15 lines deleted...]
-      Өнім беруші шарт бойынша қабылдаған міндеттемелерді орындамаған не тиісінше орындамаған жағдайда, тапсырыс беруші:</w:t>
+    <w:bookmarkStart w:name="z381" w:id="377"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осындай өнім берушіні осы Заңда айқындалған тәртіппен мемлекеттік сатып алуға жосықсыз қатысушылардың тізіліміне енгізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z381" w:id="378"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z382" w:id="379"/>
+    <w:bookmarkStart w:name="z382" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) мемлекеттік сатып алуды жүзеге асыру қағидаларында айқындалған тәртіппен тұрақсыздық айыбын (айыппұлды, өсімпұлды) өндіріп алу жөнінде шаралар қабылдайды. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z383" w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Шартты жасасу, оның ішінде шарттың орындалуын қамтамасыз етулерді (авансты қамтамасыз етуді, демпингке қарсы соманы) енгізу тәртібі, олардың түрлері мемлекеттік сатып алуды жүзеге асыру қағидаларында айқындалады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z383" w:id="380"/>
-[...15 lines deleted...]
-      10. Шартты жасасу, оның ішінде шарттың орындалуын қамтамасыз етулерді (авансты қамтамасыз етуді, демпингке қарсы соманы) енгізу тәртібі, олардың түрлері мемлекеттік сатып алуды жүзеге асыру қағидаларында айқындалады.</w:t>
+    <w:bookmarkStart w:name="z384" w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте мемлекеттік сатып алуды жүзеге асыру қағидаларында айқындалған жағдайларда, шарттың орындалуын қамтамасыз ету мөлшері шарттың жалпы сомасының үштен беске дейінгі пайызын құрайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z384" w:id="381"/>
-[...15 lines deleted...]
-      Бұл ретте мемлекеттік сатып алуды жүзеге асыру қағидаларында айқындалған жағдайларда, шарттың орындалуын қамтамасыз ету мөлшері шарттың жалпы сомасының үштен беске дейінгі пайызын құрайды.</w:t>
+    <w:bookmarkStart w:name="z385" w:id="381"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер шартта аванс төлеу көзделсе, өнім беруші шарттың орындалуын қамтамасыз етуге қосымша авансқа тең мөлшерде авансты қамтамасыз етуді енгізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z385" w:id="382"/>
-[...15 lines deleted...]
-      Егер шартта аванс төлеу көзделсе, өнім беруші шарттың орындалуын қамтамасыз етуге қосымша авансқа тең мөлшерде авансты қамтамасыз етуді енгізеді.</w:t>
+    <w:bookmarkStart w:name="z386" w:id="382"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18-бап. Шарттың жобасына, жасалған шартқа өзгерістер енгізу, сондай-ақ шартты бұзу жөніндегі негіздер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z386" w:id="383"/>
+    <w:bookmarkStart w:name="z387" w:id="383"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Өнiм берушiнi таңдауға негiз болған сапаның және басқа да шарттардың өзгермеуі талабымен шарттың жобасына өзгерiстер енгiзуге мынадай өзара байланысты талаптар сақталған кезде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z388" w:id="384"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) конкурс, аукцион тәсілімен мемлекеттік сатып алу қорытындылары туралы хаттамаға қол қойылған күннен бастап бес жұмыс күнінен кешіктірмей, тараптардың бірі шарттың жобасына өзгерістер енгізуге бастамашы болса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z389" w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) шарт жобасының сомасын азайту бөлігінде өзгеріс енгізуге жол берілсе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z390" w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) шарт жобасының сомасын азайту бөлігінде өзгеріс енгізу туралы шешім тараптардың өзара келісуі бойынша қабылданса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z391" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) егер жеңімпаз деп айқындалған әлеуетті өнім беруші шарт жасасудан жалтарса, екінші орын алған әлеуетті өнім берушіге жіберілетін шарттың орындалу мерзімін бес жұмыс күніне ұлғайту бөлігінде шарттың жобасына өзгеріс енгізілсе, жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z392" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақта көзделген талаптарды сақтамай, шарттың жобасына өзгеріс енгізуге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z393" w:id="389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Жасалған шартқа өнім берушіні таңдауға негіз болған сапаның және басқа да шарттардың өзгермеуі талабымен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z394" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тараптардың өзара келiсуі бойынша тауарларға, жұмыстарға, көрсетілетін қызметтерге бағаны және тиiсiнше шарттың сомасын азайту бөлiгiнде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z395" w:id="391"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) егер Қазақстан Республикасының заңнамасына сәйкес сараптамадан өткен жобалау-сметалық құжаттамаға өзгерістер енгізілсе және Қазақстан Республикасының заңнамасында айқындалған тәртіппен осындай өзгеріс сомасына қосымша ақша бөлу туралы шешім қабылданса, шарттың сомасын ұлғайту бөлігінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z396" w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сатып алынатын тауарлардың, осы тармақтың 2) тармақшасында көрсетілген жұмыстарды қоспағанда, жұмыстардың, көрсетілетін қызметтердің жасалған шартында көрсетілген тауардың, жұмыстың, көрсетілетін қызметтің бірлігі үшін бағаның өзгермеуі талабымен осы тауарлардың, жұмыстардың, көрсетілетін қызметтердің көлеміне қажеттіліктің азаюына не ұлғаюына байланысты шарттың сомасын азайту не ұлғайту бөлігінде өзгеріс енгізуге жол беріледі. Көрсетілетін көлік қызметтерін, көрсетілетін байланыс қызметтерін, сондай-ақ Қазақстан Республикасы Қарулы Күштерінің, басқа да әскерлер мен әскери құралымдардың тамақтануын ұйымдастыруға байланысты тауарлар мен көрсетілетін қызметтерді қоспағанда, жасалған шартты осындай өзгертуге осы мемлекеттік сатып алу бойынша қалыптасқан үнемдеу шегінде жол беріледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z397" w:id="393"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) егер өнім беруші өзімен жасалған шартты орындау процесінде тауардың, жұмыстың, көрсетілетін қызметтің бір бірлігі үшін бағаның өзгермеуі талабымен өзімен жасалған шарттың нысанасы болып табылатын тауарды берудің, жұмысты орындаудың, қызметті көрсетудің неғұрлым үздік сапалық және (немесе) техникалық сипаттамаларын не мерзімдерін және (немесе) талаптарын ұсынса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z398" w:id="394"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Қазақстан Республикасының салық, кеден және өзге де заңнамасының өзгеруiнен туындаған, аяқталу мерзiмi келесi (кейiнгi) қаржы жылындағы (жылдарындағы) жұмыстарды орындауға, қызметтерді көрсетуге арналған шарттың сомасын азайту немесе ұлғайту бөлiгiнде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z399" w:id="395"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) аяқталу мерзiмi келесi (кейiнгi) қаржы жылындағы (жылдарындағы) жұмыстарды орындау, қызметтерді көрсету туралы шарттың сомасын азайту бөлiгiнде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z400" w:id="396"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) жасалған шарт сомасының өзгермеуі талабымен жылдар бойынша қаржыландыру өзгертілген жағдайда, жұмыстарды орындау, қызметтерді көрсету туралы шарттар бойынша міндеттемелерді орындау мерзімдерін өзгерту бөлiгiнде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z401" w:id="397"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) тапсырыс берушінің және (немесе) өнім берушінің лауазымды адамына қатысты шарттың орындалуына байланысты қылмыстық іс қозғалған жағдайда, жұмыстарды орындау туралы шарт бойынша міндеттемелерді орындау мерзімін өзгерту бөлігінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z402" w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) егер өнім беруші берілетін тауардың өндірушісі болып табылса, тауарды беру туралы шарттың орындалу мерзімін өзгерту бөлігінде өзгеріс енгізуге жол беріледі. Жасалған шартты осылай өзгертуге ағымдағы қаржы жылы шегінде өнім берушінің хабарламасы бойынша он жұмыс күнінен аспайтын мерзімге жол беріледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z403" w:id="399"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) төтенше жағдайдың не карантиндік шектеулердің енгізілуіне байланысты шарттың орындалу мерзімдерін өзгерту бөлігінде өзгеріс енгізуге жол беріледі. Жасалған шартты осылай өзгертуге өнім берушінің хабарламасы бойынша ағымдағы қаржы жылы шегінде жол беріледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z404" w:id="400"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) өнім беруші ақшалай талапты басқаға беріп қаржыландыру (факторинг) шартын жасасқан кезде ақша алушының деректемелерін (банктік шоттарын) өзгерту бөлігінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z405" w:id="401"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) тапсырыс берушінің үздіксіз қызметін қамтамасыз ету мақсатында уәкілетті орган бекіткен тізбе бойынша күн сайынғы немесе апта сайынғы қажеттілік шартының қолданысын конкурс, аукцион тәсілімен мемлекеттік сатып алу қорытындылары шығарылғанға және шарт күшіне енгенге дейінгі, бірақ екі айдан аспайтын кезеңге ұзарту бөлігінде өзгеріс енгізуге жол беріледі. Жасалған шартты осылай өзгертуге мемлекеттік сатып алуды өткізу мерзімі ішінде, бірақ екі айдан аспайтын мерзімде тапсырыс берушінің қажеттіліктерін қамтамасыз ету үшін қажетті осындай тауарларды, жұмыстарды, көрсетілетін қызметтерді мемлекеттік сатып алу көлемінен аспайтын көлемде жол беріледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z406" w:id="402"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) шарт нысанасында қаржыландыру көзін, бюджет шығыстарының бюджеттік сыныптамасының (өзіндік ерекшелік) кодтарын өзгерту бөлігінде (мемлекеттік органдар, мемлекеттік мекемелер үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z407" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) тұрақсыздық айыбын, айыппұлды, өсімпұлды ұстап қалуға (өндіріп алуға) байланысты шарт сомасын азайту бөлігінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z408" w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) тапсырыс берушінің және (немесе) өнім берушінің деректемелерін (банктік шоттарын) өзгерту бөлігінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z409" w:id="405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) табиғи монополиялардың тиісті салаларында басшылықты жүзеге асыратын мемлекеттік орган бекіткен тарифтердің (бағалардың) өзгеруіне байланысты шарт сомасын өзгерту бөлігінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z410" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) өнім берушіні қосылған құн салығы бойынша тіркеу есебіне қоюға немесе өнім берушіні тіркеу есебінен шығаруға байланысты шарт сомасын өзгерту бөлігінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z411" w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) өнім берушінің еңсерілмейтін күш салдарынан өз міндеттемелерін орындауы мүмкін болмауына байланысты, оның ішінде тапсырыс берушінің жұмыстарды орындау орнын пайдалануға тыйым салуына не шартта жоспарланбаған сынақтар және (немесе) сараптамалар жүргізуге байланысты жұмыстарды орындау, қызметтерді көрсету туралы шарттар бойынша міндеттемелерді орындау мерзімдерін өзгерту бөлігінде өзгеріс енгізуге жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z412" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Шарт жобасына не жасалған шартқа осы баптың 1 және 2-тармақтарында көзделмеген өзге де негіздер бойынша өткізілетін (өткізілген) мемлекеттік сатып алу талаптарының және (немесе) өнім берушіні таңдауға негіз болған ұсыныстың мазмұнын өзгертетін өзгерістер енгізуге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z413" w:id="409"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Шарттың қолданылу мерзімі өткенге дейін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z414" w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өнім беруші жасалған шарт бойынша өз міндеттемелерін орындаудан бас тартқан жағдайда, тапсырыс берушінің біржақты тәртіппен;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z415" w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өнім беруші шарт бойынша өз міндеттемелерін орындамаған не тиісінше орындамаған жағдайда, тапсырыс берушінің біржақты тәртіппен;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z416" w:id="412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өнім беруші конкурсқа қатысуға өтінім бермеген жұмыстарды орындау жөніндегі қосалқы мердігерлерді (қызметтер көрсету жөніндегі бірлесіп орындаушыларды) тартқан жағдайда, сондай-ақ осы Заңның 17-бабының 8-тармағында белгіленген көлемнен асатын көлемде жұмыстарды (көрсетілетін қызметтерді) жұмыстарды орындау жөніндегі қосалқы мердігерге (қызметтерді көрсету жөніндегі бірлесіп орындаушыға) берген кезде, тапсырыс берушінің біржақты тәртіппен;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z417" w:id="413"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) қайта ұйымдастыруды қоспағанда, заңды тұлға болып табылатын тапсырыс беруші немесе өнім беруші таратылған не банкрот болған не жеке тұлға болып табылатын өнім беруші қайтыс болған жағдайда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z418" w:id="414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өнім беруші шарт бойынша өз міндеттемелерін орындау үшін қажетті құқық қабілеттілігін жоғалтқан, өнім беруші қайтыс болған (сот хабарсыз кетті деп таныған немесе қайтыс болды деп жариялаған) жағдайда, тапсырыс берушінің біржақты тәртіппен;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z419" w:id="415"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) шарт жасауға негіз болған сатып алуға қатысты осы Заңның 7-бабында көзделген шектеулердің бұзылуы анықталған жағдайда, тапсырыс берушінің біржақты тәртіппен;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z420" w:id="416"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) ұйымдастырушының, бірыңғай ұйымдастырушының мемлекеттік сатып алуды жүзеге асыру кезінде өнім берушіге осы Заңда көзделмеген жәрдем көрсеткені анықталған жағдайда, тапсырыс берушінің біржақты тәртіппен;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z421" w:id="417"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) шартты одан әрі орындау орынсыз болған жағдайда, осы орынсыздықтың себептерін егжей-тегжейлі негіздей отырып, тараптардың келісімі бойынша;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z422" w:id="418"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) өнім беруші шарттың орындалуын қамтамасыз етуді енгізу мерзімі өткенге дейін өз міндеттемелерін орындаған жағдайды қоспағанда, өнім беруші мемлекеттік сатып алуды жүзеге асыру қағидаларында көзделген мерзімдерде шарттың орындалуын қамтамасыз етуді (авансты қамтамасыз етуді, демпингке қарсы соманы) енгізбеген жағдайда, тапсырыс берушінің біржақты тәртіппен;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z423" w:id="419"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) заңды күшіне енген, орындалуы шартты бұзуды талап ететін сот актісі бойынша, шартты бұзуына жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z424" w:id="420"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың бірінші бөлігінің 1), 2) және 3) тармақшаларында көзделген шартты бұзу негіздері тапсырыс берушінің құқығы болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z425" w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың бірінші бөлігінде көзделмеген негіздер бойынша шартты бұзуға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z426" w:id="422"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 18-бап. Шарттың жобасына, жасалған шартқа өзгерістер енгізу, сондай-ақ шартты бұзу жөніндегі негіздер</w:t>
-[...779 lines deleted...]
-      Осы тармақтың бірінші бөлігінде көзделмеген негіздер бойынша шартты бұзуға жол берілмейді.</w:t>
+        <w:t xml:space="preserve"> 19-бап. Толық бітіріп берілетін құрылыс туралы шарт</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z426" w:id="423"/>
+    <w:bookmarkStart w:name="z427" w:id="423"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Толық бітіріп берілетін құрылыс туралы шарт объектілерді салу үшін жасалуы мүмкін, олардың тізбесін облыстардың, республикалық маңызы бар қалалардың және астананың мәслихаттары бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z428" w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Толық бітіріп берілетін құрылыс туралы шартты жасасу мақсатында тапсырыс беруші конкурс тәсілімен мемлекеттік сатып алуды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z429" w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Пайдалануға берілген күрделі құрылыс объектісі толық бітіріп берілетін құрылыс туралы шарт бойынша орындалған жұмыстың нәтижесі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z430" w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Толық бітіріп берілетін құрылыс туралы шартты жасаудың және іске асырудың өзге де ерекшеліктері осы Заңда, мемлекеттік сатып алу қағидаларында және шарттың ережелерінде айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z431" w:id="427"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 19-бап. Толық бітіріп берілетін құрылыс туралы шарт</w:t>
-[...79 lines deleted...]
-      4. Толық бітіріп берілетін құрылыс туралы шартты жасаудың және іске асырудың өзге де ерекшеліктері осы Заңда, мемлекеттік сатып алу қағидаларында және шарттың ережелерінде айқындалады.</w:t>
+        <w:t xml:space="preserve"> 3-тарау. МЕМЛЕКЕТТІК САТЫП АЛУДЫ ЖҮЗЕГЕ </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z431" w:id="428"/>
+    <w:bookmarkStart w:name="z432" w:id="428"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-тарау. МЕМЛЕКЕТТІК САТЫП АЛУДЫ ЖҮЗЕГЕ </w:t>
+        <w:t xml:space="preserve"> АСЫРУДЫ МЕМЛЕКЕТТІК РЕТТЕУ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z432" w:id="429"/>
+    <w:bookmarkStart w:name="z433" w:id="429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> АСЫРУДЫ МЕМЛЕКЕТТІК РЕТТЕУ</w:t>
+        <w:t xml:space="preserve"> 20-бап. Қазақстан Республикасы Үкіметінің құзыреті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="429"/>
-    <w:bookmarkStart w:name="z433" w:id="430"/>
+    <w:bookmarkStart w:name="z434" w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының Үкіметі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkStart w:name="z435" w:id="431"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік сатып алу саласындағы мемлекеттік саясаттың негізгі бағыттарын әзірлейді және оларды жүзеге асыруды ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkStart w:name="z436" w:id="432"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өзіне Қазақстан Республикасының Конституциясында, Қазақстан Республикасының заңдарында және Қазақстан Республикасы Президентінің актілерінде жүктелген өзге де функцияларды орындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkStart w:name="z437" w:id="433"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 20-бап. Қазақстан Республикасы Үкіметінің құзыреті</w:t>
-[...59 lines deleted...]
-      2) өзіне Қазақстан Республикасының Конституциясында, Қазақстан Республикасының заңдарында және Қазақстан Республикасы Президентінің актілерінде жүктелген өзге де функцияларды орындайды.</w:t>
+        <w:t xml:space="preserve"> 21-бап. Уәкілетті органның құзыреті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="433"/>
-    <w:bookmarkStart w:name="z437" w:id="434"/>
+    <w:bookmarkStart w:name="z438" w:id="434"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті орган:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z439" w:id="435"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік сатып алу саласындағы мемлекеттік саясатты қалыптастырады және іске асырады және оның жүзеге асырылуын ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z440" w:id="436"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекеттік сатып алу саласындағы нормативтік құқықтық актілерді әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:name="z441" w:id="437"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z442" w:id="438"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 21-бап. Уәкілетті органның құзыреті</w:t>
-[...79 lines deleted...]
-      3) осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
+        <w:t xml:space="preserve"> 22-бап. Бірыңғай оператордың өкілеттіктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="438"/>
-    <w:bookmarkStart w:name="z442" w:id="439"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бірыңғай оператор: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z444" w:id="440"/>
+    <w:bookmarkStart w:name="z444" w:id="439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) веб-порталды дамытуды, қолдап отыруды және оларға жүйелік-техникалық қызмет көрсетуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z445" w:id="440"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) веб-порталды дамыту бойынша жобаларды басқаруды жүзеге асырады, сондай-ақ уәкілетті органмен келісу бойынша веб-порталдың талаптарын айқындайды және ақпараттық жүйелермен өзара іс-қимылын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="440"/>
-    <w:bookmarkStart w:name="z445" w:id="441"/>
-[...15 lines deleted...]
-      2) веб-порталды дамыту бойынша жобаларды басқаруды жүзеге асырады, сондай-ақ уәкілетті органмен келісу бойынша веб-порталдың талаптарын айқындайды және ақпараттық жүйелермен өзара іс-қимылын қамтамасыз етеді;</w:t>
+    <w:bookmarkStart w:name="z446" w:id="441"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) әлеуетті өнім берушілерге веб-порталды пайдалану (оған қол жеткізу) бойынша ақылы негізде қызметтер көрсетеді. Әлеуетті өнім берушілердің веб-порталды пайдалануы (оған қол жеткізуі) бойынша көрсетілетін қызметтердің бағасын бірыңғай оператор уәкілетті органмен келісу бойынша белгілейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="441"/>
-    <w:bookmarkStart w:name="z446" w:id="442"/>
-[...15 lines deleted...]
-      3) әлеуетті өнім берушілерге веб-порталды пайдалану (оған қол жеткізу) бойынша ақылы негізде қызметтер көрсетеді. Әлеуетті өнім берушілердің веб-порталды пайдалануы (оған қол жеткізуі) бойынша көрсетілетін қызметтердің бағасын бірыңғай оператор уәкілетті органмен келісу бойынша белгілейді.</w:t>
+    <w:bookmarkStart w:name="z447" w:id="442"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте веб-порталды пайдалану (оған қол жеткізу) бойынша көрсетілетін қызметтердің бағасы бірыңғай оператордың өкілеттіктерін жүзеге асыруға бірыңғай оператор шеккен шығындардың толық өтелуін қамтамасыз етуге тиіс;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z447" w:id="443"/>
-[...15 lines deleted...]
-      Бұл ретте веб-порталды пайдалану (оған қол жеткізу) бойынша көрсетілетін қызметтердің бағасы бірыңғай оператордың өкілеттіктерін жүзеге асыруға бірыңғай оператор шеккен шығындардың толық өтелуін қамтамасыз етуге тиіс;</w:t>
+    <w:bookmarkStart w:name="z448" w:id="443"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) мемлекеттік сатып алу субъектілеріне веб-порталдың жұмыс істеуі мәселелері бойынша өтеусіз негізде консультациялық көмек көрсетеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="443"/>
-    <w:bookmarkStart w:name="z448" w:id="444"/>
-[...15 lines deleted...]
-      4) мемлекеттік сатып алу субъектілеріне веб-порталдың жұмыс істеуі мәселелері бойынша өтеусіз негізде консультациялық көмек көрсетеді;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) мемлекеттік сатып алу субъектілерінің веб-порталда орналастырылған электрондық ақпараттық ресурстарын сақтаудың ақпараттық қауіпсіздігін қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z450" w:id="444"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) мемлекеттік сатып алуды жүзеге асыру қағидаларына сәйкес веб-порталды ақпараттық толықтыруды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="444"/>
-    <w:bookmarkStart w:name="z449" w:id="445"/>
-[...15 lines deleted...]
-      5) мемлекеттік сатып алу субъектілерінің веб-порталда орналастырылған электрондық ақпараттық ресурстарын сақтаудың ақпараттық қауіпсіздігін қамтамасыз етеді;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) уәкілетті субъектілермен мемлекеттік органдардың ақпараттық жүйелерін, мемлекеттік электрондық ақпараттық ресурстарды интеграциялау және ақпараттық қауіпсіздікті қамтамасыз ету мәселелері бойынша өзара іс-қимыл жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z452" w:id="445"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) әлеуетті өнім берушінің немесе өнім берушінің электрондық әмиянындағы ақшаны енгізу және қайтару процесін мемлекеттік сатып алуды жүзеге асыру қағидаларында айқындалған тәртіппен, веб-порталдың құралдарын пайдалана отырып, операциялық қолдап отыруды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="445"/>
-    <w:bookmarkStart w:name="z450" w:id="446"/>
-[...15 lines deleted...]
-      6) мемлекеттік сатып алуды жүзеге асыру қағидаларына сәйкес веб-порталды ақпараттық толықтыруды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z453" w:id="446"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) уәкілетті орган айқындайтын тәртіппен веб-порталды пайдалану қағидаларына сәйкес веб-портал арқылы электрондық қызметтер көрсетеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="446"/>
-    <w:bookmarkStart w:name="z451" w:id="447"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z454" w:id="450"/>
+    <w:bookmarkStart w:name="z454" w:id="447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) анықтамалықты ендіре отырып, тауарларға, жұмыстарға, көрсетілетін қызметтерге бағалардың дерекқорын ендіруді және қолдап отыруды жүзеге асырады; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z455" w:id="448"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) әлеуетті өнім берушілер мен өнім берушілердің ақшасының сақталуын қамтамасыз ету мақсатында электрондық әмиян пайдаланылып жүзеге асырылатын операциялар бойынша ақшаны уәкілетті орган айқындаған тәртіппен бюджетті атқару жөніндегі орталық уәкілетті органда ашылған өз шотына орналастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="448"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) мемлекеттік сатып алу саласындағы уәкілетті органмен келісу бойынша сауда қызметін реттеу саласындағы уәкілетті орган айқындаған тәртіппен Ұлттық тауарлардың каталогын қолдап отыруды, дамытуды және толықтыруды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 22-бапқа өзгеріс енгізілді – ҚР 18.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z457" w:id="449"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. МЕМЛЕКЕТТІК САТЫП АЛУДЫ ӨТКІЗУДІ БАҚЫЛАУ ЖӘНЕ МОНИТОРИНГТЕУ. ШАҒЫМ ЖАСАУ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z458" w:id="450"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 23-бап. Қазақстан Республикасының мемлекеттік сатып алу туралы заңнамасының сақталуын бақылау</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="450"/>
-    <w:bookmarkStart w:name="z455" w:id="451"/>
-[...15 lines deleted...]
-      11) әлеуетті өнім берушілер мен өнім берушілердің ақшасының сақталуын қамтамасыз ету мақсатында электрондық әмиян пайдаланылып жүзеге асырылатын операциялар бойынша ақшаны уәкілетті орган айқындаған тәртіппен бюджетті атқару жөніндегі орталық уәкілетті органда ашылған өз шотына орналастырады;</w:t>
+    <w:bookmarkStart w:name="z459" w:id="451"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қазақстан Республикасының мемлекеттік сатып алу туралы заңнамасының сақталуын бақылауды уәкілетті орган осы Заңға және "Мемлекеттік аудит және қаржылық бақылау туралы" Қазақстан Республикасының Заңына сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="451"/>
-    <w:p>
-[...137 lines deleted...]
-        <w:t xml:space="preserve"> 4-тарау. МЕМЛЕКЕТТІК САТЫП АЛУДЫ ӨТКІЗУДІ БАҚЫЛАУ ЖӘНЕ МОНИТОРИНГТЕУ. ШАҒЫМ ЖАСАУ</w:t>
+    <w:bookmarkStart w:name="z460" w:id="452"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Бақылау объектілері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="452"/>
-    <w:bookmarkStart w:name="z458" w:id="453"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 23-бап. Қазақстан Республикасының мемлекеттік сатып алу туралы заңнамасының сақталуын бақылау</w:t>
+    <w:bookmarkStart w:name="z461" w:id="453"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тапсырыс беруші, ұйымдастырушы, бірыңғай ұйымдастырушы, сараптама комиссиясы, сарапшы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="453"/>
-    <w:bookmarkStart w:name="z459" w:id="454"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z462" w:id="457"/>
+    <w:bookmarkStart w:name="z462" w:id="454"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) өткізілетін мемлекеттік сатып алу нысанасы шегінде әлеуетті өнім беруші, өнім беруші, сондай-ақ олар жұмыстарды орындау бойынша қосалқы мердігерлер не қызметтер көрсету бойынша бірлесіп орындаушылар ретінде тартатын тұлғалар; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="457"/>
-    <w:bookmarkStart w:name="z463" w:id="458"/>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z463" w:id="455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) бірыңғай оператор.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="458"/>
-    <w:bookmarkStart w:name="z464" w:id="459"/>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z464" w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Уәкілетті орган бақылауды мынадай жағдайлардың бірі басталған кезде: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="459"/>
-    <w:bookmarkStart w:name="z465" w:id="460"/>
+    <w:bookmarkEnd w:id="456"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) әлеуетті өнім беруші, конкурсқа не аукционға қатысушы, өнім беруші не олардың уәкілетті өкілі тапсырыс берушінің, ұйымдастырушының, бірыңғай ұйымдастырушының, сараптама комиссиясының, сарапшының, бірыңғай оператордың әрекеттеріне (әрекетсіздігіне), шешімдеріне шағым жасап жазбаша жолданым не жалпыға бірдей қолжетімді ақпараттық жүйелер арқылы келіп түскен және Қазақстан Республикасының электрондық құжат және электрондық цифрлық қолтаңба туралы заңнамасының талаптарына сәйкес келетін жолданым бергенде; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z466" w:id="457"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) құқық қорғау органдарының қаулылары келіп түскен кезде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkStart w:name="z467" w:id="458"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тәуекелдерді бағалау және басқару жүйесі арқылы алынған ақпаратты талдау нәтижелері бойынша жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="458"/>
+    <w:bookmarkStart w:name="z468" w:id="459"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Уәкілетті орган бақылау іс-шараларын, оның ішінде камералдық бақылауды жүргізу нәтижесінде бақылау объектісінің Қазақстан Республикасының мемлекеттік сатып алу туралы заңнамасын бұзғанын анықтаған кезде мынадай шаралар қабылдайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z469" w:id="460"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бақылау объектісіне камералдық бақылау нәтижелері бойынша анықталған бұзушылықтарды жою туралы нұсқама, хабарлама жібереді;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="460"/>
-    <w:bookmarkStart w:name="z466" w:id="461"/>
-[...15 lines deleted...]
-      2) құқық қорғау органдарының қаулылары келіп түскен кезде;</w:t>
+    <w:bookmarkStart w:name="z470" w:id="461"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) міндеттемелері тиісті түрде орындалған шарттарды қоспағанда, Қазақстан Республикасының мемлекеттік сатып алу туралы заңнамасын бұза отырып жасалған, күшіне енген шарттарды жарамсыз деп тану туралы талап қоюмен сотқа жүгінеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="461"/>
-    <w:bookmarkStart w:name="z467" w:id="462"/>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z471" w:id="466"/>
+    <w:bookmarkStart w:name="z471" w:id="462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Бақылау іс-шараларын жүргізу нәтижесінде бақылау объектісінің құрамында қылмыстық құқық бұзушылық белгілері бар әрекет жасау (әрекетсіздігі) фактісі анықталған кезде, уәкілетті орган мен мемлекеттік аудит және қаржылық бақылау органдары осындай факт анықталған күннен бастап бес жұмыс күні ішінде аталған әрекеттің (әрекетсіздіктің) жасалғаны туралы ақпаратты және осындай фактіні растайтын құжаттарды құқық қорғау органдарына беруге міндетті. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="462"/>
+    <w:bookmarkStart w:name="z472" w:id="463"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Уәкілетті орган мен мемлекеттік аудит және қаржылық бақылау органдарының әрекеттеріне (әрекетсіздігіне), сондай-ақ шешімдеріне Қазақстан Республикасының заңнамасында белгіленген тәртіппен шағым жасалуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkStart w:name="z473" w:id="464"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 24-бап. Мемлекеттік сатып алудың мониторингі </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z474" w:id="465"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мемлекеттік сатып алуды жүзеге асыру туралы ақпаратты жинауды, қорытуды, талдауды, жүйелеуді және бағалауды жүзеге асыру мақсатында уәкілетті орган веб-портал арқылы және онда қамтылған ақпараттың негізінде мемлекеттік сатып алудың мониторингін жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkStart w:name="z475" w:id="466"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қоғамдық бақылау субъектілері веб-портал арқылы және онда қамтылған ақпараттың негізінде "Қоғамдық бақылау туралы" Қазақстан Республикасының Заңына сәйкес мемлекеттік сатып алуға қоғамдық мониторинг жүргізе алады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="466"/>
-    <w:bookmarkStart w:name="z472" w:id="467"/>
-[...15 lines deleted...]
-      6. Уәкілетті орган мен мемлекеттік аудит және қаржылық бақылау органдарының әрекеттеріне (әрекетсіздігіне), сондай-ақ шешімдеріне Қазақстан Республикасының заңнамасында белгіленген тәртіппен шағым жасалуы мүмкін.</w:t>
+    <w:bookmarkStart w:name="z476" w:id="467"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 25-бап. Тапсырыс берушінің, ұйымдастырушының, бірыңғай ұйымдастырушының, сараптама комиссиясының (сарапшының) әрекеттеріне (әрекетсіздігіне), шешімдеріне шағым жасау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="467"/>
-    <w:bookmarkStart w:name="z473" w:id="468"/>
-[...75 lines deleted...]
-    <w:bookmarkStart w:name="z477" w:id="472"/>
+    <w:bookmarkStart w:name="z477" w:id="468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Егер тапсырыс берушінің, ұйымдастырушының, бірыңғай ұйымдастырушының, сараптама комиссиясының (сарапшының) әрекеттері (әрекетсіздігі), шешімдері әлеуетті өнім берушінің құқықтары мен заңды мүдделерін бұзса, әлеуетті өнім беруші конкурс, аукцион тәсілімен мемлекеттік сатып алудың қорытындылары туралы хаттама орналастырылған күннен бастап үш жұмыс күні ішінде олардың әрекеттеріне (әрекетсіздігіне), шешімдеріне веб-портал арқылы шағым жасауға құқылы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="472"/>
-    <w:bookmarkStart w:name="z478" w:id="473"/>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z478" w:id="469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тапсырыс берушінің, ұйымдастырушының, бірыңғай ұйымдастырушының, сараптама комиссиясының (сарапшының) әрекеттеріне (әрекетсіздігіне), шешімдеріне шағым жасалған жағдайда, шарт жасасу мерзімі шағымды қарау мерзімі аяқталғанға дейін тоқтатыла тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="473"/>
-    <w:bookmarkStart w:name="z479" w:id="474"/>
+    <w:bookmarkEnd w:id="469"/>
+    <w:bookmarkStart w:name="z479" w:id="470"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Тапсырыс беруші, ұйымдастырушы, бірыңғай ұйымдастырушы осы баптың 1-тармағында көзделген шағымды беру мерзімі өткен күннен кейін үш жұмыс күні ішінде шағымды қанағаттандыру не қанағаттандырудан бас тарту туралы шешім қабылдайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="474"/>
-    <w:bookmarkStart w:name="z480" w:id="475"/>
+    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkStart w:name="z480" w:id="471"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Тапсырыс берушінің, ұйымдастырушының, бірыңғай ұйымдастырушының шағымды қарау нәтижелері бойынша қабылдаған шешіміне Қазақстан Республикасының заңнамасына сәйкес сотқа шағым жасалуы мүмкін. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkStart w:name="z481" w:id="472"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте тапсырыс берушінің, ұйымдастырушының, бірыңғай ұйымдастырушының шешіміне әкімшілік сот ісін жүргізу шеңберінде шағым жасау мемлекеттік сатып алу рәсімдерін тоқтата тұрмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="472"/>
+    <w:bookmarkStart w:name="z482" w:id="473"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Шағымдарды беру және қарау тәртібі мемлекеттік сатып алуды жүзеге асыру қағидаларында айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkStart w:name="z483" w:id="474"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Шағымды веб-портал арқылы жіберу және қарау жөніндегі талаптар ерекше тәртіп қолданылатын мемлекеттік сатып алуға қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="474"/>
+    <w:bookmarkStart w:name="z484" w:id="475"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Осы бапта көзделген дауларды сотқа дейінгі реттеу тәртібі міндетті болып табылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="475"/>
-    <w:bookmarkStart w:name="z481" w:id="476"/>
-[...15 lines deleted...]
-      Бұл ретте тапсырыс берушінің, ұйымдастырушының, бірыңғай ұйымдастырушының шешіміне әкімшілік сот ісін жүргізу шеңберінде шағым жасау мемлекеттік сатып алу рәсімдерін тоқтата тұрмайды.</w:t>
+    <w:bookmarkStart w:name="z485" w:id="476"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Мемлекеттік сатып алудың жеңімпазын веб-портал автоматты түрде айқындайтын мемлекеттік сатып алудың қорытындыларына осы бапта көзделген тәртіппен шағым жасауға болмайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="476"/>
-    <w:bookmarkStart w:name="z482" w:id="477"/>
-[...15 lines deleted...]
-      4. Шағымдарды беру және қарау тәртібі мемлекеттік сатып алуды жүзеге асыру қағидаларында айқындалады.</w:t>
+    <w:bookmarkStart w:name="z486" w:id="477"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тарау. АРНАУЛЫ ЖӘНЕ ҚОРЫТЫНДЫ </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="477"/>
-    <w:bookmarkStart w:name="z483" w:id="478"/>
-[...15 lines deleted...]
-      5. Шағымды веб-портал арқылы жіберу және қарау жөніндегі талаптар ерекше тәртіп қолданылатын мемлекеттік сатып алуға қолданылмайды.</w:t>
+    <w:bookmarkStart w:name="z487" w:id="478"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЕРЕЖЕЛЕР</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="478"/>
-    <w:bookmarkStart w:name="z484" w:id="479"/>
-[...15 lines deleted...]
-      6. Осы бапта көзделген дауларды сотқа дейінгі реттеу тәртібі міндетті болып табылады.</w:t>
+    <w:bookmarkStart w:name="z488" w:id="479"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26-бап. Мемлекеттік сатып алуды жүзеге асырудың ерекше тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="479"/>
-    <w:bookmarkStart w:name="z485" w:id="480"/>
-[...15 lines deleted...]
-      7. Мемлекеттік сатып алудың жеңімпазын веб-портал автоматты түрде айқындайтын мемлекеттік сатып алудың қорытындыларына осы бапта көзделген тәртіппен шағым жасауға болмайды.</w:t>
+    <w:bookmarkStart w:name="z489" w:id="480"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы Заңда көзделген біліктілік талаптарын белгілейтін, сондай-ақ мемлекеттік сатып алуды жүзеге асыру рәсімдерін регламенттейтін нормаларды қоспағанда, ерекше тәртіп қолданылатын мемлекеттік сатып алу осы Заңға сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="480"/>
-    <w:bookmarkStart w:name="z486" w:id="481"/>
+    <w:bookmarkStart w:name="z490" w:id="481"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ерекше тәртіп қолданылатын мемлекеттік сатып алу мыналарды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkStart w:name="z491" w:id="482"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының мемлекеттік құпиялар туралы заңнамасына сәйкес олар туралы мәліметтер мемлекеттік құпияларды құрайтын және (немесе) Қазақстан Республикасының Үкіметі айқындаған таратылуы шектелген қызметтік ақпаратты қамтитын болса, құқықтық тәртіп пен ұлттық қауіпсіздік мұқтаждарын қамтамасыз ету үшін тауарларды, жұмыстарды, көрсетілетін қызметтерді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkStart w:name="z492" w:id="483"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының мемлекеттік құпиялар туралы заңнамасына сәйкес олар туралы мәліметтер мемлекеттік құпияларды құрайтын тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алған жағдайларда жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z493" w:id="484"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Ерекше тәртіп қолданылатын мемлекеттік сатып алуды жүзеге асыру тәртібін уәкілетті орган айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkStart w:name="z494" w:id="485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5-тарау. АРНАУЛЫ ЖӘНЕ ҚОРЫТЫНДЫ </w:t>
-[...75 lines deleted...]
-      2. Ерекше тәртіп қолданылатын мемлекеттік сатып алу мыналарды:</w:t>
+        <w:t xml:space="preserve"> 27-бап. Әлеуетті өнім берушілердің жекелеген санаттарының мемлекеттік сатып алуға қатысуы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="485"/>
-    <w:bookmarkStart w:name="z491" w:id="486"/>
-[...77 lines deleted...]
-    <w:bookmarkStart w:name="z495" w:id="490"/>
+    <w:bookmarkStart w:name="z495" w:id="486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Әлеуетті өнім берушілердің жекелеген санаттарының мемлекеттік сатып алуға қатысуы осы Заңда көзделген жағдайларда айқындалады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z496" w:id="487"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Тапсырыс беруші, ұйымдастырушы, бірыңғай ұйымдастырушы тауарлардың, жұмыстардың, көрсетілетін қызметтердің жекелеген түрлерін мемлекеттік сатып алуды өткізу кезінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z497" w:id="488"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тауарлар өндіретін Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктерінен және (немесе) Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктері құрған ұйымдардан мүгедектігі бар адамды абилитациялау мен оңалтудың жеке бағдарламасына сәйкес мүгедектігі бар адамдардың мұқтаждарына арналған тауарларды қоспағанда, тауарларды ағымдағы жылы осы тауарларды сатып алу үшін бөлінген жалпы қаражат көлемінің кемінде елу пайызы көлемінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z498" w:id="489"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жұмыстарды орындайтын, қызметтерді көрсететін Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктерінен және (немесе) Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктері құрған ұйымдардан жұмыстар мен көрсетілетін қызметтерді ағымдағы жылы осы жұмыстар мен көрсетілетін қызметтерді сатып алу үшін бөлінген жалпы қаражат көлемінің бір жүз пайызы көлемінде сатып алуды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z499" w:id="490"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Тауарларды өндіретін және (немесе) тауарларды беретін, жұмыстарды орындайтын, қызметтерді көрсететін Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктерінен және (немесе) Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктері құрған ұйымдардан сатып алынатын жекелеген тауарлар, жұмыстар, көрсетілетін қызметтер түрлерінің тізбесін уәкілетті органмен және монополияға қарсы органмен келісу бойынша халықты әлеуметтік қорғау саласындағы басшылықты және салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган айқындайды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="490"/>
-    <w:bookmarkStart w:name="z496" w:id="491"/>
-[...15 lines deleted...]
-      2. Тапсырыс беруші, ұйымдастырушы, бірыңғай ұйымдастырушы тауарлардың, жұмыстардың, көрсетілетін қызметтердің жекелеген түрлерін мемлекеттік сатып алуды өткізу кезінде:</w:t>
+    <w:bookmarkStart w:name="z500" w:id="491"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тауарларды өндіретін және (немесе) тауарларды беретін, жұмыстарды орындайтын, қызметтерді көрсететін Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктері және (немесе) Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктері құрған ұйымдар мемлекеттік сатып алудың электрондық көрсетілетін қызметтеріне қол жеткізудің бірыңғай нүктесін ұсынатын мемлекеттік органның ақпараттық жүйесінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="491"/>
-    <w:bookmarkStart w:name="z497" w:id="492"/>
-[...15 lines deleted...]
-      1) тауарлар өндіретін Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктерінен және (немесе) Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктері құрған ұйымдардан мүгедектігі бар адамды абилитациялау мен оңалтудың жеке бағдарламасына сәйкес мүгедектігі бар адамдардың мұқтаждарына арналған тауарларды қоспағанда, тауарларды ағымдағы жылы осы тауарларды сатып алу үшін бөлінген жалпы қаражат көлемінің кемінде елу пайызы көлемінде;</w:t>
+    <w:bookmarkStart w:name="z501" w:id="492"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) Қазақстан Республикасы Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>474-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) тармақшасының бірінші бөлігінде көзделген шарттарға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="492"/>
-    <w:bookmarkStart w:name="z498" w:id="493"/>
-[...15 lines deleted...]
-      2) жұмыстарды орындайтын, қызметтерді көрсететін Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктерінен және (немесе) Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктері құрған ұйымдардан жұмыстар мен көрсетілетін қызметтерді ағымдағы жылы осы жұмыстар мен көрсетілетін қызметтерді сатып алу үшін бөлінген жалпы қаражат көлемінің бір жүз пайызы көлемінде сатып алуды жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z502" w:id="493"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктеріне және (немесе) құрылтайшысы Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктері болып табылатын ұйымдарға тиесілігіне сәйкестігі тұрғысынан тексеруден өткеннен кейін, осы баптың 2-тармағында көрсетілген мемлекеттік сатып алуға қатысуға жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="493"/>
-    <w:bookmarkStart w:name="z499" w:id="494"/>
-[...15 lines deleted...]
-      3. Тауарларды өндіретін және (немесе) тауарларды беретін, жұмыстарды орындайтын, қызметтерді көрсететін Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктерінен және (немесе) Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктері құрған ұйымдардан сатып алынатын жекелеген тауарлар, жұмыстар, көрсетілетін қызметтер түрлерінің тізбесін уәкілетті органмен және монополияға қарсы органмен келісу бойынша халықты әлеуметтік қорғау саласындағы басшылықты және салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган айқындайды.</w:t>
+    <w:bookmarkStart w:name="z503" w:id="494"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың екінші бөлігінің 1) және 2) тармақшаларына сәйкессіздігі анықталған жағдайда, тауарларды өндіретін және (немесе) тауарларды беретін, жұмыстарды орындайтын, қызметтерді көрсететін Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктері және (немесе) Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктері құрған ұйымдар осы бапта көзделген мемлекеттік сатып алуға қатысуға жіберілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="494"/>
-    <w:bookmarkStart w:name="z500" w:id="495"/>
-[...15 lines deleted...]
-      Тауарларды өндіретін және (немесе) тауарларды беретін, жұмыстарды орындайтын, қызметтерді көрсететін Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктері және (немесе) Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктері құрған ұйымдар мемлекеттік сатып алудың электрондық көрсетілетін қызметтеріне қол жеткізудің бірыңғай нүктесін ұсынатын мемлекеттік органның ақпараттық жүйесінде:</w:t>
+    <w:bookmarkStart w:name="z504" w:id="495"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы баптың 2-тармағында белгіленген ережелерді іске асыру үшін ұйымдастырушы осы Заңда көзделген тәсілдермен мемлекеттік сатып алуды жүзеге асырады, оған тауарларды өндіретін және (немесе) тауарларды беретін, жұмыстарды орындайтын, қызметтерді көрсететін Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктері және (немесе) Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктері құрған ұйымдар жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="495"/>
-    <w:p>
-[...169 lines deleted...]
-      2) Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктеріне және (немесе) құрылтайшысы Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктері болып табылатын ұйымдарға тиесілігіне сәйкестігі тұрғысынан тексеруден өткеннен кейін, осы баптың 2-тармағында көрсетілген мемлекеттік сатып алуға қатысуға жіберіледі.</w:t>
+    <w:bookmarkStart w:name="z505" w:id="496"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмыстарды орындайтын, қызметтерді көрсететін Қазақстан Республикасы мүгедектігі бар адамдары қоғамдық бірлестіктерінің және (немесе) Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктері құрған ұйымдардың өткізілетін мемлекеттік сатып алудың нысанасы болып табылатын жұмыстарды орындау бойынша қосалқы мердігерлерді және қызметтерді көрсету бойынша бірлесіп орындаушыларды тартуына жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="496"/>
-    <w:bookmarkStart w:name="z503" w:id="497"/>
-[...15 lines deleted...]
-      Осы тармақтың екінші бөлігінің 1) және 2) тармақшаларына сәйкессіздігі анықталған жағдайда, тауарларды өндіретін және (немесе) тауарларды беретін, жұмыстарды орындайтын, қызметтерді көрсететін Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктері және (немесе) Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктері құрған ұйымдар осы бапта көзделген мемлекеттік сатып алуға қатысуға жіберілмейді.</w:t>
+    <w:bookmarkStart w:name="z506" w:id="497"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы баптың 2-тармағына сәйкес мемлекеттік сатып алуды жүзеге асыру кезінде ұйымдастырушы хабарландырудың мәтінінде мемлекеттік сатып алудың тек қана тауарларды өндіретін және (немесе) тауарларды беретін, жұмыстарды орындайтын, қызметтерді көрсететін Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктері және (немесе) Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктері құрған ұйымдар арасында жүзеге асырылатынын көрсетеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="497"/>
-    <w:bookmarkStart w:name="z504" w:id="498"/>
-[...15 lines deleted...]
-      4. Осы баптың 2-тармағында белгіленген ережелерді іске асыру үшін ұйымдастырушы осы Заңда көзделген тәсілдермен мемлекеттік сатып алуды жүзеге асырады, оған тауарларды өндіретін және (немесе) тауарларды беретін, жұмыстарды орындайтын, қызметтерді көрсететін Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктері және (немесе) Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктері құрған ұйымдар жіберіледі.</w:t>
+    <w:bookmarkStart w:name="z507" w:id="498"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тауарларды өндіретін және (немесе) тауарларды беретін, жұмыстарды орындайтын, қызметтерді көрсететін Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктері және (немесе) Қазақстан Республикасы мүгедектігі бар адамдарының қоғамдық бірлестіктері құрған ұйымдар осы бапқа сәйкес жүзеге асырылатын мемлекеттік сатып алуға қатысуға арналған өтінімді қамтамасыз етуді енгізбейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="498"/>
-    <w:bookmarkStart w:name="z505" w:id="499"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z508" w:id="502"/>
+    <w:bookmarkStart w:name="z508" w:id="499"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Мемлекеттік сатып алу осы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген негіздер бойынша өткізілмеді деп танылған жағдайда, тапсырыс беруші осы Заңда белгіленген тәртіппен өзге әлеуетті өнім берушілер арасында мемлекеттік сатып алуды жүзеге асыру туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="499"/>
+    <w:bookmarkStart w:name="z509" w:id="500"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Мемлекеттік әлеуметтік тапсырыста көзделген көрсетілетін қызметтерді, кәсіпкерлік қызмет субъектісі болып табылмайтын жеке тұлғаға жеке меншік құқығымен тиесілі тұрғынжайды мемлекеттік сатып алу мемлекеттік сатып алуды жүзеге асыру қағидаларында айқындалған ерекшеліктерді ескере отырып, осы Заңға сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="500"/>
+    <w:bookmarkStart w:name="z510" w:id="501"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Шағын және орта кәсіпкерлік субъектілерінен мемлекеттік сатып алу уәкілетті орган бекіткен тәртіппен және көлемдерде тауарлар, жұмыстар, көрсетілетін қызметтер тізбесі бойынша жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="501"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 27-бапқа өзгеріс енгізілді – ҚР 18.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 215-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>28-бап. Қазақстан Республикасының мемлекеттік сатып алу туралы заңнамасын бұзғаны үшін жауаптылық</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z512" w:id="502"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының мемлекеттік сатып алу туралы заңнамасын бұзу Қазақстан Республикасының заңдарында белгіленген жауаптылыққа алып келеді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="502"/>
-    <w:bookmarkStart w:name="z509" w:id="503"/>
-[...15 lines deleted...]
-      6. Мемлекеттік әлеуметтік тапсырыста көзделген көрсетілетін қызметтерді, кәсіпкерлік қызмет субъектісі болып табылмайтын жеке тұлғаға жеке меншік құқығымен тиесілі тұрғынжайды мемлекеттік сатып алу мемлекеттік сатып алуды жүзеге асыру қағидаларында айқындалған ерекшеліктерді ескере отырып, осы Заңға сәйкес жүзеге асырылады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>29-бап. Осы Заңды қолданысқа енгізу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z514" w:id="503"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы Заң 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="503"/>
-    <w:bookmarkStart w:name="z510" w:id="504"/>
-[...92 lines deleted...]
-    <w:bookmarkEnd w:id="506"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12309,90 +12939,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z517" w:id="507"/>
+    <w:bookmarkStart w:name="z517" w:id="504"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Мемлекеттік сатып алу туралы" 2015 жылғы 4 желтоқсандағы Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>күші жойылды</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkEnd w:id="504"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12649,55 +13279,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>