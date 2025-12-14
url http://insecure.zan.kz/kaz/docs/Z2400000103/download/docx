--- v0 (2025-10-01)
+++ v1 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2a02ff0" w14:textId="2a02ff0">
+    <w:p w14:paraId="75c1677" w14:textId="75c1677">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -966,51 +966,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 200-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1448,91 +1448,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 172-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 30.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 200-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4187,91 +4187,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 172-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 30.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 200-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6459,566 +6459,822 @@
         <w:t>
       2) Қазақстан Республикасының Үкіметі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="290"/>
     <w:bookmarkStart w:name="z295" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Жоғары ғылыми-техникалық комиссия;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z296" w:id="292"/>
-[...15 lines deleted...]
-      4) Қазақстан Республикасы Үкіметінің жанындағы Технологиялық саясат жөніндегі кеңес;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) алып тасталды – ҚР 27.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 220-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z297" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) апелляциялық комиссия;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z297" w:id="293"/>
-[...15 lines deleted...]
-      5) апелляциялық комиссия;</w:t>
+    <w:bookmarkStart w:name="z298" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ұлттық ғылыми кеңестер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z298" w:id="294"/>
-[...15 lines deleted...]
-      6) ұлттық ғылыми кеңестер;</w:t>
+    <w:bookmarkStart w:name="z299" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) уәкілетті орган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z299" w:id="295"/>
-[...15 lines deleted...]
-      7) уәкілетті орган;</w:t>
+    <w:bookmarkStart w:name="z300" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) салалық уәкілетті органдар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z300" w:id="296"/>
-[...15 lines deleted...]
-      8) салалық уәкілетті органдар;</w:t>
+    <w:bookmarkStart w:name="z301" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) облыстардың, республикалық маңызы бар қалалардың және астананың жергілікті атқарушы органдары жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z301" w:id="297"/>
-[...15 lines deleted...]
-      9) облыстардың, республикалық маңызы бар қалалардың және астананың жергілікті атқарушы органдары жүзеге асырады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 18-бапқа өзгеріс енгізілді – ҚР 27.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 220-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z302" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 19-бап. Ғылыми және (немесе) ғылыми-техникалық қызметті басқару қағидаттары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z302" w:id="298"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 19-бап. Ғылыми және (немесе) ғылыми-техникалық қызметті басқару қағидаттары</w:t>
+    <w:bookmarkStart w:name="z303" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ғылыми және (немесе) ғылыми-техникалық қызметті басқару мынадай қағидаттарға негізделеді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z303" w:id="299"/>
-[...15 lines deleted...]
-      Ғылыми және (немесе) ғылыми-техникалық қызметті басқару мынадай қағидаттарға негізделеді:</w:t>
+    <w:bookmarkStart w:name="z304" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ғылыми және (немесе) ғылыми-техникалық қызметтің басымдығы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z304" w:id="300"/>
-[...15 lines deleted...]
-      1) ғылыми және (немесе) ғылыми-техникалық қызметтің басымдығы;</w:t>
+    <w:bookmarkStart w:name="z305" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ғылыми және (немесе) ғылыми-техникалық қызмет субъектілерінің ашықтығы, объективтілігі және теңдігі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z305" w:id="301"/>
-[...15 lines deleted...]
-      2) ғылыми және (немесе) ғылыми-техникалық қызмет субъектілерінің ашықтығы, объективтілігі және теңдігі;</w:t>
+    <w:bookmarkStart w:name="z306" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ғылыми, ғылыми-техникалық жобалар мен бағдарламаларға сараптама жасаудың объективтілігі мен тәуелсіздігі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z306" w:id="302"/>
-[...15 lines deleted...]
-      3) ғылыми, ғылыми-техникалық жобалар мен бағдарламаларға сараптама жасаудың объективтілігі мен тәуелсіздігі;</w:t>
+    <w:bookmarkStart w:name="z307" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ғылыми зерттеулердің экономикалық тиімділігі мен нәтижелілігі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z307" w:id="303"/>
-[...15 lines deleted...]
-      4) ғылыми зерттеулердің экономикалық тиімділігі мен нәтижелілігі;</w:t>
+    <w:bookmarkStart w:name="z308" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ғылымды, білім беру мен өндірісті интеграциялау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z308" w:id="304"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z309" w:id="305"/>
+    <w:bookmarkStart w:name="z309" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        6) ғылыми және (немесе) ғылыми-техникалық қызмет нәтижелерін коммерцияландыруды ынталандыру; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z310" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) технологиялар трансфері.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z310" w:id="306"/>
-[...15 lines deleted...]
-      7) технологиялар трансфері.</w:t>
+    <w:bookmarkStart w:name="z311" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20-бап. Жоғары ғылыми-техникалық комиссия</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z311" w:id="307"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 20-бап. Жоғары ғылыми-техникалық комиссия</w:t>
+    <w:bookmarkStart w:name="z312" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Жоғары ғылыми-техникалық комиссия Қазақстан Республикасы Үкіметінің жанындағы консультативтік-кеңесші орган болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z312" w:id="308"/>
-[...15 lines deleted...]
-      1. Жоғары ғылыми-техникалық комиссия Қазақстан Республикасы Үкіметінің жанындағы консультативтік-кеңесші орган болып табылады.</w:t>
+    <w:bookmarkStart w:name="z313" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Жоғары ғылыми-техникалық комиссияның құрамы Қазақстан Республикасы Үкіметінің мүшелері, Қазақстан Республикасы Парламентінің депутаттары, мемлекеттік органдардың, Ұлттық ғылым академиясының басшылары, жетекші ғалымдар, білімнің әртүрлі салаларының сарапшылары, ұлттық басқарушы холдингтердің, ұлттық даму институттарының, ұлттық холдингтердің, ұлттық компаниялардың, жеке кәсіпкерлік субъектілерінің және республикалық ғылыми қоғамдық бірлестіктердің өкілдері қатарынан қалыптастырылады және Қазақстан Республикасы Үкіметінің қаулысымен бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z313" w:id="309"/>
-[...15 lines deleted...]
-      2. Жоғары ғылыми-техникалық комиссияның құрамы Қазақстан Республикасы Үкіметінің мүшелері, Қазақстан Республикасы Парламентінің депутаттары, мемлекеттік органдардың, Ұлттық ғылым академиясының басшылары, жетекші ғалымдар, білімнің әртүрлі салаларының сарапшылары, ұлттық басқарушы холдингтердің, ұлттық даму институттарының, ұлттық холдингтердің, ұлттық компаниялардың, жеке кәсіпкерлік субъектілерінің және республикалық ғылыми қоғамдық бірлестіктердің өкілдері қатарынан қалыптастырылады және Қазақстан Республикасы Үкіметінің қаулысымен бекітіледі.</w:t>
+    <w:bookmarkStart w:name="z314" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Жоғары ғылыми-техникалық комиссияның негізгі міндеттері мыналар болып табылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z314" w:id="310"/>
-[...15 lines deleted...]
-      3. Жоғары ғылыми-техникалық комиссияның негізгі міндеттері мыналар болып табылады:</w:t>
+    <w:bookmarkStart w:name="z315" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ғылыми және (немесе) ғылыми-техникалық қызметті дамытуға бағытталған стратегиялық міндеттер мен басымдықтарды қалыптастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z315" w:id="311"/>
-[...15 lines deleted...]
-      1) ғылыми және (немесе) ғылыми-техникалық қызметті дамытуға бағытталған стратегиялық міндеттер мен басымдықтарды қалыптастыру;</w:t>
+    <w:bookmarkStart w:name="z316" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ғылымды дамытудың басым бағыттарын айқындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z316" w:id="312"/>
-[...15 lines deleted...]
-      2) ғылымды дамытудың басым бағыттарын айқындау;</w:t>
+    <w:bookmarkStart w:name="z317" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ғылым бағыттары бойынша іргелі және қолданбалы басым ғылыми зерттеулерді айқындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z317" w:id="313"/>
-[...15 lines deleted...]
-      3) ғылым бағыттары бойынша іргелі және қолданбалы басым ғылыми зерттеулерді айқындау;</w:t>
+    <w:bookmarkStart w:name="z318" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ұлттық ғылыми кеңестердің ұсыныстарын қарау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z318" w:id="314"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z319" w:id="315"/>
+    <w:bookmarkStart w:name="z319" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) мемлекеттік қорғаныстық тапсырыс шеңберінде қалыптастырылатын ғылыми, ғылыми-техникалық жобалар мен бағдарламаларды қоспағанда, ғылыми және (немесе) ғылыми-техникалық қызметке бюджет қаражаты есебінен қаржыландыру көлемдерін айқындау және ғылымды дамытудың басым бағыттары бойынша бөлу, сондай-ақ ғылыми және (немесе) ғылыми-техникалық қызмет нәтижелерін коммерцияландыруды қаржыландыру көлемдерін айқындау; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z320" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) бағдарламалық-нысаналы қаржыландыру үшін ғылыми-техникалық тапсырмаларды айқындау;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z320" w:id="316"/>
-[...15 lines deleted...]
-      6) бағдарламалық-нысаналы қаржыландыру үшін ғылыми-техникалық тапсырмаларды айқындау;</w:t>
+    <w:bookmarkStart w:name="z321" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) іргелі ғылыми зерттеулерді жүзеге асыратын ұйымдардың тізбесін айқындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z321" w:id="317"/>
-[...15 lines deleted...]
-      7) іргелі ғылыми зерттеулерді жүзеге асыратын ұйымдардың тізбесін айқындау.</w:t>
+    <w:bookmarkStart w:name="z665" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Қазақстан Республикасының заңдарына сәйкес өзге де міндеттер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 20-бапқа өзгеріс енгізілді – ҚР 27.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 220-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z322" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 21-бап. Апелляциялық комиссия</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="318"/>
     <w:bookmarkStart w:name="z323" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -8419,51 +8675,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 188-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9487,51 +9743,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 200-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9931,51 +10187,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 172-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10489,51 +10745,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 172-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11441,51 +11697,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 200-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>