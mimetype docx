--- v1 (2025-12-14)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="75c1677" w14:textId="75c1677">
+    <w:p w14:paraId="e2252d9" w14:textId="e2252d9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -246,50 +246,146 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Қолданушыларға ыңғайлы болуы үшін ЗҚАИ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>мазмұнды</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> жасады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бүкіл мәтін бойынша "ақпараттық жүйесі", "ақпараттандыру объектісі" деген сөздер тиісінше "цифрлық жүйесі", "цифрлық объект" деген сөздермен ауыстыру көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы Заң ғылым, ғылыми және (немесе) ғылыми-техникалық қызмет, ғылыми және (немесе) ғылыми-техникалық қызмет нәтижелерін коммерцияландыру саласындағы қоғамдық қатынастарды реттейді, Қазақстан Республикасының ұлттық ғылыми жүйесінің жұмыс істеуі мен оны дамытудың негізгі қағидаттарын және тетіктерін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
@@ -14492,55 +14588,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>