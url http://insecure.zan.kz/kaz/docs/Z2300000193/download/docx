--- v0 (2025-10-09)
+++ v1 (2025-11-24)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1eee434" w14:textId="1eee434">
+    <w:p w14:paraId="4723bb4" w14:textId="4723bb4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -402,2175 +402,3061 @@
         <w:t>
       3) қамтамасыз етілмеген цифрлық актив – қамтамасыз етілген цифрлық активке қойылатын талаптарға сәйкес келмейтін цифрлық актив;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z6" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) цифрлық актив – цифрлық код беріліп, оның ішінде криптография және компьютерлік есептеу құралдары қолданыла отырып электрондық-цифрлық нысанда құрылған, есеп айырысу ақша бірлігі және (немесе) заңды төлем құралы болып табылмайтын, деректердің таратылған платформасы технологиясының негізінде тіркелген және ақпараттың өзгермейтіндігімен қамтамасыз етілген мүлік;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z7" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-бапты 4-1) тармақшамен толықтыру көзделген – ҚР 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) Заңымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) тармақша жаңа редакцияда көзделген – ҚР 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) Заңымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) цифрлық активтер биржасы – цифрлық активтердің сауда-саттығын, шығарылуын, айналысын және сақталуын ұйымдастырушылық және техникалық жағынан қамтамасыз етуді жүзеге асыратын цифрлық платформа;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) цифрлық активтер саласындағы уәкілетті орган (бұдан әрі – уәкілетті орган) – цифрлық активтер саласындағы басшылықты және салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z8" w:id="8"/>
-[...15 lines deleted...]
-      6) цифрлық активтер саласындағы уәкілетті орган (бұдан әрі – уәкілетті орган) – цифрлық активтер саласындағы басшылықты және салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-бапты 6-1) тармақшамен толықтыру көзделген – ҚР 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) Заңымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) цифрлық майнер – цифрлық майнинг жөніндегі қызметті жүзеге асыратын Қазақстан Республикасының дара кәсіпкері немесе заңды тұлғасы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z9" w:id="9"/>
-[...15 lines deleted...]
-      7) цифрлық майнер – цифрлық майнинг жөніндегі қызметті жүзеге асыратын Қазақстан Республикасының дара кәсіпкері немесе заңды тұлғасы;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8) тармақшаға өзгеріс енгізу көзделген – ҚР 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) Заңымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) цифрлық майнинг – блокчейн арқылы деректер блоктарының тұтастығын растауды қамтамасыз ететін, деректерді шифрлаудың және өңдеудің берілген алгоритмдеріне сәйкес компьютерлік қуаттарды пайдалана отырып есептеу операцияларын жүргізу процесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9) тармақшаға өзгеріс енгізу көзделген – ҚР 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) Заңымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) цифрлық майнинг деректерін өңдеу орталығы – цифрлық майнингке арналған аппараттық-бағдарламалық кешеннен және тұрғын аймақтың аумағынан тыс жерде орналасқан өндірістік ғимараттан тұратын, "Электр энергетикасы туралы" Қазақстан Республикасының Заңына сәйкес электр энергиясын пайдаланатын ақпараттық-коммуникациялық инфрақұрылым объектісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10) тармақшаға өзгеріс енгізу көзделген – ҚР 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) Заңымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) цифрлық майнингтік пул – Қазақстан Республикасының цифрлық активтер туралы заңнамасына сәйкес аккредиттелген, цифрлық майнерлердің цифрлық майнингке арналған аппараттық-бағдарламалық кешенінің қуаттарын біріктіру қызметін ұсынатын, цифрлық майнерлердің бірлескен қызметінің нәтижесінде алынған цифрлық активтерді олардың арасында бөлуді жүзеге асыратын заңды тұлға.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-бапқа өзгеріс енгізілді – ҚР 05.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 115-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-бап. Қазақстан Республикасының цифрлық активтер туралы заңнамасы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z10" w:id="10"/>
-[...139 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="14"/>
+    <w:bookmarkStart w:name="z14" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасының цифрлық активтер туралы заңнамасы Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, "Астана" халықаралық қаржы орталығы туралы" Қазақстан Республикасының Конституциялық заңына негізделеді, осы Заңнан және Қазақстан Республикасының өзге де нормативтік құқықтық актілерінен тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z15" w:id="15"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Егер Қазақстан Республикасы ратификациялаған халықаралық шартта осы Заңда қамтылғаннан өзге қағидалар белгіленсе, онда халықаралық шарттың қағидалары қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z16" w:id="16"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-бап. Цифрлық активтер саласындағы қоғамдық қатынастарды мемлекеттік реттеудің мақсаты мен қағидаттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z17" w:id="17"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасының экономикалық дамуы мен бәсекеге қабілетті болуы үшін Қазақстан Республикасында цифрлық активтерді шығару және олардың айналымы, цифрлық майнинг жөніндегі қызметті дамыту цифрлық активтер саласындағы мемлекеттік реттеудің мақсаты болып табылады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Цифрлық активтер саласындағы мемлекеттік реттеу мынадай қағидаттарға негізделеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заңдылық;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жеке тұлғалардың құқықтарын, бостандықтары мен заңды мүдделерін, сондай-ақ заңды тұлғалардың құқықтары мен заңды мүдделерін сақтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жеке және заңды тұлғалардың цифрлық активтер саласындағы қызметке қатысу және оның нәтижелерiн пайдалану құқықтарының теңдігі;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z18" w:id="18"/>
-[...15 lines deleted...]
-      2. Цифрлық активтер саласындағы мемлекеттік реттеу мынадай қағидаттарға негізделеді:</w:t>
+    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасының заңдарына сәйкес қолжетімділігі шектелмеген кез келген электрондық ақпараттық ресурстарды iздеу, қалыптастыру және беру еркiндiгi;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z19" w:id="19"/>
-[...15 lines deleted...]
-      1) заңдылық;</w:t>
+    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) цифрлық активтерді пайдалану, шығару және цифрлық майнинг кезiнде жеке бастың, қоғам мен мемлекеттің қауiпсiздiгiн қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z20" w:id="20"/>
-[...15 lines deleted...]
-      2) жеке тұлғалардың құқықтарын, бостандықтары мен заңды мүдделерін, сондай-ақ заңды тұлғалардың құқықтары мен заңды мүдделерін сақтау;</w:t>
+    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) цифрлық активтерді шығару, пайдалану саласын, цифрлық майнингті, сондай-ақ адал бәсекелестікті дамыту үшін жағдайлар жасау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z21" w:id="21"/>
-[...15 lines deleted...]
-      3) жеке және заңды тұлғалардың цифрлық активтер саласындағы қызметке қатысу және оның нәтижелерiн пайдалану құқықтарының теңдігі;</w:t>
+    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-бап. Уәкілетті мемлекеттік органдардың құзыреті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z22" w:id="22"/>
-[...15 lines deleted...]
-      4) Қазақстан Республикасының заңдарына сәйкес қолжетімділігі шектелмеген кез келген электрондық ақпараттық ресурстарды iздеу, қалыптастыру және беру еркiндiгi;</w:t>
+    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Уәкілетті орган:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z23" w:id="23"/>
-[...15 lines deleted...]
-      5) цифрлық активтерді пайдалану, шығару және цифрлық майнинг кезiнде жеке бастың, қоғам мен мемлекеттің қауiпсiздiгiн қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) цифрлық активтер саласындағы мемлекеттік саясатты іске асыруды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z24" w:id="24"/>
-[...15 lines deleted...]
-      6) цифрлық активтерді шығару, пайдалану саласын, цифрлық майнингті, сондай-ақ адал бәсекелестікті дамыту үшін жағдайлар жасау.</w:t>
+    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) цифрлық активтер саласында салааралық үйлестіруді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z25" w:id="25"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 4-бап. Уәкілетті мемлекеттік органдардың құзыреті</w:t>
+    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) цифрлық майнинг жөніндегі қызметті жүзеге асыруға арналған лицензияларды береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z26" w:id="26"/>
-[...15 lines deleted...]
-      1. Уәкілетті орган:</w:t>
+    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) салықтардың және бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласындағы басшылықты жүзеге асыратын уәкілетті органмен келісу бойынша салық салу мақсаттары үшін цифрлық майнерлер мен цифрлық майнингтік пулдардың кірістері туралы мәліметтерді ұсыну қағидаларын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z27" w:id="27"/>
-[...15 lines deleted...]
-      1) цифрлық активтер саласындағы мемлекеттік саясатты іске асыруды қамтамасыз етеді;</w:t>
+    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) цифрлық майнингтік пулдарды аккредиттеу қағидаларын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z28" w:id="28"/>
-[...15 lines deleted...]
-      2) цифрлық активтер саласында салааралық үйлестіруді жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) рұқсаттар және хабарламалар саласындағы уәкілетті органмен келісу бойынша цифрлық майнинг жөніндегі қызметті лицензиялау қағидаларын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z29" w:id="29"/>
-[...15 lines deleted...]
-      3) цифрлық майнинг жөніндегі қызметті жүзеге асыруға арналған лицензияларды береді;</w:t>
+    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) цифрлық майнингтік пулдарды аккредиттеуді жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z30" w:id="30"/>
-[...15 lines deleted...]
-      4) салықтардың және бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласындағы басшылықты жүзеге асыратын уәкілетті органмен келісу бойынша салық салу мақсаттары үшін цифрлық майнерлер мен цифрлық майнингтік пулдардың кірістері туралы мәліметтерді ұсыну қағидаларын бекітеді;</w:t>
+    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Қазақстан Республикасының аумағында танылатын қамтамасыз етілген цифрлық актив түрлерінің тізбесін бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z31" w:id="31"/>
-[...15 lines deleted...]
-      5) цифрлық майнингтік пулдарды аккредиттеу қағидаларын бекітеді;</w:t>
+    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) цифрлық активтер саласында, сондай-ақ қамтамасыз етілген цифрлық активтерді шығаруды және олардың айналымын жүзеге асыратын тұлғалардың Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы заңнамасын сақтауын мемлекеттік бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z32" w:id="32"/>
-[...15 lines deleted...]
-      6) рұқсаттар және хабарламалар саласындағы уәкілетті органмен келісу бойынша цифрлық майнинг жөніндегі қызметті лицензиялау қағидаларын бекітеді;</w:t>
+    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) қамтамасыз етілген цифрлық активтерді шығару жөніндегі қызметті жүзеге асыратын тұлғалардың мемлекеттік тізілімін жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z33" w:id="33"/>
-[...15 lines deleted...]
-      7) цифрлық майнингтік пулдарды аккредиттеуді жүргізеді;</w:t>
+    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) цифрлық майнингке арналған аппараттық-бағдарламалық кешеннің тізілімін жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z34" w:id="34"/>
-[...15 lines deleted...]
-      8) Қазақстан Республикасының аумағында танылатын қамтамасыз етілген цифрлық актив түрлерінің тізбесін бекітеді;</w:t>
+    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) цифрлық майнингке арналған аппараттық-бағдарламалық кешенді есепке алу және оның тізілімін жүргізу қағидаларын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:p>
-[...149 lines deleted...]
-      10) қамтамасыз етілген цифрлық активтерді шығару жөніндегі қызметті жүзеге асыратын тұлғалардың мемлекеттік тізілімін жүргізеді;</w:t>
+    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) қамтамасыз етілген цифрлық активтерді шығару туралы шешімді ресімдеу қағидаларын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z37" w:id="36"/>
-[...15 lines deleted...]
-      11) цифрлық майнингке арналған аппараттық-бағдарламалық кешеннің тізілімін жүргізеді;</w:t>
+    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) қамтамасыз етілген цифрлық активтерді шығаруға және олардың айналысына рұқсат береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z38" w:id="37"/>
-[...15 lines deleted...]
-      12) цифрлық майнингке арналған аппараттық-бағдарламалық кешенді есепке алу және оның тізілімін жүргізу қағидаларын бекітеді;</w:t>
+    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) осы Заңда, Қазақстан Республикасының заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z39" w:id="38"/>
-[...15 lines deleted...]
-      13) қамтамасыз етілген цифрлық активтерді шығару туралы шешімді ресімдеу қағидаларын бекітеді;</w:t>
+    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Электр энергетикасы саласындағы басшылықты жүзеге асыратын мемлекеттік орган:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z40" w:id="39"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z43" w:id="42"/>
+    <w:bookmarkStart w:name="z43" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "Электр энергетикасы туралы" Қазақстан Республикасының Заңына сәйкес цифрлық майнерлерді электр желілеріне қосуға қойылатын талаптарды айқындайды; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) цифрлық майнерлер үшін электр энергиясына квотаны айқындау тетігін бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z113" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қазақстан Республикасының Ұлттық Банкі "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының 8-2-тарауында көзделген тәртіппен цифрлық активтерді Қазақстан Республикасының аумағында қаржы құралы, қаржы активі ретінде пайдаланған кезде немесе оларды қаржылық қызметтерді (төлем қызметтерін) көрсету шеңберінде пайдаланған кезде цифрлық активтерге байланысты қызметке қатысты ерекше реттеу режимін енгізеді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z44" w:id="43"/>
-[...15 lines deleted...]
-      2) цифрлық майнерлер үшін электр энергиясына квотаны айқындау тетігін бекітеді;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-бапқа өзгерістер енгізілді – ҚР 05.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 113-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. ҚАМТАМАСЫЗ ЕТІЛГЕН ЦИФРЛЫҚ АКТИВТЕР</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z45" w:id="44"/>
-[...15 lines deleted...]
-      3) осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z47" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-бап. Қамтамасыз етілген цифрлық активтерге қойылатын талаптар</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z113" w:id="45"/>
-[...15 lines deleted...]
-      3. Қазақстан Республикасының Ұлттық Банкі "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының 8-2-тарауында көзделген тәртіппен цифрлық активтерді Қазақстан Республикасының аумағында қаржы құралы, қаржы активі ретінде пайдаланған кезде немесе оларды қаржылық қызметтерді (төлем қызметтерін) көрсету шеңберінде пайдаланған кезде цифрлық активтерге байланысты қызметке қатысты ерекше реттеу режимін енгізеді.</w:t>
+    <w:bookmarkStart w:name="z48" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қамтамасыз етілген цифрлық актив мынадай талаптарға сәйкес келуге тиіс:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z49" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ақша мен бағалы қағаздарды қоспағанда, материалдық, зияткерлік көрсетілетін қызметтер мен активтерге құқықты куәландырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z50" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қамтамасыз етілген цифрлық активті шығару туралы шешімі болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z51" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) есеп айырысатын ақша бірлігі, заңды төлем құралы болып табылмайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z52" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) қаржы құралы немесе қаржы активі деп танылмайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z53" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) қамтамасыз етілген цифрлық активті шығарған тұлға туралы деректерді қамтиды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z54" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) автивті қамтамасыз етілген цифрлық актив етіп құрғанға дейін оған мүліктік және (немесе) зияткерлік құқықтардың растамасы болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z55" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) блокчейн желісінде активтің және (немесе) мүлікке құқықтың ауысуы туралы жазбасы болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z56" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы баптың 1-тармағында көрсетілген талаптарға сәйкес келмейтін цифрлық актив қамтамасыз етілген цифрлық активтерге жатпайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z57" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...45 lines deleted...]
-        <w:t>№ 205-VIII</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-бап. Қамтамасыз етілген цифрлық активтерді шығару және олардың айналысы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z58" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қамтамасыз етілген цифрлық активтерді сақтау және айырбастау жөніндегі цифрлық платформаны пайдалануды жүзеге асыратын және қамтамасыз етілген цифрлық активтерді шығаруға және олардың айналысына рұқсаты бар Қазақстан Республикасының дара кәсіпкері, заңды тұлғасы қамтамасыз етілген цифрлық активтерді шығаруды және олардың айналысын жүзеге асыратын тұлға болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z59" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қамтамасыз етілген цифрлық активтерді шығару және олардың айналысы жөніндегі қызметті жүзеге асыруға рұқсатты цифрлық активтер саласындағы уәкілетті орган "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының Заңына сәйкес береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z60" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қамтамасыз етілген цифрлық активтерді шығаруды және олардың айналысын жүзеге асыратын тұлғалар "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының Заңына сәйкес қаржы мониторингінің субъектілері болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z61" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Қамтамасыз етілген цифрлық активтерді шығаруды және олардың айналысын жүзеге асыратын тұлғалар жеке және заңды тұлғаларды қамтамасыз етілген цифрлық активтерді сатып алуға, иеленуге және олармен операциялар жасауға байланысты тәуекелдер туралы хабардар етуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z62" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Мүліктің меншік иесі немесе қамтамасыз етілген цифрлық активпен куәландырылатын құқықтар тиесілі болатын тұлға қамтамасыз етілген цифрлық активтерді шығаруға бастамашылық жасаған тұлға болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z63" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Қамтамасыз етілген цифрлық активтерді сақтау және айырбастау жөніндегі цифрлық платформада цифрлық активтердің аталған тұлғаға берілгені туралы жазба орналастырылған кезден бастап қамтамасыз етілген цифрлық активтермен куәландырылған құқықтар туындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z64" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Шығарылатын қамтамасыз етілген цифрлық активтермен куәландырылатын құқықтардың түрі мен көлемі қамтамасыз етілген цифрлық активтерді шығару туралы шешімде айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z65" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Қамтамасыз етілген цифрлық активті шығару оның қамтамасыз етілуінің бар-жоғы тексерілгеннен кейін ғана, цифрлық активтерді шығаруды және олардың айналысын жүзеге асыратын тұлғаның қамтамасыз етілген цифрлық активтерді сақтау және айырбастау жөніндегі цифрлық платформада жазбаны орналастыруы арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-бапқа өзгеріс енгізілді – ҚР 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) Заңдарымен.</w:t>
+        <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="46"/>
+    <w:bookmarkStart w:name="z66" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. ҚАМТАМАСЫЗ ЕТІЛГЕН ЦИФРЛЫҚ АКТИВТЕР</w:t>
-[...469 lines deleted...]
-      7. Шығарылатын қамтамасыз етілген цифрлық активтермен куәландырылатын құқықтардың түрі мен көлемі қамтамасыз етілген цифрлық активтерді шығару туралы шешімде айқындалады.</w:t>
+        <w:t xml:space="preserve"> 7-бап. Қамтамасыз етілген цифрлық активтерді шығару туралы шешім</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z65" w:id="64"/>
-[...37 lines deleted...]
-    <w:bookmarkStart w:name="z67" w:id="66"/>
+    <w:bookmarkStart w:name="z67" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қамтамасыз етілген цифрлық активтерді шығару туралы шешім қамтамасыз етілген цифрлық активтерді шығаруды және олардың айналысын жүзеге асыратын тұлғаның интернет-ресурсында жарияланады және қамтамасыз етілген цифрлық активтерді шығаруға бастамашылық жасаған тұлға қамтамасыз етілген цифрлық активтерді шығару туралы тиісті шешімнің негізінде шығарылған қамтамасыз етілген цифрлық активтердің барлық иеленушілерінің алдындағы міндеттемелерді толық орындағанға дейін ашық қолжетімділікте болуға тиіс. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z68" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қамтамасыз етілген цифрлық активтерді шығару туралы шешімді ресімдеу қағидаларын уәкілетті орган бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z69" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. ЦИФРЛЫҚ МАЙНИНГ</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z68" w:id="67"/>
-[...15 lines deleted...]
-      2. Қамтамасыз етілген цифрлық активтерді шығару туралы шешімді ресімдеу қағидаларын уәкілетті орган бекітеді.</w:t>
+    <w:bookmarkStart w:name="z70" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8-бап. Цифрлық майнинг жөніндегі қызмет</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z69" w:id="68"/>
+    <w:bookmarkStart w:name="z71" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Цифрлық майнинг жөніндегі қызметті цифрлық майнер цифрлық майнинг деректерін өңдеу орталығын пайдалана отырып, цифрлық майнингтік пул арқылы жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z72" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Цифрлық майнерлер өз қызметін цифрлық майнинг жөніндегі қызметті жүзеге асыруға арналған лицензияларға сәйкес жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z73" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Цифрлық майнер цифрлық майнингтің нәтижесінде туындаған қамтамасыз етілмеген цифрлық активтердің меншік иесі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-тармақты алып тастау көзделген – ҚР 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) Заңымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Қазақстан Республикасының аумағында цифрлық майнингтің нәтижесінде алынған цифрлық активтерді өткізген жағдайда, мұндай цифрлық активтер салық салу мақсаттары үшін цифрлық майнерлер мен цифрлық майнингтік пулдардың кірістері туралы мәліметтерді ұсыну қағидаларына сәйкес кемінде жетпіс бес пайыз мөлшерінде "Астана" халықаралық қаржы орталығының лицензиясы бар цифрлық активтер биржалары арқылы міндетті түрде сатылуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-тармақ жаңа редакцияда көзделген – ҚР 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) Заңымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Қазақстан Республикасының дара кәсіпкерлеріне, заңды тұлғаларына Қазақстан Республикасының аумағында цифрлық майнинг жөніндегі қызметті жүзеге асыруға рұқсат етіледі және ол қамтамасыз етілмеген цифрлық активтерді шығаруға және олардың айналымына жатпайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6-тармақты алып тастау көзделген – ҚР 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) Заңымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Өзін-өзі реттейтін ұйымға және Қазақстан Республикасының Ұлттық кәсіпкерлер палатасына мүшелікті қоспағанда, цифрлық майнинг жөніндегі қызметке қатысы жоқ өзге қызметті жүзеге асыруға, сондай-ақ заңды тұлғалардың жарғылық капиталдарына қатысу үлестерін немесе акцияларын сатып алуға, коммерциялық емес ұйымдарды құруға және олардың қызметіне қатысуға тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z77" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-тарау. ЦИФРЛЫҚ МАЙНИНГ</w:t>
-[...57 lines deleted...]
-      2. Цифрлық майнерлер өз қызметін цифрлық майнинг жөніндегі қызметті жүзеге асыруға арналған лицензияларға сәйкес жүзеге асырады.</w:t>
+        <w:t xml:space="preserve"> 9-бап. Цифрлық майнинг жөніндегі қызметті лицензиялау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z73" w:id="72"/>
-[...15 lines deleted...]
-      3. Цифрлық майнер цифрлық майнингтің нәтижесінде туындаған қамтамасыз етілмеген цифрлық активтердің меншік иесі болып табылады.</w:t>
+    <w:bookmarkStart w:name="z78" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Цифрлық майнинг жөніндегі қызмет өтініш берушіге үш жыл мерзімге берілетін цифрлық майнинг жөніндегі қызметті жүзеге асыруға арналған лицензия негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z74" w:id="73"/>
-[...15 lines deleted...]
-      4. Қазақстан Республикасының аумағында цифрлық майнингтің нәтижесінде алынған цифрлық активтерді өткізген жағдайда, мұндай цифрлық активтер салық салу мақсаттары үшін цифрлық майнерлер мен цифрлық майнингтік пулдардың кірістері туралы мәліметтерді ұсыну қағидаларына сәйкес кемінде жетпіс бес пайыз мөлшерінде "Астана" халықаралық қаржы орталығының лицензиясы бар цифрлық активтер биржалары арқылы міндетті түрде сатылуға жатады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Цифрлық майнинг жөніндегі қызметті жүзеге асыруға арналған лицензия мынадай кіші түрлер бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      І кіші түр бойынша – меншік құқығында немесе басқа да заңды негіздерде цифрлық майнинг деректерін өңдеу орталығы бар цифрлық майнерге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ІІ кіші түр бойынша – меншік құқығында немесе басқа да заңды негіздерде цифрлық майнинг деректерін өңдеу орталығы жоқ және цифрлық майнинг деректерін өңдеу орталығында орналастырылған, өзіне меншік құқығында тиесілі цифрлық майнингке арналған аппараттық-бағдарламалық кешенді пайдалана отырып, цифрлық майнингті жүзеге асыратын цифрлық майнерге беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z79" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Цифрлық майнинг жөніндегі қызметті жүзеге асыруға арналған лицензиялар Қазақстан Республикасы заңнамасының талаптарына және цифрлық майнинг жөніндегі қызметті лицензиялау қағидаларына сәйкес беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z75" w:id="74"/>
-[...15 lines deleted...]
-      5. Қазақстан Республикасының дара кәсіпкерлеріне, заңды тұлғаларына Қазақстан Республикасының аумағында цифрлық майнинг жөніндегі қызметті жүзеге асыруға рұқсат етіледі және ол қамтамасыз етілмеген цифрлық активтерді шығаруға және олардың айналымына жатпайды.</w:t>
+    <w:bookmarkStart w:name="z80" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Лицензиялық алымның мөлшері, оны есептеу және төлеу тәртібі "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасының Кодексінде (Салық кодексі) айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z76" w:id="75"/>
-[...15 lines deleted...]
-      6. Өзін-өзі реттейтін ұйымға және Қазақстан Республикасының Ұлттық кәсіпкерлер палатасына мүшелікті қоспағанда, цифрлық майнинг жөніндегі қызметке қатысы жоқ өзге қызметті жүзеге асыруға, сондай-ақ заңды тұлғалардың жарғылық капиталдарына қатысу үлестерін немесе акцияларын сатып алуға, коммерциялық емес ұйымдарды құруға және олардың қызметіне қатысуға тыйым салынады.</w:t>
+    <w:bookmarkStart w:name="z103" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Цифрлық майнинг жөніндегі қызметті жүзеге асыруға арналған лицензияның қолданысын тоқтата тұру уәкілетті органның шешімімен мынадай:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z77" w:id="76"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 9-бап. Цифрлық майнинг жөніндегі қызметті лицензиялау</w:t>
+    <w:bookmarkStart w:name="z104" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) цифрлық майнинг жөніндегі қызметті жүзеге асыруға арналған лицензияны алу кезінде анық емес мәліметтер анықталған;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z78" w:id="77"/>
-[...15 lines deleted...]
-      1. Цифрлық майнинг жөніндегі қызмет өтініш берушіге үш жыл мерзімге берілетін цифрлық майнинг жөніндегі қызметті жүзеге асыруға арналған лицензия негізінде жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z105" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) цифрлық майнер Қазақстан Республикасының заңнамасында белгіленген талаптарды сақтамаған;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:p>
-[...69 lines deleted...]
-      2. Цифрлық майнинг жөніндегі қызметті жүзеге асыруға арналған лицензиялар Қазақстан Республикасы заңнамасының талаптарына және цифрлық майнинг жөніндегі қызметті лицензиялау қағидаларына сәйкес беріледі.</w:t>
+    <w:bookmarkStart w:name="z106" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) уәкілетті органның жоспардан тыс тексеруінің нәтижелері бойынша бұзушылықтар белгіленген мерзімде жойылмаған;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z80" w:id="79"/>
-[...15 lines deleted...]
-      3. Лицензиялық алымның мөлшері, оны есептеу және төлеу тәртібі "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасының Кодексінде (Салық кодексі) айқындалады.</w:t>
+    <w:bookmarkStart w:name="z107" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) цифрлық майнер уәкілетті органға мәліметтердің өзгергені туралы ақпаратты Қазақстан Республикасының цифрлық активтер туралы заңнамасында белгіленген мерзімдерде ұсынбаған;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z103" w:id="80"/>
-[...15 lines deleted...]
-      4. Цифрлық майнинг жөніндегі қызметті жүзеге асыруға арналған лицензияның қолданысын тоқтата тұру уәкілетті органның шешімімен мынадай:</w:t>
+    <w:bookmarkStart w:name="z108" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) цифрлық майнер уәкілетті органға өз еркімен жүгінген жағдайларда;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z104" w:id="81"/>
-[...99 lines deleted...]
-    <w:bookmarkStart w:name="z109" w:id="86"/>
+    <w:bookmarkStart w:name="z109" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) Қазақстан Республикасының заңдарында көзделген өзге де жағдайларда, бір айдан алты айға дейінгі мерзімге жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z110" w:id="87"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z110" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Цифрлық майнинг жөніндегі қызметті жүзеге асыруға арналған лицензияның қолданысын тоқтата тұру туралы шешімде цифрлық майнинг жөніндегі қызметті жүзеге асыруға арналған лицензияның қолданысын тоқтата тұрудың себептері мен мерзімі көрсетілуге тиіс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Цифрлық майнинг жөніндегі қызметті жүзеге асыруға арналған лицензияның қолданысын тоқтата тұру цифрлық майнинг жөніндегі қызметтің тоқтата тұру кезеңінде жасалуына тыйым салуға алып келеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z111" w:id="88"/>
+    <w:bookmarkStart w:name="z111" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Цифрлық майнинг жөніндегі қызметті жүзеге асыруға арналған лицензияның қолданысын қайта бастау "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасы Заңының 45-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2585,71 +3471,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-тармақтарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен цифрлық майнердің жүгінуі бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z112" w:id="89"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z112" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Цифрлық майнинг жөніндегі қызметті жүзеге асыруға арналған лицензиядан айыруды сот жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2688,486 +3574,916 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="90"/>
+    <w:bookmarkStart w:name="z81" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10-бап. Цифрлық майнингтік пулдардың қызметі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z82" w:id="91"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z82" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Цифрлық майнингтік пулды аккредиттеу өзінің нәтижесінде цифрлық майнингтік пул өз қызметінің Қазақстан Республикасының заңнамасында белгіленген талаптарға сәйкес келетінін ресми тануға ие болатын рәсім болып табылады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Цифрлық майнингтік пулдарды аккредиттеу олардың меншікті қаражаты есебінен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z83" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Цифрлық майнингтік пулды аккредиттеу үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z84" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) цифрлық майнингтік пулдың аппараттық-бағдарламалық кешенінің Қазақстан Республикасының аумағында нақты орналасуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z85" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ақпараттық қауіпсіздік талаптарына сәйкестікке сынақтардың оң нәтижелері бар сынақтар хаттамаларының болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z86" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) цифрлық майнингтік пулдарды аккредиттеу қағидаларында айқындалған өзге де талаптарға сәйкес келуі міндетті шарттар болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z87" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Цифрлық майнингтік пул уәкілетті органға және салықтардың және бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласындағы басшылықты жүзеге асыратын уәкілетті органға салық салу мақсаттары үшін цифрлық майнерлер мен цифрлық майнингтік пулдардың кірістері туралы мәліметтерді ұсыну қағидаларына сәйкес ақпарат береді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...29 lines deleted...]
-      2. Цифрлық майнингтік пулды аккредиттеу үшін:</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-тармаққа өзгеріс енгізу көзделген – ҚР 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) Заңымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Цифрлық майнингтік пулдардың цифрлық майнерлер қызметінің нәтижесінде алынған цифрлық активтерді олардың арасында бөлуі цифрлық активтерді шығаруға және олардың айналымына жатпайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-бапқа өзгеріс енгізілді – ҚР 11.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 44-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z89" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11-бап. Цифрлық активтердің биржалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z84" w:id="93"/>
-[...15 lines deleted...]
-      1) цифрлық майнингтік пулдың аппараттық-бағдарламалық кешенінің Қазақстан Республикасының аумағында нақты орналасуы;</w:t>
+    <w:bookmarkStart w:name="z90" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Цифрлық активтердің биржаларына қойылатын талаптар және оларды "Астана" халықаралық қаржы орталығында лицензиялау тәртібі "Астана" халықаралық қаржы орталығының актілерінде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z85" w:id="94"/>
-[...15 lines deleted...]
-      2) ақпараттық қауіпсіздік талаптарына сәйкестікке сынақтардың оң нәтижелері бар сынақтар хаттамаларының болуы;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақты екінші бөлікпен толықтыру көзделген – ҚР 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) Заңымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-тармаққа өзгеріс енгізу көзделген – ҚР 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) Заңымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасының екінші деңгейдегі банкі цифрлық активтердің биржасына, сондай-ақ "Астана" халықаралық қаржы орталығының цифрлық активтерге байланысты қызметті жүзеге асыруға тиісті лицензиясы бар қатысушысына Қазақстан Республикасының заңнамасына сәйкес банктік шоттар ашады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Цифрлық активтердің биржалары жеке және заңды тұлғаларды қамтамасыз етілмеген цифрлық активтерді сатып алуға, иеленуге және олармен операциялар жасауға байланысты тәуекелдер туралы хабардар етуге міндетті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z86" w:id="95"/>
-[...15 lines deleted...]
-      3) цифрлық майнингтік пулдарды аккредиттеу қағидаларында айқындалған өзге де талаптарға сәйкес келуі міндетті шарттар болып табылады.</w:t>
+    <w:bookmarkStart w:name="z93" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Қазақстан Республикасының заңдарында көзделген жағдайларды қоспағанда, Қазақстан Республикасының аумағында қамтамасыз етілмеген цифрлық активтер қаржы құралдары немесе қаржы активтері деп танылмайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z87" w:id="96"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 10-бапқа өзгеріс енгізілді – ҚР 11.12.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 44-VIII</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-тармақ жаңа редакцияда көзделген – ҚР 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) Заңымен.</w:t>
+        <w:t xml:space="preserve">) Заңымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="98"/>
-[...97 lines deleted...]
-    <w:bookmarkStart w:name="z94" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. "Астана" халықаралық қаржы орталығының аумағын және Қазақстан Республикасы Ұлттық Банкінің ерекше реттеу режимін қоспағанда, Қазақстан Республикасының аумағында қамтамасыз етілмеген цифрлық активтерді шығаруға және олардың айналымына, сондай-ақ қамтамасыз етілмеген цифрлық активтер бойынша цифрлық активтер биржаларының қызметіне тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z95" w:id="104"/>
+    <w:bookmarkStart w:name="z95" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Цифрлық активтер биржасының және осы баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> аталған субъектілердің Қазақстан Республикасының екінші деңгейдегі банкімен өзара іс-қимыл жасау тәртібі мен тетіктері Қазақстан Республикасының Ұлттық Банкімен және қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органмен келісу бойынша "Астана" халықаралық қаржы орталығының актісінде айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z96" w:id="105"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z96" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Цифрлық активтер биржалары есептілігінің тізбесі, оны ұсыну мерзімдері мен тәртібі Қазақстан Республикасының Ұлттық банкімен келісу бойынша "Астана" халықаралық қаржы орталығының актісінде айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3206,68 +4522,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z97" w:id="106"/>
+    <w:bookmarkStart w:name="z97" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12-бап. Цифрлық активтер саласындағы мемлекеттік бақылау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Цифрлық активтер саласындағы мемлекеттік бақылау Қазақстан Республикасының Кәсіпкерлік кодексіне сәйкес тексерулер нысанында жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3324,182 +4640,296 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="107"/>
+    <w:bookmarkStart w:name="z98" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. ҚОРЫТЫНДЫ ЖӘНЕ ӨТПЕЛІ ЕРЕЖЕЛЕР</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z99" w:id="108"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z99" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 13-бап. Қазақстан Республикасының цифрлық активтер саласындағы заңнамасын бұзғаны үшін жауаптылық</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының цифрлық активтер туралы заңнамасын бұзу Қазақстан Республикасының заңдарында белгіленген жауаптылыққа алып келеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z100" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14-бапқа өзгеріс енгізу көзделген – ҚР 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) Заңымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 14-бап. Осы Заңды қолданысқа енгізу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z101" w:id="110"/>
+    <w:bookmarkStart w:name="z101" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы Заң 2024 жылғы 1 қаңтардан бастап қолданысқа енгізілетін 8-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қоспағанда, 2023 жылғы 1 сәуірден бастап қолданысқа енгізіледі, осы тармақ 2024 жылғы 1 қаңтардан 2025 жылғы 1 қаңтарға дейін мынадай редакцияда қолданылады деп белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z102" w:id="111"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z102" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "4. Қазақстан Республикасының аумағында цифрлық майнинг жөніндегі қызмет нәтижесінде алынған цифрлық активтерді өткізген жағдайда, мұндай цифрлық активтер салық салу мақсаттары үшін цифрлық майнерлер мен цифрлық майнингтік пулдардың кірістері туралы мәліметтерді ұсыну қағидаларына сәйкес кемінде елу пайыз мөлшерінде "Астана" халықаралық қаржы орталығының лицензиясы бар цифрлық активтер биржалары арқылы міндетті түрде сатылуға жатады.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>