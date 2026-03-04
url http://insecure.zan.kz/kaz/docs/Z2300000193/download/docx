--- v1 (2025-11-24)
+++ v2 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4723bb4" w14:textId="4723bb4">
+    <w:p w14:paraId="13d9864" w14:textId="13d9864">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -342,1636 +342,1408 @@
         <w:t>
       Осы Заңда мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z3" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қамтамасыз етілген цифрлық актив – қамтамасыз етілген цифрлық активке қойылатын талаптарға сәйкес келетін, қамтамасыз етілген цифрлық активтерді сақтау және айырбастау жөніндегі цифрлық платформа арқылы тіркелген цифрлық актив;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z4" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қамтамасыз етілген цифрлық активтерді сақтау және айырбастау жөніндегі цифрлық платформа – деректердің таратылған платформасы негізінде құрылған, белгілі бір ақпараттық өзара іс-қимылдарды іске асыратын және нақты функционалдық міндеттерді шешуге арналған, ақпарат алмасу мүмкіндігін беретін ақпараттық-коммуникациялық технологиялардың жиынтығы;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қамтамасыз етілмеген цифрлық актив – қамтамасыз етілген цифрлық активке қойылатын талаптарға сәйкес келмейтін цифрлық актив;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z5" w:id="5"/>
-[...15 lines deleted...]
-      3) қамтамасыз етілмеген цифрлық актив – қамтамасыз етілген цифрлық активке қойылатын талаптарға сәйкес келмейтін цифрлық актив;</w:t>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) цифрлық актив – цифрлық код беріліп, оның ішінде криптография және компьютерлік есептеу құралдары қолданыла отырып электрондық-цифрлық нысанда құрылған, есеп айырысу ақша бірлігі және (немесе) заңды төлем құралы болып табылмайтын, деректердің таратылған платформасы технологиясының негізінде тіркелген және ақпараттың өзгермейтіндігімен қамтамасыз етілген мүлік;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z6" w:id="6"/>
-[...15 lines deleted...]
-      4) цифрлық актив – цифрлық код беріліп, оның ішінде криптография және компьютерлік есептеу құралдары қолданыла отырып электрондық-цифрлық нысанда құрылған, есеп айырысу ақша бірлігі және (немесе) заңды төлем құралы болып табылмайтын, деректердің таратылған платформасы технологиясының негізінде тіркелген және ақпараттың өзгермейтіндігімен қамтамасыз етілген мүлік;</w:t>
+    <w:bookmarkStart w:name="z114" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-1) цифрлық актив айналымы – цифрлық активпен азаматтық-құқықтық мәмілелер жасау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z7" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) цифрлық активтер биржалары – цифрлық активтердің сауда-саттығын, шығарылуын, есептелуін және сақталуын ұйымдастырушылық және техникалық жағынан қамтамасыз етуді жүзеге асыратын заңды тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z8" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) цифрлық активтер саласындағы уәкілетті орган (бұдан әрі – уәкілетті орган) – цифрлық активтер саласындағы басшылықты және салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z115" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-1) цифрлық активті шығару – азаматтық құқықтар объектісі ретінде цифрлық активтің пайда болуына бағытталған әрекет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z9" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) цифрлық майнер – цифрлық майнинг жөніндегі қызметті жүзеге асыратын Қазақстан Республикасының дара кәсіпкері немесе заңды тұлғасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z10" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) цифрлық майнинг – блокчейн арқылы деректер блоктарының тұтастығын растауды қамтамасыз ететін, шифрлаудың берілген алгоритмдеріне сәйкес компьютерлік қуаттарды пайдалана отырып есептеу операцияларын жүргізу процесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      1-бапты 4-1) тармақшамен толықтыру көзделген – ҚР 17.11.2025 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      9) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) Заңымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) цифрлық майнинг деректерін өңдеу орталығы – цифрлық майнингке арналған аппараттық-бағдарламалық кешеннен тұратын, есептеу қуаттарының жұмыс істеуін қамтамасыз ететін, тұрғын аймақтың аумағынан тыс жерде орналасқан, "Электр энергетикасы туралы" Қазақстан Республикасының Заңына сәйкес электр энергиясын пайдаланатын ақпараттық-коммуникациялық инфрақұрылым объектісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) цифрлық майнингтік пул – Қазақстан Республикасының цифрлық активтер туралы заңнамасына сәйкес аккредиттелген, цифрлық майнерлердің цифрлық майнингке арналған аппараттық-бағдарламалық кешенінің қуаттарын біріктіру қызметін ұсынатын, цифрлық майнерлердің бірлескен қызметінің нәтижесінде пайда болған (жасалған) цифрлық активтерді олардың арасында бөлуді жүзеге асыратын заңды тұлға.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-бапқа өзгеріс енгізілді – ҚР 05.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 115-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 231-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">) Заңымен. </w:t>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...135 lines deleted...]
-    <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...589 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-бап. Қазақстан Республикасының цифрлық активтер туралы заңнамасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z14" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасының цифрлық активтер туралы заңнамасы Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, "Астана" халықаралық қаржы орталығы туралы" Қазақстан Республикасының Конституциялық заңына негізделеді, осы Заңнан және Қазақстан Республикасының өзге де нормативтік құқықтық актілерінен тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z15" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Егер Қазақстан Республикасы ратификациялаған халықаралық шартта осы Заңда қамтылғаннан өзге қағидалар белгіленсе, онда халықаралық шарттың қағидалары қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z16" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-бап. Цифрлық активтер саласындағы қоғамдық қатынастарды мемлекеттік реттеудің мақсаты мен қағидаттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z17" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасының экономикалық дамуы мен бәсекеге қабілетті болуы үшін Қазақстан Республикасында цифрлық активтерді шығару және олардың айналымы, цифрлық майнинг жөніндегі қызметті дамыту цифрлық активтер саласындағы мемлекеттік реттеудің мақсаты болып табылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z18" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Цифрлық активтер саласындағы мемлекеттік реттеу мынадай қағидаттарға негізделеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z19" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заңдылық;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z20" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жеке тұлғалардың құқықтарын, бостандықтары мен заңды мүдделерін, сондай-ақ заңды тұлғалардың құқықтары мен заңды мүдделерін сақтау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z21" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жеке және заңды тұлғалардың цифрлық активтер саласындағы қызметке қатысу және оның нәтижелерiн пайдалану құқықтарының теңдігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасының заңдарына сәйкес қолжетімділігі шектелмеген кез келген электрондық ақпараттық ресурстарды iздеу, қалыптастыру және беру еркiндiгi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z23" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) цифрлық активтерді пайдалану, шығару және цифрлық майнинг кезiнде жеке бастың, қоғам мен мемлекеттің қауiпсiздiгiн қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z24" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) цифрлық активтерді шығару, пайдалану саласын, цифрлық майнингті, сондай-ақ адал бәсекелестікті дамыту үшін жағдайлар жасау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z25" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-бап. Уәкілетті мемлекеттік органдардың құзыреті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z26" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Уәкілетті орган:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z27" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) цифрлық активтер саласындағы мемлекеттік саясатты іске асыруды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z28" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) цифрлық активтер саласында салааралық үйлестіруді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z29" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) цифрлық майнинг жөніндегі қызметті жүзеге асыруға арналған лицензияларды береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z30" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) салықтардың және бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласындағы басшылықты жүзеге асыратын уәкілетті органмен келісу бойынша салық салу мақсаттары үшін цифрлық майнерлер мен цифрлық майнингтік пулдардың кірістері туралы мәліметтерді ұсыну қағидаларын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z31" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) цифрлық майнингтік пулдарды аккредиттеу қағидаларын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z32" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) рұқсаттар және хабарламалар саласындағы уәкілетті органмен келісу бойынша цифрлық майнинг жөніндегі қызметті лицензиялау қағидаларын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z33" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) цифрлық майнингтік пулдарды аккредиттеуді жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z34" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) Қазақстан Республикасының аумағында танылатын қамтамасыз етілген цифрлық актив түрлерінің тізбесін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z35" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) цифрлық активтер саласында, сондай-ақ қамтамасыз етілген цифрлық активтерді шығаруды және олардың айналымын жүзеге асыратын тұлғалардың Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы заңнамасын сақтауын мемлекеттік бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z36" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) қамтамасыз етілген цифрлық активтерді шығару жөніндегі қызметті жүзеге асыратын тұлғалардың мемлекеттік тізілімін жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z37" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) цифрлық майнингке арналған аппараттық-бағдарламалық кешеннің тізілімін жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z38" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) цифрлық майнингке арналған аппараттық-бағдарламалық кешенді есепке алу және оның тізілімін жүргізу қағидаларын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z39" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) қамтамасыз етілген цифрлық активтерді шығару туралы шешімді ресімдеу қағидаларын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z40" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) қамтамасыз етілген цифрлық активтерді шығаруға және олардың айналысына рұқсат береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z41" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) осы Заңда, Қазақстан Республикасының заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z42" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Электр энергетикасы саласындағы басшылықты жүзеге асыратын мемлекеттік орган:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z43" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "Электр энергетикасы туралы" Қазақстан Республикасының Заңына сәйкес цифрлық майнерлерді электр желілеріне қосуға қойылатын талаптарды айқындайды; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z44" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) цифрлық майнерлер үшін электр энергиясына квотаны айқындау тетігін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z45" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z113" w:id="42"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z113" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасының Ұлттық Банкі "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының 8-2-тарауында көзделген тәртіппен цифрлық активтерді Қазақстан Республикасының аумағында қаржы құралы, қаржы активі ретінде пайдаланған кезде немесе оларды қаржылық қызметтерді (төлем қызметтерін) көрсету шеңберінде пайдаланған кезде цифрлық активтерге байланысты қызметке қатысты ерекше реттеу режимін енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2070,444 +1842,444 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="43"/>
+    <w:bookmarkStart w:name="z46" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. ҚАМТАМАСЫЗ ЕТІЛГЕН ЦИФРЛЫҚ АКТИВТЕР</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z47" w:id="44"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z47" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-бап. Қамтамасыз етілген цифрлық активтерге қойылатын талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z48" w:id="45"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z48" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қамтамасыз етілген цифрлық актив мынадай талаптарға сәйкес келуге тиіс:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z49" w:id="46"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z49" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ақша мен бағалы қағаздарды қоспағанда, материалдық, зияткерлік көрсетілетін қызметтер мен активтерге құқықты куәландырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z50" w:id="47"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z50" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қамтамасыз етілген цифрлық активті шығару туралы шешімі болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z51" w:id="48"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z51" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) есеп айырысатын ақша бірлігі, заңды төлем құралы болып табылмайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z52" w:id="49"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z52" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы құралы немесе қаржы активі деп танылмайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z53" w:id="50"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z53" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) қамтамасыз етілген цифрлық активті шығарған тұлға туралы деректерді қамтиды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z54" w:id="51"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z54" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) автивті қамтамасыз етілген цифрлық актив етіп құрғанға дейін оған мүліктік және (немесе) зияткерлік құқықтардың растамасы болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z55" w:id="52"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z55" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) блокчейн желісінде активтің және (немесе) мүлікке құқықтың ауысуы туралы жазбасы болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z56" w:id="53"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z56" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы баптың 1-тармағында көрсетілген талаптарға сәйкес келмейтін цифрлық актив қамтамасыз етілген цифрлық активтерге жатпайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z57" w:id="54"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z57" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-бап. Қамтамасыз етілген цифрлық активтерді шығару және олардың айналысы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z58" w:id="55"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z58" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қамтамасыз етілген цифрлық активтерді сақтау және айырбастау жөніндегі цифрлық платформаны пайдалануды жүзеге асыратын және қамтамасыз етілген цифрлық активтерді шығаруға және олардың айналысына рұқсаты бар Қазақстан Республикасының дара кәсіпкері, заңды тұлғасы қамтамасыз етілген цифрлық активтерді шығаруды және олардың айналысын жүзеге асыратын тұлға болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z59" w:id="56"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z59" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қамтамасыз етілген цифрлық активтерді шығару және олардың айналысы жөніндегі қызметті жүзеге асыруға рұқсатты цифрлық активтер саласындағы уәкілетті орган "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының Заңына сәйкес береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z60" w:id="57"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z60" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қамтамасыз етілген цифрлық активтерді шығаруды және олардың айналысын жүзеге асыратын тұлғалар "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының Заңына сәйкес қаржы мониторингінің субъектілері болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z61" w:id="58"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z61" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қамтамасыз етілген цифрлық активтерді шығаруды және олардың айналысын жүзеге асыратын тұлғалар жеке және заңды тұлғаларды қамтамасыз етілген цифрлық активтерді сатып алуға, иеленуге және олармен операциялар жасауға байланысты тәуекелдер туралы хабардар етуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z62" w:id="59"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z62" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Мүліктің меншік иесі немесе қамтамасыз етілген цифрлық активпен куәландырылатын құқықтар тиесілі болатын тұлға қамтамасыз етілген цифрлық активтерді шығаруға бастамашылық жасаған тұлға болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z63" w:id="60"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z63" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қамтамасыз етілген цифрлық активтерді сақтау және айырбастау жөніндегі цифрлық платформада цифрлық активтердің аталған тұлғаға берілгені туралы жазба орналастырылған кезден бастап қамтамасыз етілген цифрлық активтермен куәландырылған құқықтар туындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z64" w:id="61"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z64" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Шығарылатын қамтамасыз етілген цифрлық активтермен куәландырылатын құқықтардың түрі мен көлемі қамтамасыз етілген цифрлық активтерді шығару туралы шешімде айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z65" w:id="62"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z65" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Қамтамасыз етілген цифрлық активті шығару оның қамтамасыз етілуінің бар-жоғы тексерілгеннен кейін ғана, цифрлық активтерді шығаруды және олардың айналысын жүзеге асыратын тұлғаның қамтамасыз етілген цифрлық активтерді сақтау және айырбастау жөніндегі цифрлық платформада жазбаны орналастыруы арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2546,644 +2318,510 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="63"/>
+    <w:bookmarkStart w:name="z66" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-бап. Қамтамасыз етілген цифрлық активтерді шығару туралы шешім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z67" w:id="64"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z67" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қамтамасыз етілген цифрлық активтерді шығару туралы шешім қамтамасыз етілген цифрлық активтерді шығаруды және олардың айналысын жүзеге асыратын тұлғаның интернет-ресурсында жарияланады және қамтамасыз етілген цифрлық активтерді шығаруға бастамашылық жасаған тұлға қамтамасыз етілген цифрлық активтерді шығару туралы тиісті шешімнің негізінде шығарылған қамтамасыз етілген цифрлық активтердің барлық иеленушілерінің алдындағы міндеттемелерді толық орындағанға дейін ашық қолжетімділікте болуға тиіс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z68" w:id="65"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z68" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қамтамасыз етілген цифрлық активтерді шығару туралы шешімді ресімдеу қағидаларын уәкілетті орган бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z69" w:id="66"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z69" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. ЦИФРЛЫҚ МАЙНИНГ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z70" w:id="67"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z70" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8-бап. Цифрлық майнинг жөніндегі қызмет</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z71" w:id="68"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z71" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Цифрлық майнинг жөніндегі қызметті цифрлық майнер цифрлық майнинг деректерін өңдеу орталығын пайдалана отырып, цифрлық майнингтік пул арқылы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z72" w:id="69"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z72" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Цифрлық майнерлер өз қызметін цифрлық майнинг жөніндегі қызметті жүзеге асыруға арналған лицензияларға сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z73" w:id="70"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z73" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Цифрлық майнер цифрлық майнингтің нәтижесінде туындаған қамтамасыз етілмеген цифрлық активтердің меншік иесі болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">4. Алып тасталды – ҚР 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-          <w:color w:val="ff0000"/>
+    </w:p>
+    <w:bookmarkStart w:name="z75" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Қазақстан Республикасының дара кәсіпкерлеріне, заңды тұлғаларына Қазақстан Республикасының аумағында цифрлық майнинг жөніндегі қызметті жүзеге асыруға рұқсат етіледі және ол цифрлық активтер айналымын ұйымдастыруға жатпайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Алып тасталды – ҚР 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 231-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">) Заңымен. </w:t>
+        <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...17 lines deleted...]
-    </w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-бапқа өзгеріс енгізілді – ҚР 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z77" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...267 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9-бап. Цифрлық майнинг жөніндегі қызметті лицензиялау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z78" w:id="72"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z78" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Цифрлық майнинг жөніндегі қызмет өтініш берушіге үш жыл мерзімге берілетін цифрлық майнинг жөніндегі қызметті жүзеге асыруға арналған лицензия негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Цифрлық майнинг жөніндегі қызметті жүзеге асыруға арналған лицензия мынадай кіші түрлер бойынша:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3194,269 +2832,269 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       І кіші түр бойынша – меншік құқығында немесе басқа да заңды негіздерде цифрлық майнинг деректерін өңдеу орталығы бар цифрлық майнерге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ІІ кіші түр бойынша – меншік құқығында немесе басқа да заңды негіздерде цифрлық майнинг деректерін өңдеу орталығы жоқ және цифрлық майнинг деректерін өңдеу орталығында орналастырылған, өзіне меншік құқығында тиесілі цифрлық майнингке арналған аппараттық-бағдарламалық кешенді пайдалана отырып, цифрлық майнингті жүзеге асыратын цифрлық майнерге беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="73"/>
+    <w:bookmarkStart w:name="z79" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Цифрлық майнинг жөніндегі қызметті жүзеге асыруға арналған лицензиялар Қазақстан Республикасы заңнамасының талаптарына және цифрлық майнинг жөніндегі қызметті лицензиялау қағидаларына сәйкес беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z80" w:id="74"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z80" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Лицензиялық алымның мөлшері, оны есептеу және төлеу тәртібі "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасының Кодексінде (Салық кодексі) айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z103" w:id="75"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z103" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Цифрлық майнинг жөніндегі қызметті жүзеге асыруға арналған лицензияның қолданысын тоқтата тұру уәкілетті органның шешімімен мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z104" w:id="76"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z104" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) цифрлық майнинг жөніндегі қызметті жүзеге асыруға арналған лицензияны алу кезінде анық емес мәліметтер анықталған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z105" w:id="77"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z105" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) цифрлық майнер Қазақстан Республикасының заңнамасында белгіленген талаптарды сақтамаған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z106" w:id="78"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z106" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) уәкілетті органның жоспардан тыс тексеруінің нәтижелері бойынша бұзушылықтар белгіленген мерзімде жойылмаған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z107" w:id="79"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z107" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) цифрлық майнер уәкілетті органға мәліметтердің өзгергені туралы ақпаратты Қазақстан Республикасының цифрлық активтер туралы заңнамасында белгіленген мерзімдерде ұсынбаған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z108" w:id="80"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z108" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) цифрлық майнер уәкілетті органға өз еркімен жүгінген жағдайларда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z109" w:id="81"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z109" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) Қазақстан Республикасының заңдарында көзделген өзге де жағдайларда, бір айдан алты айға дейінгі мерзімге жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z110" w:id="82"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z110" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Цифрлық майнинг жөніндегі қызметті жүзеге асыруға арналған лицензияның қолданысын тоқтата тұру туралы шешімде цифрлық майнинг жөніндегі қызметті жүзеге асыруға арналған лицензияның қолданысын тоқтата тұрудың себептері мен мерзімі көрсетілуге тиіс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Цифрлық майнинг жөніндегі қызметті жүзеге асыруға арналған лицензияның қолданысын тоқтата тұру цифрлық майнинг жөніндегі қызметтің тоқтата тұру кезеңінде жасалуына тыйым салуға алып келеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z111" w:id="83"/>
+    <w:bookmarkStart w:name="z111" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Цифрлық майнинг жөніндегі қызметті жүзеге асыруға арналған лицензияның қолданысын қайта бастау "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасы Заңының 45-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3471,71 +3109,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-тармақтарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен цифрлық майнердің жүгінуі бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z112" w:id="84"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z112" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Цифрлық майнинг жөніндегі қызметті жүзеге асыруға арналған лицензиядан айыруды сот жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3574,916 +3212,658 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="85"/>
+    <w:bookmarkStart w:name="z81" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10-бап. Цифрлық майнингтік пулдардың қызметі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z82" w:id="86"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z82" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Цифрлық майнингтік пулды аккредиттеу өзінің нәтижесінде цифрлық майнингтік пул өз қызметінің Қазақстан Республикасының заңнамасында белгіленген талаптарға сәйкес келетінін ресми тануға ие болатын рәсім болып табылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Цифрлық майнингтік пулдарды аккредиттеу олардың меншікті қаражаты есебінен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z83" w:id="87"/>
+    <w:bookmarkStart w:name="z83" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Цифрлық майнингтік пулды аккредиттеу үшін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z84" w:id="88"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z84" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) цифрлық майнингтік пулдың аппараттық-бағдарламалық кешенінің Қазақстан Республикасының аумағында нақты орналасуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z85" w:id="89"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ақпараттық қауіпсіздік талаптарына сәйкестікке сынақтардың оң нәтижелері бар сынақтар хаттамаларының болуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z86" w:id="90"/>
+    <w:bookmarkStart w:name="z86" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) цифрлық майнингтік пулдарды аккредиттеу қағидаларында айқындалған өзге де талаптарға сәйкес келуі міндетті шарттар болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z87" w:id="91"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z87" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Цифрлық майнингтік пул уәкілетті органға және салықтардың және бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласындағы басшылықты жүзеге асыратын уәкілетті органға салық салу мақсаттары үшін цифрлық майнерлер мен цифрлық майнингтік пулдардың кірістері туралы мәліметтерді ұсыну қағидаларына сәйкес ақпарат береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z88" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Цифрлық майнингтік пулдардың цифрлық майнерлер қызметінің нәтижесінде пайда болған (жасалған) цифрлық активтерді олардың арасында бөлуі цифрлық активтердің айналымын ұйымдастыруға жатпайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 10-бапқа өзгеріс енгізілді – ҚР 11.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 44-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...81 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z89" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...81 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11-бап. Цифрлық активтердің биржалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z90" w:id="93"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z90" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Цифрлық активтердің биржаларына қойылатын талаптар және оларды "Астана" халықаралық қаржы орталығында лицензиялау тәртібі "Астана" халықаралық қаржы орталығының актілерінде айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-[...222 lines deleted...]
-    <w:bookmarkStart w:name="z92" w:id="94"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Цифрлық активтер айналымын ұйымдастыру жөніндегі қызметті цифрлық активтер биржалары жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасының екінші деңгейдегі банкі, Қазақстан Республикасының Ұлттық пошта операторы цифрлық активтердің биржасына, сондай-ақ "Астана" халықаралық қаржы орталығының цифрлық активтерге байланысты қызметті жүзеге асыруға тиісті лицензиясы бар қатысушысына Қазақстан Республикасының заңнамасына сәйкес банктік шоттар ашады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z92" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Цифрлық активтердің биржалары жеке және заңды тұлғаларды қамтамасыз етілмеген цифрлық активтерді сатып алуға, иеленуге және олармен операциялар жасауға байланысты тәуекелдер туралы хабардар етуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z93" w:id="95"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z93" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасының заңдарында көзделген жағдайларды қоспағанда, Қазақстан Республикасының аумағында қамтамасыз етілмеген цифрлық активтер қаржы құралдары немесе қаржы активтері деп танылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-[...134 lines deleted...]
-    <w:bookmarkStart w:name="z95" w:id="96"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z94" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. "Астана" халықаралық қаржы орталығының қолданыстағы құқығына немесе Қазақстан Республикасының заңдарына сәйкес берілген, цифрлық активтерге байланысты қызметті жүзеге асыруға тиісті лицензиясыз немесе рұқсатсыз цифрлық активтер айналымын ұйымдастыруға тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z95" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Цифрлық активтер биржасының және осы баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> аталған субъектілердің Қазақстан Республикасының екінші деңгейдегі банкімен өзара іс-қимыл жасау тәртібі мен тетіктері Қазақстан Республикасының Ұлттық Банкімен және қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органмен келісу бойынша "Астана" халықаралық қаржы орталығының актісінде айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z96" w:id="97"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z96" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Цифрлық активтер биржалары есептілігінің тізбесі, оны ұсыну мерзімдері мен тәртібі Қазақстан Республикасының Ұлттық банкімен келісу бойынша "Астана" халықаралық қаржы орталығының актісінде айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4505,431 +3885,409 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">); 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z97" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12-бап. Цифрлық активтер саласындағы мемлекеттік бақылау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Цифрлық активтер саласындағы мемлекеттік бақылау Қазақстан Республикасының Кәсіпкерлік кодексіне сәйкес тексерулер нысанында жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-бапқа өзгеріс енгізілді – ҚР 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z97" w:id="98"/>
+    <w:bookmarkStart w:name="z98" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 12-бап. Цифрлық активтер саласындағы мемлекеттік бақылау</w:t>
-[...20 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> 4-тарау. ҚОРЫТЫНДЫ ЖӘНЕ ӨТПЕЛІ ЕРЕЖЕЛЕР</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z99" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13-бап. Қазақстан Республикасының цифрлық активтер саласындағы заңнамасын бұзғаны үшін жауаптылық</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының цифрлық активтер туралы заңнамасын бұзу Қазақстан Республикасының заңдарында белгіленген жауаптылыққа алып келеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z100" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14-бап. Осы Заңды қолданысқа енгізу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z101" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Заң 2023 жылғы 1 сәуірден бастап қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 12-бапқа өзгеріс енгізілді – ҚР 06.04.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 71-VIII</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 14-бапқа өзгеріс енгізілді – ҚР 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 231-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="99"/>
-[...244 lines deleted...]
-    <w:bookmarkEnd w:id="102"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -5087,55 +4445,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>